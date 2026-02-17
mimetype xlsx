--- v0 (2025-10-28)
+++ v1 (2026-02-17)
@@ -1,139 +1,225 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\shared\R&amp;D\SOPs\FORMS, TEMPLATES &amp; GUIDANCE DOCUMENTS\TEMPLATES\TPL029 Sample Log\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\resource\papworth\shared\R&amp;D\SOPs\FORMS, TEMPLATES &amp; GUIDANCE DOCUMENTS\TEMPLATES\TPL029\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ED7766EA-E06F-408D-AD1F-0864F6F0F1ED}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{121A913E-4FD8-42FF-A821-C9D66158FC86}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="xxxxx" sheetId="1" r:id="rId1"/>
+    <sheet name="P0xxxx - study name xxx" sheetId="1" r:id="rId1"/>
+    <sheet name="Summary of changes" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="48">
   <si>
     <t>PI/Researcher</t>
-  </si>
-[...4 lines deleted...]
-    <t>Number of samples</t>
   </si>
   <si>
     <t>Sample type (plasma,urine, etc)</t>
   </si>
   <si>
     <t>Patient ID</t>
   </si>
   <si>
     <t>Date collected</t>
   </si>
   <si>
-    <t>Location</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">Sent to </t>
-  </si>
-[...13 lines deleted...]
-    <t>Audits</t>
   </si>
   <si>
     <t>Comments</t>
   </si>
   <si>
-    <t>Processing information</t>
+    <t>Summary of changes</t>
   </si>
   <si>
-    <t>Box number</t>
+    <t xml:space="preserve">Trial/study name' column updated to 'P0 number &amp; study name' </t>
   </si>
   <si>
-    <t>Line</t>
+    <t>Added column 'Visit number' betweek 'Patient ID' and 'Number of samples</t>
   </si>
   <si>
-    <t>Information for SOP029</t>
+    <t>Visit number</t>
+  </si>
+  <si>
+    <t>#1</t>
+  </si>
+  <si>
+    <t>#2</t>
+  </si>
+  <si>
+    <t>#3</t>
+  </si>
+  <si>
+    <t>Date  removed</t>
+  </si>
+  <si>
+    <t>Removed by (Name)</t>
+  </si>
+  <si>
+    <t>#4</t>
+  </si>
+  <si>
+    <t>Updated the 'Shelf' column header to 'Shelf / Drawer'</t>
+  </si>
+  <si>
+    <t>Shelf / Drawer</t>
+  </si>
+  <si>
+    <t>#5</t>
+  </si>
+  <si>
+    <t>Audit date and Staff name</t>
+  </si>
+  <si>
+    <t>Updated the 'Audits' column header to 'Audit date and staff name'</t>
+  </si>
+  <si>
+    <t>Under the heading 'Information for SOP029' now we have 2 columns - one to document the outcome the sample is for and another to document if we can store at -20C during a freezer malfunction. Updated the wording on the drop-down list to reflect the wording in the SOP029.</t>
+  </si>
+  <si>
+    <t>#6</t>
+  </si>
+  <si>
+    <t>swap order of columns 'PI/Researcher' and  'P0 number &amp; Study name' fo the study ID comes first</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P0 number &amp; Study name </t>
+  </si>
+  <si>
+    <t>Removed 'Information for SOP029'</t>
+  </si>
+  <si>
+    <t>#7</t>
+  </si>
+  <si>
+    <t>#8</t>
+  </si>
+  <si>
+    <t>Removed 'Processing Information'</t>
+  </si>
+  <si>
+    <t>Location inside the box</t>
+  </si>
+  <si>
+    <t>#9</t>
+  </si>
+  <si>
+    <t>In the 'Location' section removed the 'Freezer' column</t>
+  </si>
+  <si>
+    <t>In the 'Location' section name updated to 'Location in - 80C freezer'</t>
+  </si>
+  <si>
+    <t>Location in - 80C freezer</t>
+  </si>
+  <si>
+    <t>#10</t>
+  </si>
+  <si>
+    <t>In the 'Location' section removed the 'Row' column</t>
+  </si>
+  <si>
+    <t>#11</t>
+  </si>
+  <si>
+    <t>In the 'Location' section renamed the 'Line' column to 'Location inside the box'</t>
+  </si>
+  <si>
+    <t>Moved the 'Audit date and Staff name' column to appear after the 'Location in - 80C freezer' section</t>
+  </si>
+  <si>
+    <t>#12</t>
+  </si>
+  <si>
+    <t>Box / bag number</t>
+  </si>
+  <si>
+    <t xml:space="preserve">In the 'Location' section renamed 'Box number' column to   'Box / bag number' </t>
+  </si>
+  <si>
+    <t>#13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sample ID </t>
+  </si>
+  <si>
+    <t>#14</t>
+  </si>
+  <si>
+    <t>Changed name of 'Number os samples remaining' column to 'Sample ID'</t>
+  </si>
+  <si>
+    <t>#15</t>
+  </si>
+  <si>
+    <t>Deleted 'Number of samples remaining' column</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="dd/mm/yy;@"/>
     <numFmt numFmtId="165" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -150,51 +236,51 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="13">
+  <borders count="19">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
@@ -242,265 +328,376 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right/>
-[...24 lines deleted...]
-      </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
+      <left/>
+      <right style="medium">
         <color indexed="64"/>
-      </left>
-[...1 lines deleted...]
-      <top/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top/>
       <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="55">
+  <cellXfs count="66">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="2" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="0" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" quotePrefix="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="164" fontId="1" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="1" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="1" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -750,6873 +947,43536 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:S447"/>
+  <dimension ref="A1:CS447"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F3" sqref="F3"/>
+      <selection activeCell="G24" sqref="G24"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="17.1796875" style="3" customWidth="1"/>
-[...17 lines deleted...]
-    <col min="19" max="19" width="23.81640625" style="3" customWidth="1"/>
+    <col min="1" max="1" width="17.109375" style="36" customWidth="1"/>
+    <col min="2" max="2" width="15" style="3" customWidth="1"/>
+    <col min="3" max="4" width="9.109375" style="8" customWidth="1"/>
+    <col min="5" max="5" width="11.109375" style="10" customWidth="1"/>
+    <col min="6" max="6" width="17.44140625" style="10" customWidth="1"/>
+    <col min="7" max="7" width="13.6640625" style="6" customWidth="1"/>
+    <col min="8" max="8" width="10.5546875" style="3" customWidth="1"/>
+    <col min="9" max="9" width="9.44140625" style="8" customWidth="1"/>
+    <col min="10" max="11" width="16.5546875" style="12" customWidth="1"/>
+    <col min="12" max="12" width="11.88671875" style="4" customWidth="1"/>
+    <col min="13" max="13" width="14.109375" style="3" customWidth="1"/>
+    <col min="14" max="14" width="26.88671875" style="5" customWidth="1"/>
+    <col min="15" max="15" width="23.88671875" style="34" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" s="8" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="39" t="s">
+    <row r="1" spans="1:97" s="7" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="51" t="s">
+        <v>24</v>
+      </c>
+      <c r="B1" s="51" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="39" t="s">
+      <c r="C1" s="51" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="53" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1" s="53" t="s">
+        <v>43</v>
+      </c>
+      <c r="F1" s="47" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="39" t="s">
+      <c r="G1" s="55" t="s">
+        <v>3</v>
+      </c>
+      <c r="H1" s="57" t="s">
+        <v>33</v>
+      </c>
+      <c r="I1" s="57"/>
+      <c r="J1" s="57"/>
+      <c r="K1" s="49" t="s">
+        <v>19</v>
+      </c>
+      <c r="L1" s="58" t="s">
+        <v>13</v>
+      </c>
+      <c r="M1" s="51" t="s">
+        <v>14</v>
+      </c>
+      <c r="N1" s="61" t="s">
         <v>4</v>
       </c>
-      <c r="D1" s="41" t="s">
-[...8 lines deleted...]
-      <c r="G1" s="46" t="s">
+      <c r="O1" s="47" t="s">
         <v>5</v>
       </c>
-      <c r="H1" s="46" t="s">
-[...43 lines deleted...]
-      <c r="K2" s="32" t="s">
+    </row>
+    <row r="2" spans="1:97" s="7" customFormat="1" ht="27.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="52"/>
+      <c r="B2" s="52"/>
+      <c r="C2" s="52"/>
+      <c r="D2" s="63"/>
+      <c r="E2" s="54"/>
+      <c r="F2" s="48"/>
+      <c r="G2" s="56"/>
+      <c r="H2" s="45" t="s">
         <v>17</v>
       </c>
-      <c r="L2" s="32" t="s">
-        <v>18</v>
+      <c r="I2" s="44" t="s">
+        <v>40</v>
       </c>
-      <c r="M2" s="32" t="s">
-        <v>13</v>
+      <c r="J2" s="44" t="s">
+        <v>29</v>
       </c>
-      <c r="N2" s="50"/>
-[...6160 lines deleted...]
-      <c r="E399" s="11"/>
+      <c r="K2" s="50"/>
+      <c r="L2" s="59"/>
+      <c r="M2" s="60"/>
+      <c r="N2" s="62"/>
+      <c r="O2" s="48"/>
+    </row>
+    <row r="3" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="31"/>
+      <c r="B3" s="16"/>
+      <c r="C3" s="21"/>
+      <c r="D3" s="21"/>
+      <c r="E3" s="16"/>
+      <c r="F3" s="16"/>
+      <c r="G3" s="26"/>
+      <c r="H3" s="22"/>
+      <c r="I3" s="21"/>
+      <c r="J3" s="21"/>
+      <c r="K3" s="21"/>
+      <c r="L3" s="27"/>
+      <c r="M3" s="1"/>
+      <c r="N3" s="28"/>
+      <c r="O3" s="32"/>
+      <c r="P3"/>
+      <c r="Q3"/>
+      <c r="R3"/>
+      <c r="S3"/>
+      <c r="T3"/>
+      <c r="U3"/>
+      <c r="V3"/>
+      <c r="W3"/>
+      <c r="X3"/>
+      <c r="Y3"/>
+      <c r="Z3"/>
+      <c r="AA3"/>
+      <c r="AB3"/>
+      <c r="AC3"/>
+      <c r="AD3"/>
+      <c r="AE3"/>
+      <c r="AF3"/>
+      <c r="AG3"/>
+      <c r="AH3"/>
+      <c r="AI3"/>
+      <c r="AJ3"/>
+      <c r="AK3"/>
+      <c r="AL3"/>
+      <c r="AM3"/>
+      <c r="AN3"/>
+      <c r="AO3"/>
+      <c r="AP3"/>
+      <c r="AQ3"/>
+      <c r="AR3"/>
+      <c r="AS3"/>
+      <c r="AT3"/>
+      <c r="AU3"/>
+      <c r="AV3"/>
+      <c r="AW3"/>
+      <c r="AX3"/>
+      <c r="AY3"/>
+      <c r="AZ3"/>
+      <c r="BA3"/>
+      <c r="BB3"/>
+      <c r="BC3"/>
+      <c r="BD3"/>
+      <c r="BE3"/>
+      <c r="BF3"/>
+      <c r="BG3"/>
+      <c r="BH3"/>
+      <c r="BI3"/>
+      <c r="BJ3"/>
+      <c r="BK3"/>
+      <c r="BL3"/>
+      <c r="BM3"/>
+      <c r="BN3"/>
+      <c r="BO3"/>
+      <c r="BP3"/>
+      <c r="BQ3"/>
+      <c r="BR3"/>
+      <c r="BS3"/>
+      <c r="BT3"/>
+      <c r="BU3"/>
+      <c r="BV3"/>
+      <c r="BW3"/>
+      <c r="BX3"/>
+      <c r="BY3"/>
+      <c r="BZ3"/>
+      <c r="CA3"/>
+      <c r="CB3"/>
+      <c r="CC3"/>
+      <c r="CD3"/>
+      <c r="CE3"/>
+      <c r="CF3"/>
+      <c r="CG3"/>
+      <c r="CH3"/>
+      <c r="CI3"/>
+      <c r="CJ3"/>
+      <c r="CK3"/>
+      <c r="CL3"/>
+      <c r="CM3"/>
+      <c r="CN3"/>
+      <c r="CO3"/>
+      <c r="CP3"/>
+      <c r="CQ3"/>
+      <c r="CR3"/>
+      <c r="CS3"/>
+    </row>
+    <row r="4" spans="1:97" s="3" customFormat="1" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="33"/>
+      <c r="B4" s="18"/>
+      <c r="C4" s="12"/>
+      <c r="D4" s="12"/>
+      <c r="E4" s="18"/>
+      <c r="F4" s="18"/>
+      <c r="G4" s="17"/>
+      <c r="H4" s="19"/>
+      <c r="I4" s="12"/>
+      <c r="J4" s="12"/>
+      <c r="K4" s="12"/>
+      <c r="L4" s="15"/>
+      <c r="N4" s="14"/>
+      <c r="O4" s="34"/>
+      <c r="P4"/>
+      <c r="Q4"/>
+      <c r="R4"/>
+      <c r="S4"/>
+      <c r="T4"/>
+      <c r="U4"/>
+      <c r="V4"/>
+      <c r="W4"/>
+      <c r="X4"/>
+      <c r="Y4"/>
+      <c r="Z4"/>
+      <c r="AA4"/>
+      <c r="AB4"/>
+      <c r="AC4"/>
+      <c r="AD4"/>
+      <c r="AE4"/>
+      <c r="AF4"/>
+      <c r="AG4"/>
+      <c r="AH4"/>
+      <c r="AI4"/>
+      <c r="AJ4"/>
+      <c r="AK4"/>
+      <c r="AL4"/>
+      <c r="AM4"/>
+      <c r="AN4"/>
+      <c r="AO4"/>
+      <c r="AP4"/>
+      <c r="AQ4"/>
+      <c r="AR4"/>
+      <c r="AS4"/>
+      <c r="AT4"/>
+      <c r="AU4"/>
+      <c r="AV4"/>
+      <c r="AW4"/>
+      <c r="AX4"/>
+      <c r="AY4"/>
+      <c r="AZ4"/>
+      <c r="BA4"/>
+      <c r="BB4"/>
+      <c r="BC4"/>
+      <c r="BD4"/>
+      <c r="BE4"/>
+      <c r="BF4"/>
+      <c r="BG4"/>
+      <c r="BH4"/>
+      <c r="BI4"/>
+      <c r="BJ4"/>
+      <c r="BK4"/>
+      <c r="BL4"/>
+      <c r="BM4"/>
+      <c r="BN4"/>
+      <c r="BO4"/>
+      <c r="BP4"/>
+      <c r="BQ4"/>
+      <c r="BR4"/>
+      <c r="BS4"/>
+      <c r="BT4"/>
+      <c r="BU4"/>
+      <c r="BV4"/>
+      <c r="BW4"/>
+      <c r="BX4"/>
+      <c r="BY4"/>
+      <c r="BZ4"/>
+      <c r="CA4"/>
+      <c r="CB4"/>
+      <c r="CC4"/>
+      <c r="CD4"/>
+      <c r="CE4"/>
+      <c r="CF4"/>
+      <c r="CG4"/>
+      <c r="CH4"/>
+      <c r="CI4"/>
+      <c r="CJ4"/>
+      <c r="CK4"/>
+      <c r="CL4"/>
+      <c r="CM4"/>
+      <c r="CN4"/>
+      <c r="CO4"/>
+      <c r="CP4"/>
+      <c r="CQ4"/>
+      <c r="CR4"/>
+      <c r="CS4"/>
+    </row>
+    <row r="5" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="33"/>
+      <c r="B5" s="18"/>
+      <c r="C5" s="12"/>
+      <c r="D5" s="12"/>
+      <c r="E5" s="18"/>
+      <c r="F5" s="18"/>
+      <c r="G5" s="17"/>
+      <c r="H5" s="19"/>
+      <c r="I5" s="12"/>
+      <c r="J5" s="12"/>
+      <c r="K5" s="12"/>
+      <c r="L5" s="15"/>
+      <c r="N5" s="14"/>
+      <c r="O5" s="34"/>
+      <c r="P5"/>
+      <c r="Q5"/>
+      <c r="R5"/>
+      <c r="S5"/>
+      <c r="T5"/>
+      <c r="U5"/>
+      <c r="V5"/>
+      <c r="W5"/>
+      <c r="X5"/>
+      <c r="Y5"/>
+      <c r="Z5"/>
+      <c r="AA5"/>
+      <c r="AB5"/>
+      <c r="AC5"/>
+      <c r="AD5"/>
+      <c r="AE5"/>
+      <c r="AF5"/>
+      <c r="AG5"/>
+      <c r="AH5"/>
+      <c r="AI5"/>
+      <c r="AJ5"/>
+      <c r="AK5"/>
+      <c r="AL5"/>
+      <c r="AM5"/>
+      <c r="AN5"/>
+      <c r="AO5"/>
+      <c r="AP5"/>
+      <c r="AQ5"/>
+      <c r="AR5"/>
+      <c r="AS5"/>
+      <c r="AT5"/>
+      <c r="AU5"/>
+      <c r="AV5"/>
+      <c r="AW5"/>
+      <c r="AX5"/>
+      <c r="AY5"/>
+      <c r="AZ5"/>
+      <c r="BA5"/>
+      <c r="BB5"/>
+      <c r="BC5"/>
+      <c r="BD5"/>
+      <c r="BE5"/>
+      <c r="BF5"/>
+      <c r="BG5"/>
+      <c r="BH5"/>
+      <c r="BI5"/>
+      <c r="BJ5"/>
+      <c r="BK5"/>
+      <c r="BL5"/>
+      <c r="BM5"/>
+      <c r="BN5"/>
+      <c r="BO5"/>
+      <c r="BP5"/>
+      <c r="BQ5"/>
+      <c r="BR5"/>
+      <c r="BS5"/>
+      <c r="BT5"/>
+      <c r="BU5"/>
+      <c r="BV5"/>
+      <c r="BW5"/>
+      <c r="BX5"/>
+      <c r="BY5"/>
+      <c r="BZ5"/>
+      <c r="CA5"/>
+      <c r="CB5"/>
+      <c r="CC5"/>
+      <c r="CD5"/>
+      <c r="CE5"/>
+      <c r="CF5"/>
+      <c r="CG5"/>
+      <c r="CH5"/>
+      <c r="CI5"/>
+      <c r="CJ5"/>
+      <c r="CK5"/>
+      <c r="CL5"/>
+      <c r="CM5"/>
+      <c r="CN5"/>
+      <c r="CO5"/>
+      <c r="CP5"/>
+      <c r="CQ5"/>
+      <c r="CR5"/>
+      <c r="CS5"/>
+    </row>
+    <row r="6" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="33"/>
+      <c r="B6" s="18"/>
+      <c r="C6" s="12"/>
+      <c r="D6" s="12"/>
+      <c r="E6" s="18"/>
+      <c r="F6" s="18"/>
+      <c r="G6" s="17"/>
+      <c r="H6" s="19"/>
+      <c r="I6" s="12"/>
+      <c r="J6" s="12"/>
+      <c r="K6" s="12"/>
+      <c r="L6" s="15"/>
+      <c r="N6" s="14"/>
+      <c r="O6" s="34"/>
+      <c r="P6"/>
+      <c r="Q6"/>
+      <c r="R6"/>
+      <c r="S6"/>
+      <c r="T6"/>
+      <c r="U6"/>
+      <c r="V6"/>
+      <c r="W6"/>
+      <c r="X6"/>
+      <c r="Y6"/>
+      <c r="Z6"/>
+      <c r="AA6"/>
+      <c r="AB6"/>
+      <c r="AC6"/>
+      <c r="AD6"/>
+      <c r="AE6"/>
+      <c r="AF6"/>
+      <c r="AG6"/>
+      <c r="AH6"/>
+      <c r="AI6"/>
+      <c r="AJ6"/>
+      <c r="AK6"/>
+      <c r="AL6"/>
+      <c r="AM6"/>
+      <c r="AN6"/>
+      <c r="AO6"/>
+      <c r="AP6"/>
+      <c r="AQ6"/>
+      <c r="AR6"/>
+      <c r="AS6"/>
+      <c r="AT6"/>
+      <c r="AU6"/>
+      <c r="AV6"/>
+      <c r="AW6"/>
+      <c r="AX6"/>
+      <c r="AY6"/>
+      <c r="AZ6"/>
+      <c r="BA6"/>
+      <c r="BB6"/>
+      <c r="BC6"/>
+      <c r="BD6"/>
+      <c r="BE6"/>
+      <c r="BF6"/>
+      <c r="BG6"/>
+      <c r="BH6"/>
+      <c r="BI6"/>
+      <c r="BJ6"/>
+      <c r="BK6"/>
+      <c r="BL6"/>
+      <c r="BM6"/>
+      <c r="BN6"/>
+      <c r="BO6"/>
+      <c r="BP6"/>
+      <c r="BQ6"/>
+      <c r="BR6"/>
+      <c r="BS6"/>
+      <c r="BT6"/>
+      <c r="BU6"/>
+      <c r="BV6"/>
+      <c r="BW6"/>
+      <c r="BX6"/>
+      <c r="BY6"/>
+      <c r="BZ6"/>
+      <c r="CA6"/>
+      <c r="CB6"/>
+      <c r="CC6"/>
+      <c r="CD6"/>
+      <c r="CE6"/>
+      <c r="CF6"/>
+      <c r="CG6"/>
+      <c r="CH6"/>
+      <c r="CI6"/>
+      <c r="CJ6"/>
+      <c r="CK6"/>
+      <c r="CL6"/>
+      <c r="CM6"/>
+      <c r="CN6"/>
+      <c r="CO6"/>
+      <c r="CP6"/>
+      <c r="CQ6"/>
+      <c r="CR6"/>
+      <c r="CS6"/>
+    </row>
+    <row r="7" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="33"/>
+      <c r="B7" s="18"/>
+      <c r="C7" s="12"/>
+      <c r="D7" s="12"/>
+      <c r="E7" s="18"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="17"/>
+      <c r="H7" s="19"/>
+      <c r="I7" s="12"/>
+      <c r="J7" s="12"/>
+      <c r="K7" s="12"/>
+      <c r="L7" s="15"/>
+      <c r="N7" s="14"/>
+      <c r="O7" s="34"/>
+      <c r="P7"/>
+      <c r="Q7"/>
+      <c r="R7"/>
+      <c r="S7"/>
+      <c r="T7"/>
+      <c r="U7"/>
+      <c r="V7"/>
+      <c r="W7"/>
+      <c r="X7"/>
+      <c r="Y7"/>
+      <c r="Z7"/>
+      <c r="AA7"/>
+      <c r="AB7"/>
+      <c r="AC7"/>
+      <c r="AD7"/>
+      <c r="AE7"/>
+      <c r="AF7"/>
+      <c r="AG7"/>
+      <c r="AH7"/>
+      <c r="AI7"/>
+      <c r="AJ7"/>
+      <c r="AK7"/>
+      <c r="AL7"/>
+      <c r="AM7"/>
+      <c r="AN7"/>
+      <c r="AO7"/>
+      <c r="AP7"/>
+      <c r="AQ7"/>
+      <c r="AR7"/>
+      <c r="AS7"/>
+      <c r="AT7"/>
+      <c r="AU7"/>
+      <c r="AV7"/>
+      <c r="AW7"/>
+      <c r="AX7"/>
+      <c r="AY7"/>
+      <c r="AZ7"/>
+      <c r="BA7"/>
+      <c r="BB7"/>
+      <c r="BC7"/>
+      <c r="BD7"/>
+      <c r="BE7"/>
+      <c r="BF7"/>
+      <c r="BG7"/>
+      <c r="BH7"/>
+      <c r="BI7"/>
+      <c r="BJ7"/>
+      <c r="BK7"/>
+      <c r="BL7"/>
+      <c r="BM7"/>
+      <c r="BN7"/>
+      <c r="BO7"/>
+      <c r="BP7"/>
+      <c r="BQ7"/>
+      <c r="BR7"/>
+      <c r="BS7"/>
+      <c r="BT7"/>
+      <c r="BU7"/>
+      <c r="BV7"/>
+      <c r="BW7"/>
+      <c r="BX7"/>
+      <c r="BY7"/>
+      <c r="BZ7"/>
+      <c r="CA7"/>
+      <c r="CB7"/>
+      <c r="CC7"/>
+      <c r="CD7"/>
+      <c r="CE7"/>
+      <c r="CF7"/>
+      <c r="CG7"/>
+      <c r="CH7"/>
+      <c r="CI7"/>
+      <c r="CJ7"/>
+      <c r="CK7"/>
+      <c r="CL7"/>
+      <c r="CM7"/>
+      <c r="CN7"/>
+      <c r="CO7"/>
+      <c r="CP7"/>
+      <c r="CQ7"/>
+      <c r="CR7"/>
+      <c r="CS7"/>
+    </row>
+    <row r="8" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="33"/>
+      <c r="B8" s="18"/>
+      <c r="C8" s="12"/>
+      <c r="D8" s="12"/>
+      <c r="E8" s="18"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="17"/>
+      <c r="H8" s="19"/>
+      <c r="I8" s="12"/>
+      <c r="J8" s="12"/>
+      <c r="K8" s="12"/>
+      <c r="L8" s="15"/>
+      <c r="N8" s="14"/>
+      <c r="O8" s="34"/>
+      <c r="P8"/>
+      <c r="Q8"/>
+      <c r="R8"/>
+      <c r="S8"/>
+      <c r="T8"/>
+      <c r="U8"/>
+      <c r="V8"/>
+      <c r="W8"/>
+      <c r="X8"/>
+      <c r="Y8"/>
+      <c r="Z8"/>
+      <c r="AA8"/>
+      <c r="AB8"/>
+      <c r="AC8"/>
+      <c r="AD8"/>
+      <c r="AE8"/>
+      <c r="AF8"/>
+      <c r="AG8"/>
+      <c r="AH8"/>
+      <c r="AI8"/>
+      <c r="AJ8"/>
+      <c r="AK8"/>
+      <c r="AL8"/>
+      <c r="AM8"/>
+      <c r="AN8"/>
+      <c r="AO8"/>
+      <c r="AP8"/>
+      <c r="AQ8"/>
+      <c r="AR8"/>
+      <c r="AS8"/>
+      <c r="AT8"/>
+      <c r="AU8"/>
+      <c r="AV8"/>
+      <c r="AW8"/>
+      <c r="AX8"/>
+      <c r="AY8"/>
+      <c r="AZ8"/>
+      <c r="BA8"/>
+      <c r="BB8"/>
+      <c r="BC8"/>
+      <c r="BD8"/>
+      <c r="BE8"/>
+      <c r="BF8"/>
+      <c r="BG8"/>
+      <c r="BH8"/>
+      <c r="BI8"/>
+      <c r="BJ8"/>
+      <c r="BK8"/>
+      <c r="BL8"/>
+      <c r="BM8"/>
+      <c r="BN8"/>
+      <c r="BO8"/>
+      <c r="BP8"/>
+      <c r="BQ8"/>
+      <c r="BR8"/>
+      <c r="BS8"/>
+      <c r="BT8"/>
+      <c r="BU8"/>
+      <c r="BV8"/>
+      <c r="BW8"/>
+      <c r="BX8"/>
+      <c r="BY8"/>
+      <c r="BZ8"/>
+      <c r="CA8"/>
+      <c r="CB8"/>
+      <c r="CC8"/>
+      <c r="CD8"/>
+      <c r="CE8"/>
+      <c r="CF8"/>
+      <c r="CG8"/>
+      <c r="CH8"/>
+      <c r="CI8"/>
+      <c r="CJ8"/>
+      <c r="CK8"/>
+      <c r="CL8"/>
+      <c r="CM8"/>
+      <c r="CN8"/>
+      <c r="CO8"/>
+      <c r="CP8"/>
+      <c r="CQ8"/>
+      <c r="CR8"/>
+      <c r="CS8"/>
+    </row>
+    <row r="9" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="33"/>
+      <c r="B9" s="18"/>
+      <c r="C9" s="12"/>
+      <c r="D9" s="12"/>
+      <c r="E9" s="18"/>
+      <c r="F9" s="18"/>
+      <c r="G9" s="17"/>
+      <c r="H9" s="19"/>
+      <c r="I9" s="12"/>
+      <c r="J9" s="12"/>
+      <c r="K9" s="12"/>
+      <c r="L9" s="15"/>
+      <c r="N9" s="14"/>
+      <c r="O9" s="34"/>
+      <c r="P9"/>
+      <c r="Q9"/>
+      <c r="R9"/>
+      <c r="S9"/>
+      <c r="T9"/>
+      <c r="U9"/>
+      <c r="V9"/>
+      <c r="W9"/>
+      <c r="X9"/>
+      <c r="Y9"/>
+      <c r="Z9"/>
+      <c r="AA9"/>
+      <c r="AB9"/>
+      <c r="AC9"/>
+      <c r="AD9"/>
+      <c r="AE9"/>
+      <c r="AF9"/>
+      <c r="AG9"/>
+      <c r="AH9"/>
+      <c r="AI9"/>
+      <c r="AJ9"/>
+      <c r="AK9"/>
+      <c r="AL9"/>
+      <c r="AM9"/>
+      <c r="AN9"/>
+      <c r="AO9"/>
+      <c r="AP9"/>
+      <c r="AQ9"/>
+      <c r="AR9"/>
+      <c r="AS9"/>
+      <c r="AT9"/>
+      <c r="AU9"/>
+      <c r="AV9"/>
+      <c r="AW9"/>
+      <c r="AX9"/>
+      <c r="AY9"/>
+      <c r="AZ9"/>
+      <c r="BA9"/>
+      <c r="BB9"/>
+      <c r="BC9"/>
+      <c r="BD9"/>
+      <c r="BE9"/>
+      <c r="BF9"/>
+      <c r="BG9"/>
+      <c r="BH9"/>
+      <c r="BI9"/>
+      <c r="BJ9"/>
+      <c r="BK9"/>
+      <c r="BL9"/>
+      <c r="BM9"/>
+      <c r="BN9"/>
+      <c r="BO9"/>
+      <c r="BP9"/>
+      <c r="BQ9"/>
+      <c r="BR9"/>
+      <c r="BS9"/>
+      <c r="BT9"/>
+      <c r="BU9"/>
+      <c r="BV9"/>
+      <c r="BW9"/>
+      <c r="BX9"/>
+      <c r="BY9"/>
+      <c r="BZ9"/>
+      <c r="CA9"/>
+      <c r="CB9"/>
+      <c r="CC9"/>
+      <c r="CD9"/>
+      <c r="CE9"/>
+      <c r="CF9"/>
+      <c r="CG9"/>
+      <c r="CH9"/>
+      <c r="CI9"/>
+      <c r="CJ9"/>
+      <c r="CK9"/>
+      <c r="CL9"/>
+      <c r="CM9"/>
+      <c r="CN9"/>
+      <c r="CO9"/>
+      <c r="CP9"/>
+      <c r="CQ9"/>
+      <c r="CR9"/>
+      <c r="CS9"/>
+    </row>
+    <row r="10" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="33"/>
+      <c r="B10" s="18"/>
+      <c r="C10" s="12"/>
+      <c r="D10" s="12"/>
+      <c r="E10" s="18"/>
+      <c r="F10" s="18"/>
+      <c r="G10" s="17"/>
+      <c r="H10" s="19"/>
+      <c r="I10" s="12"/>
+      <c r="J10" s="12"/>
+      <c r="K10" s="12"/>
+      <c r="L10" s="15"/>
+      <c r="N10" s="14"/>
+      <c r="O10" s="35"/>
+      <c r="P10"/>
+      <c r="Q10"/>
+      <c r="R10"/>
+      <c r="S10"/>
+      <c r="T10"/>
+      <c r="U10"/>
+      <c r="V10"/>
+      <c r="W10"/>
+      <c r="X10"/>
+      <c r="Y10"/>
+      <c r="Z10"/>
+      <c r="AA10"/>
+      <c r="AB10"/>
+      <c r="AC10"/>
+      <c r="AD10"/>
+      <c r="AE10"/>
+      <c r="AF10"/>
+      <c r="AG10"/>
+      <c r="AH10"/>
+      <c r="AI10"/>
+      <c r="AJ10"/>
+      <c r="AK10"/>
+      <c r="AL10"/>
+      <c r="AM10"/>
+      <c r="AN10"/>
+      <c r="AO10"/>
+      <c r="AP10"/>
+      <c r="AQ10"/>
+      <c r="AR10"/>
+      <c r="AS10"/>
+      <c r="AT10"/>
+      <c r="AU10"/>
+      <c r="AV10"/>
+      <c r="AW10"/>
+      <c r="AX10"/>
+      <c r="AY10"/>
+      <c r="AZ10"/>
+      <c r="BA10"/>
+      <c r="BB10"/>
+      <c r="BC10"/>
+      <c r="BD10"/>
+      <c r="BE10"/>
+      <c r="BF10"/>
+      <c r="BG10"/>
+      <c r="BH10"/>
+      <c r="BI10"/>
+      <c r="BJ10"/>
+      <c r="BK10"/>
+      <c r="BL10"/>
+      <c r="BM10"/>
+      <c r="BN10"/>
+      <c r="BO10"/>
+      <c r="BP10"/>
+      <c r="BQ10"/>
+      <c r="BR10"/>
+      <c r="BS10"/>
+      <c r="BT10"/>
+      <c r="BU10"/>
+      <c r="BV10"/>
+      <c r="BW10"/>
+      <c r="BX10"/>
+      <c r="BY10"/>
+      <c r="BZ10"/>
+      <c r="CA10"/>
+      <c r="CB10"/>
+      <c r="CC10"/>
+      <c r="CD10"/>
+      <c r="CE10"/>
+      <c r="CF10"/>
+      <c r="CG10"/>
+      <c r="CH10"/>
+      <c r="CI10"/>
+      <c r="CJ10"/>
+      <c r="CK10"/>
+      <c r="CL10"/>
+      <c r="CM10"/>
+      <c r="CN10"/>
+      <c r="CO10"/>
+      <c r="CP10"/>
+      <c r="CQ10"/>
+      <c r="CR10"/>
+      <c r="CS10"/>
+    </row>
+    <row r="11" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="33"/>
+      <c r="B11" s="18"/>
+      <c r="C11" s="12"/>
+      <c r="D11" s="12"/>
+      <c r="E11" s="18"/>
+      <c r="F11" s="18"/>
+      <c r="G11" s="17"/>
+      <c r="H11" s="19"/>
+      <c r="I11" s="12"/>
+      <c r="J11" s="12"/>
+      <c r="K11" s="12"/>
+      <c r="L11" s="15"/>
+      <c r="N11" s="14"/>
+      <c r="O11" s="34"/>
+      <c r="P11"/>
+      <c r="Q11"/>
+      <c r="R11"/>
+      <c r="S11"/>
+      <c r="T11"/>
+      <c r="U11"/>
+      <c r="V11"/>
+      <c r="W11"/>
+      <c r="X11"/>
+      <c r="Y11"/>
+      <c r="Z11"/>
+      <c r="AA11"/>
+      <c r="AB11"/>
+      <c r="AC11"/>
+      <c r="AD11"/>
+      <c r="AE11"/>
+      <c r="AF11"/>
+      <c r="AG11"/>
+      <c r="AH11"/>
+      <c r="AI11"/>
+      <c r="AJ11"/>
+      <c r="AK11"/>
+      <c r="AL11"/>
+      <c r="AM11"/>
+      <c r="AN11"/>
+      <c r="AO11"/>
+      <c r="AP11"/>
+      <c r="AQ11"/>
+      <c r="AR11"/>
+      <c r="AS11"/>
+      <c r="AT11"/>
+      <c r="AU11"/>
+      <c r="AV11"/>
+      <c r="AW11"/>
+      <c r="AX11"/>
+      <c r="AY11"/>
+      <c r="AZ11"/>
+      <c r="BA11"/>
+      <c r="BB11"/>
+      <c r="BC11"/>
+      <c r="BD11"/>
+      <c r="BE11"/>
+      <c r="BF11"/>
+      <c r="BG11"/>
+      <c r="BH11"/>
+      <c r="BI11"/>
+      <c r="BJ11"/>
+      <c r="BK11"/>
+      <c r="BL11"/>
+      <c r="BM11"/>
+      <c r="BN11"/>
+      <c r="BO11"/>
+      <c r="BP11"/>
+      <c r="BQ11"/>
+      <c r="BR11"/>
+      <c r="BS11"/>
+      <c r="BT11"/>
+      <c r="BU11"/>
+      <c r="BV11"/>
+      <c r="BW11"/>
+      <c r="BX11"/>
+      <c r="BY11"/>
+      <c r="BZ11"/>
+      <c r="CA11"/>
+      <c r="CB11"/>
+      <c r="CC11"/>
+      <c r="CD11"/>
+      <c r="CE11"/>
+      <c r="CF11"/>
+      <c r="CG11"/>
+      <c r="CH11"/>
+      <c r="CI11"/>
+      <c r="CJ11"/>
+      <c r="CK11"/>
+      <c r="CL11"/>
+      <c r="CM11"/>
+      <c r="CN11"/>
+      <c r="CO11"/>
+      <c r="CP11"/>
+      <c r="CQ11"/>
+      <c r="CR11"/>
+      <c r="CS11"/>
+    </row>
+    <row r="12" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="33"/>
+      <c r="B12" s="18"/>
+      <c r="C12" s="12"/>
+      <c r="D12" s="12"/>
+      <c r="E12" s="18"/>
+      <c r="F12" s="18"/>
+      <c r="G12" s="17"/>
+      <c r="H12" s="19"/>
+      <c r="I12" s="12"/>
+      <c r="J12" s="12"/>
+      <c r="K12" s="12"/>
+      <c r="L12" s="15"/>
+      <c r="N12" s="14"/>
+      <c r="O12" s="34"/>
+      <c r="P12"/>
+      <c r="Q12"/>
+      <c r="R12"/>
+      <c r="S12"/>
+      <c r="T12"/>
+      <c r="U12"/>
+      <c r="V12"/>
+      <c r="W12"/>
+      <c r="X12"/>
+      <c r="Y12"/>
+      <c r="Z12"/>
+      <c r="AA12"/>
+      <c r="AB12"/>
+      <c r="AC12"/>
+      <c r="AD12"/>
+      <c r="AE12"/>
+      <c r="AF12"/>
+      <c r="AG12"/>
+      <c r="AH12"/>
+      <c r="AI12"/>
+      <c r="AJ12"/>
+      <c r="AK12"/>
+      <c r="AL12"/>
+      <c r="AM12"/>
+      <c r="AN12"/>
+      <c r="AO12"/>
+      <c r="AP12"/>
+      <c r="AQ12"/>
+      <c r="AR12"/>
+      <c r="AS12"/>
+      <c r="AT12"/>
+      <c r="AU12"/>
+      <c r="AV12"/>
+      <c r="AW12"/>
+      <c r="AX12"/>
+      <c r="AY12"/>
+      <c r="AZ12"/>
+      <c r="BA12"/>
+      <c r="BB12"/>
+      <c r="BC12"/>
+      <c r="BD12"/>
+      <c r="BE12"/>
+      <c r="BF12"/>
+      <c r="BG12"/>
+      <c r="BH12"/>
+      <c r="BI12"/>
+      <c r="BJ12"/>
+      <c r="BK12"/>
+      <c r="BL12"/>
+      <c r="BM12"/>
+      <c r="BN12"/>
+      <c r="BO12"/>
+      <c r="BP12"/>
+      <c r="BQ12"/>
+      <c r="BR12"/>
+      <c r="BS12"/>
+      <c r="BT12"/>
+      <c r="BU12"/>
+      <c r="BV12"/>
+      <c r="BW12"/>
+      <c r="BX12"/>
+      <c r="BY12"/>
+      <c r="BZ12"/>
+      <c r="CA12"/>
+      <c r="CB12"/>
+      <c r="CC12"/>
+      <c r="CD12"/>
+      <c r="CE12"/>
+      <c r="CF12"/>
+      <c r="CG12"/>
+      <c r="CH12"/>
+      <c r="CI12"/>
+      <c r="CJ12"/>
+      <c r="CK12"/>
+      <c r="CL12"/>
+      <c r="CM12"/>
+      <c r="CN12"/>
+      <c r="CO12"/>
+      <c r="CP12"/>
+      <c r="CQ12"/>
+      <c r="CR12"/>
+      <c r="CS12"/>
+    </row>
+    <row r="13" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="33"/>
+      <c r="B13" s="18"/>
+      <c r="C13" s="12"/>
+      <c r="D13" s="12"/>
+      <c r="E13" s="18"/>
+      <c r="F13" s="18"/>
+      <c r="G13" s="17"/>
+      <c r="H13" s="19"/>
+      <c r="I13" s="12"/>
+      <c r="J13" s="12"/>
+      <c r="K13" s="12"/>
+      <c r="L13" s="15"/>
+      <c r="N13" s="14"/>
+      <c r="O13" s="34"/>
+      <c r="P13"/>
+      <c r="Q13"/>
+      <c r="R13"/>
+      <c r="S13"/>
+      <c r="T13"/>
+      <c r="U13"/>
+      <c r="V13"/>
+      <c r="W13"/>
+      <c r="X13"/>
+      <c r="Y13"/>
+      <c r="Z13"/>
+      <c r="AA13"/>
+      <c r="AB13"/>
+      <c r="AC13"/>
+      <c r="AD13"/>
+      <c r="AE13"/>
+      <c r="AF13"/>
+      <c r="AG13"/>
+      <c r="AH13"/>
+      <c r="AI13"/>
+      <c r="AJ13"/>
+      <c r="AK13"/>
+      <c r="AL13"/>
+      <c r="AM13"/>
+      <c r="AN13"/>
+      <c r="AO13"/>
+      <c r="AP13"/>
+      <c r="AQ13"/>
+      <c r="AR13"/>
+      <c r="AS13"/>
+      <c r="AT13"/>
+      <c r="AU13"/>
+      <c r="AV13"/>
+      <c r="AW13"/>
+      <c r="AX13"/>
+      <c r="AY13"/>
+      <c r="AZ13"/>
+      <c r="BA13"/>
+      <c r="BB13"/>
+      <c r="BC13"/>
+      <c r="BD13"/>
+      <c r="BE13"/>
+      <c r="BF13"/>
+      <c r="BG13"/>
+      <c r="BH13"/>
+      <c r="BI13"/>
+      <c r="BJ13"/>
+      <c r="BK13"/>
+      <c r="BL13"/>
+      <c r="BM13"/>
+      <c r="BN13"/>
+      <c r="BO13"/>
+      <c r="BP13"/>
+      <c r="BQ13"/>
+      <c r="BR13"/>
+      <c r="BS13"/>
+      <c r="BT13"/>
+      <c r="BU13"/>
+      <c r="BV13"/>
+      <c r="BW13"/>
+      <c r="BX13"/>
+      <c r="BY13"/>
+      <c r="BZ13"/>
+      <c r="CA13"/>
+      <c r="CB13"/>
+      <c r="CC13"/>
+      <c r="CD13"/>
+      <c r="CE13"/>
+      <c r="CF13"/>
+      <c r="CG13"/>
+      <c r="CH13"/>
+      <c r="CI13"/>
+      <c r="CJ13"/>
+      <c r="CK13"/>
+      <c r="CL13"/>
+      <c r="CM13"/>
+      <c r="CN13"/>
+      <c r="CO13"/>
+      <c r="CP13"/>
+      <c r="CQ13"/>
+      <c r="CR13"/>
+      <c r="CS13"/>
+    </row>
+    <row r="14" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="33"/>
+      <c r="B14" s="18"/>
+      <c r="C14" s="12"/>
+      <c r="D14" s="12"/>
+      <c r="E14" s="18"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="17"/>
+      <c r="H14" s="19"/>
+      <c r="I14" s="12"/>
+      <c r="J14" s="12"/>
+      <c r="K14" s="12"/>
+      <c r="L14" s="15"/>
+      <c r="N14" s="14"/>
+      <c r="O14" s="34"/>
+      <c r="P14"/>
+      <c r="Q14"/>
+      <c r="R14"/>
+      <c r="S14"/>
+      <c r="T14"/>
+      <c r="U14"/>
+      <c r="V14"/>
+      <c r="W14"/>
+      <c r="X14"/>
+      <c r="Y14"/>
+      <c r="Z14"/>
+      <c r="AA14"/>
+      <c r="AB14"/>
+      <c r="AC14"/>
+      <c r="AD14"/>
+      <c r="AE14"/>
+      <c r="AF14"/>
+      <c r="AG14"/>
+      <c r="AH14"/>
+      <c r="AI14"/>
+      <c r="AJ14"/>
+      <c r="AK14"/>
+      <c r="AL14"/>
+      <c r="AM14"/>
+      <c r="AN14"/>
+      <c r="AO14"/>
+      <c r="AP14"/>
+      <c r="AQ14"/>
+      <c r="AR14"/>
+      <c r="AS14"/>
+      <c r="AT14"/>
+      <c r="AU14"/>
+      <c r="AV14"/>
+      <c r="AW14"/>
+      <c r="AX14"/>
+      <c r="AY14"/>
+      <c r="AZ14"/>
+      <c r="BA14"/>
+      <c r="BB14"/>
+      <c r="BC14"/>
+      <c r="BD14"/>
+      <c r="BE14"/>
+      <c r="BF14"/>
+      <c r="BG14"/>
+      <c r="BH14"/>
+      <c r="BI14"/>
+      <c r="BJ14"/>
+      <c r="BK14"/>
+      <c r="BL14"/>
+      <c r="BM14"/>
+      <c r="BN14"/>
+      <c r="BO14"/>
+      <c r="BP14"/>
+      <c r="BQ14"/>
+      <c r="BR14"/>
+      <c r="BS14"/>
+      <c r="BT14"/>
+      <c r="BU14"/>
+      <c r="BV14"/>
+      <c r="BW14"/>
+      <c r="BX14"/>
+      <c r="BY14"/>
+      <c r="BZ14"/>
+      <c r="CA14"/>
+      <c r="CB14"/>
+      <c r="CC14"/>
+      <c r="CD14"/>
+      <c r="CE14"/>
+      <c r="CF14"/>
+      <c r="CG14"/>
+      <c r="CH14"/>
+      <c r="CI14"/>
+      <c r="CJ14"/>
+      <c r="CK14"/>
+      <c r="CL14"/>
+      <c r="CM14"/>
+      <c r="CN14"/>
+      <c r="CO14"/>
+      <c r="CP14"/>
+      <c r="CQ14"/>
+      <c r="CR14"/>
+      <c r="CS14"/>
+    </row>
+    <row r="15" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="33"/>
+      <c r="B15" s="18"/>
+      <c r="C15" s="12"/>
+      <c r="D15" s="12"/>
+      <c r="E15" s="18"/>
+      <c r="F15" s="18"/>
+      <c r="G15" s="17"/>
+      <c r="H15" s="19"/>
+      <c r="I15" s="12"/>
+      <c r="J15" s="12"/>
+      <c r="K15" s="12"/>
+      <c r="L15" s="15"/>
+      <c r="O15" s="34"/>
+      <c r="P15"/>
+      <c r="Q15"/>
+      <c r="R15"/>
+      <c r="S15"/>
+      <c r="T15"/>
+      <c r="U15"/>
+      <c r="V15"/>
+      <c r="W15"/>
+      <c r="X15"/>
+      <c r="Y15"/>
+      <c r="Z15"/>
+      <c r="AA15"/>
+      <c r="AB15"/>
+      <c r="AC15"/>
+      <c r="AD15"/>
+      <c r="AE15"/>
+      <c r="AF15"/>
+      <c r="AG15"/>
+      <c r="AH15"/>
+      <c r="AI15"/>
+      <c r="AJ15"/>
+      <c r="AK15"/>
+      <c r="AL15"/>
+      <c r="AM15"/>
+      <c r="AN15"/>
+      <c r="AO15"/>
+      <c r="AP15"/>
+      <c r="AQ15"/>
+      <c r="AR15"/>
+      <c r="AS15"/>
+      <c r="AT15"/>
+      <c r="AU15"/>
+      <c r="AV15"/>
+      <c r="AW15"/>
+      <c r="AX15"/>
+      <c r="AY15"/>
+      <c r="AZ15"/>
+      <c r="BA15"/>
+      <c r="BB15"/>
+      <c r="BC15"/>
+      <c r="BD15"/>
+      <c r="BE15"/>
+      <c r="BF15"/>
+      <c r="BG15"/>
+      <c r="BH15"/>
+      <c r="BI15"/>
+      <c r="BJ15"/>
+      <c r="BK15"/>
+      <c r="BL15"/>
+      <c r="BM15"/>
+      <c r="BN15"/>
+      <c r="BO15"/>
+      <c r="BP15"/>
+      <c r="BQ15"/>
+      <c r="BR15"/>
+      <c r="BS15"/>
+      <c r="BT15"/>
+      <c r="BU15"/>
+      <c r="BV15"/>
+      <c r="BW15"/>
+      <c r="BX15"/>
+      <c r="BY15"/>
+      <c r="BZ15"/>
+      <c r="CA15"/>
+      <c r="CB15"/>
+      <c r="CC15"/>
+      <c r="CD15"/>
+      <c r="CE15"/>
+      <c r="CF15"/>
+      <c r="CG15"/>
+      <c r="CH15"/>
+      <c r="CI15"/>
+      <c r="CJ15"/>
+      <c r="CK15"/>
+      <c r="CL15"/>
+      <c r="CM15"/>
+      <c r="CN15"/>
+      <c r="CO15"/>
+      <c r="CP15"/>
+      <c r="CQ15"/>
+      <c r="CR15"/>
+      <c r="CS15"/>
+    </row>
+    <row r="16" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="33"/>
+      <c r="B16" s="18"/>
+      <c r="C16" s="12"/>
+      <c r="D16" s="12"/>
+      <c r="E16" s="18"/>
+      <c r="F16" s="18"/>
+      <c r="G16" s="17"/>
+      <c r="H16" s="19"/>
+      <c r="I16" s="12"/>
+      <c r="J16" s="12"/>
+      <c r="K16" s="12"/>
+      <c r="L16" s="15"/>
+      <c r="N16" s="14"/>
+      <c r="O16" s="34"/>
+      <c r="P16"/>
+      <c r="Q16"/>
+      <c r="R16"/>
+      <c r="S16"/>
+      <c r="T16"/>
+      <c r="U16"/>
+      <c r="V16"/>
+      <c r="W16"/>
+      <c r="X16"/>
+      <c r="Y16"/>
+      <c r="Z16"/>
+      <c r="AA16"/>
+      <c r="AB16"/>
+      <c r="AC16"/>
+      <c r="AD16"/>
+      <c r="AE16"/>
+      <c r="AF16"/>
+      <c r="AG16"/>
+      <c r="AH16"/>
+      <c r="AI16"/>
+      <c r="AJ16"/>
+      <c r="AK16"/>
+      <c r="AL16"/>
+      <c r="AM16"/>
+      <c r="AN16"/>
+      <c r="AO16"/>
+      <c r="AP16"/>
+      <c r="AQ16"/>
+      <c r="AR16"/>
+      <c r="AS16"/>
+      <c r="AT16"/>
+      <c r="AU16"/>
+      <c r="AV16"/>
+      <c r="AW16"/>
+      <c r="AX16"/>
+      <c r="AY16"/>
+      <c r="AZ16"/>
+      <c r="BA16"/>
+      <c r="BB16"/>
+      <c r="BC16"/>
+      <c r="BD16"/>
+      <c r="BE16"/>
+      <c r="BF16"/>
+      <c r="BG16"/>
+      <c r="BH16"/>
+      <c r="BI16"/>
+      <c r="BJ16"/>
+      <c r="BK16"/>
+      <c r="BL16"/>
+      <c r="BM16"/>
+      <c r="BN16"/>
+      <c r="BO16"/>
+      <c r="BP16"/>
+      <c r="BQ16"/>
+      <c r="BR16"/>
+      <c r="BS16"/>
+      <c r="BT16"/>
+      <c r="BU16"/>
+      <c r="BV16"/>
+      <c r="BW16"/>
+      <c r="BX16"/>
+      <c r="BY16"/>
+      <c r="BZ16"/>
+      <c r="CA16"/>
+      <c r="CB16"/>
+      <c r="CC16"/>
+      <c r="CD16"/>
+      <c r="CE16"/>
+      <c r="CF16"/>
+      <c r="CG16"/>
+      <c r="CH16"/>
+      <c r="CI16"/>
+      <c r="CJ16"/>
+      <c r="CK16"/>
+      <c r="CL16"/>
+      <c r="CM16"/>
+      <c r="CN16"/>
+      <c r="CO16"/>
+      <c r="CP16"/>
+      <c r="CQ16"/>
+      <c r="CR16"/>
+      <c r="CS16"/>
+    </row>
+    <row r="17" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="33"/>
+      <c r="B17" s="18"/>
+      <c r="C17" s="12"/>
+      <c r="D17" s="12"/>
+      <c r="E17" s="18"/>
+      <c r="F17" s="18"/>
+      <c r="G17" s="17"/>
+      <c r="H17" s="19"/>
+      <c r="I17" s="12"/>
+      <c r="J17" s="12"/>
+      <c r="K17" s="12"/>
+      <c r="L17" s="15"/>
+      <c r="N17" s="14"/>
+      <c r="O17" s="34"/>
+      <c r="P17"/>
+      <c r="Q17"/>
+      <c r="R17"/>
+      <c r="S17"/>
+      <c r="T17"/>
+      <c r="U17"/>
+      <c r="V17"/>
+      <c r="W17"/>
+      <c r="X17"/>
+      <c r="Y17"/>
+      <c r="Z17"/>
+      <c r="AA17"/>
+      <c r="AB17"/>
+      <c r="AC17"/>
+      <c r="AD17"/>
+      <c r="AE17"/>
+      <c r="AF17"/>
+      <c r="AG17"/>
+      <c r="AH17"/>
+      <c r="AI17"/>
+      <c r="AJ17"/>
+      <c r="AK17"/>
+      <c r="AL17"/>
+      <c r="AM17"/>
+      <c r="AN17"/>
+      <c r="AO17"/>
+      <c r="AP17"/>
+      <c r="AQ17"/>
+      <c r="AR17"/>
+      <c r="AS17"/>
+      <c r="AT17"/>
+      <c r="AU17"/>
+      <c r="AV17"/>
+      <c r="AW17"/>
+      <c r="AX17"/>
+      <c r="AY17"/>
+      <c r="AZ17"/>
+      <c r="BA17"/>
+      <c r="BB17"/>
+      <c r="BC17"/>
+      <c r="BD17"/>
+      <c r="BE17"/>
+      <c r="BF17"/>
+      <c r="BG17"/>
+      <c r="BH17"/>
+      <c r="BI17"/>
+      <c r="BJ17"/>
+      <c r="BK17"/>
+      <c r="BL17"/>
+      <c r="BM17"/>
+      <c r="BN17"/>
+      <c r="BO17"/>
+      <c r="BP17"/>
+      <c r="BQ17"/>
+      <c r="BR17"/>
+      <c r="BS17"/>
+      <c r="BT17"/>
+      <c r="BU17"/>
+      <c r="BV17"/>
+      <c r="BW17"/>
+      <c r="BX17"/>
+      <c r="BY17"/>
+      <c r="BZ17"/>
+      <c r="CA17"/>
+      <c r="CB17"/>
+      <c r="CC17"/>
+      <c r="CD17"/>
+      <c r="CE17"/>
+      <c r="CF17"/>
+      <c r="CG17"/>
+      <c r="CH17"/>
+      <c r="CI17"/>
+      <c r="CJ17"/>
+      <c r="CK17"/>
+      <c r="CL17"/>
+      <c r="CM17"/>
+      <c r="CN17"/>
+      <c r="CO17"/>
+      <c r="CP17"/>
+      <c r="CQ17"/>
+      <c r="CR17"/>
+      <c r="CS17"/>
+    </row>
+    <row r="18" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="33"/>
+      <c r="B18" s="18"/>
+      <c r="C18" s="12"/>
+      <c r="D18" s="12"/>
+      <c r="E18" s="18"/>
+      <c r="F18" s="18"/>
+      <c r="G18" s="17"/>
+      <c r="H18" s="19"/>
+      <c r="I18" s="12"/>
+      <c r="J18" s="12"/>
+      <c r="K18" s="12"/>
+      <c r="L18" s="15"/>
+      <c r="N18" s="14"/>
+      <c r="O18" s="34"/>
+      <c r="P18"/>
+      <c r="Q18"/>
+      <c r="R18"/>
+      <c r="S18"/>
+      <c r="T18"/>
+      <c r="U18"/>
+      <c r="V18"/>
+      <c r="W18"/>
+      <c r="X18"/>
+      <c r="Y18"/>
+      <c r="Z18"/>
+      <c r="AA18"/>
+      <c r="AB18"/>
+      <c r="AC18"/>
+      <c r="AD18"/>
+      <c r="AE18"/>
+      <c r="AF18"/>
+      <c r="AG18"/>
+      <c r="AH18"/>
+      <c r="AI18"/>
+      <c r="AJ18"/>
+      <c r="AK18"/>
+      <c r="AL18"/>
+      <c r="AM18"/>
+      <c r="AN18"/>
+      <c r="AO18"/>
+      <c r="AP18"/>
+      <c r="AQ18"/>
+      <c r="AR18"/>
+      <c r="AS18"/>
+      <c r="AT18"/>
+      <c r="AU18"/>
+      <c r="AV18"/>
+      <c r="AW18"/>
+      <c r="AX18"/>
+      <c r="AY18"/>
+      <c r="AZ18"/>
+      <c r="BA18"/>
+      <c r="BB18"/>
+      <c r="BC18"/>
+      <c r="BD18"/>
+      <c r="BE18"/>
+      <c r="BF18"/>
+      <c r="BG18"/>
+      <c r="BH18"/>
+      <c r="BI18"/>
+      <c r="BJ18"/>
+      <c r="BK18"/>
+      <c r="BL18"/>
+      <c r="BM18"/>
+      <c r="BN18"/>
+      <c r="BO18"/>
+      <c r="BP18"/>
+      <c r="BQ18"/>
+      <c r="BR18"/>
+      <c r="BS18"/>
+      <c r="BT18"/>
+      <c r="BU18"/>
+      <c r="BV18"/>
+      <c r="BW18"/>
+      <c r="BX18"/>
+      <c r="BY18"/>
+      <c r="BZ18"/>
+      <c r="CA18"/>
+      <c r="CB18"/>
+      <c r="CC18"/>
+      <c r="CD18"/>
+      <c r="CE18"/>
+      <c r="CF18"/>
+      <c r="CG18"/>
+      <c r="CH18"/>
+      <c r="CI18"/>
+      <c r="CJ18"/>
+      <c r="CK18"/>
+      <c r="CL18"/>
+      <c r="CM18"/>
+      <c r="CN18"/>
+      <c r="CO18"/>
+      <c r="CP18"/>
+      <c r="CQ18"/>
+      <c r="CR18"/>
+      <c r="CS18"/>
+    </row>
+    <row r="19" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="33"/>
+      <c r="B19" s="18"/>
+      <c r="C19" s="12"/>
+      <c r="D19" s="12"/>
+      <c r="E19" s="18"/>
+      <c r="F19" s="18"/>
+      <c r="G19" s="17"/>
+      <c r="H19" s="19"/>
+      <c r="I19" s="12"/>
+      <c r="J19" s="12"/>
+      <c r="K19" s="12"/>
+      <c r="L19" s="15"/>
+      <c r="N19" s="14"/>
+      <c r="O19" s="34"/>
+      <c r="P19"/>
+      <c r="Q19"/>
+      <c r="R19"/>
+      <c r="S19"/>
+      <c r="T19"/>
+      <c r="U19"/>
+      <c r="V19"/>
+      <c r="W19"/>
+      <c r="X19"/>
+      <c r="Y19"/>
+      <c r="Z19"/>
+      <c r="AA19"/>
+      <c r="AB19"/>
+      <c r="AC19"/>
+      <c r="AD19"/>
+      <c r="AE19"/>
+      <c r="AF19"/>
+      <c r="AG19"/>
+      <c r="AH19"/>
+      <c r="AI19"/>
+      <c r="AJ19"/>
+      <c r="AK19"/>
+      <c r="AL19"/>
+      <c r="AM19"/>
+      <c r="AN19"/>
+      <c r="AO19"/>
+      <c r="AP19"/>
+      <c r="AQ19"/>
+      <c r="AR19"/>
+      <c r="AS19"/>
+      <c r="AT19"/>
+      <c r="AU19"/>
+      <c r="AV19"/>
+      <c r="AW19"/>
+      <c r="AX19"/>
+      <c r="AY19"/>
+      <c r="AZ19"/>
+      <c r="BA19"/>
+      <c r="BB19"/>
+      <c r="BC19"/>
+      <c r="BD19"/>
+      <c r="BE19"/>
+      <c r="BF19"/>
+      <c r="BG19"/>
+      <c r="BH19"/>
+      <c r="BI19"/>
+      <c r="BJ19"/>
+      <c r="BK19"/>
+      <c r="BL19"/>
+      <c r="BM19"/>
+      <c r="BN19"/>
+      <c r="BO19"/>
+      <c r="BP19"/>
+      <c r="BQ19"/>
+      <c r="BR19"/>
+      <c r="BS19"/>
+      <c r="BT19"/>
+      <c r="BU19"/>
+      <c r="BV19"/>
+      <c r="BW19"/>
+      <c r="BX19"/>
+      <c r="BY19"/>
+      <c r="BZ19"/>
+      <c r="CA19"/>
+      <c r="CB19"/>
+      <c r="CC19"/>
+      <c r="CD19"/>
+      <c r="CE19"/>
+      <c r="CF19"/>
+      <c r="CG19"/>
+      <c r="CH19"/>
+      <c r="CI19"/>
+      <c r="CJ19"/>
+      <c r="CK19"/>
+      <c r="CL19"/>
+      <c r="CM19"/>
+      <c r="CN19"/>
+      <c r="CO19"/>
+      <c r="CP19"/>
+      <c r="CQ19"/>
+      <c r="CR19"/>
+      <c r="CS19"/>
+    </row>
+    <row r="20" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="33"/>
+      <c r="B20" s="18"/>
+      <c r="C20" s="12"/>
+      <c r="D20" s="12"/>
+      <c r="E20" s="18"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="17"/>
+      <c r="H20" s="19"/>
+      <c r="I20" s="12"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="12"/>
+      <c r="L20" s="15"/>
+      <c r="N20" s="14"/>
+      <c r="O20" s="34"/>
+      <c r="P20"/>
+      <c r="Q20"/>
+      <c r="R20"/>
+      <c r="S20"/>
+      <c r="T20"/>
+      <c r="U20"/>
+      <c r="V20"/>
+      <c r="W20"/>
+      <c r="X20"/>
+      <c r="Y20"/>
+      <c r="Z20"/>
+      <c r="AA20"/>
+      <c r="AB20"/>
+      <c r="AC20"/>
+      <c r="AD20"/>
+      <c r="AE20"/>
+      <c r="AF20"/>
+      <c r="AG20"/>
+      <c r="AH20"/>
+      <c r="AI20"/>
+      <c r="AJ20"/>
+      <c r="AK20"/>
+      <c r="AL20"/>
+      <c r="AM20"/>
+      <c r="AN20"/>
+      <c r="AO20"/>
+      <c r="AP20"/>
+      <c r="AQ20"/>
+      <c r="AR20"/>
+      <c r="AS20"/>
+      <c r="AT20"/>
+      <c r="AU20"/>
+      <c r="AV20"/>
+      <c r="AW20"/>
+      <c r="AX20"/>
+      <c r="AY20"/>
+      <c r="AZ20"/>
+      <c r="BA20"/>
+      <c r="BB20"/>
+      <c r="BC20"/>
+      <c r="BD20"/>
+      <c r="BE20"/>
+      <c r="BF20"/>
+      <c r="BG20"/>
+      <c r="BH20"/>
+      <c r="BI20"/>
+      <c r="BJ20"/>
+      <c r="BK20"/>
+      <c r="BL20"/>
+      <c r="BM20"/>
+      <c r="BN20"/>
+      <c r="BO20"/>
+      <c r="BP20"/>
+      <c r="BQ20"/>
+      <c r="BR20"/>
+      <c r="BS20"/>
+      <c r="BT20"/>
+      <c r="BU20"/>
+      <c r="BV20"/>
+      <c r="BW20"/>
+      <c r="BX20"/>
+      <c r="BY20"/>
+      <c r="BZ20"/>
+      <c r="CA20"/>
+      <c r="CB20"/>
+      <c r="CC20"/>
+      <c r="CD20"/>
+      <c r="CE20"/>
+      <c r="CF20"/>
+      <c r="CG20"/>
+      <c r="CH20"/>
+      <c r="CI20"/>
+      <c r="CJ20"/>
+      <c r="CK20"/>
+      <c r="CL20"/>
+      <c r="CM20"/>
+      <c r="CN20"/>
+      <c r="CO20"/>
+      <c r="CP20"/>
+      <c r="CQ20"/>
+      <c r="CR20"/>
+      <c r="CS20"/>
+    </row>
+    <row r="21" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="33"/>
+      <c r="B21" s="18"/>
+      <c r="C21" s="12"/>
+      <c r="D21" s="12"/>
+      <c r="E21" s="18"/>
+      <c r="F21" s="18"/>
+      <c r="G21" s="17"/>
+      <c r="H21" s="19"/>
+      <c r="I21" s="12"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="12"/>
+      <c r="L21" s="15"/>
+      <c r="N21" s="14"/>
+      <c r="O21" s="34"/>
+      <c r="P21"/>
+      <c r="Q21"/>
+      <c r="R21"/>
+      <c r="S21"/>
+      <c r="T21"/>
+      <c r="U21"/>
+      <c r="V21"/>
+      <c r="W21"/>
+      <c r="X21"/>
+      <c r="Y21"/>
+      <c r="Z21"/>
+      <c r="AA21"/>
+      <c r="AB21"/>
+      <c r="AC21"/>
+      <c r="AD21"/>
+      <c r="AE21"/>
+      <c r="AF21"/>
+      <c r="AG21"/>
+      <c r="AH21"/>
+      <c r="AI21"/>
+      <c r="AJ21"/>
+      <c r="AK21"/>
+      <c r="AL21"/>
+      <c r="AM21"/>
+      <c r="AN21"/>
+      <c r="AO21"/>
+      <c r="AP21"/>
+      <c r="AQ21"/>
+      <c r="AR21"/>
+      <c r="AS21"/>
+      <c r="AT21"/>
+      <c r="AU21"/>
+      <c r="AV21"/>
+      <c r="AW21"/>
+      <c r="AX21"/>
+      <c r="AY21"/>
+      <c r="AZ21"/>
+      <c r="BA21"/>
+      <c r="BB21"/>
+      <c r="BC21"/>
+      <c r="BD21"/>
+      <c r="BE21"/>
+      <c r="BF21"/>
+      <c r="BG21"/>
+      <c r="BH21"/>
+      <c r="BI21"/>
+      <c r="BJ21"/>
+      <c r="BK21"/>
+      <c r="BL21"/>
+      <c r="BM21"/>
+      <c r="BN21"/>
+      <c r="BO21"/>
+      <c r="BP21"/>
+      <c r="BQ21"/>
+      <c r="BR21"/>
+      <c r="BS21"/>
+      <c r="BT21"/>
+      <c r="BU21"/>
+      <c r="BV21"/>
+      <c r="BW21"/>
+      <c r="BX21"/>
+      <c r="BY21"/>
+      <c r="BZ21"/>
+      <c r="CA21"/>
+      <c r="CB21"/>
+      <c r="CC21"/>
+      <c r="CD21"/>
+      <c r="CE21"/>
+      <c r="CF21"/>
+      <c r="CG21"/>
+      <c r="CH21"/>
+      <c r="CI21"/>
+      <c r="CJ21"/>
+      <c r="CK21"/>
+      <c r="CL21"/>
+      <c r="CM21"/>
+      <c r="CN21"/>
+      <c r="CO21"/>
+      <c r="CP21"/>
+      <c r="CQ21"/>
+      <c r="CR21"/>
+      <c r="CS21"/>
+    </row>
+    <row r="22" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="33"/>
+      <c r="B22" s="18"/>
+      <c r="C22" s="12"/>
+      <c r="D22" s="12"/>
+      <c r="E22" s="18"/>
+      <c r="F22" s="18"/>
+      <c r="G22" s="17"/>
+      <c r="H22" s="19"/>
+      <c r="I22" s="12"/>
+      <c r="J22" s="12"/>
+      <c r="K22" s="12"/>
+      <c r="L22" s="15"/>
+      <c r="N22" s="14"/>
+      <c r="O22" s="34"/>
+      <c r="P22"/>
+      <c r="Q22"/>
+      <c r="R22"/>
+      <c r="S22"/>
+      <c r="T22"/>
+      <c r="U22"/>
+      <c r="V22"/>
+      <c r="W22"/>
+      <c r="X22"/>
+      <c r="Y22"/>
+      <c r="Z22"/>
+      <c r="AA22"/>
+      <c r="AB22"/>
+      <c r="AC22"/>
+      <c r="AD22"/>
+      <c r="AE22"/>
+      <c r="AF22"/>
+      <c r="AG22"/>
+      <c r="AH22"/>
+      <c r="AI22"/>
+      <c r="AJ22"/>
+      <c r="AK22"/>
+      <c r="AL22"/>
+      <c r="AM22"/>
+      <c r="AN22"/>
+      <c r="AO22"/>
+      <c r="AP22"/>
+      <c r="AQ22"/>
+      <c r="AR22"/>
+      <c r="AS22"/>
+      <c r="AT22"/>
+      <c r="AU22"/>
+      <c r="AV22"/>
+      <c r="AW22"/>
+      <c r="AX22"/>
+      <c r="AY22"/>
+      <c r="AZ22"/>
+      <c r="BA22"/>
+      <c r="BB22"/>
+      <c r="BC22"/>
+      <c r="BD22"/>
+      <c r="BE22"/>
+      <c r="BF22"/>
+      <c r="BG22"/>
+      <c r="BH22"/>
+      <c r="BI22"/>
+      <c r="BJ22"/>
+      <c r="BK22"/>
+      <c r="BL22"/>
+      <c r="BM22"/>
+      <c r="BN22"/>
+      <c r="BO22"/>
+      <c r="BP22"/>
+      <c r="BQ22"/>
+      <c r="BR22"/>
+      <c r="BS22"/>
+      <c r="BT22"/>
+      <c r="BU22"/>
+      <c r="BV22"/>
+      <c r="BW22"/>
+      <c r="BX22"/>
+      <c r="BY22"/>
+      <c r="BZ22"/>
+      <c r="CA22"/>
+      <c r="CB22"/>
+      <c r="CC22"/>
+      <c r="CD22"/>
+      <c r="CE22"/>
+      <c r="CF22"/>
+      <c r="CG22"/>
+      <c r="CH22"/>
+      <c r="CI22"/>
+      <c r="CJ22"/>
+      <c r="CK22"/>
+      <c r="CL22"/>
+      <c r="CM22"/>
+      <c r="CN22"/>
+      <c r="CO22"/>
+      <c r="CP22"/>
+      <c r="CQ22"/>
+      <c r="CR22"/>
+      <c r="CS22"/>
+    </row>
+    <row r="23" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="33"/>
+      <c r="B23" s="18"/>
+      <c r="C23" s="12"/>
+      <c r="D23" s="12"/>
+      <c r="E23" s="18"/>
+      <c r="F23" s="18"/>
+      <c r="G23" s="17"/>
+      <c r="H23" s="19"/>
+      <c r="I23" s="12"/>
+      <c r="J23" s="12"/>
+      <c r="K23" s="12"/>
+      <c r="L23" s="15"/>
+      <c r="N23" s="14"/>
+      <c r="O23" s="34"/>
+      <c r="P23"/>
+      <c r="Q23"/>
+      <c r="R23"/>
+      <c r="S23"/>
+      <c r="T23"/>
+      <c r="U23"/>
+      <c r="V23"/>
+      <c r="W23"/>
+      <c r="X23"/>
+      <c r="Y23"/>
+      <c r="Z23"/>
+      <c r="AA23"/>
+      <c r="AB23"/>
+      <c r="AC23"/>
+      <c r="AD23"/>
+      <c r="AE23"/>
+      <c r="AF23"/>
+      <c r="AG23"/>
+      <c r="AH23"/>
+      <c r="AI23"/>
+      <c r="AJ23"/>
+      <c r="AK23"/>
+      <c r="AL23"/>
+      <c r="AM23"/>
+      <c r="AN23"/>
+      <c r="AO23"/>
+      <c r="AP23"/>
+      <c r="AQ23"/>
+      <c r="AR23"/>
+      <c r="AS23"/>
+      <c r="AT23"/>
+      <c r="AU23"/>
+      <c r="AV23"/>
+      <c r="AW23"/>
+      <c r="AX23"/>
+      <c r="AY23"/>
+      <c r="AZ23"/>
+      <c r="BA23"/>
+      <c r="BB23"/>
+      <c r="BC23"/>
+      <c r="BD23"/>
+      <c r="BE23"/>
+      <c r="BF23"/>
+      <c r="BG23"/>
+      <c r="BH23"/>
+      <c r="BI23"/>
+      <c r="BJ23"/>
+      <c r="BK23"/>
+      <c r="BL23"/>
+      <c r="BM23"/>
+      <c r="BN23"/>
+      <c r="BO23"/>
+      <c r="BP23"/>
+      <c r="BQ23"/>
+      <c r="BR23"/>
+      <c r="BS23"/>
+      <c r="BT23"/>
+      <c r="BU23"/>
+      <c r="BV23"/>
+      <c r="BW23"/>
+      <c r="BX23"/>
+      <c r="BY23"/>
+      <c r="BZ23"/>
+      <c r="CA23"/>
+      <c r="CB23"/>
+      <c r="CC23"/>
+      <c r="CD23"/>
+      <c r="CE23"/>
+      <c r="CF23"/>
+      <c r="CG23"/>
+      <c r="CH23"/>
+      <c r="CI23"/>
+      <c r="CJ23"/>
+      <c r="CK23"/>
+      <c r="CL23"/>
+      <c r="CM23"/>
+      <c r="CN23"/>
+      <c r="CO23"/>
+      <c r="CP23"/>
+      <c r="CQ23"/>
+      <c r="CR23"/>
+      <c r="CS23"/>
+    </row>
+    <row r="24" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="33"/>
+      <c r="B24" s="18"/>
+      <c r="C24" s="12"/>
+      <c r="D24" s="12"/>
+      <c r="E24" s="18"/>
+      <c r="F24" s="18"/>
+      <c r="G24" s="13"/>
+      <c r="H24" s="19"/>
+      <c r="I24" s="12"/>
+      <c r="J24" s="12"/>
+      <c r="K24" s="12"/>
+      <c r="L24" s="15"/>
+      <c r="N24" s="14"/>
+      <c r="O24" s="34"/>
+      <c r="P24"/>
+      <c r="Q24"/>
+      <c r="R24"/>
+      <c r="S24"/>
+      <c r="T24"/>
+      <c r="U24"/>
+      <c r="V24"/>
+      <c r="W24"/>
+      <c r="X24"/>
+      <c r="Y24"/>
+      <c r="Z24"/>
+      <c r="AA24"/>
+      <c r="AB24"/>
+      <c r="AC24"/>
+      <c r="AD24"/>
+      <c r="AE24"/>
+      <c r="AF24"/>
+      <c r="AG24"/>
+      <c r="AH24"/>
+      <c r="AI24"/>
+      <c r="AJ24"/>
+      <c r="AK24"/>
+      <c r="AL24"/>
+      <c r="AM24"/>
+      <c r="AN24"/>
+      <c r="AO24"/>
+      <c r="AP24"/>
+      <c r="AQ24"/>
+      <c r="AR24"/>
+      <c r="AS24"/>
+      <c r="AT24"/>
+      <c r="AU24"/>
+      <c r="AV24"/>
+      <c r="AW24"/>
+      <c r="AX24"/>
+      <c r="AY24"/>
+      <c r="AZ24"/>
+      <c r="BA24"/>
+      <c r="BB24"/>
+      <c r="BC24"/>
+      <c r="BD24"/>
+      <c r="BE24"/>
+      <c r="BF24"/>
+      <c r="BG24"/>
+      <c r="BH24"/>
+      <c r="BI24"/>
+      <c r="BJ24"/>
+      <c r="BK24"/>
+      <c r="BL24"/>
+      <c r="BM24"/>
+      <c r="BN24"/>
+      <c r="BO24"/>
+      <c r="BP24"/>
+      <c r="BQ24"/>
+      <c r="BR24"/>
+      <c r="BS24"/>
+      <c r="BT24"/>
+      <c r="BU24"/>
+      <c r="BV24"/>
+      <c r="BW24"/>
+      <c r="BX24"/>
+      <c r="BY24"/>
+      <c r="BZ24"/>
+      <c r="CA24"/>
+      <c r="CB24"/>
+      <c r="CC24"/>
+      <c r="CD24"/>
+      <c r="CE24"/>
+      <c r="CF24"/>
+      <c r="CG24"/>
+      <c r="CH24"/>
+      <c r="CI24"/>
+      <c r="CJ24"/>
+      <c r="CK24"/>
+      <c r="CL24"/>
+      <c r="CM24"/>
+      <c r="CN24"/>
+      <c r="CO24"/>
+      <c r="CP24"/>
+      <c r="CQ24"/>
+      <c r="CR24"/>
+      <c r="CS24"/>
+    </row>
+    <row r="25" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="33"/>
+      <c r="B25" s="18"/>
+      <c r="C25" s="12"/>
+      <c r="D25" s="12"/>
+      <c r="E25" s="18"/>
+      <c r="F25" s="18"/>
+      <c r="G25" s="13"/>
+      <c r="H25" s="19"/>
+      <c r="I25" s="12"/>
+      <c r="J25" s="12"/>
+      <c r="K25" s="12"/>
+      <c r="L25" s="15"/>
+      <c r="N25" s="14"/>
+      <c r="O25" s="34"/>
+      <c r="P25"/>
+      <c r="Q25"/>
+      <c r="R25"/>
+      <c r="S25"/>
+      <c r="T25"/>
+      <c r="U25"/>
+      <c r="V25"/>
+      <c r="W25"/>
+      <c r="X25"/>
+      <c r="Y25"/>
+      <c r="Z25"/>
+      <c r="AA25"/>
+      <c r="AB25"/>
+      <c r="AC25"/>
+      <c r="AD25"/>
+      <c r="AE25"/>
+      <c r="AF25"/>
+      <c r="AG25"/>
+      <c r="AH25"/>
+      <c r="AI25"/>
+      <c r="AJ25"/>
+      <c r="AK25"/>
+      <c r="AL25"/>
+      <c r="AM25"/>
+      <c r="AN25"/>
+      <c r="AO25"/>
+      <c r="AP25"/>
+      <c r="AQ25"/>
+      <c r="AR25"/>
+      <c r="AS25"/>
+      <c r="AT25"/>
+      <c r="AU25"/>
+      <c r="AV25"/>
+      <c r="AW25"/>
+      <c r="AX25"/>
+      <c r="AY25"/>
+      <c r="AZ25"/>
+      <c r="BA25"/>
+      <c r="BB25"/>
+      <c r="BC25"/>
+      <c r="BD25"/>
+      <c r="BE25"/>
+      <c r="BF25"/>
+      <c r="BG25"/>
+      <c r="BH25"/>
+      <c r="BI25"/>
+      <c r="BJ25"/>
+      <c r="BK25"/>
+      <c r="BL25"/>
+      <c r="BM25"/>
+      <c r="BN25"/>
+      <c r="BO25"/>
+      <c r="BP25"/>
+      <c r="BQ25"/>
+      <c r="BR25"/>
+      <c r="BS25"/>
+      <c r="BT25"/>
+      <c r="BU25"/>
+      <c r="BV25"/>
+      <c r="BW25"/>
+      <c r="BX25"/>
+      <c r="BY25"/>
+      <c r="BZ25"/>
+      <c r="CA25"/>
+      <c r="CB25"/>
+      <c r="CC25"/>
+      <c r="CD25"/>
+      <c r="CE25"/>
+      <c r="CF25"/>
+      <c r="CG25"/>
+      <c r="CH25"/>
+      <c r="CI25"/>
+      <c r="CJ25"/>
+      <c r="CK25"/>
+      <c r="CL25"/>
+      <c r="CM25"/>
+      <c r="CN25"/>
+      <c r="CO25"/>
+      <c r="CP25"/>
+      <c r="CQ25"/>
+      <c r="CR25"/>
+      <c r="CS25"/>
+    </row>
+    <row r="26" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="33"/>
+      <c r="B26" s="18"/>
+      <c r="C26" s="12"/>
+      <c r="D26" s="12"/>
+      <c r="E26" s="18"/>
+      <c r="F26" s="18"/>
+      <c r="G26" s="13"/>
+      <c r="H26" s="19"/>
+      <c r="I26" s="12"/>
+      <c r="J26" s="12"/>
+      <c r="K26" s="12"/>
+      <c r="L26" s="15"/>
+      <c r="N26" s="14"/>
+      <c r="O26" s="34"/>
+      <c r="P26"/>
+      <c r="Q26"/>
+      <c r="R26"/>
+      <c r="S26"/>
+      <c r="T26"/>
+      <c r="U26"/>
+      <c r="V26"/>
+      <c r="W26"/>
+      <c r="X26"/>
+      <c r="Y26"/>
+      <c r="Z26"/>
+      <c r="AA26"/>
+      <c r="AB26"/>
+      <c r="AC26"/>
+      <c r="AD26"/>
+      <c r="AE26"/>
+      <c r="AF26"/>
+      <c r="AG26"/>
+      <c r="AH26"/>
+      <c r="AI26"/>
+      <c r="AJ26"/>
+      <c r="AK26"/>
+      <c r="AL26"/>
+      <c r="AM26"/>
+      <c r="AN26"/>
+      <c r="AO26"/>
+      <c r="AP26"/>
+      <c r="AQ26"/>
+      <c r="AR26"/>
+      <c r="AS26"/>
+      <c r="AT26"/>
+      <c r="AU26"/>
+      <c r="AV26"/>
+      <c r="AW26"/>
+      <c r="AX26"/>
+      <c r="AY26"/>
+      <c r="AZ26"/>
+      <c r="BA26"/>
+      <c r="BB26"/>
+      <c r="BC26"/>
+      <c r="BD26"/>
+      <c r="BE26"/>
+      <c r="BF26"/>
+      <c r="BG26"/>
+      <c r="BH26"/>
+      <c r="BI26"/>
+      <c r="BJ26"/>
+      <c r="BK26"/>
+      <c r="BL26"/>
+      <c r="BM26"/>
+      <c r="BN26"/>
+      <c r="BO26"/>
+      <c r="BP26"/>
+      <c r="BQ26"/>
+      <c r="BR26"/>
+      <c r="BS26"/>
+      <c r="BT26"/>
+      <c r="BU26"/>
+      <c r="BV26"/>
+      <c r="BW26"/>
+      <c r="BX26"/>
+      <c r="BY26"/>
+      <c r="BZ26"/>
+      <c r="CA26"/>
+      <c r="CB26"/>
+      <c r="CC26"/>
+      <c r="CD26"/>
+      <c r="CE26"/>
+      <c r="CF26"/>
+      <c r="CG26"/>
+      <c r="CH26"/>
+      <c r="CI26"/>
+      <c r="CJ26"/>
+      <c r="CK26"/>
+      <c r="CL26"/>
+      <c r="CM26"/>
+      <c r="CN26"/>
+      <c r="CO26"/>
+      <c r="CP26"/>
+      <c r="CQ26"/>
+      <c r="CR26"/>
+      <c r="CS26"/>
+    </row>
+    <row r="27" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="33"/>
+      <c r="B27" s="18"/>
+      <c r="C27" s="12"/>
+      <c r="D27" s="12"/>
+      <c r="E27" s="18"/>
+      <c r="F27" s="18"/>
+      <c r="G27" s="13"/>
+      <c r="H27" s="19"/>
+      <c r="I27" s="12"/>
+      <c r="J27" s="12"/>
+      <c r="K27" s="12"/>
+      <c r="L27" s="15"/>
+      <c r="N27" s="14"/>
+      <c r="O27" s="34"/>
+      <c r="P27"/>
+      <c r="Q27"/>
+      <c r="R27"/>
+      <c r="S27"/>
+      <c r="T27"/>
+      <c r="U27"/>
+      <c r="V27"/>
+      <c r="W27"/>
+      <c r="X27"/>
+      <c r="Y27"/>
+      <c r="Z27"/>
+      <c r="AA27"/>
+      <c r="AB27"/>
+      <c r="AC27"/>
+      <c r="AD27"/>
+      <c r="AE27"/>
+      <c r="AF27"/>
+      <c r="AG27"/>
+      <c r="AH27"/>
+      <c r="AI27"/>
+      <c r="AJ27"/>
+      <c r="AK27"/>
+      <c r="AL27"/>
+      <c r="AM27"/>
+      <c r="AN27"/>
+      <c r="AO27"/>
+      <c r="AP27"/>
+      <c r="AQ27"/>
+      <c r="AR27"/>
+      <c r="AS27"/>
+      <c r="AT27"/>
+      <c r="AU27"/>
+      <c r="AV27"/>
+      <c r="AW27"/>
+      <c r="AX27"/>
+      <c r="AY27"/>
+      <c r="AZ27"/>
+      <c r="BA27"/>
+      <c r="BB27"/>
+      <c r="BC27"/>
+      <c r="BD27"/>
+      <c r="BE27"/>
+      <c r="BF27"/>
+      <c r="BG27"/>
+      <c r="BH27"/>
+      <c r="BI27"/>
+      <c r="BJ27"/>
+      <c r="BK27"/>
+      <c r="BL27"/>
+      <c r="BM27"/>
+      <c r="BN27"/>
+      <c r="BO27"/>
+      <c r="BP27"/>
+      <c r="BQ27"/>
+      <c r="BR27"/>
+      <c r="BS27"/>
+      <c r="BT27"/>
+      <c r="BU27"/>
+      <c r="BV27"/>
+      <c r="BW27"/>
+      <c r="BX27"/>
+      <c r="BY27"/>
+      <c r="BZ27"/>
+      <c r="CA27"/>
+      <c r="CB27"/>
+      <c r="CC27"/>
+      <c r="CD27"/>
+      <c r="CE27"/>
+      <c r="CF27"/>
+      <c r="CG27"/>
+      <c r="CH27"/>
+      <c r="CI27"/>
+      <c r="CJ27"/>
+      <c r="CK27"/>
+      <c r="CL27"/>
+      <c r="CM27"/>
+      <c r="CN27"/>
+      <c r="CO27"/>
+      <c r="CP27"/>
+      <c r="CQ27"/>
+      <c r="CR27"/>
+      <c r="CS27"/>
+    </row>
+    <row r="28" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="33"/>
+      <c r="B28" s="18"/>
+      <c r="C28" s="12"/>
+      <c r="D28" s="12"/>
+      <c r="E28" s="18"/>
+      <c r="F28" s="18"/>
+      <c r="G28" s="13"/>
+      <c r="H28" s="19"/>
+      <c r="I28" s="12"/>
+      <c r="J28" s="12"/>
+      <c r="K28" s="12"/>
+      <c r="L28" s="15"/>
+      <c r="N28" s="14"/>
+      <c r="O28" s="34"/>
+      <c r="P28"/>
+      <c r="Q28"/>
+      <c r="R28"/>
+      <c r="S28"/>
+      <c r="T28"/>
+      <c r="U28"/>
+      <c r="V28"/>
+      <c r="W28"/>
+      <c r="X28"/>
+      <c r="Y28"/>
+      <c r="Z28"/>
+      <c r="AA28"/>
+      <c r="AB28"/>
+      <c r="AC28"/>
+      <c r="AD28"/>
+      <c r="AE28"/>
+      <c r="AF28"/>
+      <c r="AG28"/>
+      <c r="AH28"/>
+      <c r="AI28"/>
+      <c r="AJ28"/>
+      <c r="AK28"/>
+      <c r="AL28"/>
+      <c r="AM28"/>
+      <c r="AN28"/>
+      <c r="AO28"/>
+      <c r="AP28"/>
+      <c r="AQ28"/>
+      <c r="AR28"/>
+      <c r="AS28"/>
+      <c r="AT28"/>
+      <c r="AU28"/>
+      <c r="AV28"/>
+      <c r="AW28"/>
+      <c r="AX28"/>
+      <c r="AY28"/>
+      <c r="AZ28"/>
+      <c r="BA28"/>
+      <c r="BB28"/>
+      <c r="BC28"/>
+      <c r="BD28"/>
+      <c r="BE28"/>
+      <c r="BF28"/>
+      <c r="BG28"/>
+      <c r="BH28"/>
+      <c r="BI28"/>
+      <c r="BJ28"/>
+      <c r="BK28"/>
+      <c r="BL28"/>
+      <c r="BM28"/>
+      <c r="BN28"/>
+      <c r="BO28"/>
+      <c r="BP28"/>
+      <c r="BQ28"/>
+      <c r="BR28"/>
+      <c r="BS28"/>
+      <c r="BT28"/>
+      <c r="BU28"/>
+      <c r="BV28"/>
+      <c r="BW28"/>
+      <c r="BX28"/>
+      <c r="BY28"/>
+      <c r="BZ28"/>
+      <c r="CA28"/>
+      <c r="CB28"/>
+      <c r="CC28"/>
+      <c r="CD28"/>
+      <c r="CE28"/>
+      <c r="CF28"/>
+      <c r="CG28"/>
+      <c r="CH28"/>
+      <c r="CI28"/>
+      <c r="CJ28"/>
+      <c r="CK28"/>
+      <c r="CL28"/>
+      <c r="CM28"/>
+      <c r="CN28"/>
+      <c r="CO28"/>
+      <c r="CP28"/>
+      <c r="CQ28"/>
+      <c r="CR28"/>
+      <c r="CS28"/>
+    </row>
+    <row r="29" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="33"/>
+      <c r="B29" s="18"/>
+      <c r="C29" s="12"/>
+      <c r="D29" s="12"/>
+      <c r="E29" s="18"/>
+      <c r="F29" s="18"/>
+      <c r="G29" s="13"/>
+      <c r="H29" s="19"/>
+      <c r="I29" s="12"/>
+      <c r="J29" s="12"/>
+      <c r="K29" s="12"/>
+      <c r="L29" s="15"/>
+      <c r="N29" s="14"/>
+      <c r="O29" s="34"/>
+      <c r="P29"/>
+      <c r="Q29"/>
+      <c r="R29"/>
+      <c r="S29"/>
+      <c r="T29"/>
+      <c r="U29"/>
+      <c r="V29"/>
+      <c r="W29"/>
+      <c r="X29"/>
+      <c r="Y29"/>
+      <c r="Z29"/>
+      <c r="AA29"/>
+      <c r="AB29"/>
+      <c r="AC29"/>
+      <c r="AD29"/>
+      <c r="AE29"/>
+      <c r="AF29"/>
+      <c r="AG29"/>
+      <c r="AH29"/>
+      <c r="AI29"/>
+      <c r="AJ29"/>
+      <c r="AK29"/>
+      <c r="AL29"/>
+      <c r="AM29"/>
+      <c r="AN29"/>
+      <c r="AO29"/>
+      <c r="AP29"/>
+      <c r="AQ29"/>
+      <c r="AR29"/>
+      <c r="AS29"/>
+      <c r="AT29"/>
+      <c r="AU29"/>
+      <c r="AV29"/>
+      <c r="AW29"/>
+      <c r="AX29"/>
+      <c r="AY29"/>
+      <c r="AZ29"/>
+      <c r="BA29"/>
+      <c r="BB29"/>
+      <c r="BC29"/>
+      <c r="BD29"/>
+      <c r="BE29"/>
+      <c r="BF29"/>
+      <c r="BG29"/>
+      <c r="BH29"/>
+      <c r="BI29"/>
+      <c r="BJ29"/>
+      <c r="BK29"/>
+      <c r="BL29"/>
+      <c r="BM29"/>
+      <c r="BN29"/>
+      <c r="BO29"/>
+      <c r="BP29"/>
+      <c r="BQ29"/>
+      <c r="BR29"/>
+      <c r="BS29"/>
+      <c r="BT29"/>
+      <c r="BU29"/>
+      <c r="BV29"/>
+      <c r="BW29"/>
+      <c r="BX29"/>
+      <c r="BY29"/>
+      <c r="BZ29"/>
+      <c r="CA29"/>
+      <c r="CB29"/>
+      <c r="CC29"/>
+      <c r="CD29"/>
+      <c r="CE29"/>
+      <c r="CF29"/>
+      <c r="CG29"/>
+      <c r="CH29"/>
+      <c r="CI29"/>
+      <c r="CJ29"/>
+      <c r="CK29"/>
+      <c r="CL29"/>
+      <c r="CM29"/>
+      <c r="CN29"/>
+      <c r="CO29"/>
+      <c r="CP29"/>
+      <c r="CQ29"/>
+      <c r="CR29"/>
+      <c r="CS29"/>
+    </row>
+    <row r="30" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="33"/>
+      <c r="B30" s="18"/>
+      <c r="C30" s="12"/>
+      <c r="D30" s="12"/>
+      <c r="E30" s="18"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="13"/>
+      <c r="H30" s="19"/>
+      <c r="I30" s="12"/>
+      <c r="J30" s="12"/>
+      <c r="K30" s="12"/>
+      <c r="L30" s="15"/>
+      <c r="N30" s="14"/>
+      <c r="O30" s="34"/>
+      <c r="P30"/>
+      <c r="Q30"/>
+      <c r="R30"/>
+      <c r="S30"/>
+      <c r="T30"/>
+      <c r="U30"/>
+      <c r="V30"/>
+      <c r="W30"/>
+      <c r="X30"/>
+      <c r="Y30"/>
+      <c r="Z30"/>
+      <c r="AA30"/>
+      <c r="AB30"/>
+      <c r="AC30"/>
+      <c r="AD30"/>
+      <c r="AE30"/>
+      <c r="AF30"/>
+      <c r="AG30"/>
+      <c r="AH30"/>
+      <c r="AI30"/>
+      <c r="AJ30"/>
+      <c r="AK30"/>
+      <c r="AL30"/>
+      <c r="AM30"/>
+      <c r="AN30"/>
+      <c r="AO30"/>
+      <c r="AP30"/>
+      <c r="AQ30"/>
+      <c r="AR30"/>
+      <c r="AS30"/>
+      <c r="AT30"/>
+      <c r="AU30"/>
+      <c r="AV30"/>
+      <c r="AW30"/>
+      <c r="AX30"/>
+      <c r="AY30"/>
+      <c r="AZ30"/>
+      <c r="BA30"/>
+      <c r="BB30"/>
+      <c r="BC30"/>
+      <c r="BD30"/>
+      <c r="BE30"/>
+      <c r="BF30"/>
+      <c r="BG30"/>
+      <c r="BH30"/>
+      <c r="BI30"/>
+      <c r="BJ30"/>
+      <c r="BK30"/>
+      <c r="BL30"/>
+      <c r="BM30"/>
+      <c r="BN30"/>
+      <c r="BO30"/>
+      <c r="BP30"/>
+      <c r="BQ30"/>
+      <c r="BR30"/>
+      <c r="BS30"/>
+      <c r="BT30"/>
+      <c r="BU30"/>
+      <c r="BV30"/>
+      <c r="BW30"/>
+      <c r="BX30"/>
+      <c r="BY30"/>
+      <c r="BZ30"/>
+      <c r="CA30"/>
+      <c r="CB30"/>
+      <c r="CC30"/>
+      <c r="CD30"/>
+      <c r="CE30"/>
+      <c r="CF30"/>
+      <c r="CG30"/>
+      <c r="CH30"/>
+      <c r="CI30"/>
+      <c r="CJ30"/>
+      <c r="CK30"/>
+      <c r="CL30"/>
+      <c r="CM30"/>
+      <c r="CN30"/>
+      <c r="CO30"/>
+      <c r="CP30"/>
+      <c r="CQ30"/>
+      <c r="CR30"/>
+      <c r="CS30"/>
+    </row>
+    <row r="31" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="33"/>
+      <c r="B31" s="18"/>
+      <c r="C31" s="12"/>
+      <c r="D31" s="12"/>
+      <c r="E31" s="18"/>
+      <c r="F31" s="18"/>
+      <c r="G31" s="13"/>
+      <c r="H31" s="19"/>
+      <c r="I31" s="12"/>
+      <c r="J31" s="12"/>
+      <c r="K31" s="12"/>
+      <c r="L31" s="15"/>
+      <c r="N31" s="14"/>
+      <c r="O31" s="34"/>
+      <c r="P31"/>
+      <c r="Q31"/>
+      <c r="R31"/>
+      <c r="S31"/>
+      <c r="T31"/>
+      <c r="U31"/>
+      <c r="V31"/>
+      <c r="W31"/>
+      <c r="X31"/>
+      <c r="Y31"/>
+      <c r="Z31"/>
+      <c r="AA31"/>
+      <c r="AB31"/>
+      <c r="AC31"/>
+      <c r="AD31"/>
+      <c r="AE31"/>
+      <c r="AF31"/>
+      <c r="AG31"/>
+      <c r="AH31"/>
+      <c r="AI31"/>
+      <c r="AJ31"/>
+      <c r="AK31"/>
+      <c r="AL31"/>
+      <c r="AM31"/>
+      <c r="AN31"/>
+      <c r="AO31"/>
+      <c r="AP31"/>
+      <c r="AQ31"/>
+      <c r="AR31"/>
+      <c r="AS31"/>
+      <c r="AT31"/>
+      <c r="AU31"/>
+      <c r="AV31"/>
+      <c r="AW31"/>
+      <c r="AX31"/>
+      <c r="AY31"/>
+      <c r="AZ31"/>
+      <c r="BA31"/>
+      <c r="BB31"/>
+      <c r="BC31"/>
+      <c r="BD31"/>
+      <c r="BE31"/>
+      <c r="BF31"/>
+      <c r="BG31"/>
+      <c r="BH31"/>
+      <c r="BI31"/>
+      <c r="BJ31"/>
+      <c r="BK31"/>
+      <c r="BL31"/>
+      <c r="BM31"/>
+      <c r="BN31"/>
+      <c r="BO31"/>
+      <c r="BP31"/>
+      <c r="BQ31"/>
+      <c r="BR31"/>
+      <c r="BS31"/>
+      <c r="BT31"/>
+      <c r="BU31"/>
+      <c r="BV31"/>
+      <c r="BW31"/>
+      <c r="BX31"/>
+      <c r="BY31"/>
+      <c r="BZ31"/>
+      <c r="CA31"/>
+      <c r="CB31"/>
+      <c r="CC31"/>
+      <c r="CD31"/>
+      <c r="CE31"/>
+      <c r="CF31"/>
+      <c r="CG31"/>
+      <c r="CH31"/>
+      <c r="CI31"/>
+      <c r="CJ31"/>
+      <c r="CK31"/>
+      <c r="CL31"/>
+      <c r="CM31"/>
+      <c r="CN31"/>
+      <c r="CO31"/>
+      <c r="CP31"/>
+      <c r="CQ31"/>
+      <c r="CR31"/>
+      <c r="CS31"/>
+    </row>
+    <row r="32" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="33"/>
+      <c r="B32" s="18"/>
+      <c r="C32" s="12"/>
+      <c r="D32" s="12"/>
+      <c r="E32" s="18"/>
+      <c r="F32" s="18"/>
+      <c r="G32" s="13"/>
+      <c r="H32" s="19"/>
+      <c r="I32" s="12"/>
+      <c r="J32" s="12"/>
+      <c r="K32" s="12"/>
+      <c r="L32" s="15"/>
+      <c r="N32" s="14"/>
+      <c r="O32" s="34"/>
+      <c r="P32"/>
+      <c r="Q32"/>
+      <c r="R32"/>
+      <c r="S32"/>
+      <c r="T32"/>
+      <c r="U32"/>
+      <c r="V32"/>
+      <c r="W32"/>
+      <c r="X32"/>
+      <c r="Y32"/>
+      <c r="Z32"/>
+      <c r="AA32"/>
+      <c r="AB32"/>
+      <c r="AC32"/>
+      <c r="AD32"/>
+      <c r="AE32"/>
+      <c r="AF32"/>
+      <c r="AG32"/>
+      <c r="AH32"/>
+      <c r="AI32"/>
+      <c r="AJ32"/>
+      <c r="AK32"/>
+      <c r="AL32"/>
+      <c r="AM32"/>
+      <c r="AN32"/>
+      <c r="AO32"/>
+      <c r="AP32"/>
+      <c r="AQ32"/>
+      <c r="AR32"/>
+      <c r="AS32"/>
+      <c r="AT32"/>
+      <c r="AU32"/>
+      <c r="AV32"/>
+      <c r="AW32"/>
+      <c r="AX32"/>
+      <c r="AY32"/>
+      <c r="AZ32"/>
+      <c r="BA32"/>
+      <c r="BB32"/>
+      <c r="BC32"/>
+      <c r="BD32"/>
+      <c r="BE32"/>
+      <c r="BF32"/>
+      <c r="BG32"/>
+      <c r="BH32"/>
+      <c r="BI32"/>
+      <c r="BJ32"/>
+      <c r="BK32"/>
+      <c r="BL32"/>
+      <c r="BM32"/>
+      <c r="BN32"/>
+      <c r="BO32"/>
+      <c r="BP32"/>
+      <c r="BQ32"/>
+      <c r="BR32"/>
+      <c r="BS32"/>
+      <c r="BT32"/>
+      <c r="BU32"/>
+      <c r="BV32"/>
+      <c r="BW32"/>
+      <c r="BX32"/>
+      <c r="BY32"/>
+      <c r="BZ32"/>
+      <c r="CA32"/>
+      <c r="CB32"/>
+      <c r="CC32"/>
+      <c r="CD32"/>
+      <c r="CE32"/>
+      <c r="CF32"/>
+      <c r="CG32"/>
+      <c r="CH32"/>
+      <c r="CI32"/>
+      <c r="CJ32"/>
+      <c r="CK32"/>
+      <c r="CL32"/>
+      <c r="CM32"/>
+      <c r="CN32"/>
+      <c r="CO32"/>
+      <c r="CP32"/>
+      <c r="CQ32"/>
+      <c r="CR32"/>
+      <c r="CS32"/>
+    </row>
+    <row r="33" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="33"/>
+      <c r="B33" s="18"/>
+      <c r="C33" s="12"/>
+      <c r="D33" s="12"/>
+      <c r="E33" s="18"/>
+      <c r="F33" s="18"/>
+      <c r="G33" s="20"/>
+      <c r="H33" s="19"/>
+      <c r="I33" s="12"/>
+      <c r="J33" s="12"/>
+      <c r="K33" s="12"/>
+      <c r="L33" s="15"/>
+      <c r="N33" s="14"/>
+      <c r="O33" s="34"/>
+      <c r="P33"/>
+      <c r="Q33"/>
+      <c r="R33"/>
+      <c r="S33"/>
+      <c r="T33"/>
+      <c r="U33"/>
+      <c r="V33"/>
+      <c r="W33"/>
+      <c r="X33"/>
+      <c r="Y33"/>
+      <c r="Z33"/>
+      <c r="AA33"/>
+      <c r="AB33"/>
+      <c r="AC33"/>
+      <c r="AD33"/>
+      <c r="AE33"/>
+      <c r="AF33"/>
+      <c r="AG33"/>
+      <c r="AH33"/>
+      <c r="AI33"/>
+      <c r="AJ33"/>
+      <c r="AK33"/>
+      <c r="AL33"/>
+      <c r="AM33"/>
+      <c r="AN33"/>
+      <c r="AO33"/>
+      <c r="AP33"/>
+      <c r="AQ33"/>
+      <c r="AR33"/>
+      <c r="AS33"/>
+      <c r="AT33"/>
+      <c r="AU33"/>
+      <c r="AV33"/>
+      <c r="AW33"/>
+      <c r="AX33"/>
+      <c r="AY33"/>
+      <c r="AZ33"/>
+      <c r="BA33"/>
+      <c r="BB33"/>
+      <c r="BC33"/>
+      <c r="BD33"/>
+      <c r="BE33"/>
+      <c r="BF33"/>
+      <c r="BG33"/>
+      <c r="BH33"/>
+      <c r="BI33"/>
+      <c r="BJ33"/>
+      <c r="BK33"/>
+      <c r="BL33"/>
+      <c r="BM33"/>
+      <c r="BN33"/>
+      <c r="BO33"/>
+      <c r="BP33"/>
+      <c r="BQ33"/>
+      <c r="BR33"/>
+      <c r="BS33"/>
+      <c r="BT33"/>
+      <c r="BU33"/>
+      <c r="BV33"/>
+      <c r="BW33"/>
+      <c r="BX33"/>
+      <c r="BY33"/>
+      <c r="BZ33"/>
+      <c r="CA33"/>
+      <c r="CB33"/>
+      <c r="CC33"/>
+      <c r="CD33"/>
+      <c r="CE33"/>
+      <c r="CF33"/>
+      <c r="CG33"/>
+      <c r="CH33"/>
+      <c r="CI33"/>
+      <c r="CJ33"/>
+      <c r="CK33"/>
+      <c r="CL33"/>
+      <c r="CM33"/>
+      <c r="CN33"/>
+      <c r="CO33"/>
+      <c r="CP33"/>
+      <c r="CQ33"/>
+      <c r="CR33"/>
+      <c r="CS33"/>
+    </row>
+    <row r="34" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="33"/>
+      <c r="B34" s="18"/>
+      <c r="C34" s="12"/>
+      <c r="D34" s="12"/>
+      <c r="E34" s="18"/>
+      <c r="F34" s="18"/>
+      <c r="G34" s="20"/>
+      <c r="H34" s="19"/>
+      <c r="I34" s="12"/>
+      <c r="J34" s="12"/>
+      <c r="K34" s="12"/>
+      <c r="L34" s="15"/>
+      <c r="N34" s="14"/>
+      <c r="O34" s="34"/>
+      <c r="P34"/>
+      <c r="Q34"/>
+      <c r="R34"/>
+      <c r="S34"/>
+      <c r="T34"/>
+      <c r="U34"/>
+      <c r="V34"/>
+      <c r="W34"/>
+      <c r="X34"/>
+      <c r="Y34"/>
+      <c r="Z34"/>
+      <c r="AA34"/>
+      <c r="AB34"/>
+      <c r="AC34"/>
+      <c r="AD34"/>
+      <c r="AE34"/>
+      <c r="AF34"/>
+      <c r="AG34"/>
+      <c r="AH34"/>
+      <c r="AI34"/>
+      <c r="AJ34"/>
+      <c r="AK34"/>
+      <c r="AL34"/>
+      <c r="AM34"/>
+      <c r="AN34"/>
+      <c r="AO34"/>
+      <c r="AP34"/>
+      <c r="AQ34"/>
+      <c r="AR34"/>
+      <c r="AS34"/>
+      <c r="AT34"/>
+      <c r="AU34"/>
+      <c r="AV34"/>
+      <c r="AW34"/>
+      <c r="AX34"/>
+      <c r="AY34"/>
+      <c r="AZ34"/>
+      <c r="BA34"/>
+      <c r="BB34"/>
+      <c r="BC34"/>
+      <c r="BD34"/>
+      <c r="BE34"/>
+      <c r="BF34"/>
+      <c r="BG34"/>
+      <c r="BH34"/>
+      <c r="BI34"/>
+      <c r="BJ34"/>
+      <c r="BK34"/>
+      <c r="BL34"/>
+      <c r="BM34"/>
+      <c r="BN34"/>
+      <c r="BO34"/>
+      <c r="BP34"/>
+      <c r="BQ34"/>
+      <c r="BR34"/>
+      <c r="BS34"/>
+      <c r="BT34"/>
+      <c r="BU34"/>
+      <c r="BV34"/>
+      <c r="BW34"/>
+      <c r="BX34"/>
+      <c r="BY34"/>
+      <c r="BZ34"/>
+      <c r="CA34"/>
+      <c r="CB34"/>
+      <c r="CC34"/>
+      <c r="CD34"/>
+      <c r="CE34"/>
+      <c r="CF34"/>
+      <c r="CG34"/>
+      <c r="CH34"/>
+      <c r="CI34"/>
+      <c r="CJ34"/>
+      <c r="CK34"/>
+      <c r="CL34"/>
+      <c r="CM34"/>
+      <c r="CN34"/>
+      <c r="CO34"/>
+      <c r="CP34"/>
+      <c r="CQ34"/>
+      <c r="CR34"/>
+      <c r="CS34"/>
+    </row>
+    <row r="35" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="33"/>
+      <c r="B35" s="18"/>
+      <c r="C35" s="12"/>
+      <c r="D35" s="12"/>
+      <c r="E35" s="18"/>
+      <c r="F35" s="18"/>
+      <c r="G35" s="20"/>
+      <c r="H35" s="19"/>
+      <c r="I35" s="12"/>
+      <c r="J35" s="12"/>
+      <c r="K35" s="12"/>
+      <c r="L35" s="15"/>
+      <c r="N35" s="14"/>
+      <c r="O35" s="34"/>
+      <c r="P35"/>
+      <c r="Q35"/>
+      <c r="R35"/>
+      <c r="S35"/>
+      <c r="T35"/>
+      <c r="U35"/>
+      <c r="V35"/>
+      <c r="W35"/>
+      <c r="X35"/>
+      <c r="Y35"/>
+      <c r="Z35"/>
+      <c r="AA35"/>
+      <c r="AB35"/>
+      <c r="AC35"/>
+      <c r="AD35"/>
+      <c r="AE35"/>
+      <c r="AF35"/>
+      <c r="AG35"/>
+      <c r="AH35"/>
+      <c r="AI35"/>
+      <c r="AJ35"/>
+      <c r="AK35"/>
+      <c r="AL35"/>
+      <c r="AM35"/>
+      <c r="AN35"/>
+      <c r="AO35"/>
+      <c r="AP35"/>
+      <c r="AQ35"/>
+      <c r="AR35"/>
+      <c r="AS35"/>
+      <c r="AT35"/>
+      <c r="AU35"/>
+      <c r="AV35"/>
+      <c r="AW35"/>
+      <c r="AX35"/>
+      <c r="AY35"/>
+      <c r="AZ35"/>
+      <c r="BA35"/>
+      <c r="BB35"/>
+      <c r="BC35"/>
+      <c r="BD35"/>
+      <c r="BE35"/>
+      <c r="BF35"/>
+      <c r="BG35"/>
+      <c r="BH35"/>
+      <c r="BI35"/>
+      <c r="BJ35"/>
+      <c r="BK35"/>
+      <c r="BL35"/>
+      <c r="BM35"/>
+      <c r="BN35"/>
+      <c r="BO35"/>
+      <c r="BP35"/>
+      <c r="BQ35"/>
+      <c r="BR35"/>
+      <c r="BS35"/>
+      <c r="BT35"/>
+      <c r="BU35"/>
+      <c r="BV35"/>
+      <c r="BW35"/>
+      <c r="BX35"/>
+      <c r="BY35"/>
+      <c r="BZ35"/>
+      <c r="CA35"/>
+      <c r="CB35"/>
+      <c r="CC35"/>
+      <c r="CD35"/>
+      <c r="CE35"/>
+      <c r="CF35"/>
+      <c r="CG35"/>
+      <c r="CH35"/>
+      <c r="CI35"/>
+      <c r="CJ35"/>
+      <c r="CK35"/>
+      <c r="CL35"/>
+      <c r="CM35"/>
+      <c r="CN35"/>
+      <c r="CO35"/>
+      <c r="CP35"/>
+      <c r="CQ35"/>
+      <c r="CR35"/>
+      <c r="CS35"/>
+    </row>
+    <row r="36" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="33"/>
+      <c r="B36" s="18"/>
+      <c r="C36" s="12"/>
+      <c r="D36" s="12"/>
+      <c r="E36" s="18"/>
+      <c r="F36" s="18"/>
+      <c r="G36" s="20"/>
+      <c r="H36" s="19"/>
+      <c r="I36" s="12"/>
+      <c r="J36" s="12"/>
+      <c r="K36" s="12"/>
+      <c r="L36" s="15"/>
+      <c r="N36" s="14"/>
+      <c r="O36" s="34"/>
+      <c r="P36"/>
+      <c r="Q36"/>
+      <c r="R36"/>
+      <c r="S36"/>
+      <c r="T36"/>
+      <c r="U36"/>
+      <c r="V36"/>
+      <c r="W36"/>
+      <c r="X36"/>
+      <c r="Y36"/>
+      <c r="Z36"/>
+      <c r="AA36"/>
+      <c r="AB36"/>
+      <c r="AC36"/>
+      <c r="AD36"/>
+      <c r="AE36"/>
+      <c r="AF36"/>
+      <c r="AG36"/>
+      <c r="AH36"/>
+      <c r="AI36"/>
+      <c r="AJ36"/>
+      <c r="AK36"/>
+      <c r="AL36"/>
+      <c r="AM36"/>
+      <c r="AN36"/>
+      <c r="AO36"/>
+      <c r="AP36"/>
+      <c r="AQ36"/>
+      <c r="AR36"/>
+      <c r="AS36"/>
+      <c r="AT36"/>
+      <c r="AU36"/>
+      <c r="AV36"/>
+      <c r="AW36"/>
+      <c r="AX36"/>
+      <c r="AY36"/>
+      <c r="AZ36"/>
+      <c r="BA36"/>
+      <c r="BB36"/>
+      <c r="BC36"/>
+      <c r="BD36"/>
+      <c r="BE36"/>
+      <c r="BF36"/>
+      <c r="BG36"/>
+      <c r="BH36"/>
+      <c r="BI36"/>
+      <c r="BJ36"/>
+      <c r="BK36"/>
+      <c r="BL36"/>
+      <c r="BM36"/>
+      <c r="BN36"/>
+      <c r="BO36"/>
+      <c r="BP36"/>
+      <c r="BQ36"/>
+      <c r="BR36"/>
+      <c r="BS36"/>
+      <c r="BT36"/>
+      <c r="BU36"/>
+      <c r="BV36"/>
+      <c r="BW36"/>
+      <c r="BX36"/>
+      <c r="BY36"/>
+      <c r="BZ36"/>
+      <c r="CA36"/>
+      <c r="CB36"/>
+      <c r="CC36"/>
+      <c r="CD36"/>
+      <c r="CE36"/>
+      <c r="CF36"/>
+      <c r="CG36"/>
+      <c r="CH36"/>
+      <c r="CI36"/>
+      <c r="CJ36"/>
+      <c r="CK36"/>
+      <c r="CL36"/>
+      <c r="CM36"/>
+      <c r="CN36"/>
+      <c r="CO36"/>
+      <c r="CP36"/>
+      <c r="CQ36"/>
+      <c r="CR36"/>
+      <c r="CS36"/>
+    </row>
+    <row r="37" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="33"/>
+      <c r="B37" s="18"/>
+      <c r="C37" s="12"/>
+      <c r="D37" s="12"/>
+      <c r="E37" s="18"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="20"/>
+      <c r="H37" s="19"/>
+      <c r="I37" s="12"/>
+      <c r="J37" s="12"/>
+      <c r="K37" s="12"/>
+      <c r="L37" s="15"/>
+      <c r="N37" s="14"/>
+      <c r="O37" s="34"/>
+      <c r="P37"/>
+      <c r="Q37"/>
+      <c r="R37"/>
+      <c r="S37"/>
+      <c r="T37"/>
+      <c r="U37"/>
+      <c r="V37"/>
+      <c r="W37"/>
+      <c r="X37"/>
+      <c r="Y37"/>
+      <c r="Z37"/>
+      <c r="AA37"/>
+      <c r="AB37"/>
+      <c r="AC37"/>
+      <c r="AD37"/>
+      <c r="AE37"/>
+      <c r="AF37"/>
+      <c r="AG37"/>
+      <c r="AH37"/>
+      <c r="AI37"/>
+      <c r="AJ37"/>
+      <c r="AK37"/>
+      <c r="AL37"/>
+      <c r="AM37"/>
+      <c r="AN37"/>
+      <c r="AO37"/>
+      <c r="AP37"/>
+      <c r="AQ37"/>
+      <c r="AR37"/>
+      <c r="AS37"/>
+      <c r="AT37"/>
+      <c r="AU37"/>
+      <c r="AV37"/>
+      <c r="AW37"/>
+      <c r="AX37"/>
+      <c r="AY37"/>
+      <c r="AZ37"/>
+      <c r="BA37"/>
+      <c r="BB37"/>
+      <c r="BC37"/>
+      <c r="BD37"/>
+      <c r="BE37"/>
+      <c r="BF37"/>
+      <c r="BG37"/>
+      <c r="BH37"/>
+      <c r="BI37"/>
+      <c r="BJ37"/>
+      <c r="BK37"/>
+      <c r="BL37"/>
+      <c r="BM37"/>
+      <c r="BN37"/>
+      <c r="BO37"/>
+      <c r="BP37"/>
+      <c r="BQ37"/>
+      <c r="BR37"/>
+      <c r="BS37"/>
+      <c r="BT37"/>
+      <c r="BU37"/>
+      <c r="BV37"/>
+      <c r="BW37"/>
+      <c r="BX37"/>
+      <c r="BY37"/>
+      <c r="BZ37"/>
+      <c r="CA37"/>
+      <c r="CB37"/>
+      <c r="CC37"/>
+      <c r="CD37"/>
+      <c r="CE37"/>
+      <c r="CF37"/>
+      <c r="CG37"/>
+      <c r="CH37"/>
+      <c r="CI37"/>
+      <c r="CJ37"/>
+      <c r="CK37"/>
+      <c r="CL37"/>
+      <c r="CM37"/>
+      <c r="CN37"/>
+      <c r="CO37"/>
+      <c r="CP37"/>
+      <c r="CQ37"/>
+      <c r="CR37"/>
+      <c r="CS37"/>
+    </row>
+    <row r="38" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="36"/>
+      <c r="B38" s="10"/>
+      <c r="C38" s="8"/>
+      <c r="D38" s="8"/>
+      <c r="E38" s="10"/>
+      <c r="F38" s="10"/>
+      <c r="G38" s="29"/>
+      <c r="I38" s="8"/>
+      <c r="J38" s="8"/>
+      <c r="K38" s="8"/>
+      <c r="L38" s="30"/>
+      <c r="N38" s="14"/>
+      <c r="O38" s="34"/>
+      <c r="P38"/>
+      <c r="Q38"/>
+      <c r="R38"/>
+      <c r="S38"/>
+      <c r="T38"/>
+      <c r="U38"/>
+      <c r="V38"/>
+      <c r="W38"/>
+      <c r="X38"/>
+      <c r="Y38"/>
+      <c r="Z38"/>
+      <c r="AA38"/>
+      <c r="AB38"/>
+      <c r="AC38"/>
+      <c r="AD38"/>
+      <c r="AE38"/>
+      <c r="AF38"/>
+      <c r="AG38"/>
+      <c r="AH38"/>
+      <c r="AI38"/>
+      <c r="AJ38"/>
+      <c r="AK38"/>
+      <c r="AL38"/>
+      <c r="AM38"/>
+      <c r="AN38"/>
+      <c r="AO38"/>
+      <c r="AP38"/>
+      <c r="AQ38"/>
+      <c r="AR38"/>
+      <c r="AS38"/>
+      <c r="AT38"/>
+      <c r="AU38"/>
+      <c r="AV38"/>
+      <c r="AW38"/>
+      <c r="AX38"/>
+      <c r="AY38"/>
+      <c r="AZ38"/>
+      <c r="BA38"/>
+      <c r="BB38"/>
+      <c r="BC38"/>
+      <c r="BD38"/>
+      <c r="BE38"/>
+      <c r="BF38"/>
+      <c r="BG38"/>
+      <c r="BH38"/>
+      <c r="BI38"/>
+      <c r="BJ38"/>
+      <c r="BK38"/>
+      <c r="BL38"/>
+      <c r="BM38"/>
+      <c r="BN38"/>
+      <c r="BO38"/>
+      <c r="BP38"/>
+      <c r="BQ38"/>
+      <c r="BR38"/>
+      <c r="BS38"/>
+      <c r="BT38"/>
+      <c r="BU38"/>
+      <c r="BV38"/>
+      <c r="BW38"/>
+      <c r="BX38"/>
+      <c r="BY38"/>
+      <c r="BZ38"/>
+      <c r="CA38"/>
+      <c r="CB38"/>
+      <c r="CC38"/>
+      <c r="CD38"/>
+      <c r="CE38"/>
+      <c r="CF38"/>
+      <c r="CG38"/>
+      <c r="CH38"/>
+      <c r="CI38"/>
+      <c r="CJ38"/>
+      <c r="CK38"/>
+      <c r="CL38"/>
+      <c r="CM38"/>
+      <c r="CN38"/>
+      <c r="CO38"/>
+      <c r="CP38"/>
+      <c r="CQ38"/>
+      <c r="CR38"/>
+      <c r="CS38"/>
+    </row>
+    <row r="39" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="33"/>
+      <c r="B39" s="18"/>
+      <c r="C39" s="12"/>
+      <c r="D39" s="12"/>
+      <c r="E39" s="18"/>
+      <c r="F39" s="18"/>
+      <c r="G39" s="20"/>
+      <c r="H39" s="19"/>
+      <c r="I39" s="12"/>
+      <c r="J39" s="12"/>
+      <c r="K39" s="12"/>
+      <c r="L39" s="15"/>
+      <c r="N39" s="14"/>
+      <c r="O39" s="34"/>
+      <c r="P39"/>
+      <c r="Q39"/>
+      <c r="R39"/>
+      <c r="S39"/>
+      <c r="T39"/>
+      <c r="U39"/>
+      <c r="V39"/>
+      <c r="W39"/>
+      <c r="X39"/>
+      <c r="Y39"/>
+      <c r="Z39"/>
+      <c r="AA39"/>
+      <c r="AB39"/>
+      <c r="AC39"/>
+      <c r="AD39"/>
+      <c r="AE39"/>
+      <c r="AF39"/>
+      <c r="AG39"/>
+      <c r="AH39"/>
+      <c r="AI39"/>
+      <c r="AJ39"/>
+      <c r="AK39"/>
+      <c r="AL39"/>
+      <c r="AM39"/>
+      <c r="AN39"/>
+      <c r="AO39"/>
+      <c r="AP39"/>
+      <c r="AQ39"/>
+      <c r="AR39"/>
+      <c r="AS39"/>
+      <c r="AT39"/>
+      <c r="AU39"/>
+      <c r="AV39"/>
+      <c r="AW39"/>
+      <c r="AX39"/>
+      <c r="AY39"/>
+      <c r="AZ39"/>
+      <c r="BA39"/>
+      <c r="BB39"/>
+      <c r="BC39"/>
+      <c r="BD39"/>
+      <c r="BE39"/>
+      <c r="BF39"/>
+      <c r="BG39"/>
+      <c r="BH39"/>
+      <c r="BI39"/>
+      <c r="BJ39"/>
+      <c r="BK39"/>
+      <c r="BL39"/>
+      <c r="BM39"/>
+      <c r="BN39"/>
+      <c r="BO39"/>
+      <c r="BP39"/>
+      <c r="BQ39"/>
+      <c r="BR39"/>
+      <c r="BS39"/>
+      <c r="BT39"/>
+      <c r="BU39"/>
+      <c r="BV39"/>
+      <c r="BW39"/>
+      <c r="BX39"/>
+      <c r="BY39"/>
+      <c r="BZ39"/>
+      <c r="CA39"/>
+      <c r="CB39"/>
+      <c r="CC39"/>
+      <c r="CD39"/>
+      <c r="CE39"/>
+      <c r="CF39"/>
+      <c r="CG39"/>
+      <c r="CH39"/>
+      <c r="CI39"/>
+      <c r="CJ39"/>
+      <c r="CK39"/>
+      <c r="CL39"/>
+      <c r="CM39"/>
+      <c r="CN39"/>
+      <c r="CO39"/>
+      <c r="CP39"/>
+      <c r="CQ39"/>
+      <c r="CR39"/>
+      <c r="CS39"/>
+    </row>
+    <row r="40" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="33"/>
+      <c r="B40" s="18"/>
+      <c r="C40" s="12"/>
+      <c r="D40" s="12"/>
+      <c r="E40" s="18"/>
+      <c r="F40" s="18"/>
+      <c r="G40" s="20"/>
+      <c r="H40" s="19"/>
+      <c r="I40" s="12"/>
+      <c r="J40" s="12"/>
+      <c r="K40" s="12"/>
+      <c r="L40" s="15"/>
+      <c r="N40" s="14"/>
+      <c r="O40" s="34"/>
+      <c r="P40"/>
+      <c r="Q40"/>
+      <c r="R40"/>
+      <c r="S40"/>
+      <c r="T40"/>
+      <c r="U40"/>
+      <c r="V40"/>
+      <c r="W40"/>
+      <c r="X40"/>
+      <c r="Y40"/>
+      <c r="Z40"/>
+      <c r="AA40"/>
+      <c r="AB40"/>
+      <c r="AC40"/>
+      <c r="AD40"/>
+      <c r="AE40"/>
+      <c r="AF40"/>
+      <c r="AG40"/>
+      <c r="AH40"/>
+      <c r="AI40"/>
+      <c r="AJ40"/>
+      <c r="AK40"/>
+      <c r="AL40"/>
+      <c r="AM40"/>
+      <c r="AN40"/>
+      <c r="AO40"/>
+      <c r="AP40"/>
+      <c r="AQ40"/>
+      <c r="AR40"/>
+      <c r="AS40"/>
+      <c r="AT40"/>
+      <c r="AU40"/>
+      <c r="AV40"/>
+      <c r="AW40"/>
+      <c r="AX40"/>
+      <c r="AY40"/>
+      <c r="AZ40"/>
+      <c r="BA40"/>
+      <c r="BB40"/>
+      <c r="BC40"/>
+      <c r="BD40"/>
+      <c r="BE40"/>
+      <c r="BF40"/>
+      <c r="BG40"/>
+      <c r="BH40"/>
+      <c r="BI40"/>
+      <c r="BJ40"/>
+      <c r="BK40"/>
+      <c r="BL40"/>
+      <c r="BM40"/>
+      <c r="BN40"/>
+      <c r="BO40"/>
+      <c r="BP40"/>
+      <c r="BQ40"/>
+      <c r="BR40"/>
+      <c r="BS40"/>
+      <c r="BT40"/>
+      <c r="BU40"/>
+      <c r="BV40"/>
+      <c r="BW40"/>
+      <c r="BX40"/>
+      <c r="BY40"/>
+      <c r="BZ40"/>
+      <c r="CA40"/>
+      <c r="CB40"/>
+      <c r="CC40"/>
+      <c r="CD40"/>
+      <c r="CE40"/>
+      <c r="CF40"/>
+      <c r="CG40"/>
+      <c r="CH40"/>
+      <c r="CI40"/>
+      <c r="CJ40"/>
+      <c r="CK40"/>
+      <c r="CL40"/>
+      <c r="CM40"/>
+      <c r="CN40"/>
+      <c r="CO40"/>
+      <c r="CP40"/>
+      <c r="CQ40"/>
+      <c r="CR40"/>
+      <c r="CS40"/>
+    </row>
+    <row r="41" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="33"/>
+      <c r="B41" s="18"/>
+      <c r="C41" s="12"/>
+      <c r="D41" s="12"/>
+      <c r="E41" s="18"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="20"/>
+      <c r="H41" s="19"/>
+      <c r="I41" s="12"/>
+      <c r="J41" s="12"/>
+      <c r="K41" s="12"/>
+      <c r="L41" s="15"/>
+      <c r="N41" s="14"/>
+      <c r="O41" s="34"/>
+      <c r="P41"/>
+      <c r="Q41"/>
+      <c r="R41"/>
+      <c r="S41"/>
+      <c r="T41"/>
+      <c r="U41"/>
+      <c r="V41"/>
+      <c r="W41"/>
+      <c r="X41"/>
+      <c r="Y41"/>
+      <c r="Z41"/>
+      <c r="AA41"/>
+      <c r="AB41"/>
+      <c r="AC41"/>
+      <c r="AD41"/>
+      <c r="AE41"/>
+      <c r="AF41"/>
+      <c r="AG41"/>
+      <c r="AH41"/>
+      <c r="AI41"/>
+      <c r="AJ41"/>
+      <c r="AK41"/>
+      <c r="AL41"/>
+      <c r="AM41"/>
+      <c r="AN41"/>
+      <c r="AO41"/>
+      <c r="AP41"/>
+      <c r="AQ41"/>
+      <c r="AR41"/>
+      <c r="AS41"/>
+      <c r="AT41"/>
+      <c r="AU41"/>
+      <c r="AV41"/>
+      <c r="AW41"/>
+      <c r="AX41"/>
+      <c r="AY41"/>
+      <c r="AZ41"/>
+      <c r="BA41"/>
+      <c r="BB41"/>
+      <c r="BC41"/>
+      <c r="BD41"/>
+      <c r="BE41"/>
+      <c r="BF41"/>
+      <c r="BG41"/>
+      <c r="BH41"/>
+      <c r="BI41"/>
+      <c r="BJ41"/>
+      <c r="BK41"/>
+      <c r="BL41"/>
+      <c r="BM41"/>
+      <c r="BN41"/>
+      <c r="BO41"/>
+      <c r="BP41"/>
+      <c r="BQ41"/>
+      <c r="BR41"/>
+      <c r="BS41"/>
+      <c r="BT41"/>
+      <c r="BU41"/>
+      <c r="BV41"/>
+      <c r="BW41"/>
+      <c r="BX41"/>
+      <c r="BY41"/>
+      <c r="BZ41"/>
+      <c r="CA41"/>
+      <c r="CB41"/>
+      <c r="CC41"/>
+      <c r="CD41"/>
+      <c r="CE41"/>
+      <c r="CF41"/>
+      <c r="CG41"/>
+      <c r="CH41"/>
+      <c r="CI41"/>
+      <c r="CJ41"/>
+      <c r="CK41"/>
+      <c r="CL41"/>
+      <c r="CM41"/>
+      <c r="CN41"/>
+      <c r="CO41"/>
+      <c r="CP41"/>
+      <c r="CQ41"/>
+      <c r="CR41"/>
+      <c r="CS41"/>
+    </row>
+    <row r="42" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="33"/>
+      <c r="B42" s="18"/>
+      <c r="C42" s="12"/>
+      <c r="D42" s="12"/>
+      <c r="E42" s="18"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="20"/>
+      <c r="H42" s="19"/>
+      <c r="I42" s="12"/>
+      <c r="J42" s="12"/>
+      <c r="K42" s="12"/>
+      <c r="L42" s="15"/>
+      <c r="N42" s="14"/>
+      <c r="O42" s="34"/>
+      <c r="P42"/>
+      <c r="Q42"/>
+      <c r="R42"/>
+      <c r="S42"/>
+      <c r="T42"/>
+      <c r="U42"/>
+      <c r="V42"/>
+      <c r="W42"/>
+      <c r="X42"/>
+      <c r="Y42"/>
+      <c r="Z42"/>
+      <c r="AA42"/>
+      <c r="AB42"/>
+      <c r="AC42"/>
+      <c r="AD42"/>
+      <c r="AE42"/>
+      <c r="AF42"/>
+      <c r="AG42"/>
+      <c r="AH42"/>
+      <c r="AI42"/>
+      <c r="AJ42"/>
+      <c r="AK42"/>
+      <c r="AL42"/>
+      <c r="AM42"/>
+      <c r="AN42"/>
+      <c r="AO42"/>
+      <c r="AP42"/>
+      <c r="AQ42"/>
+      <c r="AR42"/>
+      <c r="AS42"/>
+      <c r="AT42"/>
+      <c r="AU42"/>
+      <c r="AV42"/>
+      <c r="AW42"/>
+      <c r="AX42"/>
+      <c r="AY42"/>
+      <c r="AZ42"/>
+      <c r="BA42"/>
+      <c r="BB42"/>
+      <c r="BC42"/>
+      <c r="BD42"/>
+      <c r="BE42"/>
+      <c r="BF42"/>
+      <c r="BG42"/>
+      <c r="BH42"/>
+      <c r="BI42"/>
+      <c r="BJ42"/>
+      <c r="BK42"/>
+      <c r="BL42"/>
+      <c r="BM42"/>
+      <c r="BN42"/>
+      <c r="BO42"/>
+      <c r="BP42"/>
+      <c r="BQ42"/>
+      <c r="BR42"/>
+      <c r="BS42"/>
+      <c r="BT42"/>
+      <c r="BU42"/>
+      <c r="BV42"/>
+      <c r="BW42"/>
+      <c r="BX42"/>
+      <c r="BY42"/>
+      <c r="BZ42"/>
+      <c r="CA42"/>
+      <c r="CB42"/>
+      <c r="CC42"/>
+      <c r="CD42"/>
+      <c r="CE42"/>
+      <c r="CF42"/>
+      <c r="CG42"/>
+      <c r="CH42"/>
+      <c r="CI42"/>
+      <c r="CJ42"/>
+      <c r="CK42"/>
+      <c r="CL42"/>
+      <c r="CM42"/>
+      <c r="CN42"/>
+      <c r="CO42"/>
+      <c r="CP42"/>
+      <c r="CQ42"/>
+      <c r="CR42"/>
+      <c r="CS42"/>
+    </row>
+    <row r="43" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="33"/>
+      <c r="B43" s="18"/>
+      <c r="C43" s="12"/>
+      <c r="D43" s="12"/>
+      <c r="E43" s="18"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="20"/>
+      <c r="H43" s="19"/>
+      <c r="I43" s="12"/>
+      <c r="J43" s="12"/>
+      <c r="K43" s="12"/>
+      <c r="L43" s="15"/>
+      <c r="N43" s="14"/>
+      <c r="O43" s="34"/>
+      <c r="P43"/>
+      <c r="Q43"/>
+      <c r="R43"/>
+      <c r="S43"/>
+      <c r="T43"/>
+      <c r="U43"/>
+      <c r="V43"/>
+      <c r="W43"/>
+      <c r="X43"/>
+      <c r="Y43"/>
+      <c r="Z43"/>
+      <c r="AA43"/>
+      <c r="AB43"/>
+      <c r="AC43"/>
+      <c r="AD43"/>
+      <c r="AE43"/>
+      <c r="AF43"/>
+      <c r="AG43"/>
+      <c r="AH43"/>
+      <c r="AI43"/>
+      <c r="AJ43"/>
+      <c r="AK43"/>
+      <c r="AL43"/>
+      <c r="AM43"/>
+      <c r="AN43"/>
+      <c r="AO43"/>
+      <c r="AP43"/>
+      <c r="AQ43"/>
+      <c r="AR43"/>
+      <c r="AS43"/>
+      <c r="AT43"/>
+      <c r="AU43"/>
+      <c r="AV43"/>
+      <c r="AW43"/>
+      <c r="AX43"/>
+      <c r="AY43"/>
+      <c r="AZ43"/>
+      <c r="BA43"/>
+      <c r="BB43"/>
+      <c r="BC43"/>
+      <c r="BD43"/>
+      <c r="BE43"/>
+      <c r="BF43"/>
+      <c r="BG43"/>
+      <c r="BH43"/>
+      <c r="BI43"/>
+      <c r="BJ43"/>
+      <c r="BK43"/>
+      <c r="BL43"/>
+      <c r="BM43"/>
+      <c r="BN43"/>
+      <c r="BO43"/>
+      <c r="BP43"/>
+      <c r="BQ43"/>
+      <c r="BR43"/>
+      <c r="BS43"/>
+      <c r="BT43"/>
+      <c r="BU43"/>
+      <c r="BV43"/>
+      <c r="BW43"/>
+      <c r="BX43"/>
+      <c r="BY43"/>
+      <c r="BZ43"/>
+      <c r="CA43"/>
+      <c r="CB43"/>
+      <c r="CC43"/>
+      <c r="CD43"/>
+      <c r="CE43"/>
+      <c r="CF43"/>
+      <c r="CG43"/>
+      <c r="CH43"/>
+      <c r="CI43"/>
+      <c r="CJ43"/>
+      <c r="CK43"/>
+      <c r="CL43"/>
+      <c r="CM43"/>
+      <c r="CN43"/>
+      <c r="CO43"/>
+      <c r="CP43"/>
+      <c r="CQ43"/>
+      <c r="CR43"/>
+      <c r="CS43"/>
+    </row>
+    <row r="44" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="33"/>
+      <c r="B44" s="18"/>
+      <c r="C44" s="12"/>
+      <c r="D44" s="12"/>
+      <c r="E44" s="18"/>
+      <c r="F44" s="18"/>
+      <c r="G44" s="20"/>
+      <c r="H44" s="19"/>
+      <c r="I44" s="12"/>
+      <c r="J44" s="12"/>
+      <c r="K44" s="12"/>
+      <c r="L44" s="15"/>
+      <c r="N44" s="14"/>
+      <c r="O44" s="34"/>
+      <c r="P44"/>
+      <c r="Q44"/>
+      <c r="R44"/>
+      <c r="S44"/>
+      <c r="T44"/>
+      <c r="U44"/>
+      <c r="V44"/>
+      <c r="W44"/>
+      <c r="X44"/>
+      <c r="Y44"/>
+      <c r="Z44"/>
+      <c r="AA44"/>
+      <c r="AB44"/>
+      <c r="AC44"/>
+      <c r="AD44"/>
+      <c r="AE44"/>
+      <c r="AF44"/>
+      <c r="AG44"/>
+      <c r="AH44"/>
+      <c r="AI44"/>
+      <c r="AJ44"/>
+      <c r="AK44"/>
+      <c r="AL44"/>
+      <c r="AM44"/>
+      <c r="AN44"/>
+      <c r="AO44"/>
+      <c r="AP44"/>
+      <c r="AQ44"/>
+      <c r="AR44"/>
+      <c r="AS44"/>
+      <c r="AT44"/>
+      <c r="AU44"/>
+      <c r="AV44"/>
+      <c r="AW44"/>
+      <c r="AX44"/>
+      <c r="AY44"/>
+      <c r="AZ44"/>
+      <c r="BA44"/>
+      <c r="BB44"/>
+      <c r="BC44"/>
+      <c r="BD44"/>
+      <c r="BE44"/>
+      <c r="BF44"/>
+      <c r="BG44"/>
+      <c r="BH44"/>
+      <c r="BI44"/>
+      <c r="BJ44"/>
+      <c r="BK44"/>
+      <c r="BL44"/>
+      <c r="BM44"/>
+      <c r="BN44"/>
+      <c r="BO44"/>
+      <c r="BP44"/>
+      <c r="BQ44"/>
+      <c r="BR44"/>
+      <c r="BS44"/>
+      <c r="BT44"/>
+      <c r="BU44"/>
+      <c r="BV44"/>
+      <c r="BW44"/>
+      <c r="BX44"/>
+      <c r="BY44"/>
+      <c r="BZ44"/>
+      <c r="CA44"/>
+      <c r="CB44"/>
+      <c r="CC44"/>
+      <c r="CD44"/>
+      <c r="CE44"/>
+      <c r="CF44"/>
+      <c r="CG44"/>
+      <c r="CH44"/>
+      <c r="CI44"/>
+      <c r="CJ44"/>
+      <c r="CK44"/>
+      <c r="CL44"/>
+      <c r="CM44"/>
+      <c r="CN44"/>
+      <c r="CO44"/>
+      <c r="CP44"/>
+      <c r="CQ44"/>
+      <c r="CR44"/>
+      <c r="CS44"/>
+    </row>
+    <row r="45" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="33"/>
+      <c r="B45" s="18"/>
+      <c r="C45" s="12"/>
+      <c r="D45" s="12"/>
+      <c r="E45" s="18"/>
+      <c r="F45" s="18"/>
+      <c r="G45" s="20"/>
+      <c r="H45" s="19"/>
+      <c r="I45" s="12"/>
+      <c r="J45" s="12"/>
+      <c r="K45" s="12"/>
+      <c r="L45" s="15"/>
+      <c r="N45" s="14"/>
+      <c r="O45" s="34"/>
+      <c r="P45"/>
+      <c r="Q45"/>
+      <c r="R45"/>
+      <c r="S45"/>
+      <c r="T45"/>
+      <c r="U45"/>
+      <c r="V45"/>
+      <c r="W45"/>
+      <c r="X45"/>
+      <c r="Y45"/>
+      <c r="Z45"/>
+      <c r="AA45"/>
+      <c r="AB45"/>
+      <c r="AC45"/>
+      <c r="AD45"/>
+      <c r="AE45"/>
+      <c r="AF45"/>
+      <c r="AG45"/>
+      <c r="AH45"/>
+      <c r="AI45"/>
+      <c r="AJ45"/>
+      <c r="AK45"/>
+      <c r="AL45"/>
+      <c r="AM45"/>
+      <c r="AN45"/>
+      <c r="AO45"/>
+      <c r="AP45"/>
+      <c r="AQ45"/>
+      <c r="AR45"/>
+      <c r="AS45"/>
+      <c r="AT45"/>
+      <c r="AU45"/>
+      <c r="AV45"/>
+      <c r="AW45"/>
+      <c r="AX45"/>
+      <c r="AY45"/>
+      <c r="AZ45"/>
+      <c r="BA45"/>
+      <c r="BB45"/>
+      <c r="BC45"/>
+      <c r="BD45"/>
+      <c r="BE45"/>
+      <c r="BF45"/>
+      <c r="BG45"/>
+      <c r="BH45"/>
+      <c r="BI45"/>
+      <c r="BJ45"/>
+      <c r="BK45"/>
+      <c r="BL45"/>
+      <c r="BM45"/>
+      <c r="BN45"/>
+      <c r="BO45"/>
+      <c r="BP45"/>
+      <c r="BQ45"/>
+      <c r="BR45"/>
+      <c r="BS45"/>
+      <c r="BT45"/>
+      <c r="BU45"/>
+      <c r="BV45"/>
+      <c r="BW45"/>
+      <c r="BX45"/>
+      <c r="BY45"/>
+      <c r="BZ45"/>
+      <c r="CA45"/>
+      <c r="CB45"/>
+      <c r="CC45"/>
+      <c r="CD45"/>
+      <c r="CE45"/>
+      <c r="CF45"/>
+      <c r="CG45"/>
+      <c r="CH45"/>
+      <c r="CI45"/>
+      <c r="CJ45"/>
+      <c r="CK45"/>
+      <c r="CL45"/>
+      <c r="CM45"/>
+      <c r="CN45"/>
+      <c r="CO45"/>
+      <c r="CP45"/>
+      <c r="CQ45"/>
+      <c r="CR45"/>
+      <c r="CS45"/>
+    </row>
+    <row r="46" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="33"/>
+      <c r="B46" s="18"/>
+      <c r="C46" s="12"/>
+      <c r="D46" s="12"/>
+      <c r="E46" s="18"/>
+      <c r="F46" s="18"/>
+      <c r="G46" s="20"/>
+      <c r="H46" s="19"/>
+      <c r="I46" s="12"/>
+      <c r="J46" s="12"/>
+      <c r="K46" s="12"/>
+      <c r="L46" s="15"/>
+      <c r="N46" s="14"/>
+      <c r="O46" s="34"/>
+      <c r="P46"/>
+      <c r="Q46"/>
+      <c r="R46"/>
+      <c r="S46"/>
+      <c r="T46"/>
+      <c r="U46"/>
+      <c r="V46"/>
+      <c r="W46"/>
+      <c r="X46"/>
+      <c r="Y46"/>
+      <c r="Z46"/>
+      <c r="AA46"/>
+      <c r="AB46"/>
+      <c r="AC46"/>
+      <c r="AD46"/>
+      <c r="AE46"/>
+      <c r="AF46"/>
+      <c r="AG46"/>
+      <c r="AH46"/>
+      <c r="AI46"/>
+      <c r="AJ46"/>
+      <c r="AK46"/>
+      <c r="AL46"/>
+      <c r="AM46"/>
+      <c r="AN46"/>
+      <c r="AO46"/>
+      <c r="AP46"/>
+      <c r="AQ46"/>
+      <c r="AR46"/>
+      <c r="AS46"/>
+      <c r="AT46"/>
+      <c r="AU46"/>
+      <c r="AV46"/>
+      <c r="AW46"/>
+      <c r="AX46"/>
+      <c r="AY46"/>
+      <c r="AZ46"/>
+      <c r="BA46"/>
+      <c r="BB46"/>
+      <c r="BC46"/>
+      <c r="BD46"/>
+      <c r="BE46"/>
+      <c r="BF46"/>
+      <c r="BG46"/>
+      <c r="BH46"/>
+      <c r="BI46"/>
+      <c r="BJ46"/>
+      <c r="BK46"/>
+      <c r="BL46"/>
+      <c r="BM46"/>
+      <c r="BN46"/>
+      <c r="BO46"/>
+      <c r="BP46"/>
+      <c r="BQ46"/>
+      <c r="BR46"/>
+      <c r="BS46"/>
+      <c r="BT46"/>
+      <c r="BU46"/>
+      <c r="BV46"/>
+      <c r="BW46"/>
+      <c r="BX46"/>
+      <c r="BY46"/>
+      <c r="BZ46"/>
+      <c r="CA46"/>
+      <c r="CB46"/>
+      <c r="CC46"/>
+      <c r="CD46"/>
+      <c r="CE46"/>
+      <c r="CF46"/>
+      <c r="CG46"/>
+      <c r="CH46"/>
+      <c r="CI46"/>
+      <c r="CJ46"/>
+      <c r="CK46"/>
+      <c r="CL46"/>
+      <c r="CM46"/>
+      <c r="CN46"/>
+      <c r="CO46"/>
+      <c r="CP46"/>
+      <c r="CQ46"/>
+      <c r="CR46"/>
+      <c r="CS46"/>
+    </row>
+    <row r="47" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="33"/>
+      <c r="B47" s="18"/>
+      <c r="C47" s="12"/>
+      <c r="D47" s="12"/>
+      <c r="E47" s="18"/>
+      <c r="F47" s="18"/>
+      <c r="G47" s="20"/>
+      <c r="H47" s="19"/>
+      <c r="I47" s="12"/>
+      <c r="J47" s="12"/>
+      <c r="K47" s="12"/>
+      <c r="L47" s="15"/>
+      <c r="N47" s="14"/>
+      <c r="O47" s="34"/>
+      <c r="P47"/>
+      <c r="Q47"/>
+      <c r="R47"/>
+      <c r="S47"/>
+      <c r="T47"/>
+      <c r="U47"/>
+      <c r="V47"/>
+      <c r="W47"/>
+      <c r="X47"/>
+      <c r="Y47"/>
+      <c r="Z47"/>
+      <c r="AA47"/>
+      <c r="AB47"/>
+      <c r="AC47"/>
+      <c r="AD47"/>
+      <c r="AE47"/>
+      <c r="AF47"/>
+      <c r="AG47"/>
+      <c r="AH47"/>
+      <c r="AI47"/>
+      <c r="AJ47"/>
+      <c r="AK47"/>
+      <c r="AL47"/>
+      <c r="AM47"/>
+      <c r="AN47"/>
+      <c r="AO47"/>
+      <c r="AP47"/>
+      <c r="AQ47"/>
+      <c r="AR47"/>
+      <c r="AS47"/>
+      <c r="AT47"/>
+      <c r="AU47"/>
+      <c r="AV47"/>
+      <c r="AW47"/>
+      <c r="AX47"/>
+      <c r="AY47"/>
+      <c r="AZ47"/>
+      <c r="BA47"/>
+      <c r="BB47"/>
+      <c r="BC47"/>
+      <c r="BD47"/>
+      <c r="BE47"/>
+      <c r="BF47"/>
+      <c r="BG47"/>
+      <c r="BH47"/>
+      <c r="BI47"/>
+      <c r="BJ47"/>
+      <c r="BK47"/>
+      <c r="BL47"/>
+      <c r="BM47"/>
+      <c r="BN47"/>
+      <c r="BO47"/>
+      <c r="BP47"/>
+      <c r="BQ47"/>
+      <c r="BR47"/>
+      <c r="BS47"/>
+      <c r="BT47"/>
+      <c r="BU47"/>
+      <c r="BV47"/>
+      <c r="BW47"/>
+      <c r="BX47"/>
+      <c r="BY47"/>
+      <c r="BZ47"/>
+      <c r="CA47"/>
+      <c r="CB47"/>
+      <c r="CC47"/>
+      <c r="CD47"/>
+      <c r="CE47"/>
+      <c r="CF47"/>
+      <c r="CG47"/>
+      <c r="CH47"/>
+      <c r="CI47"/>
+      <c r="CJ47"/>
+      <c r="CK47"/>
+      <c r="CL47"/>
+      <c r="CM47"/>
+      <c r="CN47"/>
+      <c r="CO47"/>
+      <c r="CP47"/>
+      <c r="CQ47"/>
+      <c r="CR47"/>
+      <c r="CS47"/>
+    </row>
+    <row r="48" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="33"/>
+      <c r="B48" s="18"/>
+      <c r="C48" s="12"/>
+      <c r="D48" s="12"/>
+      <c r="E48" s="18"/>
+      <c r="F48" s="18"/>
+      <c r="G48" s="20"/>
+      <c r="H48" s="19"/>
+      <c r="I48" s="12"/>
+      <c r="J48" s="12"/>
+      <c r="K48" s="12"/>
+      <c r="L48" s="15"/>
+      <c r="N48" s="14"/>
+      <c r="O48" s="34"/>
+      <c r="P48"/>
+      <c r="Q48"/>
+      <c r="R48"/>
+      <c r="S48"/>
+      <c r="T48"/>
+      <c r="U48"/>
+      <c r="V48"/>
+      <c r="W48"/>
+      <c r="X48"/>
+      <c r="Y48"/>
+      <c r="Z48"/>
+      <c r="AA48"/>
+      <c r="AB48"/>
+      <c r="AC48"/>
+      <c r="AD48"/>
+      <c r="AE48"/>
+      <c r="AF48"/>
+      <c r="AG48"/>
+      <c r="AH48"/>
+      <c r="AI48"/>
+      <c r="AJ48"/>
+      <c r="AK48"/>
+      <c r="AL48"/>
+      <c r="AM48"/>
+      <c r="AN48"/>
+      <c r="AO48"/>
+      <c r="AP48"/>
+      <c r="AQ48"/>
+      <c r="AR48"/>
+      <c r="AS48"/>
+      <c r="AT48"/>
+      <c r="AU48"/>
+      <c r="AV48"/>
+      <c r="AW48"/>
+      <c r="AX48"/>
+      <c r="AY48"/>
+      <c r="AZ48"/>
+      <c r="BA48"/>
+      <c r="BB48"/>
+      <c r="BC48"/>
+      <c r="BD48"/>
+      <c r="BE48"/>
+      <c r="BF48"/>
+      <c r="BG48"/>
+      <c r="BH48"/>
+      <c r="BI48"/>
+      <c r="BJ48"/>
+      <c r="BK48"/>
+      <c r="BL48"/>
+      <c r="BM48"/>
+      <c r="BN48"/>
+      <c r="BO48"/>
+      <c r="BP48"/>
+      <c r="BQ48"/>
+      <c r="BR48"/>
+      <c r="BS48"/>
+      <c r="BT48"/>
+      <c r="BU48"/>
+      <c r="BV48"/>
+      <c r="BW48"/>
+      <c r="BX48"/>
+      <c r="BY48"/>
+      <c r="BZ48"/>
+      <c r="CA48"/>
+      <c r="CB48"/>
+      <c r="CC48"/>
+      <c r="CD48"/>
+      <c r="CE48"/>
+      <c r="CF48"/>
+      <c r="CG48"/>
+      <c r="CH48"/>
+      <c r="CI48"/>
+      <c r="CJ48"/>
+      <c r="CK48"/>
+      <c r="CL48"/>
+      <c r="CM48"/>
+      <c r="CN48"/>
+      <c r="CO48"/>
+      <c r="CP48"/>
+      <c r="CQ48"/>
+      <c r="CR48"/>
+      <c r="CS48"/>
+    </row>
+    <row r="49" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="33"/>
+      <c r="B49" s="18"/>
+      <c r="C49" s="12"/>
+      <c r="D49" s="12"/>
+      <c r="E49" s="18"/>
+      <c r="F49" s="18"/>
+      <c r="G49" s="20"/>
+      <c r="H49" s="19"/>
+      <c r="I49" s="12"/>
+      <c r="J49" s="12"/>
+      <c r="K49" s="12"/>
+      <c r="L49" s="15"/>
+      <c r="N49" s="14"/>
+      <c r="O49" s="34"/>
+      <c r="P49"/>
+      <c r="Q49"/>
+      <c r="R49"/>
+      <c r="S49"/>
+      <c r="T49"/>
+      <c r="U49"/>
+      <c r="V49"/>
+      <c r="W49"/>
+      <c r="X49"/>
+      <c r="Y49"/>
+      <c r="Z49"/>
+      <c r="AA49"/>
+      <c r="AB49"/>
+      <c r="AC49"/>
+      <c r="AD49"/>
+      <c r="AE49"/>
+      <c r="AF49"/>
+      <c r="AG49"/>
+      <c r="AH49"/>
+      <c r="AI49"/>
+      <c r="AJ49"/>
+      <c r="AK49"/>
+      <c r="AL49"/>
+      <c r="AM49"/>
+      <c r="AN49"/>
+      <c r="AO49"/>
+      <c r="AP49"/>
+      <c r="AQ49"/>
+      <c r="AR49"/>
+      <c r="AS49"/>
+      <c r="AT49"/>
+      <c r="AU49"/>
+      <c r="AV49"/>
+      <c r="AW49"/>
+      <c r="AX49"/>
+      <c r="AY49"/>
+      <c r="AZ49"/>
+      <c r="BA49"/>
+      <c r="BB49"/>
+      <c r="BC49"/>
+      <c r="BD49"/>
+      <c r="BE49"/>
+      <c r="BF49"/>
+      <c r="BG49"/>
+      <c r="BH49"/>
+      <c r="BI49"/>
+      <c r="BJ49"/>
+      <c r="BK49"/>
+      <c r="BL49"/>
+      <c r="BM49"/>
+      <c r="BN49"/>
+      <c r="BO49"/>
+      <c r="BP49"/>
+      <c r="BQ49"/>
+      <c r="BR49"/>
+      <c r="BS49"/>
+      <c r="BT49"/>
+      <c r="BU49"/>
+      <c r="BV49"/>
+      <c r="BW49"/>
+      <c r="BX49"/>
+      <c r="BY49"/>
+      <c r="BZ49"/>
+      <c r="CA49"/>
+      <c r="CB49"/>
+      <c r="CC49"/>
+      <c r="CD49"/>
+      <c r="CE49"/>
+      <c r="CF49"/>
+      <c r="CG49"/>
+      <c r="CH49"/>
+      <c r="CI49"/>
+      <c r="CJ49"/>
+      <c r="CK49"/>
+      <c r="CL49"/>
+      <c r="CM49"/>
+      <c r="CN49"/>
+      <c r="CO49"/>
+      <c r="CP49"/>
+      <c r="CQ49"/>
+      <c r="CR49"/>
+      <c r="CS49"/>
+    </row>
+    <row r="50" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="33"/>
+      <c r="B50" s="18"/>
+      <c r="C50" s="12"/>
+      <c r="D50" s="12"/>
+      <c r="E50" s="18"/>
+      <c r="F50" s="18"/>
+      <c r="G50" s="20"/>
+      <c r="H50" s="19"/>
+      <c r="I50" s="12"/>
+      <c r="J50" s="12"/>
+      <c r="K50" s="12"/>
+      <c r="L50" s="15"/>
+      <c r="N50" s="14"/>
+      <c r="O50" s="34"/>
+      <c r="P50"/>
+      <c r="Q50"/>
+      <c r="R50"/>
+      <c r="S50"/>
+      <c r="T50"/>
+      <c r="U50"/>
+      <c r="V50"/>
+      <c r="W50"/>
+      <c r="X50"/>
+      <c r="Y50"/>
+      <c r="Z50"/>
+      <c r="AA50"/>
+      <c r="AB50"/>
+      <c r="AC50"/>
+      <c r="AD50"/>
+      <c r="AE50"/>
+      <c r="AF50"/>
+      <c r="AG50"/>
+      <c r="AH50"/>
+      <c r="AI50"/>
+      <c r="AJ50"/>
+      <c r="AK50"/>
+      <c r="AL50"/>
+      <c r="AM50"/>
+      <c r="AN50"/>
+      <c r="AO50"/>
+      <c r="AP50"/>
+      <c r="AQ50"/>
+      <c r="AR50"/>
+      <c r="AS50"/>
+      <c r="AT50"/>
+      <c r="AU50"/>
+      <c r="AV50"/>
+      <c r="AW50"/>
+      <c r="AX50"/>
+      <c r="AY50"/>
+      <c r="AZ50"/>
+      <c r="BA50"/>
+      <c r="BB50"/>
+      <c r="BC50"/>
+      <c r="BD50"/>
+      <c r="BE50"/>
+      <c r="BF50"/>
+      <c r="BG50"/>
+      <c r="BH50"/>
+      <c r="BI50"/>
+      <c r="BJ50"/>
+      <c r="BK50"/>
+      <c r="BL50"/>
+      <c r="BM50"/>
+      <c r="BN50"/>
+      <c r="BO50"/>
+      <c r="BP50"/>
+      <c r="BQ50"/>
+      <c r="BR50"/>
+      <c r="BS50"/>
+      <c r="BT50"/>
+      <c r="BU50"/>
+      <c r="BV50"/>
+      <c r="BW50"/>
+      <c r="BX50"/>
+      <c r="BY50"/>
+      <c r="BZ50"/>
+      <c r="CA50"/>
+      <c r="CB50"/>
+      <c r="CC50"/>
+      <c r="CD50"/>
+      <c r="CE50"/>
+      <c r="CF50"/>
+      <c r="CG50"/>
+      <c r="CH50"/>
+      <c r="CI50"/>
+      <c r="CJ50"/>
+      <c r="CK50"/>
+      <c r="CL50"/>
+      <c r="CM50"/>
+      <c r="CN50"/>
+      <c r="CO50"/>
+      <c r="CP50"/>
+      <c r="CQ50"/>
+      <c r="CR50"/>
+      <c r="CS50"/>
+    </row>
+    <row r="51" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="33"/>
+      <c r="B51" s="18"/>
+      <c r="C51" s="12"/>
+      <c r="D51" s="12"/>
+      <c r="E51" s="18"/>
+      <c r="F51" s="18"/>
+      <c r="G51" s="20"/>
+      <c r="H51" s="19"/>
+      <c r="I51" s="12"/>
+      <c r="J51" s="12"/>
+      <c r="K51" s="12"/>
+      <c r="L51" s="15"/>
+      <c r="N51" s="14"/>
+      <c r="O51" s="34"/>
+      <c r="P51"/>
+      <c r="Q51"/>
+      <c r="R51"/>
+      <c r="S51"/>
+      <c r="T51"/>
+      <c r="U51"/>
+      <c r="V51"/>
+      <c r="W51"/>
+      <c r="X51"/>
+      <c r="Y51"/>
+      <c r="Z51"/>
+      <c r="AA51"/>
+      <c r="AB51"/>
+      <c r="AC51"/>
+      <c r="AD51"/>
+      <c r="AE51"/>
+      <c r="AF51"/>
+      <c r="AG51"/>
+      <c r="AH51"/>
+      <c r="AI51"/>
+      <c r="AJ51"/>
+      <c r="AK51"/>
+      <c r="AL51"/>
+      <c r="AM51"/>
+      <c r="AN51"/>
+      <c r="AO51"/>
+      <c r="AP51"/>
+      <c r="AQ51"/>
+      <c r="AR51"/>
+      <c r="AS51"/>
+      <c r="AT51"/>
+      <c r="AU51"/>
+      <c r="AV51"/>
+      <c r="AW51"/>
+      <c r="AX51"/>
+      <c r="AY51"/>
+      <c r="AZ51"/>
+      <c r="BA51"/>
+      <c r="BB51"/>
+      <c r="BC51"/>
+      <c r="BD51"/>
+      <c r="BE51"/>
+      <c r="BF51"/>
+      <c r="BG51"/>
+      <c r="BH51"/>
+      <c r="BI51"/>
+      <c r="BJ51"/>
+      <c r="BK51"/>
+      <c r="BL51"/>
+      <c r="BM51"/>
+      <c r="BN51"/>
+      <c r="BO51"/>
+      <c r="BP51"/>
+      <c r="BQ51"/>
+      <c r="BR51"/>
+      <c r="BS51"/>
+      <c r="BT51"/>
+      <c r="BU51"/>
+      <c r="BV51"/>
+      <c r="BW51"/>
+      <c r="BX51"/>
+      <c r="BY51"/>
+      <c r="BZ51"/>
+      <c r="CA51"/>
+      <c r="CB51"/>
+      <c r="CC51"/>
+      <c r="CD51"/>
+      <c r="CE51"/>
+      <c r="CF51"/>
+      <c r="CG51"/>
+      <c r="CH51"/>
+      <c r="CI51"/>
+      <c r="CJ51"/>
+      <c r="CK51"/>
+      <c r="CL51"/>
+      <c r="CM51"/>
+      <c r="CN51"/>
+      <c r="CO51"/>
+      <c r="CP51"/>
+      <c r="CQ51"/>
+      <c r="CR51"/>
+      <c r="CS51"/>
+    </row>
+    <row r="52" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="33"/>
+      <c r="B52" s="18"/>
+      <c r="C52" s="12"/>
+      <c r="D52" s="12"/>
+      <c r="E52" s="18"/>
+      <c r="F52" s="18"/>
+      <c r="G52" s="20"/>
+      <c r="H52" s="19"/>
+      <c r="I52" s="12"/>
+      <c r="J52" s="12"/>
+      <c r="K52" s="12"/>
+      <c r="L52" s="15"/>
+      <c r="N52" s="14"/>
+      <c r="O52" s="34"/>
+      <c r="P52"/>
+      <c r="Q52"/>
+      <c r="R52"/>
+      <c r="S52"/>
+      <c r="T52"/>
+      <c r="U52"/>
+      <c r="V52"/>
+      <c r="W52"/>
+      <c r="X52"/>
+      <c r="Y52"/>
+      <c r="Z52"/>
+      <c r="AA52"/>
+      <c r="AB52"/>
+      <c r="AC52"/>
+      <c r="AD52"/>
+      <c r="AE52"/>
+      <c r="AF52"/>
+      <c r="AG52"/>
+      <c r="AH52"/>
+      <c r="AI52"/>
+      <c r="AJ52"/>
+      <c r="AK52"/>
+      <c r="AL52"/>
+      <c r="AM52"/>
+      <c r="AN52"/>
+      <c r="AO52"/>
+      <c r="AP52"/>
+      <c r="AQ52"/>
+      <c r="AR52"/>
+      <c r="AS52"/>
+      <c r="AT52"/>
+      <c r="AU52"/>
+      <c r="AV52"/>
+      <c r="AW52"/>
+      <c r="AX52"/>
+      <c r="AY52"/>
+      <c r="AZ52"/>
+      <c r="BA52"/>
+      <c r="BB52"/>
+      <c r="BC52"/>
+      <c r="BD52"/>
+      <c r="BE52"/>
+      <c r="BF52"/>
+      <c r="BG52"/>
+      <c r="BH52"/>
+      <c r="BI52"/>
+      <c r="BJ52"/>
+      <c r="BK52"/>
+      <c r="BL52"/>
+      <c r="BM52"/>
+      <c r="BN52"/>
+      <c r="BO52"/>
+      <c r="BP52"/>
+      <c r="BQ52"/>
+      <c r="BR52"/>
+      <c r="BS52"/>
+      <c r="BT52"/>
+      <c r="BU52"/>
+      <c r="BV52"/>
+      <c r="BW52"/>
+      <c r="BX52"/>
+      <c r="BY52"/>
+      <c r="BZ52"/>
+      <c r="CA52"/>
+      <c r="CB52"/>
+      <c r="CC52"/>
+      <c r="CD52"/>
+      <c r="CE52"/>
+      <c r="CF52"/>
+      <c r="CG52"/>
+      <c r="CH52"/>
+      <c r="CI52"/>
+      <c r="CJ52"/>
+      <c r="CK52"/>
+      <c r="CL52"/>
+      <c r="CM52"/>
+      <c r="CN52"/>
+      <c r="CO52"/>
+      <c r="CP52"/>
+      <c r="CQ52"/>
+      <c r="CR52"/>
+      <c r="CS52"/>
+    </row>
+    <row r="53" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="33"/>
+      <c r="B53" s="18"/>
+      <c r="C53" s="12"/>
+      <c r="D53" s="12"/>
+      <c r="E53" s="18"/>
+      <c r="F53" s="18"/>
+      <c r="G53" s="13"/>
+      <c r="H53" s="19"/>
+      <c r="I53" s="12"/>
+      <c r="J53" s="12"/>
+      <c r="K53" s="12"/>
+      <c r="L53" s="15"/>
+      <c r="N53" s="14"/>
+      <c r="O53" s="34"/>
+      <c r="P53"/>
+      <c r="Q53"/>
+      <c r="R53"/>
+      <c r="S53"/>
+      <c r="T53"/>
+      <c r="U53"/>
+      <c r="V53"/>
+      <c r="W53"/>
+      <c r="X53"/>
+      <c r="Y53"/>
+      <c r="Z53"/>
+      <c r="AA53"/>
+      <c r="AB53"/>
+      <c r="AC53"/>
+      <c r="AD53"/>
+      <c r="AE53"/>
+      <c r="AF53"/>
+      <c r="AG53"/>
+      <c r="AH53"/>
+      <c r="AI53"/>
+      <c r="AJ53"/>
+      <c r="AK53"/>
+      <c r="AL53"/>
+      <c r="AM53"/>
+      <c r="AN53"/>
+      <c r="AO53"/>
+      <c r="AP53"/>
+      <c r="AQ53"/>
+      <c r="AR53"/>
+      <c r="AS53"/>
+      <c r="AT53"/>
+      <c r="AU53"/>
+      <c r="AV53"/>
+      <c r="AW53"/>
+      <c r="AX53"/>
+      <c r="AY53"/>
+      <c r="AZ53"/>
+      <c r="BA53"/>
+      <c r="BB53"/>
+      <c r="BC53"/>
+      <c r="BD53"/>
+      <c r="BE53"/>
+      <c r="BF53"/>
+      <c r="BG53"/>
+      <c r="BH53"/>
+      <c r="BI53"/>
+      <c r="BJ53"/>
+      <c r="BK53"/>
+      <c r="BL53"/>
+      <c r="BM53"/>
+      <c r="BN53"/>
+      <c r="BO53"/>
+      <c r="BP53"/>
+      <c r="BQ53"/>
+      <c r="BR53"/>
+      <c r="BS53"/>
+      <c r="BT53"/>
+      <c r="BU53"/>
+      <c r="BV53"/>
+      <c r="BW53"/>
+      <c r="BX53"/>
+      <c r="BY53"/>
+      <c r="BZ53"/>
+      <c r="CA53"/>
+      <c r="CB53"/>
+      <c r="CC53"/>
+      <c r="CD53"/>
+      <c r="CE53"/>
+      <c r="CF53"/>
+      <c r="CG53"/>
+      <c r="CH53"/>
+      <c r="CI53"/>
+      <c r="CJ53"/>
+      <c r="CK53"/>
+      <c r="CL53"/>
+      <c r="CM53"/>
+      <c r="CN53"/>
+      <c r="CO53"/>
+      <c r="CP53"/>
+      <c r="CQ53"/>
+      <c r="CR53"/>
+      <c r="CS53"/>
+    </row>
+    <row r="54" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="33"/>
+      <c r="B54" s="18"/>
+      <c r="C54" s="12"/>
+      <c r="D54" s="12"/>
+      <c r="E54" s="18"/>
+      <c r="F54" s="18"/>
+      <c r="G54" s="13"/>
+      <c r="H54" s="19"/>
+      <c r="I54" s="12"/>
+      <c r="J54" s="12"/>
+      <c r="K54" s="12"/>
+      <c r="L54" s="15"/>
+      <c r="N54" s="14"/>
+      <c r="O54" s="34"/>
+      <c r="P54"/>
+      <c r="Q54"/>
+      <c r="R54"/>
+      <c r="S54"/>
+      <c r="T54"/>
+      <c r="U54"/>
+      <c r="V54"/>
+      <c r="W54"/>
+      <c r="X54"/>
+      <c r="Y54"/>
+      <c r="Z54"/>
+      <c r="AA54"/>
+      <c r="AB54"/>
+      <c r="AC54"/>
+      <c r="AD54"/>
+      <c r="AE54"/>
+      <c r="AF54"/>
+      <c r="AG54"/>
+      <c r="AH54"/>
+      <c r="AI54"/>
+      <c r="AJ54"/>
+      <c r="AK54"/>
+      <c r="AL54"/>
+      <c r="AM54"/>
+      <c r="AN54"/>
+      <c r="AO54"/>
+      <c r="AP54"/>
+      <c r="AQ54"/>
+      <c r="AR54"/>
+      <c r="AS54"/>
+      <c r="AT54"/>
+      <c r="AU54"/>
+      <c r="AV54"/>
+      <c r="AW54"/>
+      <c r="AX54"/>
+      <c r="AY54"/>
+      <c r="AZ54"/>
+      <c r="BA54"/>
+      <c r="BB54"/>
+      <c r="BC54"/>
+      <c r="BD54"/>
+      <c r="BE54"/>
+      <c r="BF54"/>
+      <c r="BG54"/>
+      <c r="BH54"/>
+      <c r="BI54"/>
+      <c r="BJ54"/>
+      <c r="BK54"/>
+      <c r="BL54"/>
+      <c r="BM54"/>
+      <c r="BN54"/>
+      <c r="BO54"/>
+      <c r="BP54"/>
+      <c r="BQ54"/>
+      <c r="BR54"/>
+      <c r="BS54"/>
+      <c r="BT54"/>
+      <c r="BU54"/>
+      <c r="BV54"/>
+      <c r="BW54"/>
+      <c r="BX54"/>
+      <c r="BY54"/>
+      <c r="BZ54"/>
+      <c r="CA54"/>
+      <c r="CB54"/>
+      <c r="CC54"/>
+      <c r="CD54"/>
+      <c r="CE54"/>
+      <c r="CF54"/>
+      <c r="CG54"/>
+      <c r="CH54"/>
+      <c r="CI54"/>
+      <c r="CJ54"/>
+      <c r="CK54"/>
+      <c r="CL54"/>
+      <c r="CM54"/>
+      <c r="CN54"/>
+      <c r="CO54"/>
+      <c r="CP54"/>
+      <c r="CQ54"/>
+      <c r="CR54"/>
+      <c r="CS54"/>
+    </row>
+    <row r="55" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="33"/>
+      <c r="B55" s="18"/>
+      <c r="C55" s="12"/>
+      <c r="D55" s="12"/>
+      <c r="E55" s="18"/>
+      <c r="F55" s="18"/>
+      <c r="G55" s="13"/>
+      <c r="H55" s="19"/>
+      <c r="I55" s="12"/>
+      <c r="J55" s="12"/>
+      <c r="K55" s="12"/>
+      <c r="L55" s="15"/>
+      <c r="N55" s="14"/>
+      <c r="O55" s="34"/>
+      <c r="P55"/>
+      <c r="Q55"/>
+      <c r="R55"/>
+      <c r="S55"/>
+      <c r="T55"/>
+      <c r="U55"/>
+      <c r="V55"/>
+      <c r="W55"/>
+      <c r="X55"/>
+      <c r="Y55"/>
+      <c r="Z55"/>
+      <c r="AA55"/>
+      <c r="AB55"/>
+      <c r="AC55"/>
+      <c r="AD55"/>
+      <c r="AE55"/>
+      <c r="AF55"/>
+      <c r="AG55"/>
+      <c r="AH55"/>
+      <c r="AI55"/>
+      <c r="AJ55"/>
+      <c r="AK55"/>
+      <c r="AL55"/>
+      <c r="AM55"/>
+      <c r="AN55"/>
+      <c r="AO55"/>
+      <c r="AP55"/>
+      <c r="AQ55"/>
+      <c r="AR55"/>
+      <c r="AS55"/>
+      <c r="AT55"/>
+      <c r="AU55"/>
+      <c r="AV55"/>
+      <c r="AW55"/>
+      <c r="AX55"/>
+      <c r="AY55"/>
+      <c r="AZ55"/>
+      <c r="BA55"/>
+      <c r="BB55"/>
+      <c r="BC55"/>
+      <c r="BD55"/>
+      <c r="BE55"/>
+      <c r="BF55"/>
+      <c r="BG55"/>
+      <c r="BH55"/>
+      <c r="BI55"/>
+      <c r="BJ55"/>
+      <c r="BK55"/>
+      <c r="BL55"/>
+      <c r="BM55"/>
+      <c r="BN55"/>
+      <c r="BO55"/>
+      <c r="BP55"/>
+      <c r="BQ55"/>
+      <c r="BR55"/>
+      <c r="BS55"/>
+      <c r="BT55"/>
+      <c r="BU55"/>
+      <c r="BV55"/>
+      <c r="BW55"/>
+      <c r="BX55"/>
+      <c r="BY55"/>
+      <c r="BZ55"/>
+      <c r="CA55"/>
+      <c r="CB55"/>
+      <c r="CC55"/>
+      <c r="CD55"/>
+      <c r="CE55"/>
+      <c r="CF55"/>
+      <c r="CG55"/>
+      <c r="CH55"/>
+      <c r="CI55"/>
+      <c r="CJ55"/>
+      <c r="CK55"/>
+      <c r="CL55"/>
+      <c r="CM55"/>
+      <c r="CN55"/>
+      <c r="CO55"/>
+      <c r="CP55"/>
+      <c r="CQ55"/>
+      <c r="CR55"/>
+      <c r="CS55"/>
+    </row>
+    <row r="56" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="33"/>
+      <c r="B56" s="18"/>
+      <c r="C56" s="12"/>
+      <c r="D56" s="12"/>
+      <c r="E56" s="18"/>
+      <c r="F56" s="18"/>
+      <c r="G56" s="13"/>
+      <c r="H56" s="19"/>
+      <c r="I56" s="12"/>
+      <c r="J56" s="12"/>
+      <c r="K56" s="12"/>
+      <c r="L56" s="15"/>
+      <c r="N56" s="14"/>
+      <c r="O56" s="34"/>
+      <c r="P56"/>
+      <c r="Q56"/>
+      <c r="R56"/>
+      <c r="S56"/>
+      <c r="T56"/>
+      <c r="U56"/>
+      <c r="V56"/>
+      <c r="W56"/>
+      <c r="X56"/>
+      <c r="Y56"/>
+      <c r="Z56"/>
+      <c r="AA56"/>
+      <c r="AB56"/>
+      <c r="AC56"/>
+      <c r="AD56"/>
+      <c r="AE56"/>
+      <c r="AF56"/>
+      <c r="AG56"/>
+      <c r="AH56"/>
+      <c r="AI56"/>
+      <c r="AJ56"/>
+      <c r="AK56"/>
+      <c r="AL56"/>
+      <c r="AM56"/>
+      <c r="AN56"/>
+      <c r="AO56"/>
+      <c r="AP56"/>
+      <c r="AQ56"/>
+      <c r="AR56"/>
+      <c r="AS56"/>
+      <c r="AT56"/>
+      <c r="AU56"/>
+      <c r="AV56"/>
+      <c r="AW56"/>
+      <c r="AX56"/>
+      <c r="AY56"/>
+      <c r="AZ56"/>
+      <c r="BA56"/>
+      <c r="BB56"/>
+      <c r="BC56"/>
+      <c r="BD56"/>
+      <c r="BE56"/>
+      <c r="BF56"/>
+      <c r="BG56"/>
+      <c r="BH56"/>
+      <c r="BI56"/>
+      <c r="BJ56"/>
+      <c r="BK56"/>
+      <c r="BL56"/>
+      <c r="BM56"/>
+      <c r="BN56"/>
+      <c r="BO56"/>
+      <c r="BP56"/>
+      <c r="BQ56"/>
+      <c r="BR56"/>
+      <c r="BS56"/>
+      <c r="BT56"/>
+      <c r="BU56"/>
+      <c r="BV56"/>
+      <c r="BW56"/>
+      <c r="BX56"/>
+      <c r="BY56"/>
+      <c r="BZ56"/>
+      <c r="CA56"/>
+      <c r="CB56"/>
+      <c r="CC56"/>
+      <c r="CD56"/>
+      <c r="CE56"/>
+      <c r="CF56"/>
+      <c r="CG56"/>
+      <c r="CH56"/>
+      <c r="CI56"/>
+      <c r="CJ56"/>
+      <c r="CK56"/>
+      <c r="CL56"/>
+      <c r="CM56"/>
+      <c r="CN56"/>
+      <c r="CO56"/>
+      <c r="CP56"/>
+      <c r="CQ56"/>
+      <c r="CR56"/>
+      <c r="CS56"/>
+    </row>
+    <row r="57" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="33"/>
+      <c r="B57" s="18"/>
+      <c r="C57" s="12"/>
+      <c r="D57" s="12"/>
+      <c r="E57" s="18"/>
+      <c r="F57" s="18"/>
+      <c r="G57" s="13"/>
+      <c r="H57" s="19"/>
+      <c r="I57" s="12"/>
+      <c r="J57" s="12"/>
+      <c r="K57" s="12"/>
+      <c r="L57" s="15"/>
+      <c r="N57" s="14"/>
+      <c r="O57" s="34"/>
+      <c r="P57"/>
+      <c r="Q57"/>
+      <c r="R57"/>
+      <c r="S57"/>
+      <c r="T57"/>
+      <c r="U57"/>
+      <c r="V57"/>
+      <c r="W57"/>
+      <c r="X57"/>
+      <c r="Y57"/>
+      <c r="Z57"/>
+      <c r="AA57"/>
+      <c r="AB57"/>
+      <c r="AC57"/>
+      <c r="AD57"/>
+      <c r="AE57"/>
+      <c r="AF57"/>
+      <c r="AG57"/>
+      <c r="AH57"/>
+      <c r="AI57"/>
+      <c r="AJ57"/>
+      <c r="AK57"/>
+      <c r="AL57"/>
+      <c r="AM57"/>
+      <c r="AN57"/>
+      <c r="AO57"/>
+      <c r="AP57"/>
+      <c r="AQ57"/>
+      <c r="AR57"/>
+      <c r="AS57"/>
+      <c r="AT57"/>
+      <c r="AU57"/>
+      <c r="AV57"/>
+      <c r="AW57"/>
+      <c r="AX57"/>
+      <c r="AY57"/>
+      <c r="AZ57"/>
+      <c r="BA57"/>
+      <c r="BB57"/>
+      <c r="BC57"/>
+      <c r="BD57"/>
+      <c r="BE57"/>
+      <c r="BF57"/>
+      <c r="BG57"/>
+      <c r="BH57"/>
+      <c r="BI57"/>
+      <c r="BJ57"/>
+      <c r="BK57"/>
+      <c r="BL57"/>
+      <c r="BM57"/>
+      <c r="BN57"/>
+      <c r="BO57"/>
+      <c r="BP57"/>
+      <c r="BQ57"/>
+      <c r="BR57"/>
+      <c r="BS57"/>
+      <c r="BT57"/>
+      <c r="BU57"/>
+      <c r="BV57"/>
+      <c r="BW57"/>
+      <c r="BX57"/>
+      <c r="BY57"/>
+      <c r="BZ57"/>
+      <c r="CA57"/>
+      <c r="CB57"/>
+      <c r="CC57"/>
+      <c r="CD57"/>
+      <c r="CE57"/>
+      <c r="CF57"/>
+      <c r="CG57"/>
+      <c r="CH57"/>
+      <c r="CI57"/>
+      <c r="CJ57"/>
+      <c r="CK57"/>
+      <c r="CL57"/>
+      <c r="CM57"/>
+      <c r="CN57"/>
+      <c r="CO57"/>
+      <c r="CP57"/>
+      <c r="CQ57"/>
+      <c r="CR57"/>
+      <c r="CS57"/>
+    </row>
+    <row r="58" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="33"/>
+      <c r="B58" s="18"/>
+      <c r="C58" s="12"/>
+      <c r="D58" s="12"/>
+      <c r="E58" s="18"/>
+      <c r="F58" s="18"/>
+      <c r="G58" s="13"/>
+      <c r="H58" s="19"/>
+      <c r="I58" s="12"/>
+      <c r="J58" s="12"/>
+      <c r="K58" s="12"/>
+      <c r="L58" s="15"/>
+      <c r="N58" s="14"/>
+      <c r="O58" s="34"/>
+      <c r="P58"/>
+      <c r="Q58"/>
+      <c r="R58"/>
+      <c r="S58"/>
+      <c r="T58"/>
+      <c r="U58"/>
+      <c r="V58"/>
+      <c r="W58"/>
+      <c r="X58"/>
+      <c r="Y58"/>
+      <c r="Z58"/>
+      <c r="AA58"/>
+      <c r="AB58"/>
+      <c r="AC58"/>
+      <c r="AD58"/>
+      <c r="AE58"/>
+      <c r="AF58"/>
+      <c r="AG58"/>
+      <c r="AH58"/>
+      <c r="AI58"/>
+      <c r="AJ58"/>
+      <c r="AK58"/>
+      <c r="AL58"/>
+      <c r="AM58"/>
+      <c r="AN58"/>
+      <c r="AO58"/>
+      <c r="AP58"/>
+      <c r="AQ58"/>
+      <c r="AR58"/>
+      <c r="AS58"/>
+      <c r="AT58"/>
+      <c r="AU58"/>
+      <c r="AV58"/>
+      <c r="AW58"/>
+      <c r="AX58"/>
+      <c r="AY58"/>
+      <c r="AZ58"/>
+      <c r="BA58"/>
+      <c r="BB58"/>
+      <c r="BC58"/>
+      <c r="BD58"/>
+      <c r="BE58"/>
+      <c r="BF58"/>
+      <c r="BG58"/>
+      <c r="BH58"/>
+      <c r="BI58"/>
+      <c r="BJ58"/>
+      <c r="BK58"/>
+      <c r="BL58"/>
+      <c r="BM58"/>
+      <c r="BN58"/>
+      <c r="BO58"/>
+      <c r="BP58"/>
+      <c r="BQ58"/>
+      <c r="BR58"/>
+      <c r="BS58"/>
+      <c r="BT58"/>
+      <c r="BU58"/>
+      <c r="BV58"/>
+      <c r="BW58"/>
+      <c r="BX58"/>
+      <c r="BY58"/>
+      <c r="BZ58"/>
+      <c r="CA58"/>
+      <c r="CB58"/>
+      <c r="CC58"/>
+      <c r="CD58"/>
+      <c r="CE58"/>
+      <c r="CF58"/>
+      <c r="CG58"/>
+      <c r="CH58"/>
+      <c r="CI58"/>
+      <c r="CJ58"/>
+      <c r="CK58"/>
+      <c r="CL58"/>
+      <c r="CM58"/>
+      <c r="CN58"/>
+      <c r="CO58"/>
+      <c r="CP58"/>
+      <c r="CQ58"/>
+      <c r="CR58"/>
+      <c r="CS58"/>
+    </row>
+    <row r="59" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="33"/>
+      <c r="B59" s="18"/>
+      <c r="C59" s="12"/>
+      <c r="D59" s="12"/>
+      <c r="E59" s="18"/>
+      <c r="F59" s="18"/>
+      <c r="G59" s="13"/>
+      <c r="H59" s="19"/>
+      <c r="I59" s="12"/>
+      <c r="J59" s="12"/>
+      <c r="K59" s="12"/>
+      <c r="L59" s="15"/>
+      <c r="N59" s="14"/>
+      <c r="O59" s="34"/>
+      <c r="P59"/>
+      <c r="Q59"/>
+      <c r="R59"/>
+      <c r="S59"/>
+      <c r="T59"/>
+      <c r="U59"/>
+      <c r="V59"/>
+      <c r="W59"/>
+      <c r="X59"/>
+      <c r="Y59"/>
+      <c r="Z59"/>
+      <c r="AA59"/>
+      <c r="AB59"/>
+      <c r="AC59"/>
+      <c r="AD59"/>
+      <c r="AE59"/>
+      <c r="AF59"/>
+      <c r="AG59"/>
+      <c r="AH59"/>
+      <c r="AI59"/>
+      <c r="AJ59"/>
+      <c r="AK59"/>
+      <c r="AL59"/>
+      <c r="AM59"/>
+      <c r="AN59"/>
+      <c r="AO59"/>
+      <c r="AP59"/>
+      <c r="AQ59"/>
+      <c r="AR59"/>
+      <c r="AS59"/>
+      <c r="AT59"/>
+      <c r="AU59"/>
+      <c r="AV59"/>
+      <c r="AW59"/>
+      <c r="AX59"/>
+      <c r="AY59"/>
+      <c r="AZ59"/>
+      <c r="BA59"/>
+      <c r="BB59"/>
+      <c r="BC59"/>
+      <c r="BD59"/>
+      <c r="BE59"/>
+      <c r="BF59"/>
+      <c r="BG59"/>
+      <c r="BH59"/>
+      <c r="BI59"/>
+      <c r="BJ59"/>
+      <c r="BK59"/>
+      <c r="BL59"/>
+      <c r="BM59"/>
+      <c r="BN59"/>
+      <c r="BO59"/>
+      <c r="BP59"/>
+      <c r="BQ59"/>
+      <c r="BR59"/>
+      <c r="BS59"/>
+      <c r="BT59"/>
+      <c r="BU59"/>
+      <c r="BV59"/>
+      <c r="BW59"/>
+      <c r="BX59"/>
+      <c r="BY59"/>
+      <c r="BZ59"/>
+      <c r="CA59"/>
+      <c r="CB59"/>
+      <c r="CC59"/>
+      <c r="CD59"/>
+      <c r="CE59"/>
+      <c r="CF59"/>
+      <c r="CG59"/>
+      <c r="CH59"/>
+      <c r="CI59"/>
+      <c r="CJ59"/>
+      <c r="CK59"/>
+      <c r="CL59"/>
+      <c r="CM59"/>
+      <c r="CN59"/>
+      <c r="CO59"/>
+      <c r="CP59"/>
+      <c r="CQ59"/>
+      <c r="CR59"/>
+      <c r="CS59"/>
+    </row>
+    <row r="60" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="33"/>
+      <c r="B60" s="18"/>
+      <c r="C60" s="12"/>
+      <c r="D60" s="12"/>
+      <c r="E60" s="18"/>
+      <c r="F60" s="18"/>
+      <c r="G60" s="13"/>
+      <c r="H60" s="19"/>
+      <c r="I60" s="12"/>
+      <c r="J60" s="12"/>
+      <c r="K60" s="12"/>
+      <c r="L60" s="15"/>
+      <c r="N60" s="14"/>
+      <c r="O60" s="34"/>
+      <c r="P60"/>
+      <c r="Q60"/>
+      <c r="R60"/>
+      <c r="S60"/>
+      <c r="T60"/>
+      <c r="U60"/>
+      <c r="V60"/>
+      <c r="W60"/>
+      <c r="X60"/>
+      <c r="Y60"/>
+      <c r="Z60"/>
+      <c r="AA60"/>
+      <c r="AB60"/>
+      <c r="AC60"/>
+      <c r="AD60"/>
+      <c r="AE60"/>
+      <c r="AF60"/>
+      <c r="AG60"/>
+      <c r="AH60"/>
+      <c r="AI60"/>
+      <c r="AJ60"/>
+      <c r="AK60"/>
+      <c r="AL60"/>
+      <c r="AM60"/>
+      <c r="AN60"/>
+      <c r="AO60"/>
+      <c r="AP60"/>
+      <c r="AQ60"/>
+      <c r="AR60"/>
+      <c r="AS60"/>
+      <c r="AT60"/>
+      <c r="AU60"/>
+      <c r="AV60"/>
+      <c r="AW60"/>
+      <c r="AX60"/>
+      <c r="AY60"/>
+      <c r="AZ60"/>
+      <c r="BA60"/>
+      <c r="BB60"/>
+      <c r="BC60"/>
+      <c r="BD60"/>
+      <c r="BE60"/>
+      <c r="BF60"/>
+      <c r="BG60"/>
+      <c r="BH60"/>
+      <c r="BI60"/>
+      <c r="BJ60"/>
+      <c r="BK60"/>
+      <c r="BL60"/>
+      <c r="BM60"/>
+      <c r="BN60"/>
+      <c r="BO60"/>
+      <c r="BP60"/>
+      <c r="BQ60"/>
+      <c r="BR60"/>
+      <c r="BS60"/>
+      <c r="BT60"/>
+      <c r="BU60"/>
+      <c r="BV60"/>
+      <c r="BW60"/>
+      <c r="BX60"/>
+      <c r="BY60"/>
+      <c r="BZ60"/>
+      <c r="CA60"/>
+      <c r="CB60"/>
+      <c r="CC60"/>
+      <c r="CD60"/>
+      <c r="CE60"/>
+      <c r="CF60"/>
+      <c r="CG60"/>
+      <c r="CH60"/>
+      <c r="CI60"/>
+      <c r="CJ60"/>
+      <c r="CK60"/>
+      <c r="CL60"/>
+      <c r="CM60"/>
+      <c r="CN60"/>
+      <c r="CO60"/>
+      <c r="CP60"/>
+      <c r="CQ60"/>
+      <c r="CR60"/>
+      <c r="CS60"/>
+    </row>
+    <row r="61" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="33"/>
+      <c r="B61" s="18"/>
+      <c r="C61" s="12"/>
+      <c r="D61" s="12"/>
+      <c r="E61" s="18"/>
+      <c r="F61" s="18"/>
+      <c r="G61" s="13"/>
+      <c r="H61" s="19"/>
+      <c r="I61" s="12"/>
+      <c r="J61" s="12"/>
+      <c r="K61" s="12"/>
+      <c r="L61" s="15"/>
+      <c r="N61" s="14"/>
+      <c r="O61" s="34"/>
+      <c r="P61"/>
+      <c r="Q61"/>
+      <c r="R61"/>
+      <c r="S61"/>
+      <c r="T61"/>
+      <c r="U61"/>
+      <c r="V61"/>
+      <c r="W61"/>
+      <c r="X61"/>
+      <c r="Y61"/>
+      <c r="Z61"/>
+      <c r="AA61"/>
+      <c r="AB61"/>
+      <c r="AC61"/>
+      <c r="AD61"/>
+      <c r="AE61"/>
+      <c r="AF61"/>
+      <c r="AG61"/>
+      <c r="AH61"/>
+      <c r="AI61"/>
+      <c r="AJ61"/>
+      <c r="AK61"/>
+      <c r="AL61"/>
+      <c r="AM61"/>
+      <c r="AN61"/>
+      <c r="AO61"/>
+      <c r="AP61"/>
+      <c r="AQ61"/>
+      <c r="AR61"/>
+      <c r="AS61"/>
+      <c r="AT61"/>
+      <c r="AU61"/>
+      <c r="AV61"/>
+      <c r="AW61"/>
+      <c r="AX61"/>
+      <c r="AY61"/>
+      <c r="AZ61"/>
+      <c r="BA61"/>
+      <c r="BB61"/>
+      <c r="BC61"/>
+      <c r="BD61"/>
+      <c r="BE61"/>
+      <c r="BF61"/>
+      <c r="BG61"/>
+      <c r="BH61"/>
+      <c r="BI61"/>
+      <c r="BJ61"/>
+      <c r="BK61"/>
+      <c r="BL61"/>
+      <c r="BM61"/>
+      <c r="BN61"/>
+      <c r="BO61"/>
+      <c r="BP61"/>
+      <c r="BQ61"/>
+      <c r="BR61"/>
+      <c r="BS61"/>
+      <c r="BT61"/>
+      <c r="BU61"/>
+      <c r="BV61"/>
+      <c r="BW61"/>
+      <c r="BX61"/>
+      <c r="BY61"/>
+      <c r="BZ61"/>
+      <c r="CA61"/>
+      <c r="CB61"/>
+      <c r="CC61"/>
+      <c r="CD61"/>
+      <c r="CE61"/>
+      <c r="CF61"/>
+      <c r="CG61"/>
+      <c r="CH61"/>
+      <c r="CI61"/>
+      <c r="CJ61"/>
+      <c r="CK61"/>
+      <c r="CL61"/>
+      <c r="CM61"/>
+      <c r="CN61"/>
+      <c r="CO61"/>
+      <c r="CP61"/>
+      <c r="CQ61"/>
+      <c r="CR61"/>
+      <c r="CS61"/>
+    </row>
+    <row r="62" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="33"/>
+      <c r="B62" s="18"/>
+      <c r="C62" s="12"/>
+      <c r="D62" s="12"/>
+      <c r="E62" s="18"/>
+      <c r="F62" s="18"/>
+      <c r="G62" s="13"/>
+      <c r="H62" s="19"/>
+      <c r="I62" s="12"/>
+      <c r="J62" s="12"/>
+      <c r="K62" s="12"/>
+      <c r="L62" s="15"/>
+      <c r="N62" s="14"/>
+      <c r="O62" s="34"/>
+      <c r="P62"/>
+      <c r="Q62"/>
+      <c r="R62"/>
+      <c r="S62"/>
+      <c r="T62"/>
+      <c r="U62"/>
+      <c r="V62"/>
+      <c r="W62"/>
+      <c r="X62"/>
+      <c r="Y62"/>
+      <c r="Z62"/>
+      <c r="AA62"/>
+      <c r="AB62"/>
+      <c r="AC62"/>
+      <c r="AD62"/>
+      <c r="AE62"/>
+      <c r="AF62"/>
+      <c r="AG62"/>
+      <c r="AH62"/>
+      <c r="AI62"/>
+      <c r="AJ62"/>
+      <c r="AK62"/>
+      <c r="AL62"/>
+      <c r="AM62"/>
+      <c r="AN62"/>
+      <c r="AO62"/>
+      <c r="AP62"/>
+      <c r="AQ62"/>
+      <c r="AR62"/>
+      <c r="AS62"/>
+      <c r="AT62"/>
+      <c r="AU62"/>
+      <c r="AV62"/>
+      <c r="AW62"/>
+      <c r="AX62"/>
+      <c r="AY62"/>
+      <c r="AZ62"/>
+      <c r="BA62"/>
+      <c r="BB62"/>
+      <c r="BC62"/>
+      <c r="BD62"/>
+      <c r="BE62"/>
+      <c r="BF62"/>
+      <c r="BG62"/>
+      <c r="BH62"/>
+      <c r="BI62"/>
+      <c r="BJ62"/>
+      <c r="BK62"/>
+      <c r="BL62"/>
+      <c r="BM62"/>
+      <c r="BN62"/>
+      <c r="BO62"/>
+      <c r="BP62"/>
+      <c r="BQ62"/>
+      <c r="BR62"/>
+      <c r="BS62"/>
+      <c r="BT62"/>
+      <c r="BU62"/>
+      <c r="BV62"/>
+      <c r="BW62"/>
+      <c r="BX62"/>
+      <c r="BY62"/>
+      <c r="BZ62"/>
+      <c r="CA62"/>
+      <c r="CB62"/>
+      <c r="CC62"/>
+      <c r="CD62"/>
+      <c r="CE62"/>
+      <c r="CF62"/>
+      <c r="CG62"/>
+      <c r="CH62"/>
+      <c r="CI62"/>
+      <c r="CJ62"/>
+      <c r="CK62"/>
+      <c r="CL62"/>
+      <c r="CM62"/>
+      <c r="CN62"/>
+      <c r="CO62"/>
+      <c r="CP62"/>
+      <c r="CQ62"/>
+      <c r="CR62"/>
+      <c r="CS62"/>
+    </row>
+    <row r="63" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="33"/>
+      <c r="B63" s="18"/>
+      <c r="C63" s="12"/>
+      <c r="D63" s="12"/>
+      <c r="E63" s="18"/>
+      <c r="F63" s="18"/>
+      <c r="G63" s="13"/>
+      <c r="H63" s="19"/>
+      <c r="I63" s="12"/>
+      <c r="J63" s="12"/>
+      <c r="K63" s="12"/>
+      <c r="L63" s="15"/>
+      <c r="N63" s="14"/>
+      <c r="O63" s="34"/>
+      <c r="P63"/>
+      <c r="Q63"/>
+      <c r="R63"/>
+      <c r="S63"/>
+      <c r="T63"/>
+      <c r="U63"/>
+      <c r="V63"/>
+      <c r="W63"/>
+      <c r="X63"/>
+      <c r="Y63"/>
+      <c r="Z63"/>
+      <c r="AA63"/>
+      <c r="AB63"/>
+      <c r="AC63"/>
+      <c r="AD63"/>
+      <c r="AE63"/>
+      <c r="AF63"/>
+      <c r="AG63"/>
+      <c r="AH63"/>
+      <c r="AI63"/>
+      <c r="AJ63"/>
+      <c r="AK63"/>
+      <c r="AL63"/>
+      <c r="AM63"/>
+      <c r="AN63"/>
+      <c r="AO63"/>
+      <c r="AP63"/>
+      <c r="AQ63"/>
+      <c r="AR63"/>
+      <c r="AS63"/>
+      <c r="AT63"/>
+      <c r="AU63"/>
+      <c r="AV63"/>
+      <c r="AW63"/>
+      <c r="AX63"/>
+      <c r="AY63"/>
+      <c r="AZ63"/>
+      <c r="BA63"/>
+      <c r="BB63"/>
+      <c r="BC63"/>
+      <c r="BD63"/>
+      <c r="BE63"/>
+      <c r="BF63"/>
+      <c r="BG63"/>
+      <c r="BH63"/>
+      <c r="BI63"/>
+      <c r="BJ63"/>
+      <c r="BK63"/>
+      <c r="BL63"/>
+      <c r="BM63"/>
+      <c r="BN63"/>
+      <c r="BO63"/>
+      <c r="BP63"/>
+      <c r="BQ63"/>
+      <c r="BR63"/>
+      <c r="BS63"/>
+      <c r="BT63"/>
+      <c r="BU63"/>
+      <c r="BV63"/>
+      <c r="BW63"/>
+      <c r="BX63"/>
+      <c r="BY63"/>
+      <c r="BZ63"/>
+      <c r="CA63"/>
+      <c r="CB63"/>
+      <c r="CC63"/>
+      <c r="CD63"/>
+      <c r="CE63"/>
+      <c r="CF63"/>
+      <c r="CG63"/>
+      <c r="CH63"/>
+      <c r="CI63"/>
+      <c r="CJ63"/>
+      <c r="CK63"/>
+      <c r="CL63"/>
+      <c r="CM63"/>
+      <c r="CN63"/>
+      <c r="CO63"/>
+      <c r="CP63"/>
+      <c r="CQ63"/>
+      <c r="CR63"/>
+      <c r="CS63"/>
+    </row>
+    <row r="64" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="33"/>
+      <c r="B64" s="18"/>
+      <c r="C64" s="12"/>
+      <c r="D64" s="12"/>
+      <c r="E64" s="18"/>
+      <c r="F64" s="18"/>
+      <c r="G64" s="13"/>
+      <c r="H64" s="19"/>
+      <c r="I64" s="12"/>
+      <c r="J64" s="12"/>
+      <c r="K64" s="12"/>
+      <c r="L64" s="15"/>
+      <c r="N64" s="14"/>
+      <c r="O64" s="34"/>
+      <c r="P64"/>
+      <c r="Q64"/>
+      <c r="R64"/>
+      <c r="S64"/>
+      <c r="T64"/>
+      <c r="U64"/>
+      <c r="V64"/>
+      <c r="W64"/>
+      <c r="X64"/>
+      <c r="Y64"/>
+      <c r="Z64"/>
+      <c r="AA64"/>
+      <c r="AB64"/>
+      <c r="AC64"/>
+      <c r="AD64"/>
+      <c r="AE64"/>
+      <c r="AF64"/>
+      <c r="AG64"/>
+      <c r="AH64"/>
+      <c r="AI64"/>
+      <c r="AJ64"/>
+      <c r="AK64"/>
+      <c r="AL64"/>
+      <c r="AM64"/>
+      <c r="AN64"/>
+      <c r="AO64"/>
+      <c r="AP64"/>
+      <c r="AQ64"/>
+      <c r="AR64"/>
+      <c r="AS64"/>
+      <c r="AT64"/>
+      <c r="AU64"/>
+      <c r="AV64"/>
+      <c r="AW64"/>
+      <c r="AX64"/>
+      <c r="AY64"/>
+      <c r="AZ64"/>
+      <c r="BA64"/>
+      <c r="BB64"/>
+      <c r="BC64"/>
+      <c r="BD64"/>
+      <c r="BE64"/>
+      <c r="BF64"/>
+      <c r="BG64"/>
+      <c r="BH64"/>
+      <c r="BI64"/>
+      <c r="BJ64"/>
+      <c r="BK64"/>
+      <c r="BL64"/>
+      <c r="BM64"/>
+      <c r="BN64"/>
+      <c r="BO64"/>
+      <c r="BP64"/>
+      <c r="BQ64"/>
+      <c r="BR64"/>
+      <c r="BS64"/>
+      <c r="BT64"/>
+      <c r="BU64"/>
+      <c r="BV64"/>
+      <c r="BW64"/>
+      <c r="BX64"/>
+      <c r="BY64"/>
+      <c r="BZ64"/>
+      <c r="CA64"/>
+      <c r="CB64"/>
+      <c r="CC64"/>
+      <c r="CD64"/>
+      <c r="CE64"/>
+      <c r="CF64"/>
+      <c r="CG64"/>
+      <c r="CH64"/>
+      <c r="CI64"/>
+      <c r="CJ64"/>
+      <c r="CK64"/>
+      <c r="CL64"/>
+      <c r="CM64"/>
+      <c r="CN64"/>
+      <c r="CO64"/>
+      <c r="CP64"/>
+      <c r="CQ64"/>
+      <c r="CR64"/>
+      <c r="CS64"/>
+    </row>
+    <row r="65" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="33"/>
+      <c r="B65" s="18"/>
+      <c r="C65" s="12"/>
+      <c r="D65" s="12"/>
+      <c r="E65" s="18"/>
+      <c r="F65" s="18"/>
+      <c r="G65" s="13"/>
+      <c r="H65" s="19"/>
+      <c r="I65" s="12"/>
+      <c r="J65" s="12"/>
+      <c r="K65" s="12"/>
+      <c r="L65" s="15"/>
+      <c r="N65" s="14"/>
+      <c r="O65" s="34"/>
+      <c r="P65"/>
+      <c r="Q65"/>
+      <c r="R65"/>
+      <c r="S65"/>
+      <c r="T65"/>
+      <c r="U65"/>
+      <c r="V65"/>
+      <c r="W65"/>
+      <c r="X65"/>
+      <c r="Y65"/>
+      <c r="Z65"/>
+      <c r="AA65"/>
+      <c r="AB65"/>
+      <c r="AC65"/>
+      <c r="AD65"/>
+      <c r="AE65"/>
+      <c r="AF65"/>
+      <c r="AG65"/>
+      <c r="AH65"/>
+      <c r="AI65"/>
+      <c r="AJ65"/>
+      <c r="AK65"/>
+      <c r="AL65"/>
+      <c r="AM65"/>
+      <c r="AN65"/>
+      <c r="AO65"/>
+      <c r="AP65"/>
+      <c r="AQ65"/>
+      <c r="AR65"/>
+      <c r="AS65"/>
+      <c r="AT65"/>
+      <c r="AU65"/>
+      <c r="AV65"/>
+      <c r="AW65"/>
+      <c r="AX65"/>
+      <c r="AY65"/>
+      <c r="AZ65"/>
+      <c r="BA65"/>
+      <c r="BB65"/>
+      <c r="BC65"/>
+      <c r="BD65"/>
+      <c r="BE65"/>
+      <c r="BF65"/>
+      <c r="BG65"/>
+      <c r="BH65"/>
+      <c r="BI65"/>
+      <c r="BJ65"/>
+      <c r="BK65"/>
+      <c r="BL65"/>
+      <c r="BM65"/>
+      <c r="BN65"/>
+      <c r="BO65"/>
+      <c r="BP65"/>
+      <c r="BQ65"/>
+      <c r="BR65"/>
+      <c r="BS65"/>
+      <c r="BT65"/>
+      <c r="BU65"/>
+      <c r="BV65"/>
+      <c r="BW65"/>
+      <c r="BX65"/>
+      <c r="BY65"/>
+      <c r="BZ65"/>
+      <c r="CA65"/>
+      <c r="CB65"/>
+      <c r="CC65"/>
+      <c r="CD65"/>
+      <c r="CE65"/>
+      <c r="CF65"/>
+      <c r="CG65"/>
+      <c r="CH65"/>
+      <c r="CI65"/>
+      <c r="CJ65"/>
+      <c r="CK65"/>
+      <c r="CL65"/>
+      <c r="CM65"/>
+      <c r="CN65"/>
+      <c r="CO65"/>
+      <c r="CP65"/>
+      <c r="CQ65"/>
+      <c r="CR65"/>
+      <c r="CS65"/>
+    </row>
+    <row r="66" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="33"/>
+      <c r="B66" s="18"/>
+      <c r="C66" s="12"/>
+      <c r="D66" s="12"/>
+      <c r="E66" s="18"/>
+      <c r="F66" s="18"/>
+      <c r="G66" s="13"/>
+      <c r="H66" s="19"/>
+      <c r="I66" s="12"/>
+      <c r="J66" s="12"/>
+      <c r="K66" s="12"/>
+      <c r="L66" s="15"/>
+      <c r="N66" s="14"/>
+      <c r="O66" s="34"/>
+      <c r="P66"/>
+      <c r="Q66"/>
+      <c r="R66"/>
+      <c r="S66"/>
+      <c r="T66"/>
+      <c r="U66"/>
+      <c r="V66"/>
+      <c r="W66"/>
+      <c r="X66"/>
+      <c r="Y66"/>
+      <c r="Z66"/>
+      <c r="AA66"/>
+      <c r="AB66"/>
+      <c r="AC66"/>
+      <c r="AD66"/>
+      <c r="AE66"/>
+      <c r="AF66"/>
+      <c r="AG66"/>
+      <c r="AH66"/>
+      <c r="AI66"/>
+      <c r="AJ66"/>
+      <c r="AK66"/>
+      <c r="AL66"/>
+      <c r="AM66"/>
+      <c r="AN66"/>
+      <c r="AO66"/>
+      <c r="AP66"/>
+      <c r="AQ66"/>
+      <c r="AR66"/>
+      <c r="AS66"/>
+      <c r="AT66"/>
+      <c r="AU66"/>
+      <c r="AV66"/>
+      <c r="AW66"/>
+      <c r="AX66"/>
+      <c r="AY66"/>
+      <c r="AZ66"/>
+      <c r="BA66"/>
+      <c r="BB66"/>
+      <c r="BC66"/>
+      <c r="BD66"/>
+      <c r="BE66"/>
+      <c r="BF66"/>
+      <c r="BG66"/>
+      <c r="BH66"/>
+      <c r="BI66"/>
+      <c r="BJ66"/>
+      <c r="BK66"/>
+      <c r="BL66"/>
+      <c r="BM66"/>
+      <c r="BN66"/>
+      <c r="BO66"/>
+      <c r="BP66"/>
+      <c r="BQ66"/>
+      <c r="BR66"/>
+      <c r="BS66"/>
+      <c r="BT66"/>
+      <c r="BU66"/>
+      <c r="BV66"/>
+      <c r="BW66"/>
+      <c r="BX66"/>
+      <c r="BY66"/>
+      <c r="BZ66"/>
+      <c r="CA66"/>
+      <c r="CB66"/>
+      <c r="CC66"/>
+      <c r="CD66"/>
+      <c r="CE66"/>
+      <c r="CF66"/>
+      <c r="CG66"/>
+      <c r="CH66"/>
+      <c r="CI66"/>
+      <c r="CJ66"/>
+      <c r="CK66"/>
+      <c r="CL66"/>
+      <c r="CM66"/>
+      <c r="CN66"/>
+      <c r="CO66"/>
+      <c r="CP66"/>
+      <c r="CQ66"/>
+      <c r="CR66"/>
+      <c r="CS66"/>
+    </row>
+    <row r="67" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="33"/>
+      <c r="B67" s="18"/>
+      <c r="C67" s="12"/>
+      <c r="D67" s="12"/>
+      <c r="E67" s="18"/>
+      <c r="F67" s="18"/>
+      <c r="G67" s="13"/>
+      <c r="H67" s="19"/>
+      <c r="I67" s="12"/>
+      <c r="J67" s="12"/>
+      <c r="K67" s="12"/>
+      <c r="L67" s="15"/>
+      <c r="N67" s="14"/>
+      <c r="O67" s="34"/>
+      <c r="P67"/>
+      <c r="Q67"/>
+      <c r="R67"/>
+      <c r="S67"/>
+      <c r="T67"/>
+      <c r="U67"/>
+      <c r="V67"/>
+      <c r="W67"/>
+      <c r="X67"/>
+      <c r="Y67"/>
+      <c r="Z67"/>
+      <c r="AA67"/>
+      <c r="AB67"/>
+      <c r="AC67"/>
+      <c r="AD67"/>
+      <c r="AE67"/>
+      <c r="AF67"/>
+      <c r="AG67"/>
+      <c r="AH67"/>
+      <c r="AI67"/>
+      <c r="AJ67"/>
+      <c r="AK67"/>
+      <c r="AL67"/>
+      <c r="AM67"/>
+      <c r="AN67"/>
+      <c r="AO67"/>
+      <c r="AP67"/>
+      <c r="AQ67"/>
+      <c r="AR67"/>
+      <c r="AS67"/>
+      <c r="AT67"/>
+      <c r="AU67"/>
+      <c r="AV67"/>
+      <c r="AW67"/>
+      <c r="AX67"/>
+      <c r="AY67"/>
+      <c r="AZ67"/>
+      <c r="BA67"/>
+      <c r="BB67"/>
+      <c r="BC67"/>
+      <c r="BD67"/>
+      <c r="BE67"/>
+      <c r="BF67"/>
+      <c r="BG67"/>
+      <c r="BH67"/>
+      <c r="BI67"/>
+      <c r="BJ67"/>
+      <c r="BK67"/>
+      <c r="BL67"/>
+      <c r="BM67"/>
+      <c r="BN67"/>
+      <c r="BO67"/>
+      <c r="BP67"/>
+      <c r="BQ67"/>
+      <c r="BR67"/>
+      <c r="BS67"/>
+      <c r="BT67"/>
+      <c r="BU67"/>
+      <c r="BV67"/>
+      <c r="BW67"/>
+      <c r="BX67"/>
+      <c r="BY67"/>
+      <c r="BZ67"/>
+      <c r="CA67"/>
+      <c r="CB67"/>
+      <c r="CC67"/>
+      <c r="CD67"/>
+      <c r="CE67"/>
+      <c r="CF67"/>
+      <c r="CG67"/>
+      <c r="CH67"/>
+      <c r="CI67"/>
+      <c r="CJ67"/>
+      <c r="CK67"/>
+      <c r="CL67"/>
+      <c r="CM67"/>
+      <c r="CN67"/>
+      <c r="CO67"/>
+      <c r="CP67"/>
+      <c r="CQ67"/>
+      <c r="CR67"/>
+      <c r="CS67"/>
+    </row>
+    <row r="68" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="33"/>
+      <c r="B68" s="18"/>
+      <c r="C68" s="12"/>
+      <c r="D68" s="12"/>
+      <c r="E68" s="18"/>
+      <c r="F68" s="18"/>
+      <c r="G68" s="13"/>
+      <c r="H68" s="19"/>
+      <c r="I68" s="12"/>
+      <c r="J68" s="12"/>
+      <c r="K68" s="12"/>
+      <c r="L68" s="15"/>
+      <c r="N68" s="14"/>
+      <c r="O68" s="34"/>
+      <c r="P68"/>
+      <c r="Q68"/>
+      <c r="R68"/>
+      <c r="S68"/>
+      <c r="T68"/>
+      <c r="U68"/>
+      <c r="V68"/>
+      <c r="W68"/>
+      <c r="X68"/>
+      <c r="Y68"/>
+      <c r="Z68"/>
+      <c r="AA68"/>
+      <c r="AB68"/>
+      <c r="AC68"/>
+      <c r="AD68"/>
+      <c r="AE68"/>
+      <c r="AF68"/>
+      <c r="AG68"/>
+      <c r="AH68"/>
+      <c r="AI68"/>
+      <c r="AJ68"/>
+      <c r="AK68"/>
+      <c r="AL68"/>
+      <c r="AM68"/>
+      <c r="AN68"/>
+      <c r="AO68"/>
+      <c r="AP68"/>
+      <c r="AQ68"/>
+      <c r="AR68"/>
+      <c r="AS68"/>
+      <c r="AT68"/>
+      <c r="AU68"/>
+      <c r="AV68"/>
+      <c r="AW68"/>
+      <c r="AX68"/>
+      <c r="AY68"/>
+      <c r="AZ68"/>
+      <c r="BA68"/>
+      <c r="BB68"/>
+      <c r="BC68"/>
+      <c r="BD68"/>
+      <c r="BE68"/>
+      <c r="BF68"/>
+      <c r="BG68"/>
+      <c r="BH68"/>
+      <c r="BI68"/>
+      <c r="BJ68"/>
+      <c r="BK68"/>
+      <c r="BL68"/>
+      <c r="BM68"/>
+      <c r="BN68"/>
+      <c r="BO68"/>
+      <c r="BP68"/>
+      <c r="BQ68"/>
+      <c r="BR68"/>
+      <c r="BS68"/>
+      <c r="BT68"/>
+      <c r="BU68"/>
+      <c r="BV68"/>
+      <c r="BW68"/>
+      <c r="BX68"/>
+      <c r="BY68"/>
+      <c r="BZ68"/>
+      <c r="CA68"/>
+      <c r="CB68"/>
+      <c r="CC68"/>
+      <c r="CD68"/>
+      <c r="CE68"/>
+      <c r="CF68"/>
+      <c r="CG68"/>
+      <c r="CH68"/>
+      <c r="CI68"/>
+      <c r="CJ68"/>
+      <c r="CK68"/>
+      <c r="CL68"/>
+      <c r="CM68"/>
+      <c r="CN68"/>
+      <c r="CO68"/>
+      <c r="CP68"/>
+      <c r="CQ68"/>
+      <c r="CR68"/>
+      <c r="CS68"/>
+    </row>
+    <row r="69" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="33"/>
+      <c r="B69" s="18"/>
+      <c r="C69" s="12"/>
+      <c r="D69" s="12"/>
+      <c r="E69" s="18"/>
+      <c r="F69" s="18"/>
+      <c r="G69" s="13"/>
+      <c r="H69" s="19"/>
+      <c r="I69" s="12"/>
+      <c r="J69" s="12"/>
+      <c r="K69" s="12"/>
+      <c r="L69" s="15"/>
+      <c r="N69" s="14"/>
+      <c r="O69" s="34"/>
+      <c r="P69"/>
+      <c r="Q69"/>
+      <c r="R69"/>
+      <c r="S69"/>
+      <c r="T69"/>
+      <c r="U69"/>
+      <c r="V69"/>
+      <c r="W69"/>
+      <c r="X69"/>
+      <c r="Y69"/>
+      <c r="Z69"/>
+      <c r="AA69"/>
+      <c r="AB69"/>
+      <c r="AC69"/>
+      <c r="AD69"/>
+      <c r="AE69"/>
+      <c r="AF69"/>
+      <c r="AG69"/>
+      <c r="AH69"/>
+      <c r="AI69"/>
+      <c r="AJ69"/>
+      <c r="AK69"/>
+      <c r="AL69"/>
+      <c r="AM69"/>
+      <c r="AN69"/>
+      <c r="AO69"/>
+      <c r="AP69"/>
+      <c r="AQ69"/>
+      <c r="AR69"/>
+      <c r="AS69"/>
+      <c r="AT69"/>
+      <c r="AU69"/>
+      <c r="AV69"/>
+      <c r="AW69"/>
+      <c r="AX69"/>
+      <c r="AY69"/>
+      <c r="AZ69"/>
+      <c r="BA69"/>
+      <c r="BB69"/>
+      <c r="BC69"/>
+      <c r="BD69"/>
+      <c r="BE69"/>
+      <c r="BF69"/>
+      <c r="BG69"/>
+      <c r="BH69"/>
+      <c r="BI69"/>
+      <c r="BJ69"/>
+      <c r="BK69"/>
+      <c r="BL69"/>
+      <c r="BM69"/>
+      <c r="BN69"/>
+      <c r="BO69"/>
+      <c r="BP69"/>
+      <c r="BQ69"/>
+      <c r="BR69"/>
+      <c r="BS69"/>
+      <c r="BT69"/>
+      <c r="BU69"/>
+      <c r="BV69"/>
+      <c r="BW69"/>
+      <c r="BX69"/>
+      <c r="BY69"/>
+      <c r="BZ69"/>
+      <c r="CA69"/>
+      <c r="CB69"/>
+      <c r="CC69"/>
+      <c r="CD69"/>
+      <c r="CE69"/>
+      <c r="CF69"/>
+      <c r="CG69"/>
+      <c r="CH69"/>
+      <c r="CI69"/>
+      <c r="CJ69"/>
+      <c r="CK69"/>
+      <c r="CL69"/>
+      <c r="CM69"/>
+      <c r="CN69"/>
+      <c r="CO69"/>
+      <c r="CP69"/>
+      <c r="CQ69"/>
+      <c r="CR69"/>
+      <c r="CS69"/>
+    </row>
+    <row r="70" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="33"/>
+      <c r="B70" s="18"/>
+      <c r="C70" s="12"/>
+      <c r="D70" s="12"/>
+      <c r="E70" s="18"/>
+      <c r="F70" s="18"/>
+      <c r="G70" s="13"/>
+      <c r="H70" s="19"/>
+      <c r="I70" s="12"/>
+      <c r="J70" s="12"/>
+      <c r="K70" s="12"/>
+      <c r="L70" s="15"/>
+      <c r="N70" s="14"/>
+      <c r="O70" s="34"/>
+      <c r="P70"/>
+      <c r="Q70"/>
+      <c r="R70"/>
+      <c r="S70"/>
+      <c r="T70"/>
+      <c r="U70"/>
+      <c r="V70"/>
+      <c r="W70"/>
+      <c r="X70"/>
+      <c r="Y70"/>
+      <c r="Z70"/>
+      <c r="AA70"/>
+      <c r="AB70"/>
+      <c r="AC70"/>
+      <c r="AD70"/>
+      <c r="AE70"/>
+      <c r="AF70"/>
+      <c r="AG70"/>
+      <c r="AH70"/>
+      <c r="AI70"/>
+      <c r="AJ70"/>
+      <c r="AK70"/>
+      <c r="AL70"/>
+      <c r="AM70"/>
+      <c r="AN70"/>
+      <c r="AO70"/>
+      <c r="AP70"/>
+      <c r="AQ70"/>
+      <c r="AR70"/>
+      <c r="AS70"/>
+      <c r="AT70"/>
+      <c r="AU70"/>
+      <c r="AV70"/>
+      <c r="AW70"/>
+      <c r="AX70"/>
+      <c r="AY70"/>
+      <c r="AZ70"/>
+      <c r="BA70"/>
+      <c r="BB70"/>
+      <c r="BC70"/>
+      <c r="BD70"/>
+      <c r="BE70"/>
+      <c r="BF70"/>
+      <c r="BG70"/>
+      <c r="BH70"/>
+      <c r="BI70"/>
+      <c r="BJ70"/>
+      <c r="BK70"/>
+      <c r="BL70"/>
+      <c r="BM70"/>
+      <c r="BN70"/>
+      <c r="BO70"/>
+      <c r="BP70"/>
+      <c r="BQ70"/>
+      <c r="BR70"/>
+      <c r="BS70"/>
+      <c r="BT70"/>
+      <c r="BU70"/>
+      <c r="BV70"/>
+      <c r="BW70"/>
+      <c r="BX70"/>
+      <c r="BY70"/>
+      <c r="BZ70"/>
+      <c r="CA70"/>
+      <c r="CB70"/>
+      <c r="CC70"/>
+      <c r="CD70"/>
+      <c r="CE70"/>
+      <c r="CF70"/>
+      <c r="CG70"/>
+      <c r="CH70"/>
+      <c r="CI70"/>
+      <c r="CJ70"/>
+      <c r="CK70"/>
+      <c r="CL70"/>
+      <c r="CM70"/>
+      <c r="CN70"/>
+      <c r="CO70"/>
+      <c r="CP70"/>
+      <c r="CQ70"/>
+      <c r="CR70"/>
+      <c r="CS70"/>
+    </row>
+    <row r="71" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="33"/>
+      <c r="B71" s="18"/>
+      <c r="C71" s="12"/>
+      <c r="D71" s="12"/>
+      <c r="E71" s="18"/>
+      <c r="F71" s="18"/>
+      <c r="G71" s="13"/>
+      <c r="H71" s="19"/>
+      <c r="I71" s="12"/>
+      <c r="J71" s="12"/>
+      <c r="K71" s="12"/>
+      <c r="L71" s="15"/>
+      <c r="N71" s="14"/>
+      <c r="O71" s="34"/>
+      <c r="P71"/>
+      <c r="Q71"/>
+      <c r="R71"/>
+      <c r="S71"/>
+      <c r="T71"/>
+      <c r="U71"/>
+      <c r="V71"/>
+      <c r="W71"/>
+      <c r="X71"/>
+      <c r="Y71"/>
+      <c r="Z71"/>
+      <c r="AA71"/>
+      <c r="AB71"/>
+      <c r="AC71"/>
+      <c r="AD71"/>
+      <c r="AE71"/>
+      <c r="AF71"/>
+      <c r="AG71"/>
+      <c r="AH71"/>
+      <c r="AI71"/>
+      <c r="AJ71"/>
+      <c r="AK71"/>
+      <c r="AL71"/>
+      <c r="AM71"/>
+      <c r="AN71"/>
+      <c r="AO71"/>
+      <c r="AP71"/>
+      <c r="AQ71"/>
+      <c r="AR71"/>
+      <c r="AS71"/>
+      <c r="AT71"/>
+      <c r="AU71"/>
+      <c r="AV71"/>
+      <c r="AW71"/>
+      <c r="AX71"/>
+      <c r="AY71"/>
+      <c r="AZ71"/>
+      <c r="BA71"/>
+      <c r="BB71"/>
+      <c r="BC71"/>
+      <c r="BD71"/>
+      <c r="BE71"/>
+      <c r="BF71"/>
+      <c r="BG71"/>
+      <c r="BH71"/>
+      <c r="BI71"/>
+      <c r="BJ71"/>
+      <c r="BK71"/>
+      <c r="BL71"/>
+      <c r="BM71"/>
+      <c r="BN71"/>
+      <c r="BO71"/>
+      <c r="BP71"/>
+      <c r="BQ71"/>
+      <c r="BR71"/>
+      <c r="BS71"/>
+      <c r="BT71"/>
+      <c r="BU71"/>
+      <c r="BV71"/>
+      <c r="BW71"/>
+      <c r="BX71"/>
+      <c r="BY71"/>
+      <c r="BZ71"/>
+      <c r="CA71"/>
+      <c r="CB71"/>
+      <c r="CC71"/>
+      <c r="CD71"/>
+      <c r="CE71"/>
+      <c r="CF71"/>
+      <c r="CG71"/>
+      <c r="CH71"/>
+      <c r="CI71"/>
+      <c r="CJ71"/>
+      <c r="CK71"/>
+      <c r="CL71"/>
+      <c r="CM71"/>
+      <c r="CN71"/>
+      <c r="CO71"/>
+      <c r="CP71"/>
+      <c r="CQ71"/>
+      <c r="CR71"/>
+      <c r="CS71"/>
+    </row>
+    <row r="72" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="33"/>
+      <c r="B72" s="18"/>
+      <c r="C72" s="12"/>
+      <c r="D72" s="12"/>
+      <c r="E72" s="18"/>
+      <c r="F72" s="18"/>
+      <c r="G72" s="13"/>
+      <c r="H72" s="19"/>
+      <c r="I72" s="12"/>
+      <c r="J72" s="12"/>
+      <c r="K72" s="12"/>
+      <c r="L72" s="15"/>
+      <c r="N72" s="14"/>
+      <c r="O72" s="34"/>
+      <c r="P72"/>
+      <c r="Q72"/>
+      <c r="R72"/>
+      <c r="S72"/>
+      <c r="T72"/>
+      <c r="U72"/>
+      <c r="V72"/>
+      <c r="W72"/>
+      <c r="X72"/>
+      <c r="Y72"/>
+      <c r="Z72"/>
+      <c r="AA72"/>
+      <c r="AB72"/>
+      <c r="AC72"/>
+      <c r="AD72"/>
+      <c r="AE72"/>
+      <c r="AF72"/>
+      <c r="AG72"/>
+      <c r="AH72"/>
+      <c r="AI72"/>
+      <c r="AJ72"/>
+      <c r="AK72"/>
+      <c r="AL72"/>
+      <c r="AM72"/>
+      <c r="AN72"/>
+      <c r="AO72"/>
+      <c r="AP72"/>
+      <c r="AQ72"/>
+      <c r="AR72"/>
+      <c r="AS72"/>
+      <c r="AT72"/>
+      <c r="AU72"/>
+      <c r="AV72"/>
+      <c r="AW72"/>
+      <c r="AX72"/>
+      <c r="AY72"/>
+      <c r="AZ72"/>
+      <c r="BA72"/>
+      <c r="BB72"/>
+      <c r="BC72"/>
+      <c r="BD72"/>
+      <c r="BE72"/>
+      <c r="BF72"/>
+      <c r="BG72"/>
+      <c r="BH72"/>
+      <c r="BI72"/>
+      <c r="BJ72"/>
+      <c r="BK72"/>
+      <c r="BL72"/>
+      <c r="BM72"/>
+      <c r="BN72"/>
+      <c r="BO72"/>
+      <c r="BP72"/>
+      <c r="BQ72"/>
+      <c r="BR72"/>
+      <c r="BS72"/>
+      <c r="BT72"/>
+      <c r="BU72"/>
+      <c r="BV72"/>
+      <c r="BW72"/>
+      <c r="BX72"/>
+      <c r="BY72"/>
+      <c r="BZ72"/>
+      <c r="CA72"/>
+      <c r="CB72"/>
+      <c r="CC72"/>
+      <c r="CD72"/>
+      <c r="CE72"/>
+      <c r="CF72"/>
+      <c r="CG72"/>
+      <c r="CH72"/>
+      <c r="CI72"/>
+      <c r="CJ72"/>
+      <c r="CK72"/>
+      <c r="CL72"/>
+      <c r="CM72"/>
+      <c r="CN72"/>
+      <c r="CO72"/>
+      <c r="CP72"/>
+      <c r="CQ72"/>
+      <c r="CR72"/>
+      <c r="CS72"/>
+    </row>
+    <row r="73" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="33"/>
+      <c r="B73" s="18"/>
+      <c r="C73" s="12"/>
+      <c r="D73" s="12"/>
+      <c r="E73" s="18"/>
+      <c r="F73" s="18"/>
+      <c r="G73" s="13"/>
+      <c r="H73" s="19"/>
+      <c r="I73" s="12"/>
+      <c r="J73" s="12"/>
+      <c r="K73" s="12"/>
+      <c r="L73" s="15"/>
+      <c r="N73" s="14"/>
+      <c r="O73" s="34"/>
+      <c r="P73"/>
+      <c r="Q73"/>
+      <c r="R73"/>
+      <c r="S73"/>
+      <c r="T73"/>
+      <c r="U73"/>
+      <c r="V73"/>
+      <c r="W73"/>
+      <c r="X73"/>
+      <c r="Y73"/>
+      <c r="Z73"/>
+      <c r="AA73"/>
+      <c r="AB73"/>
+      <c r="AC73"/>
+      <c r="AD73"/>
+      <c r="AE73"/>
+      <c r="AF73"/>
+      <c r="AG73"/>
+      <c r="AH73"/>
+      <c r="AI73"/>
+      <c r="AJ73"/>
+      <c r="AK73"/>
+      <c r="AL73"/>
+      <c r="AM73"/>
+      <c r="AN73"/>
+      <c r="AO73"/>
+      <c r="AP73"/>
+      <c r="AQ73"/>
+      <c r="AR73"/>
+      <c r="AS73"/>
+      <c r="AT73"/>
+      <c r="AU73"/>
+      <c r="AV73"/>
+      <c r="AW73"/>
+      <c r="AX73"/>
+      <c r="AY73"/>
+      <c r="AZ73"/>
+      <c r="BA73"/>
+      <c r="BB73"/>
+      <c r="BC73"/>
+      <c r="BD73"/>
+      <c r="BE73"/>
+      <c r="BF73"/>
+      <c r="BG73"/>
+      <c r="BH73"/>
+      <c r="BI73"/>
+      <c r="BJ73"/>
+      <c r="BK73"/>
+      <c r="BL73"/>
+      <c r="BM73"/>
+      <c r="BN73"/>
+      <c r="BO73"/>
+      <c r="BP73"/>
+      <c r="BQ73"/>
+      <c r="BR73"/>
+      <c r="BS73"/>
+      <c r="BT73"/>
+      <c r="BU73"/>
+      <c r="BV73"/>
+      <c r="BW73"/>
+      <c r="BX73"/>
+      <c r="BY73"/>
+      <c r="BZ73"/>
+      <c r="CA73"/>
+      <c r="CB73"/>
+      <c r="CC73"/>
+      <c r="CD73"/>
+      <c r="CE73"/>
+      <c r="CF73"/>
+      <c r="CG73"/>
+      <c r="CH73"/>
+      <c r="CI73"/>
+      <c r="CJ73"/>
+      <c r="CK73"/>
+      <c r="CL73"/>
+      <c r="CM73"/>
+      <c r="CN73"/>
+      <c r="CO73"/>
+      <c r="CP73"/>
+      <c r="CQ73"/>
+      <c r="CR73"/>
+      <c r="CS73"/>
+    </row>
+    <row r="74" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="33"/>
+      <c r="B74" s="18"/>
+      <c r="C74" s="12"/>
+      <c r="D74" s="12"/>
+      <c r="E74" s="18"/>
+      <c r="F74" s="18"/>
+      <c r="G74" s="13"/>
+      <c r="H74" s="19"/>
+      <c r="I74" s="12"/>
+      <c r="J74" s="12"/>
+      <c r="K74" s="12"/>
+      <c r="L74" s="15"/>
+      <c r="N74" s="14"/>
+      <c r="O74" s="34"/>
+      <c r="P74"/>
+      <c r="Q74"/>
+      <c r="R74"/>
+      <c r="S74"/>
+      <c r="T74"/>
+      <c r="U74"/>
+      <c r="V74"/>
+      <c r="W74"/>
+      <c r="X74"/>
+      <c r="Y74"/>
+      <c r="Z74"/>
+      <c r="AA74"/>
+      <c r="AB74"/>
+      <c r="AC74"/>
+      <c r="AD74"/>
+      <c r="AE74"/>
+      <c r="AF74"/>
+      <c r="AG74"/>
+      <c r="AH74"/>
+      <c r="AI74"/>
+      <c r="AJ74"/>
+      <c r="AK74"/>
+      <c r="AL74"/>
+      <c r="AM74"/>
+      <c r="AN74"/>
+      <c r="AO74"/>
+      <c r="AP74"/>
+      <c r="AQ74"/>
+      <c r="AR74"/>
+      <c r="AS74"/>
+      <c r="AT74"/>
+      <c r="AU74"/>
+      <c r="AV74"/>
+      <c r="AW74"/>
+      <c r="AX74"/>
+      <c r="AY74"/>
+      <c r="AZ74"/>
+      <c r="BA74"/>
+      <c r="BB74"/>
+      <c r="BC74"/>
+      <c r="BD74"/>
+      <c r="BE74"/>
+      <c r="BF74"/>
+      <c r="BG74"/>
+      <c r="BH74"/>
+      <c r="BI74"/>
+      <c r="BJ74"/>
+      <c r="BK74"/>
+      <c r="BL74"/>
+      <c r="BM74"/>
+      <c r="BN74"/>
+      <c r="BO74"/>
+      <c r="BP74"/>
+      <c r="BQ74"/>
+      <c r="BR74"/>
+      <c r="BS74"/>
+      <c r="BT74"/>
+      <c r="BU74"/>
+      <c r="BV74"/>
+      <c r="BW74"/>
+      <c r="BX74"/>
+      <c r="BY74"/>
+      <c r="BZ74"/>
+      <c r="CA74"/>
+      <c r="CB74"/>
+      <c r="CC74"/>
+      <c r="CD74"/>
+      <c r="CE74"/>
+      <c r="CF74"/>
+      <c r="CG74"/>
+      <c r="CH74"/>
+      <c r="CI74"/>
+      <c r="CJ74"/>
+      <c r="CK74"/>
+      <c r="CL74"/>
+      <c r="CM74"/>
+      <c r="CN74"/>
+      <c r="CO74"/>
+      <c r="CP74"/>
+      <c r="CQ74"/>
+      <c r="CR74"/>
+      <c r="CS74"/>
+    </row>
+    <row r="75" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="33"/>
+      <c r="B75" s="18"/>
+      <c r="C75" s="12"/>
+      <c r="D75" s="12"/>
+      <c r="E75" s="18"/>
+      <c r="F75" s="18"/>
+      <c r="G75" s="13"/>
+      <c r="H75" s="19"/>
+      <c r="I75" s="12"/>
+      <c r="J75" s="12"/>
+      <c r="K75" s="12"/>
+      <c r="L75" s="15"/>
+      <c r="N75" s="14"/>
+      <c r="O75" s="34"/>
+      <c r="P75"/>
+      <c r="Q75"/>
+      <c r="R75"/>
+      <c r="S75"/>
+      <c r="T75"/>
+      <c r="U75"/>
+      <c r="V75"/>
+      <c r="W75"/>
+      <c r="X75"/>
+      <c r="Y75"/>
+      <c r="Z75"/>
+      <c r="AA75"/>
+      <c r="AB75"/>
+      <c r="AC75"/>
+      <c r="AD75"/>
+      <c r="AE75"/>
+      <c r="AF75"/>
+      <c r="AG75"/>
+      <c r="AH75"/>
+      <c r="AI75"/>
+      <c r="AJ75"/>
+      <c r="AK75"/>
+      <c r="AL75"/>
+      <c r="AM75"/>
+      <c r="AN75"/>
+      <c r="AO75"/>
+      <c r="AP75"/>
+      <c r="AQ75"/>
+      <c r="AR75"/>
+      <c r="AS75"/>
+      <c r="AT75"/>
+      <c r="AU75"/>
+      <c r="AV75"/>
+      <c r="AW75"/>
+      <c r="AX75"/>
+      <c r="AY75"/>
+      <c r="AZ75"/>
+      <c r="BA75"/>
+      <c r="BB75"/>
+      <c r="BC75"/>
+      <c r="BD75"/>
+      <c r="BE75"/>
+      <c r="BF75"/>
+      <c r="BG75"/>
+      <c r="BH75"/>
+      <c r="BI75"/>
+      <c r="BJ75"/>
+      <c r="BK75"/>
+      <c r="BL75"/>
+      <c r="BM75"/>
+      <c r="BN75"/>
+      <c r="BO75"/>
+      <c r="BP75"/>
+      <c r="BQ75"/>
+      <c r="BR75"/>
+      <c r="BS75"/>
+      <c r="BT75"/>
+      <c r="BU75"/>
+      <c r="BV75"/>
+      <c r="BW75"/>
+      <c r="BX75"/>
+      <c r="BY75"/>
+      <c r="BZ75"/>
+      <c r="CA75"/>
+      <c r="CB75"/>
+      <c r="CC75"/>
+      <c r="CD75"/>
+      <c r="CE75"/>
+      <c r="CF75"/>
+      <c r="CG75"/>
+      <c r="CH75"/>
+      <c r="CI75"/>
+      <c r="CJ75"/>
+      <c r="CK75"/>
+      <c r="CL75"/>
+      <c r="CM75"/>
+      <c r="CN75"/>
+      <c r="CO75"/>
+      <c r="CP75"/>
+      <c r="CQ75"/>
+      <c r="CR75"/>
+      <c r="CS75"/>
+    </row>
+    <row r="76" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="33"/>
+      <c r="B76" s="18"/>
+      <c r="C76" s="12"/>
+      <c r="D76" s="12"/>
+      <c r="E76" s="18"/>
+      <c r="F76" s="18"/>
+      <c r="G76" s="13"/>
+      <c r="H76" s="19"/>
+      <c r="I76" s="12"/>
+      <c r="J76" s="12"/>
+      <c r="K76" s="12"/>
+      <c r="L76" s="15"/>
+      <c r="N76" s="14"/>
+      <c r="O76" s="34"/>
+      <c r="P76"/>
+      <c r="Q76"/>
+      <c r="R76"/>
+      <c r="S76"/>
+      <c r="T76"/>
+      <c r="U76"/>
+      <c r="V76"/>
+      <c r="W76"/>
+      <c r="X76"/>
+      <c r="Y76"/>
+      <c r="Z76"/>
+      <c r="AA76"/>
+      <c r="AB76"/>
+      <c r="AC76"/>
+      <c r="AD76"/>
+      <c r="AE76"/>
+      <c r="AF76"/>
+      <c r="AG76"/>
+      <c r="AH76"/>
+      <c r="AI76"/>
+      <c r="AJ76"/>
+      <c r="AK76"/>
+      <c r="AL76"/>
+      <c r="AM76"/>
+      <c r="AN76"/>
+      <c r="AO76"/>
+      <c r="AP76"/>
+      <c r="AQ76"/>
+      <c r="AR76"/>
+      <c r="AS76"/>
+      <c r="AT76"/>
+      <c r="AU76"/>
+      <c r="AV76"/>
+      <c r="AW76"/>
+      <c r="AX76"/>
+      <c r="AY76"/>
+      <c r="AZ76"/>
+      <c r="BA76"/>
+      <c r="BB76"/>
+      <c r="BC76"/>
+      <c r="BD76"/>
+      <c r="BE76"/>
+      <c r="BF76"/>
+      <c r="BG76"/>
+      <c r="BH76"/>
+      <c r="BI76"/>
+      <c r="BJ76"/>
+      <c r="BK76"/>
+      <c r="BL76"/>
+      <c r="BM76"/>
+      <c r="BN76"/>
+      <c r="BO76"/>
+      <c r="BP76"/>
+      <c r="BQ76"/>
+      <c r="BR76"/>
+      <c r="BS76"/>
+      <c r="BT76"/>
+      <c r="BU76"/>
+      <c r="BV76"/>
+      <c r="BW76"/>
+      <c r="BX76"/>
+      <c r="BY76"/>
+      <c r="BZ76"/>
+      <c r="CA76"/>
+      <c r="CB76"/>
+      <c r="CC76"/>
+      <c r="CD76"/>
+      <c r="CE76"/>
+      <c r="CF76"/>
+      <c r="CG76"/>
+      <c r="CH76"/>
+      <c r="CI76"/>
+      <c r="CJ76"/>
+      <c r="CK76"/>
+      <c r="CL76"/>
+      <c r="CM76"/>
+      <c r="CN76"/>
+      <c r="CO76"/>
+      <c r="CP76"/>
+      <c r="CQ76"/>
+      <c r="CR76"/>
+      <c r="CS76"/>
+    </row>
+    <row r="77" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="33"/>
+      <c r="B77" s="18"/>
+      <c r="C77" s="12"/>
+      <c r="D77" s="12"/>
+      <c r="E77" s="18"/>
+      <c r="F77" s="18"/>
+      <c r="G77" s="13"/>
+      <c r="H77" s="19"/>
+      <c r="I77" s="12"/>
+      <c r="J77" s="12"/>
+      <c r="K77" s="12"/>
+      <c r="L77" s="15"/>
+      <c r="N77" s="14"/>
+      <c r="O77" s="34"/>
+      <c r="P77"/>
+      <c r="Q77"/>
+      <c r="R77"/>
+      <c r="S77"/>
+      <c r="T77"/>
+      <c r="U77"/>
+      <c r="V77"/>
+      <c r="W77"/>
+      <c r="X77"/>
+      <c r="Y77"/>
+      <c r="Z77"/>
+      <c r="AA77"/>
+      <c r="AB77"/>
+      <c r="AC77"/>
+      <c r="AD77"/>
+      <c r="AE77"/>
+      <c r="AF77"/>
+      <c r="AG77"/>
+      <c r="AH77"/>
+      <c r="AI77"/>
+      <c r="AJ77"/>
+      <c r="AK77"/>
+      <c r="AL77"/>
+      <c r="AM77"/>
+      <c r="AN77"/>
+      <c r="AO77"/>
+      <c r="AP77"/>
+      <c r="AQ77"/>
+      <c r="AR77"/>
+      <c r="AS77"/>
+      <c r="AT77"/>
+      <c r="AU77"/>
+      <c r="AV77"/>
+      <c r="AW77"/>
+      <c r="AX77"/>
+      <c r="AY77"/>
+      <c r="AZ77"/>
+      <c r="BA77"/>
+      <c r="BB77"/>
+      <c r="BC77"/>
+      <c r="BD77"/>
+      <c r="BE77"/>
+      <c r="BF77"/>
+      <c r="BG77"/>
+      <c r="BH77"/>
+      <c r="BI77"/>
+      <c r="BJ77"/>
+      <c r="BK77"/>
+      <c r="BL77"/>
+      <c r="BM77"/>
+      <c r="BN77"/>
+      <c r="BO77"/>
+      <c r="BP77"/>
+      <c r="BQ77"/>
+      <c r="BR77"/>
+      <c r="BS77"/>
+      <c r="BT77"/>
+      <c r="BU77"/>
+      <c r="BV77"/>
+      <c r="BW77"/>
+      <c r="BX77"/>
+      <c r="BY77"/>
+      <c r="BZ77"/>
+      <c r="CA77"/>
+      <c r="CB77"/>
+      <c r="CC77"/>
+      <c r="CD77"/>
+      <c r="CE77"/>
+      <c r="CF77"/>
+      <c r="CG77"/>
+      <c r="CH77"/>
+      <c r="CI77"/>
+      <c r="CJ77"/>
+      <c r="CK77"/>
+      <c r="CL77"/>
+      <c r="CM77"/>
+      <c r="CN77"/>
+      <c r="CO77"/>
+      <c r="CP77"/>
+      <c r="CQ77"/>
+      <c r="CR77"/>
+      <c r="CS77"/>
+    </row>
+    <row r="78" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="33"/>
+      <c r="B78" s="18"/>
+      <c r="C78" s="12"/>
+      <c r="D78" s="12"/>
+      <c r="E78" s="18"/>
+      <c r="F78" s="18"/>
+      <c r="G78" s="13"/>
+      <c r="H78" s="19"/>
+      <c r="I78" s="12"/>
+      <c r="J78" s="12"/>
+      <c r="K78" s="12"/>
+      <c r="L78" s="15"/>
+      <c r="N78" s="14"/>
+      <c r="O78" s="34"/>
+      <c r="P78"/>
+      <c r="Q78"/>
+      <c r="R78"/>
+      <c r="S78"/>
+      <c r="T78"/>
+      <c r="U78"/>
+      <c r="V78"/>
+      <c r="W78"/>
+      <c r="X78"/>
+      <c r="Y78"/>
+      <c r="Z78"/>
+      <c r="AA78"/>
+      <c r="AB78"/>
+      <c r="AC78"/>
+      <c r="AD78"/>
+      <c r="AE78"/>
+      <c r="AF78"/>
+      <c r="AG78"/>
+      <c r="AH78"/>
+      <c r="AI78"/>
+      <c r="AJ78"/>
+      <c r="AK78"/>
+      <c r="AL78"/>
+      <c r="AM78"/>
+      <c r="AN78"/>
+      <c r="AO78"/>
+      <c r="AP78"/>
+      <c r="AQ78"/>
+      <c r="AR78"/>
+      <c r="AS78"/>
+      <c r="AT78"/>
+      <c r="AU78"/>
+      <c r="AV78"/>
+      <c r="AW78"/>
+      <c r="AX78"/>
+      <c r="AY78"/>
+      <c r="AZ78"/>
+      <c r="BA78"/>
+      <c r="BB78"/>
+      <c r="BC78"/>
+      <c r="BD78"/>
+      <c r="BE78"/>
+      <c r="BF78"/>
+      <c r="BG78"/>
+      <c r="BH78"/>
+      <c r="BI78"/>
+      <c r="BJ78"/>
+      <c r="BK78"/>
+      <c r="BL78"/>
+      <c r="BM78"/>
+      <c r="BN78"/>
+      <c r="BO78"/>
+      <c r="BP78"/>
+      <c r="BQ78"/>
+      <c r="BR78"/>
+      <c r="BS78"/>
+      <c r="BT78"/>
+      <c r="BU78"/>
+      <c r="BV78"/>
+      <c r="BW78"/>
+      <c r="BX78"/>
+      <c r="BY78"/>
+      <c r="BZ78"/>
+      <c r="CA78"/>
+      <c r="CB78"/>
+      <c r="CC78"/>
+      <c r="CD78"/>
+      <c r="CE78"/>
+      <c r="CF78"/>
+      <c r="CG78"/>
+      <c r="CH78"/>
+      <c r="CI78"/>
+      <c r="CJ78"/>
+      <c r="CK78"/>
+      <c r="CL78"/>
+      <c r="CM78"/>
+      <c r="CN78"/>
+      <c r="CO78"/>
+      <c r="CP78"/>
+      <c r="CQ78"/>
+      <c r="CR78"/>
+      <c r="CS78"/>
+    </row>
+    <row r="79" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="33"/>
+      <c r="B79" s="18"/>
+      <c r="C79" s="12"/>
+      <c r="D79" s="12"/>
+      <c r="E79" s="18"/>
+      <c r="F79" s="18"/>
+      <c r="G79" s="13"/>
+      <c r="H79" s="19"/>
+      <c r="I79" s="12"/>
+      <c r="J79" s="12"/>
+      <c r="K79" s="12"/>
+      <c r="L79" s="15"/>
+      <c r="N79" s="14"/>
+      <c r="O79" s="34"/>
+      <c r="P79"/>
+      <c r="Q79"/>
+      <c r="R79"/>
+      <c r="S79"/>
+      <c r="T79"/>
+      <c r="U79"/>
+      <c r="V79"/>
+      <c r="W79"/>
+      <c r="X79"/>
+      <c r="Y79"/>
+      <c r="Z79"/>
+      <c r="AA79"/>
+      <c r="AB79"/>
+      <c r="AC79"/>
+      <c r="AD79"/>
+      <c r="AE79"/>
+      <c r="AF79"/>
+      <c r="AG79"/>
+      <c r="AH79"/>
+      <c r="AI79"/>
+      <c r="AJ79"/>
+      <c r="AK79"/>
+      <c r="AL79"/>
+      <c r="AM79"/>
+      <c r="AN79"/>
+      <c r="AO79"/>
+      <c r="AP79"/>
+      <c r="AQ79"/>
+      <c r="AR79"/>
+      <c r="AS79"/>
+      <c r="AT79"/>
+      <c r="AU79"/>
+      <c r="AV79"/>
+      <c r="AW79"/>
+      <c r="AX79"/>
+      <c r="AY79"/>
+      <c r="AZ79"/>
+      <c r="BA79"/>
+      <c r="BB79"/>
+      <c r="BC79"/>
+      <c r="BD79"/>
+      <c r="BE79"/>
+      <c r="BF79"/>
+      <c r="BG79"/>
+      <c r="BH79"/>
+      <c r="BI79"/>
+      <c r="BJ79"/>
+      <c r="BK79"/>
+      <c r="BL79"/>
+      <c r="BM79"/>
+      <c r="BN79"/>
+      <c r="BO79"/>
+      <c r="BP79"/>
+      <c r="BQ79"/>
+      <c r="BR79"/>
+      <c r="BS79"/>
+      <c r="BT79"/>
+      <c r="BU79"/>
+      <c r="BV79"/>
+      <c r="BW79"/>
+      <c r="BX79"/>
+      <c r="BY79"/>
+      <c r="BZ79"/>
+      <c r="CA79"/>
+      <c r="CB79"/>
+      <c r="CC79"/>
+      <c r="CD79"/>
+      <c r="CE79"/>
+      <c r="CF79"/>
+      <c r="CG79"/>
+      <c r="CH79"/>
+      <c r="CI79"/>
+      <c r="CJ79"/>
+      <c r="CK79"/>
+      <c r="CL79"/>
+      <c r="CM79"/>
+      <c r="CN79"/>
+      <c r="CO79"/>
+      <c r="CP79"/>
+      <c r="CQ79"/>
+      <c r="CR79"/>
+      <c r="CS79"/>
+    </row>
+    <row r="80" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="33"/>
+      <c r="B80" s="18"/>
+      <c r="C80" s="12"/>
+      <c r="D80" s="12"/>
+      <c r="E80" s="18"/>
+      <c r="F80" s="18"/>
+      <c r="G80" s="13"/>
+      <c r="H80" s="19"/>
+      <c r="I80" s="12"/>
+      <c r="J80" s="12"/>
+      <c r="K80" s="12"/>
+      <c r="L80" s="15"/>
+      <c r="N80" s="14"/>
+      <c r="O80" s="34"/>
+      <c r="P80"/>
+      <c r="Q80"/>
+      <c r="R80"/>
+      <c r="S80"/>
+      <c r="T80"/>
+      <c r="U80"/>
+      <c r="V80"/>
+      <c r="W80"/>
+      <c r="X80"/>
+      <c r="Y80"/>
+      <c r="Z80"/>
+      <c r="AA80"/>
+      <c r="AB80"/>
+      <c r="AC80"/>
+      <c r="AD80"/>
+      <c r="AE80"/>
+      <c r="AF80"/>
+      <c r="AG80"/>
+      <c r="AH80"/>
+      <c r="AI80"/>
+      <c r="AJ80"/>
+      <c r="AK80"/>
+      <c r="AL80"/>
+      <c r="AM80"/>
+      <c r="AN80"/>
+      <c r="AO80"/>
+      <c r="AP80"/>
+      <c r="AQ80"/>
+      <c r="AR80"/>
+      <c r="AS80"/>
+      <c r="AT80"/>
+      <c r="AU80"/>
+      <c r="AV80"/>
+      <c r="AW80"/>
+      <c r="AX80"/>
+      <c r="AY80"/>
+      <c r="AZ80"/>
+      <c r="BA80"/>
+      <c r="BB80"/>
+      <c r="BC80"/>
+      <c r="BD80"/>
+      <c r="BE80"/>
+      <c r="BF80"/>
+      <c r="BG80"/>
+      <c r="BH80"/>
+      <c r="BI80"/>
+      <c r="BJ80"/>
+      <c r="BK80"/>
+      <c r="BL80"/>
+      <c r="BM80"/>
+      <c r="BN80"/>
+      <c r="BO80"/>
+      <c r="BP80"/>
+      <c r="BQ80"/>
+      <c r="BR80"/>
+      <c r="BS80"/>
+      <c r="BT80"/>
+      <c r="BU80"/>
+      <c r="BV80"/>
+      <c r="BW80"/>
+      <c r="BX80"/>
+      <c r="BY80"/>
+      <c r="BZ80"/>
+      <c r="CA80"/>
+      <c r="CB80"/>
+      <c r="CC80"/>
+      <c r="CD80"/>
+      <c r="CE80"/>
+      <c r="CF80"/>
+      <c r="CG80"/>
+      <c r="CH80"/>
+      <c r="CI80"/>
+      <c r="CJ80"/>
+      <c r="CK80"/>
+      <c r="CL80"/>
+      <c r="CM80"/>
+      <c r="CN80"/>
+      <c r="CO80"/>
+      <c r="CP80"/>
+      <c r="CQ80"/>
+      <c r="CR80"/>
+      <c r="CS80"/>
+    </row>
+    <row r="81" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="33"/>
+      <c r="B81" s="18"/>
+      <c r="C81" s="12"/>
+      <c r="D81" s="12"/>
+      <c r="E81" s="18"/>
+      <c r="F81" s="18"/>
+      <c r="G81" s="13"/>
+      <c r="H81" s="19"/>
+      <c r="I81" s="12"/>
+      <c r="J81" s="12"/>
+      <c r="K81" s="12"/>
+      <c r="L81" s="15"/>
+      <c r="N81" s="14"/>
+      <c r="O81" s="34"/>
+      <c r="P81"/>
+      <c r="Q81"/>
+      <c r="R81"/>
+      <c r="S81"/>
+      <c r="T81"/>
+      <c r="U81"/>
+      <c r="V81"/>
+      <c r="W81"/>
+      <c r="X81"/>
+      <c r="Y81"/>
+      <c r="Z81"/>
+      <c r="AA81"/>
+      <c r="AB81"/>
+      <c r="AC81"/>
+      <c r="AD81"/>
+      <c r="AE81"/>
+      <c r="AF81"/>
+      <c r="AG81"/>
+      <c r="AH81"/>
+      <c r="AI81"/>
+      <c r="AJ81"/>
+      <c r="AK81"/>
+      <c r="AL81"/>
+      <c r="AM81"/>
+      <c r="AN81"/>
+      <c r="AO81"/>
+      <c r="AP81"/>
+      <c r="AQ81"/>
+      <c r="AR81"/>
+      <c r="AS81"/>
+      <c r="AT81"/>
+      <c r="AU81"/>
+      <c r="AV81"/>
+      <c r="AW81"/>
+      <c r="AX81"/>
+      <c r="AY81"/>
+      <c r="AZ81"/>
+      <c r="BA81"/>
+      <c r="BB81"/>
+      <c r="BC81"/>
+      <c r="BD81"/>
+      <c r="BE81"/>
+      <c r="BF81"/>
+      <c r="BG81"/>
+      <c r="BH81"/>
+      <c r="BI81"/>
+      <c r="BJ81"/>
+      <c r="BK81"/>
+      <c r="BL81"/>
+      <c r="BM81"/>
+      <c r="BN81"/>
+      <c r="BO81"/>
+      <c r="BP81"/>
+      <c r="BQ81"/>
+      <c r="BR81"/>
+      <c r="BS81"/>
+      <c r="BT81"/>
+      <c r="BU81"/>
+      <c r="BV81"/>
+      <c r="BW81"/>
+      <c r="BX81"/>
+      <c r="BY81"/>
+      <c r="BZ81"/>
+      <c r="CA81"/>
+      <c r="CB81"/>
+      <c r="CC81"/>
+      <c r="CD81"/>
+      <c r="CE81"/>
+      <c r="CF81"/>
+      <c r="CG81"/>
+      <c r="CH81"/>
+      <c r="CI81"/>
+      <c r="CJ81"/>
+      <c r="CK81"/>
+      <c r="CL81"/>
+      <c r="CM81"/>
+      <c r="CN81"/>
+      <c r="CO81"/>
+      <c r="CP81"/>
+      <c r="CQ81"/>
+      <c r="CR81"/>
+      <c r="CS81"/>
+    </row>
+    <row r="82" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="33"/>
+      <c r="B82" s="18"/>
+      <c r="C82" s="12"/>
+      <c r="D82" s="12"/>
+      <c r="E82" s="18"/>
+      <c r="F82" s="18"/>
+      <c r="G82" s="13"/>
+      <c r="H82" s="19"/>
+      <c r="I82" s="12"/>
+      <c r="J82" s="12"/>
+      <c r="K82" s="12"/>
+      <c r="L82" s="15"/>
+      <c r="N82" s="14"/>
+      <c r="O82" s="34"/>
+      <c r="P82"/>
+      <c r="Q82"/>
+      <c r="R82"/>
+      <c r="S82"/>
+      <c r="T82"/>
+      <c r="U82"/>
+      <c r="V82"/>
+      <c r="W82"/>
+      <c r="X82"/>
+      <c r="Y82"/>
+      <c r="Z82"/>
+      <c r="AA82"/>
+      <c r="AB82"/>
+      <c r="AC82"/>
+      <c r="AD82"/>
+      <c r="AE82"/>
+      <c r="AF82"/>
+      <c r="AG82"/>
+      <c r="AH82"/>
+      <c r="AI82"/>
+      <c r="AJ82"/>
+      <c r="AK82"/>
+      <c r="AL82"/>
+      <c r="AM82"/>
+      <c r="AN82"/>
+      <c r="AO82"/>
+      <c r="AP82"/>
+      <c r="AQ82"/>
+      <c r="AR82"/>
+      <c r="AS82"/>
+      <c r="AT82"/>
+      <c r="AU82"/>
+      <c r="AV82"/>
+      <c r="AW82"/>
+      <c r="AX82"/>
+      <c r="AY82"/>
+      <c r="AZ82"/>
+      <c r="BA82"/>
+      <c r="BB82"/>
+      <c r="BC82"/>
+      <c r="BD82"/>
+      <c r="BE82"/>
+      <c r="BF82"/>
+      <c r="BG82"/>
+      <c r="BH82"/>
+      <c r="BI82"/>
+      <c r="BJ82"/>
+      <c r="BK82"/>
+      <c r="BL82"/>
+      <c r="BM82"/>
+      <c r="BN82"/>
+      <c r="BO82"/>
+      <c r="BP82"/>
+      <c r="BQ82"/>
+      <c r="BR82"/>
+      <c r="BS82"/>
+      <c r="BT82"/>
+      <c r="BU82"/>
+      <c r="BV82"/>
+      <c r="BW82"/>
+      <c r="BX82"/>
+      <c r="BY82"/>
+      <c r="BZ82"/>
+      <c r="CA82"/>
+      <c r="CB82"/>
+      <c r="CC82"/>
+      <c r="CD82"/>
+      <c r="CE82"/>
+      <c r="CF82"/>
+      <c r="CG82"/>
+      <c r="CH82"/>
+      <c r="CI82"/>
+      <c r="CJ82"/>
+      <c r="CK82"/>
+      <c r="CL82"/>
+      <c r="CM82"/>
+      <c r="CN82"/>
+      <c r="CO82"/>
+      <c r="CP82"/>
+      <c r="CQ82"/>
+      <c r="CR82"/>
+      <c r="CS82"/>
+    </row>
+    <row r="83" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="33"/>
+      <c r="B83" s="18"/>
+      <c r="C83" s="12"/>
+      <c r="D83" s="12"/>
+      <c r="E83" s="18"/>
+      <c r="F83" s="18"/>
+      <c r="G83" s="13"/>
+      <c r="H83" s="19"/>
+      <c r="I83" s="12"/>
+      <c r="J83" s="12"/>
+      <c r="K83" s="12"/>
+      <c r="L83" s="15"/>
+      <c r="N83" s="14"/>
+      <c r="O83" s="34"/>
+      <c r="P83"/>
+      <c r="Q83"/>
+      <c r="R83"/>
+      <c r="S83"/>
+      <c r="T83"/>
+      <c r="U83"/>
+      <c r="V83"/>
+      <c r="W83"/>
+      <c r="X83"/>
+      <c r="Y83"/>
+      <c r="Z83"/>
+      <c r="AA83"/>
+      <c r="AB83"/>
+      <c r="AC83"/>
+      <c r="AD83"/>
+      <c r="AE83"/>
+      <c r="AF83"/>
+      <c r="AG83"/>
+      <c r="AH83"/>
+      <c r="AI83"/>
+      <c r="AJ83"/>
+      <c r="AK83"/>
+      <c r="AL83"/>
+      <c r="AM83"/>
+      <c r="AN83"/>
+      <c r="AO83"/>
+      <c r="AP83"/>
+      <c r="AQ83"/>
+      <c r="AR83"/>
+      <c r="AS83"/>
+      <c r="AT83"/>
+      <c r="AU83"/>
+      <c r="AV83"/>
+      <c r="AW83"/>
+      <c r="AX83"/>
+      <c r="AY83"/>
+      <c r="AZ83"/>
+      <c r="BA83"/>
+      <c r="BB83"/>
+      <c r="BC83"/>
+      <c r="BD83"/>
+      <c r="BE83"/>
+      <c r="BF83"/>
+      <c r="BG83"/>
+      <c r="BH83"/>
+      <c r="BI83"/>
+      <c r="BJ83"/>
+      <c r="BK83"/>
+      <c r="BL83"/>
+      <c r="BM83"/>
+      <c r="BN83"/>
+      <c r="BO83"/>
+      <c r="BP83"/>
+      <c r="BQ83"/>
+      <c r="BR83"/>
+      <c r="BS83"/>
+      <c r="BT83"/>
+      <c r="BU83"/>
+      <c r="BV83"/>
+      <c r="BW83"/>
+      <c r="BX83"/>
+      <c r="BY83"/>
+      <c r="BZ83"/>
+      <c r="CA83"/>
+      <c r="CB83"/>
+      <c r="CC83"/>
+      <c r="CD83"/>
+      <c r="CE83"/>
+      <c r="CF83"/>
+      <c r="CG83"/>
+      <c r="CH83"/>
+      <c r="CI83"/>
+      <c r="CJ83"/>
+      <c r="CK83"/>
+      <c r="CL83"/>
+      <c r="CM83"/>
+      <c r="CN83"/>
+      <c r="CO83"/>
+      <c r="CP83"/>
+      <c r="CQ83"/>
+      <c r="CR83"/>
+      <c r="CS83"/>
+    </row>
+    <row r="84" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="33"/>
+      <c r="B84" s="18"/>
+      <c r="C84" s="12"/>
+      <c r="D84" s="12"/>
+      <c r="E84" s="18"/>
+      <c r="F84" s="18"/>
+      <c r="G84" s="13"/>
+      <c r="H84" s="19"/>
+      <c r="I84" s="12"/>
+      <c r="J84" s="12"/>
+      <c r="K84" s="12"/>
+      <c r="L84" s="15"/>
+      <c r="N84" s="14"/>
+      <c r="O84" s="34"/>
+      <c r="P84"/>
+      <c r="Q84"/>
+      <c r="R84"/>
+      <c r="S84"/>
+      <c r="T84"/>
+      <c r="U84"/>
+      <c r="V84"/>
+      <c r="W84"/>
+      <c r="X84"/>
+      <c r="Y84"/>
+      <c r="Z84"/>
+      <c r="AA84"/>
+      <c r="AB84"/>
+      <c r="AC84"/>
+      <c r="AD84"/>
+      <c r="AE84"/>
+      <c r="AF84"/>
+      <c r="AG84"/>
+      <c r="AH84"/>
+      <c r="AI84"/>
+      <c r="AJ84"/>
+      <c r="AK84"/>
+      <c r="AL84"/>
+      <c r="AM84"/>
+      <c r="AN84"/>
+      <c r="AO84"/>
+      <c r="AP84"/>
+      <c r="AQ84"/>
+      <c r="AR84"/>
+      <c r="AS84"/>
+      <c r="AT84"/>
+      <c r="AU84"/>
+      <c r="AV84"/>
+      <c r="AW84"/>
+      <c r="AX84"/>
+      <c r="AY84"/>
+      <c r="AZ84"/>
+      <c r="BA84"/>
+      <c r="BB84"/>
+      <c r="BC84"/>
+      <c r="BD84"/>
+      <c r="BE84"/>
+      <c r="BF84"/>
+      <c r="BG84"/>
+      <c r="BH84"/>
+      <c r="BI84"/>
+      <c r="BJ84"/>
+      <c r="BK84"/>
+      <c r="BL84"/>
+      <c r="BM84"/>
+      <c r="BN84"/>
+      <c r="BO84"/>
+      <c r="BP84"/>
+      <c r="BQ84"/>
+      <c r="BR84"/>
+      <c r="BS84"/>
+      <c r="BT84"/>
+      <c r="BU84"/>
+      <c r="BV84"/>
+      <c r="BW84"/>
+      <c r="BX84"/>
+      <c r="BY84"/>
+      <c r="BZ84"/>
+      <c r="CA84"/>
+      <c r="CB84"/>
+      <c r="CC84"/>
+      <c r="CD84"/>
+      <c r="CE84"/>
+      <c r="CF84"/>
+      <c r="CG84"/>
+      <c r="CH84"/>
+      <c r="CI84"/>
+      <c r="CJ84"/>
+      <c r="CK84"/>
+      <c r="CL84"/>
+      <c r="CM84"/>
+      <c r="CN84"/>
+      <c r="CO84"/>
+      <c r="CP84"/>
+      <c r="CQ84"/>
+      <c r="CR84"/>
+      <c r="CS84"/>
+    </row>
+    <row r="85" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="33"/>
+      <c r="B85" s="18"/>
+      <c r="C85" s="12"/>
+      <c r="D85" s="12"/>
+      <c r="E85" s="18"/>
+      <c r="F85" s="18"/>
+      <c r="G85" s="13"/>
+      <c r="H85" s="19"/>
+      <c r="I85" s="12"/>
+      <c r="J85" s="12"/>
+      <c r="K85" s="12"/>
+      <c r="L85" s="15"/>
+      <c r="N85" s="14"/>
+      <c r="O85" s="34"/>
+      <c r="P85"/>
+      <c r="Q85"/>
+      <c r="R85"/>
+      <c r="S85"/>
+      <c r="T85"/>
+      <c r="U85"/>
+      <c r="V85"/>
+      <c r="W85"/>
+      <c r="X85"/>
+      <c r="Y85"/>
+      <c r="Z85"/>
+      <c r="AA85"/>
+      <c r="AB85"/>
+      <c r="AC85"/>
+      <c r="AD85"/>
+      <c r="AE85"/>
+      <c r="AF85"/>
+      <c r="AG85"/>
+      <c r="AH85"/>
+      <c r="AI85"/>
+      <c r="AJ85"/>
+      <c r="AK85"/>
+      <c r="AL85"/>
+      <c r="AM85"/>
+      <c r="AN85"/>
+      <c r="AO85"/>
+      <c r="AP85"/>
+      <c r="AQ85"/>
+      <c r="AR85"/>
+      <c r="AS85"/>
+      <c r="AT85"/>
+      <c r="AU85"/>
+      <c r="AV85"/>
+      <c r="AW85"/>
+      <c r="AX85"/>
+      <c r="AY85"/>
+      <c r="AZ85"/>
+      <c r="BA85"/>
+      <c r="BB85"/>
+      <c r="BC85"/>
+      <c r="BD85"/>
+      <c r="BE85"/>
+      <c r="BF85"/>
+      <c r="BG85"/>
+      <c r="BH85"/>
+      <c r="BI85"/>
+      <c r="BJ85"/>
+      <c r="BK85"/>
+      <c r="BL85"/>
+      <c r="BM85"/>
+      <c r="BN85"/>
+      <c r="BO85"/>
+      <c r="BP85"/>
+      <c r="BQ85"/>
+      <c r="BR85"/>
+      <c r="BS85"/>
+      <c r="BT85"/>
+      <c r="BU85"/>
+      <c r="BV85"/>
+      <c r="BW85"/>
+      <c r="BX85"/>
+      <c r="BY85"/>
+      <c r="BZ85"/>
+      <c r="CA85"/>
+      <c r="CB85"/>
+      <c r="CC85"/>
+      <c r="CD85"/>
+      <c r="CE85"/>
+      <c r="CF85"/>
+      <c r="CG85"/>
+      <c r="CH85"/>
+      <c r="CI85"/>
+      <c r="CJ85"/>
+      <c r="CK85"/>
+      <c r="CL85"/>
+      <c r="CM85"/>
+      <c r="CN85"/>
+      <c r="CO85"/>
+      <c r="CP85"/>
+      <c r="CQ85"/>
+      <c r="CR85"/>
+      <c r="CS85"/>
+    </row>
+    <row r="86" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="33"/>
+      <c r="B86" s="18"/>
+      <c r="C86" s="12"/>
+      <c r="D86" s="12"/>
+      <c r="E86" s="18"/>
+      <c r="F86" s="18"/>
+      <c r="G86" s="13"/>
+      <c r="H86" s="19"/>
+      <c r="I86" s="12"/>
+      <c r="J86" s="12"/>
+      <c r="K86" s="12"/>
+      <c r="L86" s="15"/>
+      <c r="N86" s="14"/>
+      <c r="O86" s="34"/>
+      <c r="P86"/>
+      <c r="Q86"/>
+      <c r="R86"/>
+      <c r="S86"/>
+      <c r="T86"/>
+      <c r="U86"/>
+      <c r="V86"/>
+      <c r="W86"/>
+      <c r="X86"/>
+      <c r="Y86"/>
+      <c r="Z86"/>
+      <c r="AA86"/>
+      <c r="AB86"/>
+      <c r="AC86"/>
+      <c r="AD86"/>
+      <c r="AE86"/>
+      <c r="AF86"/>
+      <c r="AG86"/>
+      <c r="AH86"/>
+      <c r="AI86"/>
+      <c r="AJ86"/>
+      <c r="AK86"/>
+      <c r="AL86"/>
+      <c r="AM86"/>
+      <c r="AN86"/>
+      <c r="AO86"/>
+      <c r="AP86"/>
+      <c r="AQ86"/>
+      <c r="AR86"/>
+      <c r="AS86"/>
+      <c r="AT86"/>
+      <c r="AU86"/>
+      <c r="AV86"/>
+      <c r="AW86"/>
+      <c r="AX86"/>
+      <c r="AY86"/>
+      <c r="AZ86"/>
+      <c r="BA86"/>
+      <c r="BB86"/>
+      <c r="BC86"/>
+      <c r="BD86"/>
+      <c r="BE86"/>
+      <c r="BF86"/>
+      <c r="BG86"/>
+      <c r="BH86"/>
+      <c r="BI86"/>
+      <c r="BJ86"/>
+      <c r="BK86"/>
+      <c r="BL86"/>
+      <c r="BM86"/>
+      <c r="BN86"/>
+      <c r="BO86"/>
+      <c r="BP86"/>
+      <c r="BQ86"/>
+      <c r="BR86"/>
+      <c r="BS86"/>
+      <c r="BT86"/>
+      <c r="BU86"/>
+      <c r="BV86"/>
+      <c r="BW86"/>
+      <c r="BX86"/>
+      <c r="BY86"/>
+      <c r="BZ86"/>
+      <c r="CA86"/>
+      <c r="CB86"/>
+      <c r="CC86"/>
+      <c r="CD86"/>
+      <c r="CE86"/>
+      <c r="CF86"/>
+      <c r="CG86"/>
+      <c r="CH86"/>
+      <c r="CI86"/>
+      <c r="CJ86"/>
+      <c r="CK86"/>
+      <c r="CL86"/>
+      <c r="CM86"/>
+      <c r="CN86"/>
+      <c r="CO86"/>
+      <c r="CP86"/>
+      <c r="CQ86"/>
+      <c r="CR86"/>
+      <c r="CS86"/>
+    </row>
+    <row r="87" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="33"/>
+      <c r="B87" s="18"/>
+      <c r="C87" s="12"/>
+      <c r="D87" s="12"/>
+      <c r="E87" s="18"/>
+      <c r="F87" s="18"/>
+      <c r="G87" s="13"/>
+      <c r="H87" s="19"/>
+      <c r="I87" s="12"/>
+      <c r="J87" s="12"/>
+      <c r="K87" s="12"/>
+      <c r="L87" s="15"/>
+      <c r="N87" s="14"/>
+      <c r="O87" s="34"/>
+      <c r="P87"/>
+      <c r="Q87"/>
+      <c r="R87"/>
+      <c r="S87"/>
+      <c r="T87"/>
+      <c r="U87"/>
+      <c r="V87"/>
+      <c r="W87"/>
+      <c r="X87"/>
+      <c r="Y87"/>
+      <c r="Z87"/>
+      <c r="AA87"/>
+      <c r="AB87"/>
+      <c r="AC87"/>
+      <c r="AD87"/>
+      <c r="AE87"/>
+      <c r="AF87"/>
+      <c r="AG87"/>
+      <c r="AH87"/>
+      <c r="AI87"/>
+      <c r="AJ87"/>
+      <c r="AK87"/>
+      <c r="AL87"/>
+      <c r="AM87"/>
+      <c r="AN87"/>
+      <c r="AO87"/>
+      <c r="AP87"/>
+      <c r="AQ87"/>
+      <c r="AR87"/>
+      <c r="AS87"/>
+      <c r="AT87"/>
+      <c r="AU87"/>
+      <c r="AV87"/>
+      <c r="AW87"/>
+      <c r="AX87"/>
+      <c r="AY87"/>
+      <c r="AZ87"/>
+      <c r="BA87"/>
+      <c r="BB87"/>
+      <c r="BC87"/>
+      <c r="BD87"/>
+      <c r="BE87"/>
+      <c r="BF87"/>
+      <c r="BG87"/>
+      <c r="BH87"/>
+      <c r="BI87"/>
+      <c r="BJ87"/>
+      <c r="BK87"/>
+      <c r="BL87"/>
+      <c r="BM87"/>
+      <c r="BN87"/>
+      <c r="BO87"/>
+      <c r="BP87"/>
+      <c r="BQ87"/>
+      <c r="BR87"/>
+      <c r="BS87"/>
+      <c r="BT87"/>
+      <c r="BU87"/>
+      <c r="BV87"/>
+      <c r="BW87"/>
+      <c r="BX87"/>
+      <c r="BY87"/>
+      <c r="BZ87"/>
+      <c r="CA87"/>
+      <c r="CB87"/>
+      <c r="CC87"/>
+      <c r="CD87"/>
+      <c r="CE87"/>
+      <c r="CF87"/>
+      <c r="CG87"/>
+      <c r="CH87"/>
+      <c r="CI87"/>
+      <c r="CJ87"/>
+      <c r="CK87"/>
+      <c r="CL87"/>
+      <c r="CM87"/>
+      <c r="CN87"/>
+      <c r="CO87"/>
+      <c r="CP87"/>
+      <c r="CQ87"/>
+      <c r="CR87"/>
+      <c r="CS87"/>
+    </row>
+    <row r="88" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="33"/>
+      <c r="B88" s="18"/>
+      <c r="C88" s="12"/>
+      <c r="D88" s="12"/>
+      <c r="E88" s="18"/>
+      <c r="F88" s="18"/>
+      <c r="G88" s="13"/>
+      <c r="H88" s="19"/>
+      <c r="I88" s="12"/>
+      <c r="J88" s="12"/>
+      <c r="K88" s="12"/>
+      <c r="L88" s="15"/>
+      <c r="N88" s="14"/>
+      <c r="O88" s="34"/>
+      <c r="P88"/>
+      <c r="Q88"/>
+      <c r="R88"/>
+      <c r="S88"/>
+      <c r="T88"/>
+      <c r="U88"/>
+      <c r="V88"/>
+      <c r="W88"/>
+      <c r="X88"/>
+      <c r="Y88"/>
+      <c r="Z88"/>
+      <c r="AA88"/>
+      <c r="AB88"/>
+      <c r="AC88"/>
+      <c r="AD88"/>
+      <c r="AE88"/>
+      <c r="AF88"/>
+      <c r="AG88"/>
+      <c r="AH88"/>
+      <c r="AI88"/>
+      <c r="AJ88"/>
+      <c r="AK88"/>
+      <c r="AL88"/>
+      <c r="AM88"/>
+      <c r="AN88"/>
+      <c r="AO88"/>
+      <c r="AP88"/>
+      <c r="AQ88"/>
+      <c r="AR88"/>
+      <c r="AS88"/>
+      <c r="AT88"/>
+      <c r="AU88"/>
+      <c r="AV88"/>
+      <c r="AW88"/>
+      <c r="AX88"/>
+      <c r="AY88"/>
+      <c r="AZ88"/>
+      <c r="BA88"/>
+      <c r="BB88"/>
+      <c r="BC88"/>
+      <c r="BD88"/>
+      <c r="BE88"/>
+      <c r="BF88"/>
+      <c r="BG88"/>
+      <c r="BH88"/>
+      <c r="BI88"/>
+      <c r="BJ88"/>
+      <c r="BK88"/>
+      <c r="BL88"/>
+      <c r="BM88"/>
+      <c r="BN88"/>
+      <c r="BO88"/>
+      <c r="BP88"/>
+      <c r="BQ88"/>
+      <c r="BR88"/>
+      <c r="BS88"/>
+      <c r="BT88"/>
+      <c r="BU88"/>
+      <c r="BV88"/>
+      <c r="BW88"/>
+      <c r="BX88"/>
+      <c r="BY88"/>
+      <c r="BZ88"/>
+      <c r="CA88"/>
+      <c r="CB88"/>
+      <c r="CC88"/>
+      <c r="CD88"/>
+      <c r="CE88"/>
+      <c r="CF88"/>
+      <c r="CG88"/>
+      <c r="CH88"/>
+      <c r="CI88"/>
+      <c r="CJ88"/>
+      <c r="CK88"/>
+      <c r="CL88"/>
+      <c r="CM88"/>
+      <c r="CN88"/>
+      <c r="CO88"/>
+      <c r="CP88"/>
+      <c r="CQ88"/>
+      <c r="CR88"/>
+      <c r="CS88"/>
+    </row>
+    <row r="89" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="33"/>
+      <c r="B89" s="18"/>
+      <c r="C89" s="12"/>
+      <c r="D89" s="12"/>
+      <c r="E89" s="18"/>
+      <c r="F89" s="18"/>
+      <c r="G89" s="13"/>
+      <c r="H89" s="19"/>
+      <c r="I89" s="12"/>
+      <c r="J89" s="12"/>
+      <c r="K89" s="12"/>
+      <c r="L89" s="15"/>
+      <c r="N89" s="14"/>
+      <c r="O89" s="34"/>
+      <c r="P89"/>
+      <c r="Q89"/>
+      <c r="R89"/>
+      <c r="S89"/>
+      <c r="T89"/>
+      <c r="U89"/>
+      <c r="V89"/>
+      <c r="W89"/>
+      <c r="X89"/>
+      <c r="Y89"/>
+      <c r="Z89"/>
+      <c r="AA89"/>
+      <c r="AB89"/>
+      <c r="AC89"/>
+      <c r="AD89"/>
+      <c r="AE89"/>
+      <c r="AF89"/>
+      <c r="AG89"/>
+      <c r="AH89"/>
+      <c r="AI89"/>
+      <c r="AJ89"/>
+      <c r="AK89"/>
+      <c r="AL89"/>
+      <c r="AM89"/>
+      <c r="AN89"/>
+      <c r="AO89"/>
+      <c r="AP89"/>
+      <c r="AQ89"/>
+      <c r="AR89"/>
+      <c r="AS89"/>
+      <c r="AT89"/>
+      <c r="AU89"/>
+      <c r="AV89"/>
+      <c r="AW89"/>
+      <c r="AX89"/>
+      <c r="AY89"/>
+      <c r="AZ89"/>
+      <c r="BA89"/>
+      <c r="BB89"/>
+      <c r="BC89"/>
+      <c r="BD89"/>
+      <c r="BE89"/>
+      <c r="BF89"/>
+      <c r="BG89"/>
+      <c r="BH89"/>
+      <c r="BI89"/>
+      <c r="BJ89"/>
+      <c r="BK89"/>
+      <c r="BL89"/>
+      <c r="BM89"/>
+      <c r="BN89"/>
+      <c r="BO89"/>
+      <c r="BP89"/>
+      <c r="BQ89"/>
+      <c r="BR89"/>
+      <c r="BS89"/>
+      <c r="BT89"/>
+      <c r="BU89"/>
+      <c r="BV89"/>
+      <c r="BW89"/>
+      <c r="BX89"/>
+      <c r="BY89"/>
+      <c r="BZ89"/>
+      <c r="CA89"/>
+      <c r="CB89"/>
+      <c r="CC89"/>
+      <c r="CD89"/>
+      <c r="CE89"/>
+      <c r="CF89"/>
+      <c r="CG89"/>
+      <c r="CH89"/>
+      <c r="CI89"/>
+      <c r="CJ89"/>
+      <c r="CK89"/>
+      <c r="CL89"/>
+      <c r="CM89"/>
+      <c r="CN89"/>
+      <c r="CO89"/>
+      <c r="CP89"/>
+      <c r="CQ89"/>
+      <c r="CR89"/>
+      <c r="CS89"/>
+    </row>
+    <row r="90" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="33"/>
+      <c r="B90" s="18"/>
+      <c r="C90" s="12"/>
+      <c r="D90" s="12"/>
+      <c r="E90" s="18"/>
+      <c r="F90" s="18"/>
+      <c r="G90" s="13"/>
+      <c r="H90" s="19"/>
+      <c r="I90" s="12"/>
+      <c r="J90" s="12"/>
+      <c r="K90" s="12"/>
+      <c r="L90" s="15"/>
+      <c r="N90" s="14"/>
+      <c r="O90" s="34"/>
+      <c r="P90"/>
+      <c r="Q90"/>
+      <c r="R90"/>
+      <c r="S90"/>
+      <c r="T90"/>
+      <c r="U90"/>
+      <c r="V90"/>
+      <c r="W90"/>
+      <c r="X90"/>
+      <c r="Y90"/>
+      <c r="Z90"/>
+      <c r="AA90"/>
+      <c r="AB90"/>
+      <c r="AC90"/>
+      <c r="AD90"/>
+      <c r="AE90"/>
+      <c r="AF90"/>
+      <c r="AG90"/>
+      <c r="AH90"/>
+      <c r="AI90"/>
+      <c r="AJ90"/>
+      <c r="AK90"/>
+      <c r="AL90"/>
+      <c r="AM90"/>
+      <c r="AN90"/>
+      <c r="AO90"/>
+      <c r="AP90"/>
+      <c r="AQ90"/>
+      <c r="AR90"/>
+      <c r="AS90"/>
+      <c r="AT90"/>
+      <c r="AU90"/>
+      <c r="AV90"/>
+      <c r="AW90"/>
+      <c r="AX90"/>
+      <c r="AY90"/>
+      <c r="AZ90"/>
+      <c r="BA90"/>
+      <c r="BB90"/>
+      <c r="BC90"/>
+      <c r="BD90"/>
+      <c r="BE90"/>
+      <c r="BF90"/>
+      <c r="BG90"/>
+      <c r="BH90"/>
+      <c r="BI90"/>
+      <c r="BJ90"/>
+      <c r="BK90"/>
+      <c r="BL90"/>
+      <c r="BM90"/>
+      <c r="BN90"/>
+      <c r="BO90"/>
+      <c r="BP90"/>
+      <c r="BQ90"/>
+      <c r="BR90"/>
+      <c r="BS90"/>
+      <c r="BT90"/>
+      <c r="BU90"/>
+      <c r="BV90"/>
+      <c r="BW90"/>
+      <c r="BX90"/>
+      <c r="BY90"/>
+      <c r="BZ90"/>
+      <c r="CA90"/>
+      <c r="CB90"/>
+      <c r="CC90"/>
+      <c r="CD90"/>
+      <c r="CE90"/>
+      <c r="CF90"/>
+      <c r="CG90"/>
+      <c r="CH90"/>
+      <c r="CI90"/>
+      <c r="CJ90"/>
+      <c r="CK90"/>
+      <c r="CL90"/>
+      <c r="CM90"/>
+      <c r="CN90"/>
+      <c r="CO90"/>
+      <c r="CP90"/>
+      <c r="CQ90"/>
+      <c r="CR90"/>
+      <c r="CS90"/>
+    </row>
+    <row r="91" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="33"/>
+      <c r="B91" s="18"/>
+      <c r="C91" s="12"/>
+      <c r="D91" s="12"/>
+      <c r="E91" s="18"/>
+      <c r="F91" s="18"/>
+      <c r="G91" s="13"/>
+      <c r="H91" s="19"/>
+      <c r="I91" s="12"/>
+      <c r="J91" s="12"/>
+      <c r="K91" s="12"/>
+      <c r="L91" s="15"/>
+      <c r="N91" s="14"/>
+      <c r="O91" s="34"/>
+      <c r="P91"/>
+      <c r="Q91"/>
+      <c r="R91"/>
+      <c r="S91"/>
+      <c r="T91"/>
+      <c r="U91"/>
+      <c r="V91"/>
+      <c r="W91"/>
+      <c r="X91"/>
+      <c r="Y91"/>
+      <c r="Z91"/>
+      <c r="AA91"/>
+      <c r="AB91"/>
+      <c r="AC91"/>
+      <c r="AD91"/>
+      <c r="AE91"/>
+      <c r="AF91"/>
+      <c r="AG91"/>
+      <c r="AH91"/>
+      <c r="AI91"/>
+      <c r="AJ91"/>
+      <c r="AK91"/>
+      <c r="AL91"/>
+      <c r="AM91"/>
+      <c r="AN91"/>
+      <c r="AO91"/>
+      <c r="AP91"/>
+      <c r="AQ91"/>
+      <c r="AR91"/>
+      <c r="AS91"/>
+      <c r="AT91"/>
+      <c r="AU91"/>
+      <c r="AV91"/>
+      <c r="AW91"/>
+      <c r="AX91"/>
+      <c r="AY91"/>
+      <c r="AZ91"/>
+      <c r="BA91"/>
+      <c r="BB91"/>
+      <c r="BC91"/>
+      <c r="BD91"/>
+      <c r="BE91"/>
+      <c r="BF91"/>
+      <c r="BG91"/>
+      <c r="BH91"/>
+      <c r="BI91"/>
+      <c r="BJ91"/>
+      <c r="BK91"/>
+      <c r="BL91"/>
+      <c r="BM91"/>
+      <c r="BN91"/>
+      <c r="BO91"/>
+      <c r="BP91"/>
+      <c r="BQ91"/>
+      <c r="BR91"/>
+      <c r="BS91"/>
+      <c r="BT91"/>
+      <c r="BU91"/>
+      <c r="BV91"/>
+      <c r="BW91"/>
+      <c r="BX91"/>
+      <c r="BY91"/>
+      <c r="BZ91"/>
+      <c r="CA91"/>
+      <c r="CB91"/>
+      <c r="CC91"/>
+      <c r="CD91"/>
+      <c r="CE91"/>
+      <c r="CF91"/>
+      <c r="CG91"/>
+      <c r="CH91"/>
+      <c r="CI91"/>
+      <c r="CJ91"/>
+      <c r="CK91"/>
+      <c r="CL91"/>
+      <c r="CM91"/>
+      <c r="CN91"/>
+      <c r="CO91"/>
+      <c r="CP91"/>
+      <c r="CQ91"/>
+      <c r="CR91"/>
+      <c r="CS91"/>
+    </row>
+    <row r="92" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="33"/>
+      <c r="B92" s="18"/>
+      <c r="C92" s="12"/>
+      <c r="D92" s="12"/>
+      <c r="E92" s="18"/>
+      <c r="F92" s="18"/>
+      <c r="G92" s="13"/>
+      <c r="H92" s="19"/>
+      <c r="I92" s="12"/>
+      <c r="J92" s="12"/>
+      <c r="K92" s="12"/>
+      <c r="L92" s="15"/>
+      <c r="N92" s="14"/>
+      <c r="O92" s="34"/>
+      <c r="P92"/>
+      <c r="Q92"/>
+      <c r="R92"/>
+      <c r="S92"/>
+      <c r="T92"/>
+      <c r="U92"/>
+      <c r="V92"/>
+      <c r="W92"/>
+      <c r="X92"/>
+      <c r="Y92"/>
+      <c r="Z92"/>
+      <c r="AA92"/>
+      <c r="AB92"/>
+      <c r="AC92"/>
+      <c r="AD92"/>
+      <c r="AE92"/>
+      <c r="AF92"/>
+      <c r="AG92"/>
+      <c r="AH92"/>
+      <c r="AI92"/>
+      <c r="AJ92"/>
+      <c r="AK92"/>
+      <c r="AL92"/>
+      <c r="AM92"/>
+      <c r="AN92"/>
+      <c r="AO92"/>
+      <c r="AP92"/>
+      <c r="AQ92"/>
+      <c r="AR92"/>
+      <c r="AS92"/>
+      <c r="AT92"/>
+      <c r="AU92"/>
+      <c r="AV92"/>
+      <c r="AW92"/>
+      <c r="AX92"/>
+      <c r="AY92"/>
+      <c r="AZ92"/>
+      <c r="BA92"/>
+      <c r="BB92"/>
+      <c r="BC92"/>
+      <c r="BD92"/>
+      <c r="BE92"/>
+      <c r="BF92"/>
+      <c r="BG92"/>
+      <c r="BH92"/>
+      <c r="BI92"/>
+      <c r="BJ92"/>
+      <c r="BK92"/>
+      <c r="BL92"/>
+      <c r="BM92"/>
+      <c r="BN92"/>
+      <c r="BO92"/>
+      <c r="BP92"/>
+      <c r="BQ92"/>
+      <c r="BR92"/>
+      <c r="BS92"/>
+      <c r="BT92"/>
+      <c r="BU92"/>
+      <c r="BV92"/>
+      <c r="BW92"/>
+      <c r="BX92"/>
+      <c r="BY92"/>
+      <c r="BZ92"/>
+      <c r="CA92"/>
+      <c r="CB92"/>
+      <c r="CC92"/>
+      <c r="CD92"/>
+      <c r="CE92"/>
+      <c r="CF92"/>
+      <c r="CG92"/>
+      <c r="CH92"/>
+      <c r="CI92"/>
+      <c r="CJ92"/>
+      <c r="CK92"/>
+      <c r="CL92"/>
+      <c r="CM92"/>
+      <c r="CN92"/>
+      <c r="CO92"/>
+      <c r="CP92"/>
+      <c r="CQ92"/>
+      <c r="CR92"/>
+      <c r="CS92"/>
+    </row>
+    <row r="93" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="33"/>
+      <c r="B93" s="18"/>
+      <c r="C93" s="12"/>
+      <c r="D93" s="12"/>
+      <c r="E93" s="18"/>
+      <c r="F93" s="18"/>
+      <c r="G93" s="13"/>
+      <c r="H93" s="19"/>
+      <c r="I93" s="12"/>
+      <c r="J93" s="12"/>
+      <c r="K93" s="12"/>
+      <c r="L93" s="15"/>
+      <c r="N93" s="14"/>
+      <c r="O93" s="34"/>
+      <c r="P93"/>
+      <c r="Q93"/>
+      <c r="R93"/>
+      <c r="S93"/>
+      <c r="T93"/>
+      <c r="U93"/>
+      <c r="V93"/>
+      <c r="W93"/>
+      <c r="X93"/>
+      <c r="Y93"/>
+      <c r="Z93"/>
+      <c r="AA93"/>
+      <c r="AB93"/>
+      <c r="AC93"/>
+      <c r="AD93"/>
+      <c r="AE93"/>
+      <c r="AF93"/>
+      <c r="AG93"/>
+      <c r="AH93"/>
+      <c r="AI93"/>
+      <c r="AJ93"/>
+      <c r="AK93"/>
+      <c r="AL93"/>
+      <c r="AM93"/>
+      <c r="AN93"/>
+      <c r="AO93"/>
+      <c r="AP93"/>
+      <c r="AQ93"/>
+      <c r="AR93"/>
+      <c r="AS93"/>
+      <c r="AT93"/>
+      <c r="AU93"/>
+      <c r="AV93"/>
+      <c r="AW93"/>
+      <c r="AX93"/>
+      <c r="AY93"/>
+      <c r="AZ93"/>
+      <c r="BA93"/>
+      <c r="BB93"/>
+      <c r="BC93"/>
+      <c r="BD93"/>
+      <c r="BE93"/>
+      <c r="BF93"/>
+      <c r="BG93"/>
+      <c r="BH93"/>
+      <c r="BI93"/>
+      <c r="BJ93"/>
+      <c r="BK93"/>
+      <c r="BL93"/>
+      <c r="BM93"/>
+      <c r="BN93"/>
+      <c r="BO93"/>
+      <c r="BP93"/>
+      <c r="BQ93"/>
+      <c r="BR93"/>
+      <c r="BS93"/>
+      <c r="BT93"/>
+      <c r="BU93"/>
+      <c r="BV93"/>
+      <c r="BW93"/>
+      <c r="BX93"/>
+      <c r="BY93"/>
+      <c r="BZ93"/>
+      <c r="CA93"/>
+      <c r="CB93"/>
+      <c r="CC93"/>
+      <c r="CD93"/>
+      <c r="CE93"/>
+      <c r="CF93"/>
+      <c r="CG93"/>
+      <c r="CH93"/>
+      <c r="CI93"/>
+      <c r="CJ93"/>
+      <c r="CK93"/>
+      <c r="CL93"/>
+      <c r="CM93"/>
+      <c r="CN93"/>
+      <c r="CO93"/>
+      <c r="CP93"/>
+      <c r="CQ93"/>
+      <c r="CR93"/>
+      <c r="CS93"/>
+    </row>
+    <row r="94" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="33"/>
+      <c r="B94" s="18"/>
+      <c r="C94" s="12"/>
+      <c r="D94" s="12"/>
+      <c r="E94" s="18"/>
+      <c r="F94" s="18"/>
+      <c r="G94" s="13"/>
+      <c r="H94" s="19"/>
+      <c r="I94" s="12"/>
+      <c r="J94" s="12"/>
+      <c r="K94" s="12"/>
+      <c r="L94" s="15"/>
+      <c r="N94" s="14"/>
+      <c r="O94" s="34"/>
+      <c r="P94"/>
+      <c r="Q94"/>
+      <c r="R94"/>
+      <c r="S94"/>
+      <c r="T94"/>
+      <c r="U94"/>
+      <c r="V94"/>
+      <c r="W94"/>
+      <c r="X94"/>
+      <c r="Y94"/>
+      <c r="Z94"/>
+      <c r="AA94"/>
+      <c r="AB94"/>
+      <c r="AC94"/>
+      <c r="AD94"/>
+      <c r="AE94"/>
+      <c r="AF94"/>
+      <c r="AG94"/>
+      <c r="AH94"/>
+      <c r="AI94"/>
+      <c r="AJ94"/>
+      <c r="AK94"/>
+      <c r="AL94"/>
+      <c r="AM94"/>
+      <c r="AN94"/>
+      <c r="AO94"/>
+      <c r="AP94"/>
+      <c r="AQ94"/>
+      <c r="AR94"/>
+      <c r="AS94"/>
+      <c r="AT94"/>
+      <c r="AU94"/>
+      <c r="AV94"/>
+      <c r="AW94"/>
+      <c r="AX94"/>
+      <c r="AY94"/>
+      <c r="AZ94"/>
+      <c r="BA94"/>
+      <c r="BB94"/>
+      <c r="BC94"/>
+      <c r="BD94"/>
+      <c r="BE94"/>
+      <c r="BF94"/>
+      <c r="BG94"/>
+      <c r="BH94"/>
+      <c r="BI94"/>
+      <c r="BJ94"/>
+      <c r="BK94"/>
+      <c r="BL94"/>
+      <c r="BM94"/>
+      <c r="BN94"/>
+      <c r="BO94"/>
+      <c r="BP94"/>
+      <c r="BQ94"/>
+      <c r="BR94"/>
+      <c r="BS94"/>
+      <c r="BT94"/>
+      <c r="BU94"/>
+      <c r="BV94"/>
+      <c r="BW94"/>
+      <c r="BX94"/>
+      <c r="BY94"/>
+      <c r="BZ94"/>
+      <c r="CA94"/>
+      <c r="CB94"/>
+      <c r="CC94"/>
+      <c r="CD94"/>
+      <c r="CE94"/>
+      <c r="CF94"/>
+      <c r="CG94"/>
+      <c r="CH94"/>
+      <c r="CI94"/>
+      <c r="CJ94"/>
+      <c r="CK94"/>
+      <c r="CL94"/>
+      <c r="CM94"/>
+      <c r="CN94"/>
+      <c r="CO94"/>
+      <c r="CP94"/>
+      <c r="CQ94"/>
+      <c r="CR94"/>
+      <c r="CS94"/>
+    </row>
+    <row r="95" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="33"/>
+      <c r="B95" s="18"/>
+      <c r="C95" s="12"/>
+      <c r="D95" s="12"/>
+      <c r="E95" s="18"/>
+      <c r="F95" s="18"/>
+      <c r="G95" s="13"/>
+      <c r="H95" s="19"/>
+      <c r="I95" s="12"/>
+      <c r="J95" s="12"/>
+      <c r="K95" s="12"/>
+      <c r="L95" s="15"/>
+      <c r="N95" s="14"/>
+      <c r="O95" s="34"/>
+      <c r="P95"/>
+      <c r="Q95"/>
+      <c r="R95"/>
+      <c r="S95"/>
+      <c r="T95"/>
+      <c r="U95"/>
+      <c r="V95"/>
+      <c r="W95"/>
+      <c r="X95"/>
+      <c r="Y95"/>
+      <c r="Z95"/>
+      <c r="AA95"/>
+      <c r="AB95"/>
+      <c r="AC95"/>
+      <c r="AD95"/>
+      <c r="AE95"/>
+      <c r="AF95"/>
+      <c r="AG95"/>
+      <c r="AH95"/>
+      <c r="AI95"/>
+      <c r="AJ95"/>
+      <c r="AK95"/>
+      <c r="AL95"/>
+      <c r="AM95"/>
+      <c r="AN95"/>
+      <c r="AO95"/>
+      <c r="AP95"/>
+      <c r="AQ95"/>
+      <c r="AR95"/>
+      <c r="AS95"/>
+      <c r="AT95"/>
+      <c r="AU95"/>
+      <c r="AV95"/>
+      <c r="AW95"/>
+      <c r="AX95"/>
+      <c r="AY95"/>
+      <c r="AZ95"/>
+      <c r="BA95"/>
+      <c r="BB95"/>
+      <c r="BC95"/>
+      <c r="BD95"/>
+      <c r="BE95"/>
+      <c r="BF95"/>
+      <c r="BG95"/>
+      <c r="BH95"/>
+      <c r="BI95"/>
+      <c r="BJ95"/>
+      <c r="BK95"/>
+      <c r="BL95"/>
+      <c r="BM95"/>
+      <c r="BN95"/>
+      <c r="BO95"/>
+      <c r="BP95"/>
+      <c r="BQ95"/>
+      <c r="BR95"/>
+      <c r="BS95"/>
+      <c r="BT95"/>
+      <c r="BU95"/>
+      <c r="BV95"/>
+      <c r="BW95"/>
+      <c r="BX95"/>
+      <c r="BY95"/>
+      <c r="BZ95"/>
+      <c r="CA95"/>
+      <c r="CB95"/>
+      <c r="CC95"/>
+      <c r="CD95"/>
+      <c r="CE95"/>
+      <c r="CF95"/>
+      <c r="CG95"/>
+      <c r="CH95"/>
+      <c r="CI95"/>
+      <c r="CJ95"/>
+      <c r="CK95"/>
+      <c r="CL95"/>
+      <c r="CM95"/>
+      <c r="CN95"/>
+      <c r="CO95"/>
+      <c r="CP95"/>
+      <c r="CQ95"/>
+      <c r="CR95"/>
+      <c r="CS95"/>
+    </row>
+    <row r="96" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="33"/>
+      <c r="B96" s="18"/>
+      <c r="C96" s="12"/>
+      <c r="D96" s="12"/>
+      <c r="E96" s="18"/>
+      <c r="F96" s="18"/>
+      <c r="G96" s="13"/>
+      <c r="H96" s="19"/>
+      <c r="I96" s="12"/>
+      <c r="J96" s="12"/>
+      <c r="K96" s="12"/>
+      <c r="L96" s="15"/>
+      <c r="N96" s="14"/>
+      <c r="O96" s="34"/>
+      <c r="P96"/>
+      <c r="Q96"/>
+      <c r="R96"/>
+      <c r="S96"/>
+      <c r="T96"/>
+      <c r="U96"/>
+      <c r="V96"/>
+      <c r="W96"/>
+      <c r="X96"/>
+      <c r="Y96"/>
+      <c r="Z96"/>
+      <c r="AA96"/>
+      <c r="AB96"/>
+      <c r="AC96"/>
+      <c r="AD96"/>
+      <c r="AE96"/>
+      <c r="AF96"/>
+      <c r="AG96"/>
+      <c r="AH96"/>
+      <c r="AI96"/>
+      <c r="AJ96"/>
+      <c r="AK96"/>
+      <c r="AL96"/>
+      <c r="AM96"/>
+      <c r="AN96"/>
+      <c r="AO96"/>
+      <c r="AP96"/>
+      <c r="AQ96"/>
+      <c r="AR96"/>
+      <c r="AS96"/>
+      <c r="AT96"/>
+      <c r="AU96"/>
+      <c r="AV96"/>
+      <c r="AW96"/>
+      <c r="AX96"/>
+      <c r="AY96"/>
+      <c r="AZ96"/>
+      <c r="BA96"/>
+      <c r="BB96"/>
+      <c r="BC96"/>
+      <c r="BD96"/>
+      <c r="BE96"/>
+      <c r="BF96"/>
+      <c r="BG96"/>
+      <c r="BH96"/>
+      <c r="BI96"/>
+      <c r="BJ96"/>
+      <c r="BK96"/>
+      <c r="BL96"/>
+      <c r="BM96"/>
+      <c r="BN96"/>
+      <c r="BO96"/>
+      <c r="BP96"/>
+      <c r="BQ96"/>
+      <c r="BR96"/>
+      <c r="BS96"/>
+      <c r="BT96"/>
+      <c r="BU96"/>
+      <c r="BV96"/>
+      <c r="BW96"/>
+      <c r="BX96"/>
+      <c r="BY96"/>
+      <c r="BZ96"/>
+      <c r="CA96"/>
+      <c r="CB96"/>
+      <c r="CC96"/>
+      <c r="CD96"/>
+      <c r="CE96"/>
+      <c r="CF96"/>
+      <c r="CG96"/>
+      <c r="CH96"/>
+      <c r="CI96"/>
+      <c r="CJ96"/>
+      <c r="CK96"/>
+      <c r="CL96"/>
+      <c r="CM96"/>
+      <c r="CN96"/>
+      <c r="CO96"/>
+      <c r="CP96"/>
+      <c r="CQ96"/>
+      <c r="CR96"/>
+      <c r="CS96"/>
+    </row>
+    <row r="97" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="33"/>
+      <c r="B97" s="18"/>
+      <c r="C97" s="12"/>
+      <c r="D97" s="12"/>
+      <c r="E97" s="18"/>
+      <c r="F97" s="18"/>
+      <c r="G97" s="13"/>
+      <c r="H97" s="19"/>
+      <c r="I97" s="12"/>
+      <c r="J97" s="12"/>
+      <c r="K97" s="12"/>
+      <c r="L97" s="15"/>
+      <c r="N97" s="14"/>
+      <c r="O97" s="34"/>
+      <c r="P97"/>
+      <c r="Q97"/>
+      <c r="R97"/>
+      <c r="S97"/>
+      <c r="T97"/>
+      <c r="U97"/>
+      <c r="V97"/>
+      <c r="W97"/>
+      <c r="X97"/>
+      <c r="Y97"/>
+      <c r="Z97"/>
+      <c r="AA97"/>
+      <c r="AB97"/>
+      <c r="AC97"/>
+      <c r="AD97"/>
+      <c r="AE97"/>
+      <c r="AF97"/>
+      <c r="AG97"/>
+      <c r="AH97"/>
+      <c r="AI97"/>
+      <c r="AJ97"/>
+      <c r="AK97"/>
+      <c r="AL97"/>
+      <c r="AM97"/>
+      <c r="AN97"/>
+      <c r="AO97"/>
+      <c r="AP97"/>
+      <c r="AQ97"/>
+      <c r="AR97"/>
+      <c r="AS97"/>
+      <c r="AT97"/>
+      <c r="AU97"/>
+      <c r="AV97"/>
+      <c r="AW97"/>
+      <c r="AX97"/>
+      <c r="AY97"/>
+      <c r="AZ97"/>
+      <c r="BA97"/>
+      <c r="BB97"/>
+      <c r="BC97"/>
+      <c r="BD97"/>
+      <c r="BE97"/>
+      <c r="BF97"/>
+      <c r="BG97"/>
+      <c r="BH97"/>
+      <c r="BI97"/>
+      <c r="BJ97"/>
+      <c r="BK97"/>
+      <c r="BL97"/>
+      <c r="BM97"/>
+      <c r="BN97"/>
+      <c r="BO97"/>
+      <c r="BP97"/>
+      <c r="BQ97"/>
+      <c r="BR97"/>
+      <c r="BS97"/>
+      <c r="BT97"/>
+      <c r="BU97"/>
+      <c r="BV97"/>
+      <c r="BW97"/>
+      <c r="BX97"/>
+      <c r="BY97"/>
+      <c r="BZ97"/>
+      <c r="CA97"/>
+      <c r="CB97"/>
+      <c r="CC97"/>
+      <c r="CD97"/>
+      <c r="CE97"/>
+      <c r="CF97"/>
+      <c r="CG97"/>
+      <c r="CH97"/>
+      <c r="CI97"/>
+      <c r="CJ97"/>
+      <c r="CK97"/>
+      <c r="CL97"/>
+      <c r="CM97"/>
+      <c r="CN97"/>
+      <c r="CO97"/>
+      <c r="CP97"/>
+      <c r="CQ97"/>
+      <c r="CR97"/>
+      <c r="CS97"/>
+    </row>
+    <row r="98" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="33"/>
+      <c r="B98" s="18"/>
+      <c r="C98" s="12"/>
+      <c r="D98" s="12"/>
+      <c r="E98" s="18"/>
+      <c r="F98" s="18"/>
+      <c r="G98" s="13"/>
+      <c r="H98" s="19"/>
+      <c r="I98" s="12"/>
+      <c r="J98" s="12"/>
+      <c r="K98" s="12"/>
+      <c r="L98" s="15"/>
+      <c r="N98" s="14"/>
+      <c r="O98" s="34"/>
+      <c r="P98"/>
+      <c r="Q98"/>
+      <c r="R98"/>
+      <c r="S98"/>
+      <c r="T98"/>
+      <c r="U98"/>
+      <c r="V98"/>
+      <c r="W98"/>
+      <c r="X98"/>
+      <c r="Y98"/>
+      <c r="Z98"/>
+      <c r="AA98"/>
+      <c r="AB98"/>
+      <c r="AC98"/>
+      <c r="AD98"/>
+      <c r="AE98"/>
+      <c r="AF98"/>
+      <c r="AG98"/>
+      <c r="AH98"/>
+      <c r="AI98"/>
+      <c r="AJ98"/>
+      <c r="AK98"/>
+      <c r="AL98"/>
+      <c r="AM98"/>
+      <c r="AN98"/>
+      <c r="AO98"/>
+      <c r="AP98"/>
+      <c r="AQ98"/>
+      <c r="AR98"/>
+      <c r="AS98"/>
+      <c r="AT98"/>
+      <c r="AU98"/>
+      <c r="AV98"/>
+      <c r="AW98"/>
+      <c r="AX98"/>
+      <c r="AY98"/>
+      <c r="AZ98"/>
+      <c r="BA98"/>
+      <c r="BB98"/>
+      <c r="BC98"/>
+      <c r="BD98"/>
+      <c r="BE98"/>
+      <c r="BF98"/>
+      <c r="BG98"/>
+      <c r="BH98"/>
+      <c r="BI98"/>
+      <c r="BJ98"/>
+      <c r="BK98"/>
+      <c r="BL98"/>
+      <c r="BM98"/>
+      <c r="BN98"/>
+      <c r="BO98"/>
+      <c r="BP98"/>
+      <c r="BQ98"/>
+      <c r="BR98"/>
+      <c r="BS98"/>
+      <c r="BT98"/>
+      <c r="BU98"/>
+      <c r="BV98"/>
+      <c r="BW98"/>
+      <c r="BX98"/>
+      <c r="BY98"/>
+      <c r="BZ98"/>
+      <c r="CA98"/>
+      <c r="CB98"/>
+      <c r="CC98"/>
+      <c r="CD98"/>
+      <c r="CE98"/>
+      <c r="CF98"/>
+      <c r="CG98"/>
+      <c r="CH98"/>
+      <c r="CI98"/>
+      <c r="CJ98"/>
+      <c r="CK98"/>
+      <c r="CL98"/>
+      <c r="CM98"/>
+      <c r="CN98"/>
+      <c r="CO98"/>
+      <c r="CP98"/>
+      <c r="CQ98"/>
+      <c r="CR98"/>
+      <c r="CS98"/>
+    </row>
+    <row r="99" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="33"/>
+      <c r="B99" s="18"/>
+      <c r="C99" s="12"/>
+      <c r="D99" s="12"/>
+      <c r="E99" s="18"/>
+      <c r="F99" s="18"/>
+      <c r="G99" s="13"/>
+      <c r="H99" s="19"/>
+      <c r="I99" s="12"/>
+      <c r="J99" s="12"/>
+      <c r="K99" s="12"/>
+      <c r="L99" s="15"/>
+      <c r="N99" s="14"/>
+      <c r="O99" s="34"/>
+      <c r="P99"/>
+      <c r="Q99"/>
+      <c r="R99"/>
+      <c r="S99"/>
+      <c r="T99"/>
+      <c r="U99"/>
+      <c r="V99"/>
+      <c r="W99"/>
+      <c r="X99"/>
+      <c r="Y99"/>
+      <c r="Z99"/>
+      <c r="AA99"/>
+      <c r="AB99"/>
+      <c r="AC99"/>
+      <c r="AD99"/>
+      <c r="AE99"/>
+      <c r="AF99"/>
+      <c r="AG99"/>
+      <c r="AH99"/>
+      <c r="AI99"/>
+      <c r="AJ99"/>
+      <c r="AK99"/>
+      <c r="AL99"/>
+      <c r="AM99"/>
+      <c r="AN99"/>
+      <c r="AO99"/>
+      <c r="AP99"/>
+      <c r="AQ99"/>
+      <c r="AR99"/>
+      <c r="AS99"/>
+      <c r="AT99"/>
+      <c r="AU99"/>
+      <c r="AV99"/>
+      <c r="AW99"/>
+      <c r="AX99"/>
+      <c r="AY99"/>
+      <c r="AZ99"/>
+      <c r="BA99"/>
+      <c r="BB99"/>
+      <c r="BC99"/>
+      <c r="BD99"/>
+      <c r="BE99"/>
+      <c r="BF99"/>
+      <c r="BG99"/>
+      <c r="BH99"/>
+      <c r="BI99"/>
+      <c r="BJ99"/>
+      <c r="BK99"/>
+      <c r="BL99"/>
+      <c r="BM99"/>
+      <c r="BN99"/>
+      <c r="BO99"/>
+      <c r="BP99"/>
+      <c r="BQ99"/>
+      <c r="BR99"/>
+      <c r="BS99"/>
+      <c r="BT99"/>
+      <c r="BU99"/>
+      <c r="BV99"/>
+      <c r="BW99"/>
+      <c r="BX99"/>
+      <c r="BY99"/>
+      <c r="BZ99"/>
+      <c r="CA99"/>
+      <c r="CB99"/>
+      <c r="CC99"/>
+      <c r="CD99"/>
+      <c r="CE99"/>
+      <c r="CF99"/>
+      <c r="CG99"/>
+      <c r="CH99"/>
+      <c r="CI99"/>
+      <c r="CJ99"/>
+      <c r="CK99"/>
+      <c r="CL99"/>
+      <c r="CM99"/>
+      <c r="CN99"/>
+      <c r="CO99"/>
+      <c r="CP99"/>
+      <c r="CQ99"/>
+      <c r="CR99"/>
+      <c r="CS99"/>
+    </row>
+    <row r="100" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="33"/>
+      <c r="B100" s="18"/>
+      <c r="C100" s="12"/>
+      <c r="D100" s="12"/>
+      <c r="E100" s="18"/>
+      <c r="F100" s="18"/>
+      <c r="G100" s="13"/>
+      <c r="H100" s="19"/>
+      <c r="I100" s="12"/>
+      <c r="J100" s="12"/>
+      <c r="K100" s="12"/>
+      <c r="L100" s="15"/>
+      <c r="N100" s="14"/>
+      <c r="O100" s="34"/>
+      <c r="P100"/>
+      <c r="Q100"/>
+      <c r="R100"/>
+      <c r="S100"/>
+      <c r="T100"/>
+      <c r="U100"/>
+      <c r="V100"/>
+      <c r="W100"/>
+      <c r="X100"/>
+      <c r="Y100"/>
+      <c r="Z100"/>
+      <c r="AA100"/>
+      <c r="AB100"/>
+      <c r="AC100"/>
+      <c r="AD100"/>
+      <c r="AE100"/>
+      <c r="AF100"/>
+      <c r="AG100"/>
+      <c r="AH100"/>
+      <c r="AI100"/>
+      <c r="AJ100"/>
+      <c r="AK100"/>
+      <c r="AL100"/>
+      <c r="AM100"/>
+      <c r="AN100"/>
+      <c r="AO100"/>
+      <c r="AP100"/>
+      <c r="AQ100"/>
+      <c r="AR100"/>
+      <c r="AS100"/>
+      <c r="AT100"/>
+      <c r="AU100"/>
+      <c r="AV100"/>
+      <c r="AW100"/>
+      <c r="AX100"/>
+      <c r="AY100"/>
+      <c r="AZ100"/>
+      <c r="BA100"/>
+      <c r="BB100"/>
+      <c r="BC100"/>
+      <c r="BD100"/>
+      <c r="BE100"/>
+      <c r="BF100"/>
+      <c r="BG100"/>
+      <c r="BH100"/>
+      <c r="BI100"/>
+      <c r="BJ100"/>
+      <c r="BK100"/>
+      <c r="BL100"/>
+      <c r="BM100"/>
+      <c r="BN100"/>
+      <c r="BO100"/>
+      <c r="BP100"/>
+      <c r="BQ100"/>
+      <c r="BR100"/>
+      <c r="BS100"/>
+      <c r="BT100"/>
+      <c r="BU100"/>
+      <c r="BV100"/>
+      <c r="BW100"/>
+      <c r="BX100"/>
+      <c r="BY100"/>
+      <c r="BZ100"/>
+      <c r="CA100"/>
+      <c r="CB100"/>
+      <c r="CC100"/>
+      <c r="CD100"/>
+      <c r="CE100"/>
+      <c r="CF100"/>
+      <c r="CG100"/>
+      <c r="CH100"/>
+      <c r="CI100"/>
+      <c r="CJ100"/>
+      <c r="CK100"/>
+      <c r="CL100"/>
+      <c r="CM100"/>
+      <c r="CN100"/>
+      <c r="CO100"/>
+      <c r="CP100"/>
+      <c r="CQ100"/>
+      <c r="CR100"/>
+      <c r="CS100"/>
+    </row>
+    <row r="101" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A101" s="33"/>
+      <c r="B101" s="18"/>
+      <c r="C101" s="12"/>
+      <c r="D101" s="12"/>
+      <c r="E101" s="18"/>
+      <c r="F101" s="18"/>
+      <c r="G101" s="13"/>
+      <c r="H101" s="19"/>
+      <c r="I101" s="12"/>
+      <c r="J101" s="12"/>
+      <c r="K101" s="12"/>
+      <c r="L101" s="15"/>
+      <c r="N101" s="14"/>
+      <c r="O101" s="34"/>
+      <c r="P101"/>
+      <c r="Q101"/>
+      <c r="R101"/>
+      <c r="S101"/>
+      <c r="T101"/>
+      <c r="U101"/>
+      <c r="V101"/>
+      <c r="W101"/>
+      <c r="X101"/>
+      <c r="Y101"/>
+      <c r="Z101"/>
+      <c r="AA101"/>
+      <c r="AB101"/>
+      <c r="AC101"/>
+      <c r="AD101"/>
+      <c r="AE101"/>
+      <c r="AF101"/>
+      <c r="AG101"/>
+      <c r="AH101"/>
+      <c r="AI101"/>
+      <c r="AJ101"/>
+      <c r="AK101"/>
+      <c r="AL101"/>
+      <c r="AM101"/>
+      <c r="AN101"/>
+      <c r="AO101"/>
+      <c r="AP101"/>
+      <c r="AQ101"/>
+      <c r="AR101"/>
+      <c r="AS101"/>
+      <c r="AT101"/>
+      <c r="AU101"/>
+      <c r="AV101"/>
+      <c r="AW101"/>
+      <c r="AX101"/>
+      <c r="AY101"/>
+      <c r="AZ101"/>
+      <c r="BA101"/>
+      <c r="BB101"/>
+      <c r="BC101"/>
+      <c r="BD101"/>
+      <c r="BE101"/>
+      <c r="BF101"/>
+      <c r="BG101"/>
+      <c r="BH101"/>
+      <c r="BI101"/>
+      <c r="BJ101"/>
+      <c r="BK101"/>
+      <c r="BL101"/>
+      <c r="BM101"/>
+      <c r="BN101"/>
+      <c r="BO101"/>
+      <c r="BP101"/>
+      <c r="BQ101"/>
+      <c r="BR101"/>
+      <c r="BS101"/>
+      <c r="BT101"/>
+      <c r="BU101"/>
+      <c r="BV101"/>
+      <c r="BW101"/>
+      <c r="BX101"/>
+      <c r="BY101"/>
+      <c r="BZ101"/>
+      <c r="CA101"/>
+      <c r="CB101"/>
+      <c r="CC101"/>
+      <c r="CD101"/>
+      <c r="CE101"/>
+      <c r="CF101"/>
+      <c r="CG101"/>
+      <c r="CH101"/>
+      <c r="CI101"/>
+      <c r="CJ101"/>
+      <c r="CK101"/>
+      <c r="CL101"/>
+      <c r="CM101"/>
+      <c r="CN101"/>
+      <c r="CO101"/>
+      <c r="CP101"/>
+      <c r="CQ101"/>
+      <c r="CR101"/>
+      <c r="CS101"/>
+    </row>
+    <row r="102" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A102" s="33"/>
+      <c r="B102" s="18"/>
+      <c r="C102" s="12"/>
+      <c r="D102" s="12"/>
+      <c r="E102" s="18"/>
+      <c r="F102" s="18"/>
+      <c r="G102" s="13"/>
+      <c r="H102" s="19"/>
+      <c r="I102" s="12"/>
+      <c r="J102" s="12"/>
+      <c r="K102" s="12"/>
+      <c r="L102" s="15"/>
+      <c r="N102" s="14"/>
+      <c r="O102" s="34"/>
+      <c r="P102"/>
+      <c r="Q102"/>
+      <c r="R102"/>
+      <c r="S102"/>
+      <c r="T102"/>
+      <c r="U102"/>
+      <c r="V102"/>
+      <c r="W102"/>
+      <c r="X102"/>
+      <c r="Y102"/>
+      <c r="Z102"/>
+      <c r="AA102"/>
+      <c r="AB102"/>
+      <c r="AC102"/>
+      <c r="AD102"/>
+      <c r="AE102"/>
+      <c r="AF102"/>
+      <c r="AG102"/>
+      <c r="AH102"/>
+      <c r="AI102"/>
+      <c r="AJ102"/>
+      <c r="AK102"/>
+      <c r="AL102"/>
+      <c r="AM102"/>
+      <c r="AN102"/>
+      <c r="AO102"/>
+      <c r="AP102"/>
+      <c r="AQ102"/>
+      <c r="AR102"/>
+      <c r="AS102"/>
+      <c r="AT102"/>
+      <c r="AU102"/>
+      <c r="AV102"/>
+      <c r="AW102"/>
+      <c r="AX102"/>
+      <c r="AY102"/>
+      <c r="AZ102"/>
+      <c r="BA102"/>
+      <c r="BB102"/>
+      <c r="BC102"/>
+      <c r="BD102"/>
+      <c r="BE102"/>
+      <c r="BF102"/>
+      <c r="BG102"/>
+      <c r="BH102"/>
+      <c r="BI102"/>
+      <c r="BJ102"/>
+      <c r="BK102"/>
+      <c r="BL102"/>
+      <c r="BM102"/>
+      <c r="BN102"/>
+      <c r="BO102"/>
+      <c r="BP102"/>
+      <c r="BQ102"/>
+      <c r="BR102"/>
+      <c r="BS102"/>
+      <c r="BT102"/>
+      <c r="BU102"/>
+      <c r="BV102"/>
+      <c r="BW102"/>
+      <c r="BX102"/>
+      <c r="BY102"/>
+      <c r="BZ102"/>
+      <c r="CA102"/>
+      <c r="CB102"/>
+      <c r="CC102"/>
+      <c r="CD102"/>
+      <c r="CE102"/>
+      <c r="CF102"/>
+      <c r="CG102"/>
+      <c r="CH102"/>
+      <c r="CI102"/>
+      <c r="CJ102"/>
+      <c r="CK102"/>
+      <c r="CL102"/>
+      <c r="CM102"/>
+      <c r="CN102"/>
+      <c r="CO102"/>
+      <c r="CP102"/>
+      <c r="CQ102"/>
+      <c r="CR102"/>
+      <c r="CS102"/>
+    </row>
+    <row r="103" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A103" s="33"/>
+      <c r="B103" s="18"/>
+      <c r="C103" s="12"/>
+      <c r="D103" s="12"/>
+      <c r="E103" s="18"/>
+      <c r="F103" s="18"/>
+      <c r="G103" s="13"/>
+      <c r="H103" s="19"/>
+      <c r="I103" s="12"/>
+      <c r="J103" s="12"/>
+      <c r="K103" s="12"/>
+      <c r="L103" s="15"/>
+      <c r="N103" s="14"/>
+      <c r="O103" s="34"/>
+      <c r="P103"/>
+      <c r="Q103"/>
+      <c r="R103"/>
+      <c r="S103"/>
+      <c r="T103"/>
+      <c r="U103"/>
+      <c r="V103"/>
+      <c r="W103"/>
+      <c r="X103"/>
+      <c r="Y103"/>
+      <c r="Z103"/>
+      <c r="AA103"/>
+      <c r="AB103"/>
+      <c r="AC103"/>
+      <c r="AD103"/>
+      <c r="AE103"/>
+      <c r="AF103"/>
+      <c r="AG103"/>
+      <c r="AH103"/>
+      <c r="AI103"/>
+      <c r="AJ103"/>
+      <c r="AK103"/>
+      <c r="AL103"/>
+      <c r="AM103"/>
+      <c r="AN103"/>
+      <c r="AO103"/>
+      <c r="AP103"/>
+      <c r="AQ103"/>
+      <c r="AR103"/>
+      <c r="AS103"/>
+      <c r="AT103"/>
+      <c r="AU103"/>
+      <c r="AV103"/>
+      <c r="AW103"/>
+      <c r="AX103"/>
+      <c r="AY103"/>
+      <c r="AZ103"/>
+      <c r="BA103"/>
+      <c r="BB103"/>
+      <c r="BC103"/>
+      <c r="BD103"/>
+      <c r="BE103"/>
+      <c r="BF103"/>
+      <c r="BG103"/>
+      <c r="BH103"/>
+      <c r="BI103"/>
+      <c r="BJ103"/>
+      <c r="BK103"/>
+      <c r="BL103"/>
+      <c r="BM103"/>
+      <c r="BN103"/>
+      <c r="BO103"/>
+      <c r="BP103"/>
+      <c r="BQ103"/>
+      <c r="BR103"/>
+      <c r="BS103"/>
+      <c r="BT103"/>
+      <c r="BU103"/>
+      <c r="BV103"/>
+      <c r="BW103"/>
+      <c r="BX103"/>
+      <c r="BY103"/>
+      <c r="BZ103"/>
+      <c r="CA103"/>
+      <c r="CB103"/>
+      <c r="CC103"/>
+      <c r="CD103"/>
+      <c r="CE103"/>
+      <c r="CF103"/>
+      <c r="CG103"/>
+      <c r="CH103"/>
+      <c r="CI103"/>
+      <c r="CJ103"/>
+      <c r="CK103"/>
+      <c r="CL103"/>
+      <c r="CM103"/>
+      <c r="CN103"/>
+      <c r="CO103"/>
+      <c r="CP103"/>
+      <c r="CQ103"/>
+      <c r="CR103"/>
+      <c r="CS103"/>
+    </row>
+    <row r="104" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A104" s="33"/>
+      <c r="B104" s="18"/>
+      <c r="C104" s="12"/>
+      <c r="D104" s="12"/>
+      <c r="E104" s="18"/>
+      <c r="F104" s="18"/>
+      <c r="G104" s="13"/>
+      <c r="H104" s="19"/>
+      <c r="I104" s="12"/>
+      <c r="J104" s="12"/>
+      <c r="K104" s="12"/>
+      <c r="L104" s="15"/>
+      <c r="N104" s="14"/>
+      <c r="O104" s="34"/>
+      <c r="P104"/>
+      <c r="Q104"/>
+      <c r="R104"/>
+      <c r="S104"/>
+      <c r="T104"/>
+      <c r="U104"/>
+      <c r="V104"/>
+      <c r="W104"/>
+      <c r="X104"/>
+      <c r="Y104"/>
+      <c r="Z104"/>
+      <c r="AA104"/>
+      <c r="AB104"/>
+      <c r="AC104"/>
+      <c r="AD104"/>
+      <c r="AE104"/>
+      <c r="AF104"/>
+      <c r="AG104"/>
+      <c r="AH104"/>
+      <c r="AI104"/>
+      <c r="AJ104"/>
+      <c r="AK104"/>
+      <c r="AL104"/>
+      <c r="AM104"/>
+      <c r="AN104"/>
+      <c r="AO104"/>
+      <c r="AP104"/>
+      <c r="AQ104"/>
+      <c r="AR104"/>
+      <c r="AS104"/>
+      <c r="AT104"/>
+      <c r="AU104"/>
+      <c r="AV104"/>
+      <c r="AW104"/>
+      <c r="AX104"/>
+      <c r="AY104"/>
+      <c r="AZ104"/>
+      <c r="BA104"/>
+      <c r="BB104"/>
+      <c r="BC104"/>
+      <c r="BD104"/>
+      <c r="BE104"/>
+      <c r="BF104"/>
+      <c r="BG104"/>
+      <c r="BH104"/>
+      <c r="BI104"/>
+      <c r="BJ104"/>
+      <c r="BK104"/>
+      <c r="BL104"/>
+      <c r="BM104"/>
+      <c r="BN104"/>
+      <c r="BO104"/>
+      <c r="BP104"/>
+      <c r="BQ104"/>
+      <c r="BR104"/>
+      <c r="BS104"/>
+      <c r="BT104"/>
+      <c r="BU104"/>
+      <c r="BV104"/>
+      <c r="BW104"/>
+      <c r="BX104"/>
+      <c r="BY104"/>
+      <c r="BZ104"/>
+      <c r="CA104"/>
+      <c r="CB104"/>
+      <c r="CC104"/>
+      <c r="CD104"/>
+      <c r="CE104"/>
+      <c r="CF104"/>
+      <c r="CG104"/>
+      <c r="CH104"/>
+      <c r="CI104"/>
+      <c r="CJ104"/>
+      <c r="CK104"/>
+      <c r="CL104"/>
+      <c r="CM104"/>
+      <c r="CN104"/>
+      <c r="CO104"/>
+      <c r="CP104"/>
+      <c r="CQ104"/>
+      <c r="CR104"/>
+      <c r="CS104"/>
+    </row>
+    <row r="105" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A105" s="33"/>
+      <c r="B105" s="18"/>
+      <c r="C105" s="12"/>
+      <c r="D105" s="12"/>
+      <c r="E105" s="18"/>
+      <c r="F105" s="18"/>
+      <c r="G105" s="13"/>
+      <c r="H105" s="19"/>
+      <c r="I105" s="12"/>
+      <c r="J105" s="12"/>
+      <c r="K105" s="12"/>
+      <c r="L105" s="15"/>
+      <c r="N105" s="14"/>
+      <c r="O105" s="34"/>
+      <c r="P105"/>
+      <c r="Q105"/>
+      <c r="R105"/>
+      <c r="S105"/>
+      <c r="T105"/>
+      <c r="U105"/>
+      <c r="V105"/>
+      <c r="W105"/>
+      <c r="X105"/>
+      <c r="Y105"/>
+      <c r="Z105"/>
+      <c r="AA105"/>
+      <c r="AB105"/>
+      <c r="AC105"/>
+      <c r="AD105"/>
+      <c r="AE105"/>
+      <c r="AF105"/>
+      <c r="AG105"/>
+      <c r="AH105"/>
+      <c r="AI105"/>
+      <c r="AJ105"/>
+      <c r="AK105"/>
+      <c r="AL105"/>
+      <c r="AM105"/>
+      <c r="AN105"/>
+      <c r="AO105"/>
+      <c r="AP105"/>
+      <c r="AQ105"/>
+      <c r="AR105"/>
+      <c r="AS105"/>
+      <c r="AT105"/>
+      <c r="AU105"/>
+      <c r="AV105"/>
+      <c r="AW105"/>
+      <c r="AX105"/>
+      <c r="AY105"/>
+      <c r="AZ105"/>
+      <c r="BA105"/>
+      <c r="BB105"/>
+      <c r="BC105"/>
+      <c r="BD105"/>
+      <c r="BE105"/>
+      <c r="BF105"/>
+      <c r="BG105"/>
+      <c r="BH105"/>
+      <c r="BI105"/>
+      <c r="BJ105"/>
+      <c r="BK105"/>
+      <c r="BL105"/>
+      <c r="BM105"/>
+      <c r="BN105"/>
+      <c r="BO105"/>
+      <c r="BP105"/>
+      <c r="BQ105"/>
+      <c r="BR105"/>
+      <c r="BS105"/>
+      <c r="BT105"/>
+      <c r="BU105"/>
+      <c r="BV105"/>
+      <c r="BW105"/>
+      <c r="BX105"/>
+      <c r="BY105"/>
+      <c r="BZ105"/>
+      <c r="CA105"/>
+      <c r="CB105"/>
+      <c r="CC105"/>
+      <c r="CD105"/>
+      <c r="CE105"/>
+      <c r="CF105"/>
+      <c r="CG105"/>
+      <c r="CH105"/>
+      <c r="CI105"/>
+      <c r="CJ105"/>
+      <c r="CK105"/>
+      <c r="CL105"/>
+      <c r="CM105"/>
+      <c r="CN105"/>
+      <c r="CO105"/>
+      <c r="CP105"/>
+      <c r="CQ105"/>
+      <c r="CR105"/>
+      <c r="CS105"/>
+    </row>
+    <row r="106" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="33"/>
+      <c r="B106" s="18"/>
+      <c r="C106" s="12"/>
+      <c r="D106" s="12"/>
+      <c r="E106" s="18"/>
+      <c r="F106" s="18"/>
+      <c r="G106" s="13"/>
+      <c r="H106" s="19"/>
+      <c r="I106" s="12"/>
+      <c r="J106" s="12"/>
+      <c r="K106" s="12"/>
+      <c r="L106" s="15"/>
+      <c r="N106" s="14"/>
+      <c r="O106" s="34"/>
+      <c r="P106"/>
+      <c r="Q106"/>
+      <c r="R106"/>
+      <c r="S106"/>
+      <c r="T106"/>
+      <c r="U106"/>
+      <c r="V106"/>
+      <c r="W106"/>
+      <c r="X106"/>
+      <c r="Y106"/>
+      <c r="Z106"/>
+      <c r="AA106"/>
+      <c r="AB106"/>
+      <c r="AC106"/>
+      <c r="AD106"/>
+      <c r="AE106"/>
+      <c r="AF106"/>
+      <c r="AG106"/>
+      <c r="AH106"/>
+      <c r="AI106"/>
+      <c r="AJ106"/>
+      <c r="AK106"/>
+      <c r="AL106"/>
+      <c r="AM106"/>
+      <c r="AN106"/>
+      <c r="AO106"/>
+      <c r="AP106"/>
+      <c r="AQ106"/>
+      <c r="AR106"/>
+      <c r="AS106"/>
+      <c r="AT106"/>
+      <c r="AU106"/>
+      <c r="AV106"/>
+      <c r="AW106"/>
+      <c r="AX106"/>
+      <c r="AY106"/>
+      <c r="AZ106"/>
+      <c r="BA106"/>
+      <c r="BB106"/>
+      <c r="BC106"/>
+      <c r="BD106"/>
+      <c r="BE106"/>
+      <c r="BF106"/>
+      <c r="BG106"/>
+      <c r="BH106"/>
+      <c r="BI106"/>
+      <c r="BJ106"/>
+      <c r="BK106"/>
+      <c r="BL106"/>
+      <c r="BM106"/>
+      <c r="BN106"/>
+      <c r="BO106"/>
+      <c r="BP106"/>
+      <c r="BQ106"/>
+      <c r="BR106"/>
+      <c r="BS106"/>
+      <c r="BT106"/>
+      <c r="BU106"/>
+      <c r="BV106"/>
+      <c r="BW106"/>
+      <c r="BX106"/>
+      <c r="BY106"/>
+      <c r="BZ106"/>
+      <c r="CA106"/>
+      <c r="CB106"/>
+      <c r="CC106"/>
+      <c r="CD106"/>
+      <c r="CE106"/>
+      <c r="CF106"/>
+      <c r="CG106"/>
+      <c r="CH106"/>
+      <c r="CI106"/>
+      <c r="CJ106"/>
+      <c r="CK106"/>
+      <c r="CL106"/>
+      <c r="CM106"/>
+      <c r="CN106"/>
+      <c r="CO106"/>
+      <c r="CP106"/>
+      <c r="CQ106"/>
+      <c r="CR106"/>
+      <c r="CS106"/>
+    </row>
+    <row r="107" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A107" s="33"/>
+      <c r="B107" s="18"/>
+      <c r="C107" s="12"/>
+      <c r="D107" s="12"/>
+      <c r="E107" s="18"/>
+      <c r="F107" s="18"/>
+      <c r="G107" s="13"/>
+      <c r="H107" s="19"/>
+      <c r="I107" s="12"/>
+      <c r="J107" s="12"/>
+      <c r="K107" s="12"/>
+      <c r="L107" s="15"/>
+      <c r="N107" s="14"/>
+      <c r="O107" s="34"/>
+      <c r="P107"/>
+      <c r="Q107"/>
+      <c r="R107"/>
+      <c r="S107"/>
+      <c r="T107"/>
+      <c r="U107"/>
+      <c r="V107"/>
+      <c r="W107"/>
+      <c r="X107"/>
+      <c r="Y107"/>
+      <c r="Z107"/>
+      <c r="AA107"/>
+      <c r="AB107"/>
+      <c r="AC107"/>
+      <c r="AD107"/>
+      <c r="AE107"/>
+      <c r="AF107"/>
+      <c r="AG107"/>
+      <c r="AH107"/>
+      <c r="AI107"/>
+      <c r="AJ107"/>
+      <c r="AK107"/>
+      <c r="AL107"/>
+      <c r="AM107"/>
+      <c r="AN107"/>
+      <c r="AO107"/>
+      <c r="AP107"/>
+      <c r="AQ107"/>
+      <c r="AR107"/>
+      <c r="AS107"/>
+      <c r="AT107"/>
+      <c r="AU107"/>
+      <c r="AV107"/>
+      <c r="AW107"/>
+      <c r="AX107"/>
+      <c r="AY107"/>
+      <c r="AZ107"/>
+      <c r="BA107"/>
+      <c r="BB107"/>
+      <c r="BC107"/>
+      <c r="BD107"/>
+      <c r="BE107"/>
+      <c r="BF107"/>
+      <c r="BG107"/>
+      <c r="BH107"/>
+      <c r="BI107"/>
+      <c r="BJ107"/>
+      <c r="BK107"/>
+      <c r="BL107"/>
+      <c r="BM107"/>
+      <c r="BN107"/>
+      <c r="BO107"/>
+      <c r="BP107"/>
+      <c r="BQ107"/>
+      <c r="BR107"/>
+      <c r="BS107"/>
+      <c r="BT107"/>
+      <c r="BU107"/>
+      <c r="BV107"/>
+      <c r="BW107"/>
+      <c r="BX107"/>
+      <c r="BY107"/>
+      <c r="BZ107"/>
+      <c r="CA107"/>
+      <c r="CB107"/>
+      <c r="CC107"/>
+      <c r="CD107"/>
+      <c r="CE107"/>
+      <c r="CF107"/>
+      <c r="CG107"/>
+      <c r="CH107"/>
+      <c r="CI107"/>
+      <c r="CJ107"/>
+      <c r="CK107"/>
+      <c r="CL107"/>
+      <c r="CM107"/>
+      <c r="CN107"/>
+      <c r="CO107"/>
+      <c r="CP107"/>
+      <c r="CQ107"/>
+      <c r="CR107"/>
+      <c r="CS107"/>
+    </row>
+    <row r="108" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A108" s="33"/>
+      <c r="B108" s="18"/>
+      <c r="C108" s="12"/>
+      <c r="D108" s="12"/>
+      <c r="E108" s="18"/>
+      <c r="F108" s="18"/>
+      <c r="G108" s="13"/>
+      <c r="H108" s="19"/>
+      <c r="I108" s="12"/>
+      <c r="J108" s="12"/>
+      <c r="K108" s="12"/>
+      <c r="L108" s="15"/>
+      <c r="N108" s="14"/>
+      <c r="O108" s="34"/>
+      <c r="P108"/>
+      <c r="Q108"/>
+      <c r="R108"/>
+      <c r="S108"/>
+      <c r="T108"/>
+      <c r="U108"/>
+      <c r="V108"/>
+      <c r="W108"/>
+      <c r="X108"/>
+      <c r="Y108"/>
+      <c r="Z108"/>
+      <c r="AA108"/>
+      <c r="AB108"/>
+      <c r="AC108"/>
+      <c r="AD108"/>
+      <c r="AE108"/>
+      <c r="AF108"/>
+      <c r="AG108"/>
+      <c r="AH108"/>
+      <c r="AI108"/>
+      <c r="AJ108"/>
+      <c r="AK108"/>
+      <c r="AL108"/>
+      <c r="AM108"/>
+      <c r="AN108"/>
+      <c r="AO108"/>
+      <c r="AP108"/>
+      <c r="AQ108"/>
+      <c r="AR108"/>
+      <c r="AS108"/>
+      <c r="AT108"/>
+      <c r="AU108"/>
+      <c r="AV108"/>
+      <c r="AW108"/>
+      <c r="AX108"/>
+      <c r="AY108"/>
+      <c r="AZ108"/>
+      <c r="BA108"/>
+      <c r="BB108"/>
+      <c r="BC108"/>
+      <c r="BD108"/>
+      <c r="BE108"/>
+      <c r="BF108"/>
+      <c r="BG108"/>
+      <c r="BH108"/>
+      <c r="BI108"/>
+      <c r="BJ108"/>
+      <c r="BK108"/>
+      <c r="BL108"/>
+      <c r="BM108"/>
+      <c r="BN108"/>
+      <c r="BO108"/>
+      <c r="BP108"/>
+      <c r="BQ108"/>
+      <c r="BR108"/>
+      <c r="BS108"/>
+      <c r="BT108"/>
+      <c r="BU108"/>
+      <c r="BV108"/>
+      <c r="BW108"/>
+      <c r="BX108"/>
+      <c r="BY108"/>
+      <c r="BZ108"/>
+      <c r="CA108"/>
+      <c r="CB108"/>
+      <c r="CC108"/>
+      <c r="CD108"/>
+      <c r="CE108"/>
+      <c r="CF108"/>
+      <c r="CG108"/>
+      <c r="CH108"/>
+      <c r="CI108"/>
+      <c r="CJ108"/>
+      <c r="CK108"/>
+      <c r="CL108"/>
+      <c r="CM108"/>
+      <c r="CN108"/>
+      <c r="CO108"/>
+      <c r="CP108"/>
+      <c r="CQ108"/>
+      <c r="CR108"/>
+      <c r="CS108"/>
+    </row>
+    <row r="109" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A109" s="33"/>
+      <c r="B109" s="18"/>
+      <c r="C109" s="12"/>
+      <c r="D109" s="12"/>
+      <c r="E109" s="18"/>
+      <c r="F109" s="18"/>
+      <c r="G109" s="13"/>
+      <c r="H109" s="19"/>
+      <c r="I109" s="12"/>
+      <c r="J109" s="12"/>
+      <c r="K109" s="12"/>
+      <c r="L109" s="15"/>
+      <c r="N109" s="14"/>
+      <c r="O109" s="34"/>
+      <c r="P109"/>
+      <c r="Q109"/>
+      <c r="R109"/>
+      <c r="S109"/>
+      <c r="T109"/>
+      <c r="U109"/>
+      <c r="V109"/>
+      <c r="W109"/>
+      <c r="X109"/>
+      <c r="Y109"/>
+      <c r="Z109"/>
+      <c r="AA109"/>
+      <c r="AB109"/>
+      <c r="AC109"/>
+      <c r="AD109"/>
+      <c r="AE109"/>
+      <c r="AF109"/>
+      <c r="AG109"/>
+      <c r="AH109"/>
+      <c r="AI109"/>
+      <c r="AJ109"/>
+      <c r="AK109"/>
+      <c r="AL109"/>
+      <c r="AM109"/>
+      <c r="AN109"/>
+      <c r="AO109"/>
+      <c r="AP109"/>
+      <c r="AQ109"/>
+      <c r="AR109"/>
+      <c r="AS109"/>
+      <c r="AT109"/>
+      <c r="AU109"/>
+      <c r="AV109"/>
+      <c r="AW109"/>
+      <c r="AX109"/>
+      <c r="AY109"/>
+      <c r="AZ109"/>
+      <c r="BA109"/>
+      <c r="BB109"/>
+      <c r="BC109"/>
+      <c r="BD109"/>
+      <c r="BE109"/>
+      <c r="BF109"/>
+      <c r="BG109"/>
+      <c r="BH109"/>
+      <c r="BI109"/>
+      <c r="BJ109"/>
+      <c r="BK109"/>
+      <c r="BL109"/>
+      <c r="BM109"/>
+      <c r="BN109"/>
+      <c r="BO109"/>
+      <c r="BP109"/>
+      <c r="BQ109"/>
+      <c r="BR109"/>
+      <c r="BS109"/>
+      <c r="BT109"/>
+      <c r="BU109"/>
+      <c r="BV109"/>
+      <c r="BW109"/>
+      <c r="BX109"/>
+      <c r="BY109"/>
+      <c r="BZ109"/>
+      <c r="CA109"/>
+      <c r="CB109"/>
+      <c r="CC109"/>
+      <c r="CD109"/>
+      <c r="CE109"/>
+      <c r="CF109"/>
+      <c r="CG109"/>
+      <c r="CH109"/>
+      <c r="CI109"/>
+      <c r="CJ109"/>
+      <c r="CK109"/>
+      <c r="CL109"/>
+      <c r="CM109"/>
+      <c r="CN109"/>
+      <c r="CO109"/>
+      <c r="CP109"/>
+      <c r="CQ109"/>
+      <c r="CR109"/>
+      <c r="CS109"/>
+    </row>
+    <row r="110" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="33"/>
+      <c r="B110" s="18"/>
+      <c r="C110" s="12"/>
+      <c r="D110" s="12"/>
+      <c r="E110" s="18"/>
+      <c r="F110" s="18"/>
+      <c r="G110" s="13"/>
+      <c r="H110" s="19"/>
+      <c r="I110" s="12"/>
+      <c r="J110" s="12"/>
+      <c r="K110" s="12"/>
+      <c r="L110" s="15"/>
+      <c r="N110" s="14"/>
+      <c r="O110" s="34"/>
+      <c r="P110"/>
+      <c r="Q110"/>
+      <c r="R110"/>
+      <c r="S110"/>
+      <c r="T110"/>
+      <c r="U110"/>
+      <c r="V110"/>
+      <c r="W110"/>
+      <c r="X110"/>
+      <c r="Y110"/>
+      <c r="Z110"/>
+      <c r="AA110"/>
+      <c r="AB110"/>
+      <c r="AC110"/>
+      <c r="AD110"/>
+      <c r="AE110"/>
+      <c r="AF110"/>
+      <c r="AG110"/>
+      <c r="AH110"/>
+      <c r="AI110"/>
+      <c r="AJ110"/>
+      <c r="AK110"/>
+      <c r="AL110"/>
+      <c r="AM110"/>
+      <c r="AN110"/>
+      <c r="AO110"/>
+      <c r="AP110"/>
+      <c r="AQ110"/>
+      <c r="AR110"/>
+      <c r="AS110"/>
+      <c r="AT110"/>
+      <c r="AU110"/>
+      <c r="AV110"/>
+      <c r="AW110"/>
+      <c r="AX110"/>
+      <c r="AY110"/>
+      <c r="AZ110"/>
+      <c r="BA110"/>
+      <c r="BB110"/>
+      <c r="BC110"/>
+      <c r="BD110"/>
+      <c r="BE110"/>
+      <c r="BF110"/>
+      <c r="BG110"/>
+      <c r="BH110"/>
+      <c r="BI110"/>
+      <c r="BJ110"/>
+      <c r="BK110"/>
+      <c r="BL110"/>
+      <c r="BM110"/>
+      <c r="BN110"/>
+      <c r="BO110"/>
+      <c r="BP110"/>
+      <c r="BQ110"/>
+      <c r="BR110"/>
+      <c r="BS110"/>
+      <c r="BT110"/>
+      <c r="BU110"/>
+      <c r="BV110"/>
+      <c r="BW110"/>
+      <c r="BX110"/>
+      <c r="BY110"/>
+      <c r="BZ110"/>
+      <c r="CA110"/>
+      <c r="CB110"/>
+      <c r="CC110"/>
+      <c r="CD110"/>
+      <c r="CE110"/>
+      <c r="CF110"/>
+      <c r="CG110"/>
+      <c r="CH110"/>
+      <c r="CI110"/>
+      <c r="CJ110"/>
+      <c r="CK110"/>
+      <c r="CL110"/>
+      <c r="CM110"/>
+      <c r="CN110"/>
+      <c r="CO110"/>
+      <c r="CP110"/>
+      <c r="CQ110"/>
+      <c r="CR110"/>
+      <c r="CS110"/>
+    </row>
+    <row r="111" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A111" s="33"/>
+      <c r="B111" s="18"/>
+      <c r="C111" s="12"/>
+      <c r="D111" s="12"/>
+      <c r="E111" s="18"/>
+      <c r="F111" s="18"/>
+      <c r="G111" s="13"/>
+      <c r="H111" s="19"/>
+      <c r="I111" s="12"/>
+      <c r="J111" s="12"/>
+      <c r="K111" s="12"/>
+      <c r="L111" s="15"/>
+      <c r="N111" s="14"/>
+      <c r="O111" s="34"/>
+      <c r="P111"/>
+      <c r="Q111"/>
+      <c r="R111"/>
+      <c r="S111"/>
+      <c r="T111"/>
+      <c r="U111"/>
+      <c r="V111"/>
+      <c r="W111"/>
+      <c r="X111"/>
+      <c r="Y111"/>
+      <c r="Z111"/>
+      <c r="AA111"/>
+      <c r="AB111"/>
+      <c r="AC111"/>
+      <c r="AD111"/>
+      <c r="AE111"/>
+      <c r="AF111"/>
+      <c r="AG111"/>
+      <c r="AH111"/>
+      <c r="AI111"/>
+      <c r="AJ111"/>
+      <c r="AK111"/>
+      <c r="AL111"/>
+      <c r="AM111"/>
+      <c r="AN111"/>
+      <c r="AO111"/>
+      <c r="AP111"/>
+      <c r="AQ111"/>
+      <c r="AR111"/>
+      <c r="AS111"/>
+      <c r="AT111"/>
+      <c r="AU111"/>
+      <c r="AV111"/>
+      <c r="AW111"/>
+      <c r="AX111"/>
+      <c r="AY111"/>
+      <c r="AZ111"/>
+      <c r="BA111"/>
+      <c r="BB111"/>
+      <c r="BC111"/>
+      <c r="BD111"/>
+      <c r="BE111"/>
+      <c r="BF111"/>
+      <c r="BG111"/>
+      <c r="BH111"/>
+      <c r="BI111"/>
+      <c r="BJ111"/>
+      <c r="BK111"/>
+      <c r="BL111"/>
+      <c r="BM111"/>
+      <c r="BN111"/>
+      <c r="BO111"/>
+      <c r="BP111"/>
+      <c r="BQ111"/>
+      <c r="BR111"/>
+      <c r="BS111"/>
+      <c r="BT111"/>
+      <c r="BU111"/>
+      <c r="BV111"/>
+      <c r="BW111"/>
+      <c r="BX111"/>
+      <c r="BY111"/>
+      <c r="BZ111"/>
+      <c r="CA111"/>
+      <c r="CB111"/>
+      <c r="CC111"/>
+      <c r="CD111"/>
+      <c r="CE111"/>
+      <c r="CF111"/>
+      <c r="CG111"/>
+      <c r="CH111"/>
+      <c r="CI111"/>
+      <c r="CJ111"/>
+      <c r="CK111"/>
+      <c r="CL111"/>
+      <c r="CM111"/>
+      <c r="CN111"/>
+      <c r="CO111"/>
+      <c r="CP111"/>
+      <c r="CQ111"/>
+      <c r="CR111"/>
+      <c r="CS111"/>
+    </row>
+    <row r="112" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A112" s="33"/>
+      <c r="B112" s="18"/>
+      <c r="C112" s="12"/>
+      <c r="D112" s="12"/>
+      <c r="E112" s="18"/>
+      <c r="F112" s="18"/>
+      <c r="G112" s="13"/>
+      <c r="H112" s="19"/>
+      <c r="I112" s="12"/>
+      <c r="J112" s="12"/>
+      <c r="K112" s="12"/>
+      <c r="L112" s="15"/>
+      <c r="N112" s="14"/>
+      <c r="O112" s="34"/>
+      <c r="P112"/>
+      <c r="Q112"/>
+      <c r="R112"/>
+      <c r="S112"/>
+      <c r="T112"/>
+      <c r="U112"/>
+      <c r="V112"/>
+      <c r="W112"/>
+      <c r="X112"/>
+      <c r="Y112"/>
+      <c r="Z112"/>
+      <c r="AA112"/>
+      <c r="AB112"/>
+      <c r="AC112"/>
+      <c r="AD112"/>
+      <c r="AE112"/>
+      <c r="AF112"/>
+      <c r="AG112"/>
+      <c r="AH112"/>
+      <c r="AI112"/>
+      <c r="AJ112"/>
+      <c r="AK112"/>
+      <c r="AL112"/>
+      <c r="AM112"/>
+      <c r="AN112"/>
+      <c r="AO112"/>
+      <c r="AP112"/>
+      <c r="AQ112"/>
+      <c r="AR112"/>
+      <c r="AS112"/>
+      <c r="AT112"/>
+      <c r="AU112"/>
+      <c r="AV112"/>
+      <c r="AW112"/>
+      <c r="AX112"/>
+      <c r="AY112"/>
+      <c r="AZ112"/>
+      <c r="BA112"/>
+      <c r="BB112"/>
+      <c r="BC112"/>
+      <c r="BD112"/>
+      <c r="BE112"/>
+      <c r="BF112"/>
+      <c r="BG112"/>
+      <c r="BH112"/>
+      <c r="BI112"/>
+      <c r="BJ112"/>
+      <c r="BK112"/>
+      <c r="BL112"/>
+      <c r="BM112"/>
+      <c r="BN112"/>
+      <c r="BO112"/>
+      <c r="BP112"/>
+      <c r="BQ112"/>
+      <c r="BR112"/>
+      <c r="BS112"/>
+      <c r="BT112"/>
+      <c r="BU112"/>
+      <c r="BV112"/>
+      <c r="BW112"/>
+      <c r="BX112"/>
+      <c r="BY112"/>
+      <c r="BZ112"/>
+      <c r="CA112"/>
+      <c r="CB112"/>
+      <c r="CC112"/>
+      <c r="CD112"/>
+      <c r="CE112"/>
+      <c r="CF112"/>
+      <c r="CG112"/>
+      <c r="CH112"/>
+      <c r="CI112"/>
+      <c r="CJ112"/>
+      <c r="CK112"/>
+      <c r="CL112"/>
+      <c r="CM112"/>
+      <c r="CN112"/>
+      <c r="CO112"/>
+      <c r="CP112"/>
+      <c r="CQ112"/>
+      <c r="CR112"/>
+      <c r="CS112"/>
+    </row>
+    <row r="113" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A113" s="33"/>
+      <c r="B113" s="18"/>
+      <c r="C113" s="12"/>
+      <c r="D113" s="12"/>
+      <c r="E113" s="18"/>
+      <c r="F113" s="18"/>
+      <c r="G113" s="13"/>
+      <c r="H113" s="19"/>
+      <c r="I113" s="12"/>
+      <c r="J113" s="12"/>
+      <c r="K113" s="12"/>
+      <c r="L113" s="15"/>
+      <c r="N113" s="14"/>
+      <c r="O113" s="34"/>
+      <c r="P113"/>
+      <c r="Q113"/>
+      <c r="R113"/>
+      <c r="S113"/>
+      <c r="T113"/>
+      <c r="U113"/>
+      <c r="V113"/>
+      <c r="W113"/>
+      <c r="X113"/>
+      <c r="Y113"/>
+      <c r="Z113"/>
+      <c r="AA113"/>
+      <c r="AB113"/>
+      <c r="AC113"/>
+      <c r="AD113"/>
+      <c r="AE113"/>
+      <c r="AF113"/>
+      <c r="AG113"/>
+      <c r="AH113"/>
+      <c r="AI113"/>
+      <c r="AJ113"/>
+      <c r="AK113"/>
+      <c r="AL113"/>
+      <c r="AM113"/>
+      <c r="AN113"/>
+      <c r="AO113"/>
+      <c r="AP113"/>
+      <c r="AQ113"/>
+      <c r="AR113"/>
+      <c r="AS113"/>
+      <c r="AT113"/>
+      <c r="AU113"/>
+      <c r="AV113"/>
+      <c r="AW113"/>
+      <c r="AX113"/>
+      <c r="AY113"/>
+      <c r="AZ113"/>
+      <c r="BA113"/>
+      <c r="BB113"/>
+      <c r="BC113"/>
+      <c r="BD113"/>
+      <c r="BE113"/>
+      <c r="BF113"/>
+      <c r="BG113"/>
+      <c r="BH113"/>
+      <c r="BI113"/>
+      <c r="BJ113"/>
+      <c r="BK113"/>
+      <c r="BL113"/>
+      <c r="BM113"/>
+      <c r="BN113"/>
+      <c r="BO113"/>
+      <c r="BP113"/>
+      <c r="BQ113"/>
+      <c r="BR113"/>
+      <c r="BS113"/>
+      <c r="BT113"/>
+      <c r="BU113"/>
+      <c r="BV113"/>
+      <c r="BW113"/>
+      <c r="BX113"/>
+      <c r="BY113"/>
+      <c r="BZ113"/>
+      <c r="CA113"/>
+      <c r="CB113"/>
+      <c r="CC113"/>
+      <c r="CD113"/>
+      <c r="CE113"/>
+      <c r="CF113"/>
+      <c r="CG113"/>
+      <c r="CH113"/>
+      <c r="CI113"/>
+      <c r="CJ113"/>
+      <c r="CK113"/>
+      <c r="CL113"/>
+      <c r="CM113"/>
+      <c r="CN113"/>
+      <c r="CO113"/>
+      <c r="CP113"/>
+      <c r="CQ113"/>
+      <c r="CR113"/>
+      <c r="CS113"/>
+    </row>
+    <row r="114" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A114" s="33"/>
+      <c r="B114" s="18"/>
+      <c r="C114" s="12"/>
+      <c r="D114" s="12"/>
+      <c r="E114" s="18"/>
+      <c r="F114" s="18"/>
+      <c r="G114" s="13"/>
+      <c r="H114" s="19"/>
+      <c r="I114" s="12"/>
+      <c r="J114" s="12"/>
+      <c r="K114" s="12"/>
+      <c r="L114" s="15"/>
+      <c r="N114" s="14"/>
+      <c r="O114" s="34"/>
+      <c r="P114"/>
+      <c r="Q114"/>
+      <c r="R114"/>
+      <c r="S114"/>
+      <c r="T114"/>
+      <c r="U114"/>
+      <c r="V114"/>
+      <c r="W114"/>
+      <c r="X114"/>
+      <c r="Y114"/>
+      <c r="Z114"/>
+      <c r="AA114"/>
+      <c r="AB114"/>
+      <c r="AC114"/>
+      <c r="AD114"/>
+      <c r="AE114"/>
+      <c r="AF114"/>
+      <c r="AG114"/>
+      <c r="AH114"/>
+      <c r="AI114"/>
+      <c r="AJ114"/>
+      <c r="AK114"/>
+      <c r="AL114"/>
+      <c r="AM114"/>
+      <c r="AN114"/>
+      <c r="AO114"/>
+      <c r="AP114"/>
+      <c r="AQ114"/>
+      <c r="AR114"/>
+      <c r="AS114"/>
+      <c r="AT114"/>
+      <c r="AU114"/>
+      <c r="AV114"/>
+      <c r="AW114"/>
+      <c r="AX114"/>
+      <c r="AY114"/>
+      <c r="AZ114"/>
+      <c r="BA114"/>
+      <c r="BB114"/>
+      <c r="BC114"/>
+      <c r="BD114"/>
+      <c r="BE114"/>
+      <c r="BF114"/>
+      <c r="BG114"/>
+      <c r="BH114"/>
+      <c r="BI114"/>
+      <c r="BJ114"/>
+      <c r="BK114"/>
+      <c r="BL114"/>
+      <c r="BM114"/>
+      <c r="BN114"/>
+      <c r="BO114"/>
+      <c r="BP114"/>
+      <c r="BQ114"/>
+      <c r="BR114"/>
+      <c r="BS114"/>
+      <c r="BT114"/>
+      <c r="BU114"/>
+      <c r="BV114"/>
+      <c r="BW114"/>
+      <c r="BX114"/>
+      <c r="BY114"/>
+      <c r="BZ114"/>
+      <c r="CA114"/>
+      <c r="CB114"/>
+      <c r="CC114"/>
+      <c r="CD114"/>
+      <c r="CE114"/>
+      <c r="CF114"/>
+      <c r="CG114"/>
+      <c r="CH114"/>
+      <c r="CI114"/>
+      <c r="CJ114"/>
+      <c r="CK114"/>
+      <c r="CL114"/>
+      <c r="CM114"/>
+      <c r="CN114"/>
+      <c r="CO114"/>
+      <c r="CP114"/>
+      <c r="CQ114"/>
+      <c r="CR114"/>
+      <c r="CS114"/>
+    </row>
+    <row r="115" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A115" s="33"/>
+      <c r="B115" s="18"/>
+      <c r="C115" s="12"/>
+      <c r="D115" s="12"/>
+      <c r="E115" s="18"/>
+      <c r="F115" s="18"/>
+      <c r="G115" s="13"/>
+      <c r="H115" s="19"/>
+      <c r="I115" s="12"/>
+      <c r="J115" s="12"/>
+      <c r="K115" s="12"/>
+      <c r="L115" s="15"/>
+      <c r="N115" s="14"/>
+      <c r="O115" s="34"/>
+      <c r="P115"/>
+      <c r="Q115"/>
+      <c r="R115"/>
+      <c r="S115"/>
+      <c r="T115"/>
+      <c r="U115"/>
+      <c r="V115"/>
+      <c r="W115"/>
+      <c r="X115"/>
+      <c r="Y115"/>
+      <c r="Z115"/>
+      <c r="AA115"/>
+      <c r="AB115"/>
+      <c r="AC115"/>
+      <c r="AD115"/>
+      <c r="AE115"/>
+      <c r="AF115"/>
+      <c r="AG115"/>
+      <c r="AH115"/>
+      <c r="AI115"/>
+      <c r="AJ115"/>
+      <c r="AK115"/>
+      <c r="AL115"/>
+      <c r="AM115"/>
+      <c r="AN115"/>
+      <c r="AO115"/>
+      <c r="AP115"/>
+      <c r="AQ115"/>
+      <c r="AR115"/>
+      <c r="AS115"/>
+      <c r="AT115"/>
+      <c r="AU115"/>
+      <c r="AV115"/>
+      <c r="AW115"/>
+      <c r="AX115"/>
+      <c r="AY115"/>
+      <c r="AZ115"/>
+      <c r="BA115"/>
+      <c r="BB115"/>
+      <c r="BC115"/>
+      <c r="BD115"/>
+      <c r="BE115"/>
+      <c r="BF115"/>
+      <c r="BG115"/>
+      <c r="BH115"/>
+      <c r="BI115"/>
+      <c r="BJ115"/>
+      <c r="BK115"/>
+      <c r="BL115"/>
+      <c r="BM115"/>
+      <c r="BN115"/>
+      <c r="BO115"/>
+      <c r="BP115"/>
+      <c r="BQ115"/>
+      <c r="BR115"/>
+      <c r="BS115"/>
+      <c r="BT115"/>
+      <c r="BU115"/>
+      <c r="BV115"/>
+      <c r="BW115"/>
+      <c r="BX115"/>
+      <c r="BY115"/>
+      <c r="BZ115"/>
+      <c r="CA115"/>
+      <c r="CB115"/>
+      <c r="CC115"/>
+      <c r="CD115"/>
+      <c r="CE115"/>
+      <c r="CF115"/>
+      <c r="CG115"/>
+      <c r="CH115"/>
+      <c r="CI115"/>
+      <c r="CJ115"/>
+      <c r="CK115"/>
+      <c r="CL115"/>
+      <c r="CM115"/>
+      <c r="CN115"/>
+      <c r="CO115"/>
+      <c r="CP115"/>
+      <c r="CQ115"/>
+      <c r="CR115"/>
+      <c r="CS115"/>
+    </row>
+    <row r="116" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A116" s="33"/>
+      <c r="B116" s="18"/>
+      <c r="C116" s="12"/>
+      <c r="D116" s="12"/>
+      <c r="E116" s="18"/>
+      <c r="F116" s="18"/>
+      <c r="G116" s="13"/>
+      <c r="H116" s="19"/>
+      <c r="I116" s="12"/>
+      <c r="J116" s="12"/>
+      <c r="K116" s="12"/>
+      <c r="L116" s="15"/>
+      <c r="N116" s="14"/>
+      <c r="O116" s="34"/>
+      <c r="P116"/>
+      <c r="Q116"/>
+      <c r="R116"/>
+      <c r="S116"/>
+      <c r="T116"/>
+      <c r="U116"/>
+      <c r="V116"/>
+      <c r="W116"/>
+      <c r="X116"/>
+      <c r="Y116"/>
+      <c r="Z116"/>
+      <c r="AA116"/>
+      <c r="AB116"/>
+      <c r="AC116"/>
+      <c r="AD116"/>
+      <c r="AE116"/>
+      <c r="AF116"/>
+      <c r="AG116"/>
+      <c r="AH116"/>
+      <c r="AI116"/>
+      <c r="AJ116"/>
+      <c r="AK116"/>
+      <c r="AL116"/>
+      <c r="AM116"/>
+      <c r="AN116"/>
+      <c r="AO116"/>
+      <c r="AP116"/>
+      <c r="AQ116"/>
+      <c r="AR116"/>
+      <c r="AS116"/>
+      <c r="AT116"/>
+      <c r="AU116"/>
+      <c r="AV116"/>
+      <c r="AW116"/>
+      <c r="AX116"/>
+      <c r="AY116"/>
+      <c r="AZ116"/>
+      <c r="BA116"/>
+      <c r="BB116"/>
+      <c r="BC116"/>
+      <c r="BD116"/>
+      <c r="BE116"/>
+      <c r="BF116"/>
+      <c r="BG116"/>
+      <c r="BH116"/>
+      <c r="BI116"/>
+      <c r="BJ116"/>
+      <c r="BK116"/>
+      <c r="BL116"/>
+      <c r="BM116"/>
+      <c r="BN116"/>
+      <c r="BO116"/>
+      <c r="BP116"/>
+      <c r="BQ116"/>
+      <c r="BR116"/>
+      <c r="BS116"/>
+      <c r="BT116"/>
+      <c r="BU116"/>
+      <c r="BV116"/>
+      <c r="BW116"/>
+      <c r="BX116"/>
+      <c r="BY116"/>
+      <c r="BZ116"/>
+      <c r="CA116"/>
+      <c r="CB116"/>
+      <c r="CC116"/>
+      <c r="CD116"/>
+      <c r="CE116"/>
+      <c r="CF116"/>
+      <c r="CG116"/>
+      <c r="CH116"/>
+      <c r="CI116"/>
+      <c r="CJ116"/>
+      <c r="CK116"/>
+      <c r="CL116"/>
+      <c r="CM116"/>
+      <c r="CN116"/>
+      <c r="CO116"/>
+      <c r="CP116"/>
+      <c r="CQ116"/>
+      <c r="CR116"/>
+      <c r="CS116"/>
+    </row>
+    <row r="117" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A117" s="33"/>
+      <c r="B117" s="18"/>
+      <c r="C117" s="12"/>
+      <c r="D117" s="12"/>
+      <c r="E117" s="18"/>
+      <c r="F117" s="18"/>
+      <c r="G117" s="13"/>
+      <c r="H117" s="19"/>
+      <c r="I117" s="12"/>
+      <c r="J117" s="12"/>
+      <c r="K117" s="12"/>
+      <c r="L117" s="15"/>
+      <c r="N117" s="14"/>
+      <c r="O117" s="34"/>
+      <c r="P117"/>
+      <c r="Q117"/>
+      <c r="R117"/>
+      <c r="S117"/>
+      <c r="T117"/>
+      <c r="U117"/>
+      <c r="V117"/>
+      <c r="W117"/>
+      <c r="X117"/>
+      <c r="Y117"/>
+      <c r="Z117"/>
+      <c r="AA117"/>
+      <c r="AB117"/>
+      <c r="AC117"/>
+      <c r="AD117"/>
+      <c r="AE117"/>
+      <c r="AF117"/>
+      <c r="AG117"/>
+      <c r="AH117"/>
+      <c r="AI117"/>
+      <c r="AJ117"/>
+      <c r="AK117"/>
+      <c r="AL117"/>
+      <c r="AM117"/>
+      <c r="AN117"/>
+      <c r="AO117"/>
+      <c r="AP117"/>
+      <c r="AQ117"/>
+      <c r="AR117"/>
+      <c r="AS117"/>
+      <c r="AT117"/>
+      <c r="AU117"/>
+      <c r="AV117"/>
+      <c r="AW117"/>
+      <c r="AX117"/>
+      <c r="AY117"/>
+      <c r="AZ117"/>
+      <c r="BA117"/>
+      <c r="BB117"/>
+      <c r="BC117"/>
+      <c r="BD117"/>
+      <c r="BE117"/>
+      <c r="BF117"/>
+      <c r="BG117"/>
+      <c r="BH117"/>
+      <c r="BI117"/>
+      <c r="BJ117"/>
+      <c r="BK117"/>
+      <c r="BL117"/>
+      <c r="BM117"/>
+      <c r="BN117"/>
+      <c r="BO117"/>
+      <c r="BP117"/>
+      <c r="BQ117"/>
+      <c r="BR117"/>
+      <c r="BS117"/>
+      <c r="BT117"/>
+      <c r="BU117"/>
+      <c r="BV117"/>
+      <c r="BW117"/>
+      <c r="BX117"/>
+      <c r="BY117"/>
+      <c r="BZ117"/>
+      <c r="CA117"/>
+      <c r="CB117"/>
+      <c r="CC117"/>
+      <c r="CD117"/>
+      <c r="CE117"/>
+      <c r="CF117"/>
+      <c r="CG117"/>
+      <c r="CH117"/>
+      <c r="CI117"/>
+      <c r="CJ117"/>
+      <c r="CK117"/>
+      <c r="CL117"/>
+      <c r="CM117"/>
+      <c r="CN117"/>
+      <c r="CO117"/>
+      <c r="CP117"/>
+      <c r="CQ117"/>
+      <c r="CR117"/>
+      <c r="CS117"/>
+    </row>
+    <row r="118" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A118" s="33"/>
+      <c r="B118" s="18"/>
+      <c r="C118" s="12"/>
+      <c r="D118" s="12"/>
+      <c r="E118" s="18"/>
+      <c r="F118" s="18"/>
+      <c r="G118" s="13"/>
+      <c r="H118" s="19"/>
+      <c r="I118" s="12"/>
+      <c r="J118" s="12"/>
+      <c r="K118" s="12"/>
+      <c r="L118" s="15"/>
+      <c r="N118" s="14"/>
+      <c r="O118" s="34"/>
+      <c r="P118"/>
+      <c r="Q118"/>
+      <c r="R118"/>
+      <c r="S118"/>
+      <c r="T118"/>
+      <c r="U118"/>
+      <c r="V118"/>
+      <c r="W118"/>
+      <c r="X118"/>
+      <c r="Y118"/>
+      <c r="Z118"/>
+      <c r="AA118"/>
+      <c r="AB118"/>
+      <c r="AC118"/>
+      <c r="AD118"/>
+      <c r="AE118"/>
+      <c r="AF118"/>
+      <c r="AG118"/>
+      <c r="AH118"/>
+      <c r="AI118"/>
+      <c r="AJ118"/>
+      <c r="AK118"/>
+      <c r="AL118"/>
+      <c r="AM118"/>
+      <c r="AN118"/>
+      <c r="AO118"/>
+      <c r="AP118"/>
+      <c r="AQ118"/>
+      <c r="AR118"/>
+      <c r="AS118"/>
+      <c r="AT118"/>
+      <c r="AU118"/>
+      <c r="AV118"/>
+      <c r="AW118"/>
+      <c r="AX118"/>
+      <c r="AY118"/>
+      <c r="AZ118"/>
+      <c r="BA118"/>
+      <c r="BB118"/>
+      <c r="BC118"/>
+      <c r="BD118"/>
+      <c r="BE118"/>
+      <c r="BF118"/>
+      <c r="BG118"/>
+      <c r="BH118"/>
+      <c r="BI118"/>
+      <c r="BJ118"/>
+      <c r="BK118"/>
+      <c r="BL118"/>
+      <c r="BM118"/>
+      <c r="BN118"/>
+      <c r="BO118"/>
+      <c r="BP118"/>
+      <c r="BQ118"/>
+      <c r="BR118"/>
+      <c r="BS118"/>
+      <c r="BT118"/>
+      <c r="BU118"/>
+      <c r="BV118"/>
+      <c r="BW118"/>
+      <c r="BX118"/>
+      <c r="BY118"/>
+      <c r="BZ118"/>
+      <c r="CA118"/>
+      <c r="CB118"/>
+      <c r="CC118"/>
+      <c r="CD118"/>
+      <c r="CE118"/>
+      <c r="CF118"/>
+      <c r="CG118"/>
+      <c r="CH118"/>
+      <c r="CI118"/>
+      <c r="CJ118"/>
+      <c r="CK118"/>
+      <c r="CL118"/>
+      <c r="CM118"/>
+      <c r="CN118"/>
+      <c r="CO118"/>
+      <c r="CP118"/>
+      <c r="CQ118"/>
+      <c r="CR118"/>
+      <c r="CS118"/>
+    </row>
+    <row r="119" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A119" s="33"/>
+      <c r="B119" s="18"/>
+      <c r="C119" s="12"/>
+      <c r="D119" s="12"/>
+      <c r="E119" s="18"/>
+      <c r="F119" s="18"/>
+      <c r="G119" s="13"/>
+      <c r="H119" s="19"/>
+      <c r="I119" s="12"/>
+      <c r="J119" s="12"/>
+      <c r="K119" s="12"/>
+      <c r="L119" s="15"/>
+      <c r="N119" s="14"/>
+      <c r="O119" s="34"/>
+      <c r="P119"/>
+      <c r="Q119"/>
+      <c r="R119"/>
+      <c r="S119"/>
+      <c r="T119"/>
+      <c r="U119"/>
+      <c r="V119"/>
+      <c r="W119"/>
+      <c r="X119"/>
+      <c r="Y119"/>
+      <c r="Z119"/>
+      <c r="AA119"/>
+      <c r="AB119"/>
+      <c r="AC119"/>
+      <c r="AD119"/>
+      <c r="AE119"/>
+      <c r="AF119"/>
+      <c r="AG119"/>
+      <c r="AH119"/>
+      <c r="AI119"/>
+      <c r="AJ119"/>
+      <c r="AK119"/>
+      <c r="AL119"/>
+      <c r="AM119"/>
+      <c r="AN119"/>
+      <c r="AO119"/>
+      <c r="AP119"/>
+      <c r="AQ119"/>
+      <c r="AR119"/>
+      <c r="AS119"/>
+      <c r="AT119"/>
+      <c r="AU119"/>
+      <c r="AV119"/>
+      <c r="AW119"/>
+      <c r="AX119"/>
+      <c r="AY119"/>
+      <c r="AZ119"/>
+      <c r="BA119"/>
+      <c r="BB119"/>
+      <c r="BC119"/>
+      <c r="BD119"/>
+      <c r="BE119"/>
+      <c r="BF119"/>
+      <c r="BG119"/>
+      <c r="BH119"/>
+      <c r="BI119"/>
+      <c r="BJ119"/>
+      <c r="BK119"/>
+      <c r="BL119"/>
+      <c r="BM119"/>
+      <c r="BN119"/>
+      <c r="BO119"/>
+      <c r="BP119"/>
+      <c r="BQ119"/>
+      <c r="BR119"/>
+      <c r="BS119"/>
+      <c r="BT119"/>
+      <c r="BU119"/>
+      <c r="BV119"/>
+      <c r="BW119"/>
+      <c r="BX119"/>
+      <c r="BY119"/>
+      <c r="BZ119"/>
+      <c r="CA119"/>
+      <c r="CB119"/>
+      <c r="CC119"/>
+      <c r="CD119"/>
+      <c r="CE119"/>
+      <c r="CF119"/>
+      <c r="CG119"/>
+      <c r="CH119"/>
+      <c r="CI119"/>
+      <c r="CJ119"/>
+      <c r="CK119"/>
+      <c r="CL119"/>
+      <c r="CM119"/>
+      <c r="CN119"/>
+      <c r="CO119"/>
+      <c r="CP119"/>
+      <c r="CQ119"/>
+      <c r="CR119"/>
+      <c r="CS119"/>
+    </row>
+    <row r="120" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A120" s="33"/>
+      <c r="B120" s="18"/>
+      <c r="C120" s="12"/>
+      <c r="D120" s="12"/>
+      <c r="E120" s="18"/>
+      <c r="F120" s="18"/>
+      <c r="G120" s="13"/>
+      <c r="H120" s="19"/>
+      <c r="I120" s="12"/>
+      <c r="J120" s="12"/>
+      <c r="K120" s="12"/>
+      <c r="L120" s="15"/>
+      <c r="N120" s="14"/>
+      <c r="O120" s="34"/>
+      <c r="P120"/>
+      <c r="Q120"/>
+      <c r="R120"/>
+      <c r="S120"/>
+      <c r="T120"/>
+      <c r="U120"/>
+      <c r="V120"/>
+      <c r="W120"/>
+      <c r="X120"/>
+      <c r="Y120"/>
+      <c r="Z120"/>
+      <c r="AA120"/>
+      <c r="AB120"/>
+      <c r="AC120"/>
+      <c r="AD120"/>
+      <c r="AE120"/>
+      <c r="AF120"/>
+      <c r="AG120"/>
+      <c r="AH120"/>
+      <c r="AI120"/>
+      <c r="AJ120"/>
+      <c r="AK120"/>
+      <c r="AL120"/>
+      <c r="AM120"/>
+      <c r="AN120"/>
+      <c r="AO120"/>
+      <c r="AP120"/>
+      <c r="AQ120"/>
+      <c r="AR120"/>
+      <c r="AS120"/>
+      <c r="AT120"/>
+      <c r="AU120"/>
+      <c r="AV120"/>
+      <c r="AW120"/>
+      <c r="AX120"/>
+      <c r="AY120"/>
+      <c r="AZ120"/>
+      <c r="BA120"/>
+      <c r="BB120"/>
+      <c r="BC120"/>
+      <c r="BD120"/>
+      <c r="BE120"/>
+      <c r="BF120"/>
+      <c r="BG120"/>
+      <c r="BH120"/>
+      <c r="BI120"/>
+      <c r="BJ120"/>
+      <c r="BK120"/>
+      <c r="BL120"/>
+      <c r="BM120"/>
+      <c r="BN120"/>
+      <c r="BO120"/>
+      <c r="BP120"/>
+      <c r="BQ120"/>
+      <c r="BR120"/>
+      <c r="BS120"/>
+      <c r="BT120"/>
+      <c r="BU120"/>
+      <c r="BV120"/>
+      <c r="BW120"/>
+      <c r="BX120"/>
+      <c r="BY120"/>
+      <c r="BZ120"/>
+      <c r="CA120"/>
+      <c r="CB120"/>
+      <c r="CC120"/>
+      <c r="CD120"/>
+      <c r="CE120"/>
+      <c r="CF120"/>
+      <c r="CG120"/>
+      <c r="CH120"/>
+      <c r="CI120"/>
+      <c r="CJ120"/>
+      <c r="CK120"/>
+      <c r="CL120"/>
+      <c r="CM120"/>
+      <c r="CN120"/>
+      <c r="CO120"/>
+      <c r="CP120"/>
+      <c r="CQ120"/>
+      <c r="CR120"/>
+      <c r="CS120"/>
+    </row>
+    <row r="121" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A121" s="33"/>
+      <c r="B121" s="18"/>
+      <c r="C121" s="12"/>
+      <c r="D121" s="12"/>
+      <c r="E121" s="18"/>
+      <c r="F121" s="18"/>
+      <c r="G121" s="13"/>
+      <c r="H121" s="19"/>
+      <c r="I121" s="12"/>
+      <c r="J121" s="12"/>
+      <c r="K121" s="12"/>
+      <c r="L121" s="15"/>
+      <c r="N121" s="14"/>
+      <c r="O121" s="34"/>
+      <c r="P121"/>
+      <c r="Q121"/>
+      <c r="R121"/>
+      <c r="S121"/>
+      <c r="T121"/>
+      <c r="U121"/>
+      <c r="V121"/>
+      <c r="W121"/>
+      <c r="X121"/>
+      <c r="Y121"/>
+      <c r="Z121"/>
+      <c r="AA121"/>
+      <c r="AB121"/>
+      <c r="AC121"/>
+      <c r="AD121"/>
+      <c r="AE121"/>
+      <c r="AF121"/>
+      <c r="AG121"/>
+      <c r="AH121"/>
+      <c r="AI121"/>
+      <c r="AJ121"/>
+      <c r="AK121"/>
+      <c r="AL121"/>
+      <c r="AM121"/>
+      <c r="AN121"/>
+      <c r="AO121"/>
+      <c r="AP121"/>
+      <c r="AQ121"/>
+      <c r="AR121"/>
+      <c r="AS121"/>
+      <c r="AT121"/>
+      <c r="AU121"/>
+      <c r="AV121"/>
+      <c r="AW121"/>
+      <c r="AX121"/>
+      <c r="AY121"/>
+      <c r="AZ121"/>
+      <c r="BA121"/>
+      <c r="BB121"/>
+      <c r="BC121"/>
+      <c r="BD121"/>
+      <c r="BE121"/>
+      <c r="BF121"/>
+      <c r="BG121"/>
+      <c r="BH121"/>
+      <c r="BI121"/>
+      <c r="BJ121"/>
+      <c r="BK121"/>
+      <c r="BL121"/>
+      <c r="BM121"/>
+      <c r="BN121"/>
+      <c r="BO121"/>
+      <c r="BP121"/>
+      <c r="BQ121"/>
+      <c r="BR121"/>
+      <c r="BS121"/>
+      <c r="BT121"/>
+      <c r="BU121"/>
+      <c r="BV121"/>
+      <c r="BW121"/>
+      <c r="BX121"/>
+      <c r="BY121"/>
+      <c r="BZ121"/>
+      <c r="CA121"/>
+      <c r="CB121"/>
+      <c r="CC121"/>
+      <c r="CD121"/>
+      <c r="CE121"/>
+      <c r="CF121"/>
+      <c r="CG121"/>
+      <c r="CH121"/>
+      <c r="CI121"/>
+      <c r="CJ121"/>
+      <c r="CK121"/>
+      <c r="CL121"/>
+      <c r="CM121"/>
+      <c r="CN121"/>
+      <c r="CO121"/>
+      <c r="CP121"/>
+      <c r="CQ121"/>
+      <c r="CR121"/>
+      <c r="CS121"/>
+    </row>
+    <row r="122" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A122" s="33"/>
+      <c r="B122" s="18"/>
+      <c r="C122" s="12"/>
+      <c r="D122" s="12"/>
+      <c r="E122" s="18"/>
+      <c r="F122" s="18"/>
+      <c r="G122" s="13"/>
+      <c r="H122" s="19"/>
+      <c r="I122" s="12"/>
+      <c r="J122" s="12"/>
+      <c r="K122" s="12"/>
+      <c r="L122" s="15"/>
+      <c r="N122" s="14"/>
+      <c r="O122" s="34"/>
+      <c r="P122"/>
+      <c r="Q122"/>
+      <c r="R122"/>
+      <c r="S122"/>
+      <c r="T122"/>
+      <c r="U122"/>
+      <c r="V122"/>
+      <c r="W122"/>
+      <c r="X122"/>
+      <c r="Y122"/>
+      <c r="Z122"/>
+      <c r="AA122"/>
+      <c r="AB122"/>
+      <c r="AC122"/>
+      <c r="AD122"/>
+      <c r="AE122"/>
+      <c r="AF122"/>
+      <c r="AG122"/>
+      <c r="AH122"/>
+      <c r="AI122"/>
+      <c r="AJ122"/>
+      <c r="AK122"/>
+      <c r="AL122"/>
+      <c r="AM122"/>
+      <c r="AN122"/>
+      <c r="AO122"/>
+      <c r="AP122"/>
+      <c r="AQ122"/>
+      <c r="AR122"/>
+      <c r="AS122"/>
+      <c r="AT122"/>
+      <c r="AU122"/>
+      <c r="AV122"/>
+      <c r="AW122"/>
+      <c r="AX122"/>
+      <c r="AY122"/>
+      <c r="AZ122"/>
+      <c r="BA122"/>
+      <c r="BB122"/>
+      <c r="BC122"/>
+      <c r="BD122"/>
+      <c r="BE122"/>
+      <c r="BF122"/>
+      <c r="BG122"/>
+      <c r="BH122"/>
+      <c r="BI122"/>
+      <c r="BJ122"/>
+      <c r="BK122"/>
+      <c r="BL122"/>
+      <c r="BM122"/>
+      <c r="BN122"/>
+      <c r="BO122"/>
+      <c r="BP122"/>
+      <c r="BQ122"/>
+      <c r="BR122"/>
+      <c r="BS122"/>
+      <c r="BT122"/>
+      <c r="BU122"/>
+      <c r="BV122"/>
+      <c r="BW122"/>
+      <c r="BX122"/>
+      <c r="BY122"/>
+      <c r="BZ122"/>
+      <c r="CA122"/>
+      <c r="CB122"/>
+      <c r="CC122"/>
+      <c r="CD122"/>
+      <c r="CE122"/>
+      <c r="CF122"/>
+      <c r="CG122"/>
+      <c r="CH122"/>
+      <c r="CI122"/>
+      <c r="CJ122"/>
+      <c r="CK122"/>
+      <c r="CL122"/>
+      <c r="CM122"/>
+      <c r="CN122"/>
+      <c r="CO122"/>
+      <c r="CP122"/>
+      <c r="CQ122"/>
+      <c r="CR122"/>
+      <c r="CS122"/>
+    </row>
+    <row r="123" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A123" s="33"/>
+      <c r="B123" s="18"/>
+      <c r="C123" s="12"/>
+      <c r="D123" s="12"/>
+      <c r="E123" s="18"/>
+      <c r="F123" s="18"/>
+      <c r="G123" s="13"/>
+      <c r="H123" s="19"/>
+      <c r="I123" s="12"/>
+      <c r="J123" s="12"/>
+      <c r="K123" s="12"/>
+      <c r="L123" s="15"/>
+      <c r="N123" s="14"/>
+      <c r="O123" s="34"/>
+      <c r="P123"/>
+      <c r="Q123"/>
+      <c r="R123"/>
+      <c r="S123"/>
+      <c r="T123"/>
+      <c r="U123"/>
+      <c r="V123"/>
+      <c r="W123"/>
+      <c r="X123"/>
+      <c r="Y123"/>
+      <c r="Z123"/>
+      <c r="AA123"/>
+      <c r="AB123"/>
+      <c r="AC123"/>
+      <c r="AD123"/>
+      <c r="AE123"/>
+      <c r="AF123"/>
+      <c r="AG123"/>
+      <c r="AH123"/>
+      <c r="AI123"/>
+      <c r="AJ123"/>
+      <c r="AK123"/>
+      <c r="AL123"/>
+      <c r="AM123"/>
+      <c r="AN123"/>
+      <c r="AO123"/>
+      <c r="AP123"/>
+      <c r="AQ123"/>
+      <c r="AR123"/>
+      <c r="AS123"/>
+      <c r="AT123"/>
+      <c r="AU123"/>
+      <c r="AV123"/>
+      <c r="AW123"/>
+      <c r="AX123"/>
+      <c r="AY123"/>
+      <c r="AZ123"/>
+      <c r="BA123"/>
+      <c r="BB123"/>
+      <c r="BC123"/>
+      <c r="BD123"/>
+      <c r="BE123"/>
+      <c r="BF123"/>
+      <c r="BG123"/>
+      <c r="BH123"/>
+      <c r="BI123"/>
+      <c r="BJ123"/>
+      <c r="BK123"/>
+      <c r="BL123"/>
+      <c r="BM123"/>
+      <c r="BN123"/>
+      <c r="BO123"/>
+      <c r="BP123"/>
+      <c r="BQ123"/>
+      <c r="BR123"/>
+      <c r="BS123"/>
+      <c r="BT123"/>
+      <c r="BU123"/>
+      <c r="BV123"/>
+      <c r="BW123"/>
+      <c r="BX123"/>
+      <c r="BY123"/>
+      <c r="BZ123"/>
+      <c r="CA123"/>
+      <c r="CB123"/>
+      <c r="CC123"/>
+      <c r="CD123"/>
+      <c r="CE123"/>
+      <c r="CF123"/>
+      <c r="CG123"/>
+      <c r="CH123"/>
+      <c r="CI123"/>
+      <c r="CJ123"/>
+      <c r="CK123"/>
+      <c r="CL123"/>
+      <c r="CM123"/>
+      <c r="CN123"/>
+      <c r="CO123"/>
+      <c r="CP123"/>
+      <c r="CQ123"/>
+      <c r="CR123"/>
+      <c r="CS123"/>
+    </row>
+    <row r="124" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A124" s="33"/>
+      <c r="B124" s="18"/>
+      <c r="C124" s="12"/>
+      <c r="D124" s="12"/>
+      <c r="E124" s="18"/>
+      <c r="F124" s="18"/>
+      <c r="G124" s="13"/>
+      <c r="H124" s="19"/>
+      <c r="I124" s="12"/>
+      <c r="J124" s="12"/>
+      <c r="K124" s="12"/>
+      <c r="L124" s="15"/>
+      <c r="N124" s="14"/>
+      <c r="O124" s="34"/>
+      <c r="P124"/>
+      <c r="Q124"/>
+      <c r="R124"/>
+      <c r="S124"/>
+      <c r="T124"/>
+      <c r="U124"/>
+      <c r="V124"/>
+      <c r="W124"/>
+      <c r="X124"/>
+      <c r="Y124"/>
+      <c r="Z124"/>
+      <c r="AA124"/>
+      <c r="AB124"/>
+      <c r="AC124"/>
+      <c r="AD124"/>
+      <c r="AE124"/>
+      <c r="AF124"/>
+      <c r="AG124"/>
+      <c r="AH124"/>
+      <c r="AI124"/>
+      <c r="AJ124"/>
+      <c r="AK124"/>
+      <c r="AL124"/>
+      <c r="AM124"/>
+      <c r="AN124"/>
+      <c r="AO124"/>
+      <c r="AP124"/>
+      <c r="AQ124"/>
+      <c r="AR124"/>
+      <c r="AS124"/>
+      <c r="AT124"/>
+      <c r="AU124"/>
+      <c r="AV124"/>
+      <c r="AW124"/>
+      <c r="AX124"/>
+      <c r="AY124"/>
+      <c r="AZ124"/>
+      <c r="BA124"/>
+      <c r="BB124"/>
+      <c r="BC124"/>
+      <c r="BD124"/>
+      <c r="BE124"/>
+      <c r="BF124"/>
+      <c r="BG124"/>
+      <c r="BH124"/>
+      <c r="BI124"/>
+      <c r="BJ124"/>
+      <c r="BK124"/>
+      <c r="BL124"/>
+      <c r="BM124"/>
+      <c r="BN124"/>
+      <c r="BO124"/>
+      <c r="BP124"/>
+      <c r="BQ124"/>
+      <c r="BR124"/>
+      <c r="BS124"/>
+      <c r="BT124"/>
+      <c r="BU124"/>
+      <c r="BV124"/>
+      <c r="BW124"/>
+      <c r="BX124"/>
+      <c r="BY124"/>
+      <c r="BZ124"/>
+      <c r="CA124"/>
+      <c r="CB124"/>
+      <c r="CC124"/>
+      <c r="CD124"/>
+      <c r="CE124"/>
+      <c r="CF124"/>
+      <c r="CG124"/>
+      <c r="CH124"/>
+      <c r="CI124"/>
+      <c r="CJ124"/>
+      <c r="CK124"/>
+      <c r="CL124"/>
+      <c r="CM124"/>
+      <c r="CN124"/>
+      <c r="CO124"/>
+      <c r="CP124"/>
+      <c r="CQ124"/>
+      <c r="CR124"/>
+      <c r="CS124"/>
+    </row>
+    <row r="125" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A125" s="33"/>
+      <c r="B125" s="18"/>
+      <c r="C125" s="12"/>
+      <c r="D125" s="12"/>
+      <c r="E125" s="18"/>
+      <c r="F125" s="18"/>
+      <c r="G125" s="13"/>
+      <c r="H125" s="19"/>
+      <c r="I125" s="12"/>
+      <c r="J125" s="12"/>
+      <c r="K125" s="12"/>
+      <c r="L125" s="15"/>
+      <c r="N125" s="14"/>
+      <c r="O125" s="34"/>
+      <c r="P125"/>
+      <c r="Q125"/>
+      <c r="R125"/>
+      <c r="S125"/>
+      <c r="T125"/>
+      <c r="U125"/>
+      <c r="V125"/>
+      <c r="W125"/>
+      <c r="X125"/>
+      <c r="Y125"/>
+      <c r="Z125"/>
+      <c r="AA125"/>
+      <c r="AB125"/>
+      <c r="AC125"/>
+      <c r="AD125"/>
+      <c r="AE125"/>
+      <c r="AF125"/>
+      <c r="AG125"/>
+      <c r="AH125"/>
+      <c r="AI125"/>
+      <c r="AJ125"/>
+      <c r="AK125"/>
+      <c r="AL125"/>
+      <c r="AM125"/>
+      <c r="AN125"/>
+      <c r="AO125"/>
+      <c r="AP125"/>
+      <c r="AQ125"/>
+      <c r="AR125"/>
+      <c r="AS125"/>
+      <c r="AT125"/>
+      <c r="AU125"/>
+      <c r="AV125"/>
+      <c r="AW125"/>
+      <c r="AX125"/>
+      <c r="AY125"/>
+      <c r="AZ125"/>
+      <c r="BA125"/>
+      <c r="BB125"/>
+      <c r="BC125"/>
+      <c r="BD125"/>
+      <c r="BE125"/>
+      <c r="BF125"/>
+      <c r="BG125"/>
+      <c r="BH125"/>
+      <c r="BI125"/>
+      <c r="BJ125"/>
+      <c r="BK125"/>
+      <c r="BL125"/>
+      <c r="BM125"/>
+      <c r="BN125"/>
+      <c r="BO125"/>
+      <c r="BP125"/>
+      <c r="BQ125"/>
+      <c r="BR125"/>
+      <c r="BS125"/>
+      <c r="BT125"/>
+      <c r="BU125"/>
+      <c r="BV125"/>
+      <c r="BW125"/>
+      <c r="BX125"/>
+      <c r="BY125"/>
+      <c r="BZ125"/>
+      <c r="CA125"/>
+      <c r="CB125"/>
+      <c r="CC125"/>
+      <c r="CD125"/>
+      <c r="CE125"/>
+      <c r="CF125"/>
+      <c r="CG125"/>
+      <c r="CH125"/>
+      <c r="CI125"/>
+      <c r="CJ125"/>
+      <c r="CK125"/>
+      <c r="CL125"/>
+      <c r="CM125"/>
+      <c r="CN125"/>
+      <c r="CO125"/>
+      <c r="CP125"/>
+      <c r="CQ125"/>
+      <c r="CR125"/>
+      <c r="CS125"/>
+    </row>
+    <row r="126" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A126" s="33"/>
+      <c r="B126" s="18"/>
+      <c r="C126" s="12"/>
+      <c r="D126" s="12"/>
+      <c r="E126" s="18"/>
+      <c r="F126" s="18"/>
+      <c r="G126" s="13"/>
+      <c r="H126" s="19"/>
+      <c r="I126" s="12"/>
+      <c r="J126" s="12"/>
+      <c r="K126" s="12"/>
+      <c r="L126" s="15"/>
+      <c r="N126" s="14"/>
+      <c r="O126" s="34"/>
+      <c r="P126"/>
+      <c r="Q126"/>
+      <c r="R126"/>
+      <c r="S126"/>
+      <c r="T126"/>
+      <c r="U126"/>
+      <c r="V126"/>
+      <c r="W126"/>
+      <c r="X126"/>
+      <c r="Y126"/>
+      <c r="Z126"/>
+      <c r="AA126"/>
+      <c r="AB126"/>
+      <c r="AC126"/>
+      <c r="AD126"/>
+      <c r="AE126"/>
+      <c r="AF126"/>
+      <c r="AG126"/>
+      <c r="AH126"/>
+      <c r="AI126"/>
+      <c r="AJ126"/>
+      <c r="AK126"/>
+      <c r="AL126"/>
+      <c r="AM126"/>
+      <c r="AN126"/>
+      <c r="AO126"/>
+      <c r="AP126"/>
+      <c r="AQ126"/>
+      <c r="AR126"/>
+      <c r="AS126"/>
+      <c r="AT126"/>
+      <c r="AU126"/>
+      <c r="AV126"/>
+      <c r="AW126"/>
+      <c r="AX126"/>
+      <c r="AY126"/>
+      <c r="AZ126"/>
+      <c r="BA126"/>
+      <c r="BB126"/>
+      <c r="BC126"/>
+      <c r="BD126"/>
+      <c r="BE126"/>
+      <c r="BF126"/>
+      <c r="BG126"/>
+      <c r="BH126"/>
+      <c r="BI126"/>
+      <c r="BJ126"/>
+      <c r="BK126"/>
+      <c r="BL126"/>
+      <c r="BM126"/>
+      <c r="BN126"/>
+      <c r="BO126"/>
+      <c r="BP126"/>
+      <c r="BQ126"/>
+      <c r="BR126"/>
+      <c r="BS126"/>
+      <c r="BT126"/>
+      <c r="BU126"/>
+      <c r="BV126"/>
+      <c r="BW126"/>
+      <c r="BX126"/>
+      <c r="BY126"/>
+      <c r="BZ126"/>
+      <c r="CA126"/>
+      <c r="CB126"/>
+      <c r="CC126"/>
+      <c r="CD126"/>
+      <c r="CE126"/>
+      <c r="CF126"/>
+      <c r="CG126"/>
+      <c r="CH126"/>
+      <c r="CI126"/>
+      <c r="CJ126"/>
+      <c r="CK126"/>
+      <c r="CL126"/>
+      <c r="CM126"/>
+      <c r="CN126"/>
+      <c r="CO126"/>
+      <c r="CP126"/>
+      <c r="CQ126"/>
+      <c r="CR126"/>
+      <c r="CS126"/>
+    </row>
+    <row r="127" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A127" s="33"/>
+      <c r="B127" s="18"/>
+      <c r="C127" s="12"/>
+      <c r="D127" s="12"/>
+      <c r="E127" s="18"/>
+      <c r="F127" s="18"/>
+      <c r="G127" s="13"/>
+      <c r="H127" s="19"/>
+      <c r="I127" s="12"/>
+      <c r="J127" s="12"/>
+      <c r="K127" s="12"/>
+      <c r="L127" s="15"/>
+      <c r="N127" s="14"/>
+      <c r="O127" s="34"/>
+      <c r="P127"/>
+      <c r="Q127"/>
+      <c r="R127"/>
+      <c r="S127"/>
+      <c r="T127"/>
+      <c r="U127"/>
+      <c r="V127"/>
+      <c r="W127"/>
+      <c r="X127"/>
+      <c r="Y127"/>
+      <c r="Z127"/>
+      <c r="AA127"/>
+      <c r="AB127"/>
+      <c r="AC127"/>
+      <c r="AD127"/>
+      <c r="AE127"/>
+      <c r="AF127"/>
+      <c r="AG127"/>
+      <c r="AH127"/>
+      <c r="AI127"/>
+      <c r="AJ127"/>
+      <c r="AK127"/>
+      <c r="AL127"/>
+      <c r="AM127"/>
+      <c r="AN127"/>
+      <c r="AO127"/>
+      <c r="AP127"/>
+      <c r="AQ127"/>
+      <c r="AR127"/>
+      <c r="AS127"/>
+      <c r="AT127"/>
+      <c r="AU127"/>
+      <c r="AV127"/>
+      <c r="AW127"/>
+      <c r="AX127"/>
+      <c r="AY127"/>
+      <c r="AZ127"/>
+      <c r="BA127"/>
+      <c r="BB127"/>
+      <c r="BC127"/>
+      <c r="BD127"/>
+      <c r="BE127"/>
+      <c r="BF127"/>
+      <c r="BG127"/>
+      <c r="BH127"/>
+      <c r="BI127"/>
+      <c r="BJ127"/>
+      <c r="BK127"/>
+      <c r="BL127"/>
+      <c r="BM127"/>
+      <c r="BN127"/>
+      <c r="BO127"/>
+      <c r="BP127"/>
+      <c r="BQ127"/>
+      <c r="BR127"/>
+      <c r="BS127"/>
+      <c r="BT127"/>
+      <c r="BU127"/>
+      <c r="BV127"/>
+      <c r="BW127"/>
+      <c r="BX127"/>
+      <c r="BY127"/>
+      <c r="BZ127"/>
+      <c r="CA127"/>
+      <c r="CB127"/>
+      <c r="CC127"/>
+      <c r="CD127"/>
+      <c r="CE127"/>
+      <c r="CF127"/>
+      <c r="CG127"/>
+      <c r="CH127"/>
+      <c r="CI127"/>
+      <c r="CJ127"/>
+      <c r="CK127"/>
+      <c r="CL127"/>
+      <c r="CM127"/>
+      <c r="CN127"/>
+      <c r="CO127"/>
+      <c r="CP127"/>
+      <c r="CQ127"/>
+      <c r="CR127"/>
+      <c r="CS127"/>
+    </row>
+    <row r="128" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A128" s="33"/>
+      <c r="B128" s="18"/>
+      <c r="C128" s="12"/>
+      <c r="D128" s="12"/>
+      <c r="E128" s="18"/>
+      <c r="F128" s="18"/>
+      <c r="G128" s="13"/>
+      <c r="H128" s="19"/>
+      <c r="I128" s="12"/>
+      <c r="J128" s="12"/>
+      <c r="K128" s="12"/>
+      <c r="L128" s="15"/>
+      <c r="N128" s="14"/>
+      <c r="O128" s="34"/>
+      <c r="P128"/>
+      <c r="Q128"/>
+      <c r="R128"/>
+      <c r="S128"/>
+      <c r="T128"/>
+      <c r="U128"/>
+      <c r="V128"/>
+      <c r="W128"/>
+      <c r="X128"/>
+      <c r="Y128"/>
+      <c r="Z128"/>
+      <c r="AA128"/>
+      <c r="AB128"/>
+      <c r="AC128"/>
+      <c r="AD128"/>
+      <c r="AE128"/>
+      <c r="AF128"/>
+      <c r="AG128"/>
+      <c r="AH128"/>
+      <c r="AI128"/>
+      <c r="AJ128"/>
+      <c r="AK128"/>
+      <c r="AL128"/>
+      <c r="AM128"/>
+      <c r="AN128"/>
+      <c r="AO128"/>
+      <c r="AP128"/>
+      <c r="AQ128"/>
+      <c r="AR128"/>
+      <c r="AS128"/>
+      <c r="AT128"/>
+      <c r="AU128"/>
+      <c r="AV128"/>
+      <c r="AW128"/>
+      <c r="AX128"/>
+      <c r="AY128"/>
+      <c r="AZ128"/>
+      <c r="BA128"/>
+      <c r="BB128"/>
+      <c r="BC128"/>
+      <c r="BD128"/>
+      <c r="BE128"/>
+      <c r="BF128"/>
+      <c r="BG128"/>
+      <c r="BH128"/>
+      <c r="BI128"/>
+      <c r="BJ128"/>
+      <c r="BK128"/>
+      <c r="BL128"/>
+      <c r="BM128"/>
+      <c r="BN128"/>
+      <c r="BO128"/>
+      <c r="BP128"/>
+      <c r="BQ128"/>
+      <c r="BR128"/>
+      <c r="BS128"/>
+      <c r="BT128"/>
+      <c r="BU128"/>
+      <c r="BV128"/>
+      <c r="BW128"/>
+      <c r="BX128"/>
+      <c r="BY128"/>
+      <c r="BZ128"/>
+      <c r="CA128"/>
+      <c r="CB128"/>
+      <c r="CC128"/>
+      <c r="CD128"/>
+      <c r="CE128"/>
+      <c r="CF128"/>
+      <c r="CG128"/>
+      <c r="CH128"/>
+      <c r="CI128"/>
+      <c r="CJ128"/>
+      <c r="CK128"/>
+      <c r="CL128"/>
+      <c r="CM128"/>
+      <c r="CN128"/>
+      <c r="CO128"/>
+      <c r="CP128"/>
+      <c r="CQ128"/>
+      <c r="CR128"/>
+      <c r="CS128"/>
+    </row>
+    <row r="129" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A129" s="33"/>
+      <c r="B129" s="18"/>
+      <c r="C129" s="12"/>
+      <c r="D129" s="12"/>
+      <c r="E129" s="18"/>
+      <c r="F129" s="18"/>
+      <c r="G129" s="13"/>
+      <c r="H129" s="19"/>
+      <c r="I129" s="12"/>
+      <c r="J129" s="12"/>
+      <c r="K129" s="12"/>
+      <c r="L129" s="15"/>
+      <c r="N129" s="14"/>
+      <c r="O129" s="34"/>
+      <c r="P129"/>
+      <c r="Q129"/>
+      <c r="R129"/>
+      <c r="S129"/>
+      <c r="T129"/>
+      <c r="U129"/>
+      <c r="V129"/>
+      <c r="W129"/>
+      <c r="X129"/>
+      <c r="Y129"/>
+      <c r="Z129"/>
+      <c r="AA129"/>
+      <c r="AB129"/>
+      <c r="AC129"/>
+      <c r="AD129"/>
+      <c r="AE129"/>
+      <c r="AF129"/>
+      <c r="AG129"/>
+      <c r="AH129"/>
+      <c r="AI129"/>
+      <c r="AJ129"/>
+      <c r="AK129"/>
+      <c r="AL129"/>
+      <c r="AM129"/>
+      <c r="AN129"/>
+      <c r="AO129"/>
+      <c r="AP129"/>
+      <c r="AQ129"/>
+      <c r="AR129"/>
+      <c r="AS129"/>
+      <c r="AT129"/>
+      <c r="AU129"/>
+      <c r="AV129"/>
+      <c r="AW129"/>
+      <c r="AX129"/>
+      <c r="AY129"/>
+      <c r="AZ129"/>
+      <c r="BA129"/>
+      <c r="BB129"/>
+      <c r="BC129"/>
+      <c r="BD129"/>
+      <c r="BE129"/>
+      <c r="BF129"/>
+      <c r="BG129"/>
+      <c r="BH129"/>
+      <c r="BI129"/>
+      <c r="BJ129"/>
+      <c r="BK129"/>
+      <c r="BL129"/>
+      <c r="BM129"/>
+      <c r="BN129"/>
+      <c r="BO129"/>
+      <c r="BP129"/>
+      <c r="BQ129"/>
+      <c r="BR129"/>
+      <c r="BS129"/>
+      <c r="BT129"/>
+      <c r="BU129"/>
+      <c r="BV129"/>
+      <c r="BW129"/>
+      <c r="BX129"/>
+      <c r="BY129"/>
+      <c r="BZ129"/>
+      <c r="CA129"/>
+      <c r="CB129"/>
+      <c r="CC129"/>
+      <c r="CD129"/>
+      <c r="CE129"/>
+      <c r="CF129"/>
+      <c r="CG129"/>
+      <c r="CH129"/>
+      <c r="CI129"/>
+      <c r="CJ129"/>
+      <c r="CK129"/>
+      <c r="CL129"/>
+      <c r="CM129"/>
+      <c r="CN129"/>
+      <c r="CO129"/>
+      <c r="CP129"/>
+      <c r="CQ129"/>
+      <c r="CR129"/>
+      <c r="CS129"/>
+    </row>
+    <row r="130" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A130" s="33"/>
+      <c r="B130" s="18"/>
+      <c r="C130" s="12"/>
+      <c r="D130" s="12"/>
+      <c r="E130" s="18"/>
+      <c r="F130" s="18"/>
+      <c r="G130" s="13"/>
+      <c r="H130" s="19"/>
+      <c r="I130" s="12"/>
+      <c r="J130" s="12"/>
+      <c r="K130" s="12"/>
+      <c r="L130" s="15"/>
+      <c r="N130" s="14"/>
+      <c r="O130" s="34"/>
+      <c r="P130"/>
+      <c r="Q130"/>
+      <c r="R130"/>
+      <c r="S130"/>
+      <c r="T130"/>
+      <c r="U130"/>
+      <c r="V130"/>
+      <c r="W130"/>
+      <c r="X130"/>
+      <c r="Y130"/>
+      <c r="Z130"/>
+      <c r="AA130"/>
+      <c r="AB130"/>
+      <c r="AC130"/>
+      <c r="AD130"/>
+      <c r="AE130"/>
+      <c r="AF130"/>
+      <c r="AG130"/>
+      <c r="AH130"/>
+      <c r="AI130"/>
+      <c r="AJ130"/>
+      <c r="AK130"/>
+      <c r="AL130"/>
+      <c r="AM130"/>
+      <c r="AN130"/>
+      <c r="AO130"/>
+      <c r="AP130"/>
+      <c r="AQ130"/>
+      <c r="AR130"/>
+      <c r="AS130"/>
+      <c r="AT130"/>
+      <c r="AU130"/>
+      <c r="AV130"/>
+      <c r="AW130"/>
+      <c r="AX130"/>
+      <c r="AY130"/>
+      <c r="AZ130"/>
+      <c r="BA130"/>
+      <c r="BB130"/>
+      <c r="BC130"/>
+      <c r="BD130"/>
+      <c r="BE130"/>
+      <c r="BF130"/>
+      <c r="BG130"/>
+      <c r="BH130"/>
+      <c r="BI130"/>
+      <c r="BJ130"/>
+      <c r="BK130"/>
+      <c r="BL130"/>
+      <c r="BM130"/>
+      <c r="BN130"/>
+      <c r="BO130"/>
+      <c r="BP130"/>
+      <c r="BQ130"/>
+      <c r="BR130"/>
+      <c r="BS130"/>
+      <c r="BT130"/>
+      <c r="BU130"/>
+      <c r="BV130"/>
+      <c r="BW130"/>
+      <c r="BX130"/>
+      <c r="BY130"/>
+      <c r="BZ130"/>
+      <c r="CA130"/>
+      <c r="CB130"/>
+      <c r="CC130"/>
+      <c r="CD130"/>
+      <c r="CE130"/>
+      <c r="CF130"/>
+      <c r="CG130"/>
+      <c r="CH130"/>
+      <c r="CI130"/>
+      <c r="CJ130"/>
+      <c r="CK130"/>
+      <c r="CL130"/>
+      <c r="CM130"/>
+      <c r="CN130"/>
+      <c r="CO130"/>
+      <c r="CP130"/>
+      <c r="CQ130"/>
+      <c r="CR130"/>
+      <c r="CS130"/>
+    </row>
+    <row r="131" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A131" s="33"/>
+      <c r="B131" s="18"/>
+      <c r="C131" s="12"/>
+      <c r="D131" s="12"/>
+      <c r="E131" s="18"/>
+      <c r="F131" s="18"/>
+      <c r="G131" s="13"/>
+      <c r="H131" s="19"/>
+      <c r="I131" s="12"/>
+      <c r="J131" s="12"/>
+      <c r="K131" s="12"/>
+      <c r="L131" s="15"/>
+      <c r="N131" s="14"/>
+      <c r="O131" s="34"/>
+      <c r="P131"/>
+      <c r="Q131"/>
+      <c r="R131"/>
+      <c r="S131"/>
+      <c r="T131"/>
+      <c r="U131"/>
+      <c r="V131"/>
+      <c r="W131"/>
+      <c r="X131"/>
+      <c r="Y131"/>
+      <c r="Z131"/>
+      <c r="AA131"/>
+      <c r="AB131"/>
+      <c r="AC131"/>
+      <c r="AD131"/>
+      <c r="AE131"/>
+      <c r="AF131"/>
+      <c r="AG131"/>
+      <c r="AH131"/>
+      <c r="AI131"/>
+      <c r="AJ131"/>
+      <c r="AK131"/>
+      <c r="AL131"/>
+      <c r="AM131"/>
+      <c r="AN131"/>
+      <c r="AO131"/>
+      <c r="AP131"/>
+      <c r="AQ131"/>
+      <c r="AR131"/>
+      <c r="AS131"/>
+      <c r="AT131"/>
+      <c r="AU131"/>
+      <c r="AV131"/>
+      <c r="AW131"/>
+      <c r="AX131"/>
+      <c r="AY131"/>
+      <c r="AZ131"/>
+      <c r="BA131"/>
+      <c r="BB131"/>
+      <c r="BC131"/>
+      <c r="BD131"/>
+      <c r="BE131"/>
+      <c r="BF131"/>
+      <c r="BG131"/>
+      <c r="BH131"/>
+      <c r="BI131"/>
+      <c r="BJ131"/>
+      <c r="BK131"/>
+      <c r="BL131"/>
+      <c r="BM131"/>
+      <c r="BN131"/>
+      <c r="BO131"/>
+      <c r="BP131"/>
+      <c r="BQ131"/>
+      <c r="BR131"/>
+      <c r="BS131"/>
+      <c r="BT131"/>
+      <c r="BU131"/>
+      <c r="BV131"/>
+      <c r="BW131"/>
+      <c r="BX131"/>
+      <c r="BY131"/>
+      <c r="BZ131"/>
+      <c r="CA131"/>
+      <c r="CB131"/>
+      <c r="CC131"/>
+      <c r="CD131"/>
+      <c r="CE131"/>
+      <c r="CF131"/>
+      <c r="CG131"/>
+      <c r="CH131"/>
+      <c r="CI131"/>
+      <c r="CJ131"/>
+      <c r="CK131"/>
+      <c r="CL131"/>
+      <c r="CM131"/>
+      <c r="CN131"/>
+      <c r="CO131"/>
+      <c r="CP131"/>
+      <c r="CQ131"/>
+      <c r="CR131"/>
+      <c r="CS131"/>
+    </row>
+    <row r="132" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A132" s="33"/>
+      <c r="B132" s="18"/>
+      <c r="C132" s="12"/>
+      <c r="D132" s="12"/>
+      <c r="E132" s="18"/>
+      <c r="F132" s="18"/>
+      <c r="G132" s="13"/>
+      <c r="H132" s="19"/>
+      <c r="I132" s="12"/>
+      <c r="J132" s="12"/>
+      <c r="K132" s="12"/>
+      <c r="L132" s="15"/>
+      <c r="N132" s="14"/>
+      <c r="O132" s="34"/>
+      <c r="P132"/>
+      <c r="Q132"/>
+      <c r="R132"/>
+      <c r="S132"/>
+      <c r="T132"/>
+      <c r="U132"/>
+      <c r="V132"/>
+      <c r="W132"/>
+      <c r="X132"/>
+      <c r="Y132"/>
+      <c r="Z132"/>
+      <c r="AA132"/>
+      <c r="AB132"/>
+      <c r="AC132"/>
+      <c r="AD132"/>
+      <c r="AE132"/>
+      <c r="AF132"/>
+      <c r="AG132"/>
+      <c r="AH132"/>
+      <c r="AI132"/>
+      <c r="AJ132"/>
+      <c r="AK132"/>
+      <c r="AL132"/>
+      <c r="AM132"/>
+      <c r="AN132"/>
+      <c r="AO132"/>
+      <c r="AP132"/>
+      <c r="AQ132"/>
+      <c r="AR132"/>
+      <c r="AS132"/>
+      <c r="AT132"/>
+      <c r="AU132"/>
+      <c r="AV132"/>
+      <c r="AW132"/>
+      <c r="AX132"/>
+      <c r="AY132"/>
+      <c r="AZ132"/>
+      <c r="BA132"/>
+      <c r="BB132"/>
+      <c r="BC132"/>
+      <c r="BD132"/>
+      <c r="BE132"/>
+      <c r="BF132"/>
+      <c r="BG132"/>
+      <c r="BH132"/>
+      <c r="BI132"/>
+      <c r="BJ132"/>
+      <c r="BK132"/>
+      <c r="BL132"/>
+      <c r="BM132"/>
+      <c r="BN132"/>
+      <c r="BO132"/>
+      <c r="BP132"/>
+      <c r="BQ132"/>
+      <c r="BR132"/>
+      <c r="BS132"/>
+      <c r="BT132"/>
+      <c r="BU132"/>
+      <c r="BV132"/>
+      <c r="BW132"/>
+      <c r="BX132"/>
+      <c r="BY132"/>
+      <c r="BZ132"/>
+      <c r="CA132"/>
+      <c r="CB132"/>
+      <c r="CC132"/>
+      <c r="CD132"/>
+      <c r="CE132"/>
+      <c r="CF132"/>
+      <c r="CG132"/>
+      <c r="CH132"/>
+      <c r="CI132"/>
+      <c r="CJ132"/>
+      <c r="CK132"/>
+      <c r="CL132"/>
+      <c r="CM132"/>
+      <c r="CN132"/>
+      <c r="CO132"/>
+      <c r="CP132"/>
+      <c r="CQ132"/>
+      <c r="CR132"/>
+      <c r="CS132"/>
+    </row>
+    <row r="133" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A133" s="33"/>
+      <c r="B133" s="18"/>
+      <c r="C133" s="12"/>
+      <c r="D133" s="12"/>
+      <c r="E133" s="18"/>
+      <c r="F133" s="18"/>
+      <c r="G133" s="13"/>
+      <c r="H133" s="19"/>
+      <c r="I133" s="12"/>
+      <c r="J133" s="12"/>
+      <c r="K133" s="12"/>
+      <c r="L133" s="15"/>
+      <c r="N133" s="14"/>
+      <c r="O133" s="34"/>
+      <c r="P133"/>
+      <c r="Q133"/>
+      <c r="R133"/>
+      <c r="S133"/>
+      <c r="T133"/>
+      <c r="U133"/>
+      <c r="V133"/>
+      <c r="W133"/>
+      <c r="X133"/>
+      <c r="Y133"/>
+      <c r="Z133"/>
+      <c r="AA133"/>
+      <c r="AB133"/>
+      <c r="AC133"/>
+      <c r="AD133"/>
+      <c r="AE133"/>
+      <c r="AF133"/>
+      <c r="AG133"/>
+      <c r="AH133"/>
+      <c r="AI133"/>
+      <c r="AJ133"/>
+      <c r="AK133"/>
+      <c r="AL133"/>
+      <c r="AM133"/>
+      <c r="AN133"/>
+      <c r="AO133"/>
+      <c r="AP133"/>
+      <c r="AQ133"/>
+      <c r="AR133"/>
+      <c r="AS133"/>
+      <c r="AT133"/>
+      <c r="AU133"/>
+      <c r="AV133"/>
+      <c r="AW133"/>
+      <c r="AX133"/>
+      <c r="AY133"/>
+      <c r="AZ133"/>
+      <c r="BA133"/>
+      <c r="BB133"/>
+      <c r="BC133"/>
+      <c r="BD133"/>
+      <c r="BE133"/>
+      <c r="BF133"/>
+      <c r="BG133"/>
+      <c r="BH133"/>
+      <c r="BI133"/>
+      <c r="BJ133"/>
+      <c r="BK133"/>
+      <c r="BL133"/>
+      <c r="BM133"/>
+      <c r="BN133"/>
+      <c r="BO133"/>
+      <c r="BP133"/>
+      <c r="BQ133"/>
+      <c r="BR133"/>
+      <c r="BS133"/>
+      <c r="BT133"/>
+      <c r="BU133"/>
+      <c r="BV133"/>
+      <c r="BW133"/>
+      <c r="BX133"/>
+      <c r="BY133"/>
+      <c r="BZ133"/>
+      <c r="CA133"/>
+      <c r="CB133"/>
+      <c r="CC133"/>
+      <c r="CD133"/>
+      <c r="CE133"/>
+      <c r="CF133"/>
+      <c r="CG133"/>
+      <c r="CH133"/>
+      <c r="CI133"/>
+      <c r="CJ133"/>
+      <c r="CK133"/>
+      <c r="CL133"/>
+      <c r="CM133"/>
+      <c r="CN133"/>
+      <c r="CO133"/>
+      <c r="CP133"/>
+      <c r="CQ133"/>
+      <c r="CR133"/>
+      <c r="CS133"/>
+    </row>
+    <row r="134" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A134" s="33"/>
+      <c r="B134" s="18"/>
+      <c r="C134" s="12"/>
+      <c r="D134" s="12"/>
+      <c r="E134" s="18"/>
+      <c r="F134" s="18"/>
+      <c r="G134" s="13"/>
+      <c r="H134" s="19"/>
+      <c r="I134" s="12"/>
+      <c r="J134" s="12"/>
+      <c r="K134" s="12"/>
+      <c r="L134" s="15"/>
+      <c r="N134" s="14"/>
+      <c r="O134" s="34"/>
+      <c r="P134"/>
+      <c r="Q134"/>
+      <c r="R134"/>
+      <c r="S134"/>
+      <c r="T134"/>
+      <c r="U134"/>
+      <c r="V134"/>
+      <c r="W134"/>
+      <c r="X134"/>
+      <c r="Y134"/>
+      <c r="Z134"/>
+      <c r="AA134"/>
+      <c r="AB134"/>
+      <c r="AC134"/>
+      <c r="AD134"/>
+      <c r="AE134"/>
+      <c r="AF134"/>
+      <c r="AG134"/>
+      <c r="AH134"/>
+      <c r="AI134"/>
+      <c r="AJ134"/>
+      <c r="AK134"/>
+      <c r="AL134"/>
+      <c r="AM134"/>
+      <c r="AN134"/>
+      <c r="AO134"/>
+      <c r="AP134"/>
+      <c r="AQ134"/>
+      <c r="AR134"/>
+      <c r="AS134"/>
+      <c r="AT134"/>
+      <c r="AU134"/>
+      <c r="AV134"/>
+      <c r="AW134"/>
+      <c r="AX134"/>
+      <c r="AY134"/>
+      <c r="AZ134"/>
+      <c r="BA134"/>
+      <c r="BB134"/>
+      <c r="BC134"/>
+      <c r="BD134"/>
+      <c r="BE134"/>
+      <c r="BF134"/>
+      <c r="BG134"/>
+      <c r="BH134"/>
+      <c r="BI134"/>
+      <c r="BJ134"/>
+      <c r="BK134"/>
+      <c r="BL134"/>
+      <c r="BM134"/>
+      <c r="BN134"/>
+      <c r="BO134"/>
+      <c r="BP134"/>
+      <c r="BQ134"/>
+      <c r="BR134"/>
+      <c r="BS134"/>
+      <c r="BT134"/>
+      <c r="BU134"/>
+      <c r="BV134"/>
+      <c r="BW134"/>
+      <c r="BX134"/>
+      <c r="BY134"/>
+      <c r="BZ134"/>
+      <c r="CA134"/>
+      <c r="CB134"/>
+      <c r="CC134"/>
+      <c r="CD134"/>
+      <c r="CE134"/>
+      <c r="CF134"/>
+      <c r="CG134"/>
+      <c r="CH134"/>
+      <c r="CI134"/>
+      <c r="CJ134"/>
+      <c r="CK134"/>
+      <c r="CL134"/>
+      <c r="CM134"/>
+      <c r="CN134"/>
+      <c r="CO134"/>
+      <c r="CP134"/>
+      <c r="CQ134"/>
+      <c r="CR134"/>
+      <c r="CS134"/>
+    </row>
+    <row r="135" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A135" s="33"/>
+      <c r="B135" s="18"/>
+      <c r="C135" s="12"/>
+      <c r="D135" s="12"/>
+      <c r="E135" s="18"/>
+      <c r="F135" s="18"/>
+      <c r="G135" s="13"/>
+      <c r="H135" s="19"/>
+      <c r="I135" s="12"/>
+      <c r="J135" s="12"/>
+      <c r="K135" s="12"/>
+      <c r="L135" s="15"/>
+      <c r="N135" s="14"/>
+      <c r="O135" s="34"/>
+      <c r="P135"/>
+      <c r="Q135"/>
+      <c r="R135"/>
+      <c r="S135"/>
+      <c r="T135"/>
+      <c r="U135"/>
+      <c r="V135"/>
+      <c r="W135"/>
+      <c r="X135"/>
+      <c r="Y135"/>
+      <c r="Z135"/>
+      <c r="AA135"/>
+      <c r="AB135"/>
+      <c r="AC135"/>
+      <c r="AD135"/>
+      <c r="AE135"/>
+      <c r="AF135"/>
+      <c r="AG135"/>
+      <c r="AH135"/>
+      <c r="AI135"/>
+      <c r="AJ135"/>
+      <c r="AK135"/>
+      <c r="AL135"/>
+      <c r="AM135"/>
+      <c r="AN135"/>
+      <c r="AO135"/>
+      <c r="AP135"/>
+      <c r="AQ135"/>
+      <c r="AR135"/>
+      <c r="AS135"/>
+      <c r="AT135"/>
+      <c r="AU135"/>
+      <c r="AV135"/>
+      <c r="AW135"/>
+      <c r="AX135"/>
+      <c r="AY135"/>
+      <c r="AZ135"/>
+      <c r="BA135"/>
+      <c r="BB135"/>
+      <c r="BC135"/>
+      <c r="BD135"/>
+      <c r="BE135"/>
+      <c r="BF135"/>
+      <c r="BG135"/>
+      <c r="BH135"/>
+      <c r="BI135"/>
+      <c r="BJ135"/>
+      <c r="BK135"/>
+      <c r="BL135"/>
+      <c r="BM135"/>
+      <c r="BN135"/>
+      <c r="BO135"/>
+      <c r="BP135"/>
+      <c r="BQ135"/>
+      <c r="BR135"/>
+      <c r="BS135"/>
+      <c r="BT135"/>
+      <c r="BU135"/>
+      <c r="BV135"/>
+      <c r="BW135"/>
+      <c r="BX135"/>
+      <c r="BY135"/>
+      <c r="BZ135"/>
+      <c r="CA135"/>
+      <c r="CB135"/>
+      <c r="CC135"/>
+      <c r="CD135"/>
+      <c r="CE135"/>
+      <c r="CF135"/>
+      <c r="CG135"/>
+      <c r="CH135"/>
+      <c r="CI135"/>
+      <c r="CJ135"/>
+      <c r="CK135"/>
+      <c r="CL135"/>
+      <c r="CM135"/>
+      <c r="CN135"/>
+      <c r="CO135"/>
+      <c r="CP135"/>
+      <c r="CQ135"/>
+      <c r="CR135"/>
+      <c r="CS135"/>
+    </row>
+    <row r="136" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A136" s="33"/>
+      <c r="B136" s="18"/>
+      <c r="C136" s="12"/>
+      <c r="D136" s="12"/>
+      <c r="E136" s="18"/>
+      <c r="F136" s="18"/>
+      <c r="G136" s="13"/>
+      <c r="H136" s="19"/>
+      <c r="I136" s="12"/>
+      <c r="J136" s="12"/>
+      <c r="K136" s="12"/>
+      <c r="L136" s="15"/>
+      <c r="N136" s="14"/>
+      <c r="O136" s="34"/>
+      <c r="P136"/>
+      <c r="Q136"/>
+      <c r="R136"/>
+      <c r="S136"/>
+      <c r="T136"/>
+      <c r="U136"/>
+      <c r="V136"/>
+      <c r="W136"/>
+      <c r="X136"/>
+      <c r="Y136"/>
+      <c r="Z136"/>
+      <c r="AA136"/>
+      <c r="AB136"/>
+      <c r="AC136"/>
+      <c r="AD136"/>
+      <c r="AE136"/>
+      <c r="AF136"/>
+      <c r="AG136"/>
+      <c r="AH136"/>
+      <c r="AI136"/>
+      <c r="AJ136"/>
+      <c r="AK136"/>
+      <c r="AL136"/>
+      <c r="AM136"/>
+      <c r="AN136"/>
+      <c r="AO136"/>
+      <c r="AP136"/>
+      <c r="AQ136"/>
+      <c r="AR136"/>
+      <c r="AS136"/>
+      <c r="AT136"/>
+      <c r="AU136"/>
+      <c r="AV136"/>
+      <c r="AW136"/>
+      <c r="AX136"/>
+      <c r="AY136"/>
+      <c r="AZ136"/>
+      <c r="BA136"/>
+      <c r="BB136"/>
+      <c r="BC136"/>
+      <c r="BD136"/>
+      <c r="BE136"/>
+      <c r="BF136"/>
+      <c r="BG136"/>
+      <c r="BH136"/>
+      <c r="BI136"/>
+      <c r="BJ136"/>
+      <c r="BK136"/>
+      <c r="BL136"/>
+      <c r="BM136"/>
+      <c r="BN136"/>
+      <c r="BO136"/>
+      <c r="BP136"/>
+      <c r="BQ136"/>
+      <c r="BR136"/>
+      <c r="BS136"/>
+      <c r="BT136"/>
+      <c r="BU136"/>
+      <c r="BV136"/>
+      <c r="BW136"/>
+      <c r="BX136"/>
+      <c r="BY136"/>
+      <c r="BZ136"/>
+      <c r="CA136"/>
+      <c r="CB136"/>
+      <c r="CC136"/>
+      <c r="CD136"/>
+      <c r="CE136"/>
+      <c r="CF136"/>
+      <c r="CG136"/>
+      <c r="CH136"/>
+      <c r="CI136"/>
+      <c r="CJ136"/>
+      <c r="CK136"/>
+      <c r="CL136"/>
+      <c r="CM136"/>
+      <c r="CN136"/>
+      <c r="CO136"/>
+      <c r="CP136"/>
+      <c r="CQ136"/>
+      <c r="CR136"/>
+      <c r="CS136"/>
+    </row>
+    <row r="137" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A137" s="33"/>
+      <c r="B137" s="18"/>
+      <c r="C137" s="12"/>
+      <c r="D137" s="12"/>
+      <c r="E137" s="18"/>
+      <c r="F137" s="18"/>
+      <c r="G137" s="13"/>
+      <c r="H137" s="19"/>
+      <c r="I137" s="12"/>
+      <c r="J137" s="12"/>
+      <c r="K137" s="12"/>
+      <c r="L137" s="15"/>
+      <c r="N137" s="14"/>
+      <c r="O137" s="34"/>
+      <c r="P137"/>
+      <c r="Q137"/>
+      <c r="R137"/>
+      <c r="S137"/>
+      <c r="T137"/>
+      <c r="U137"/>
+      <c r="V137"/>
+      <c r="W137"/>
+      <c r="X137"/>
+      <c r="Y137"/>
+      <c r="Z137"/>
+      <c r="AA137"/>
+      <c r="AB137"/>
+      <c r="AC137"/>
+      <c r="AD137"/>
+      <c r="AE137"/>
+      <c r="AF137"/>
+      <c r="AG137"/>
+      <c r="AH137"/>
+      <c r="AI137"/>
+      <c r="AJ137"/>
+      <c r="AK137"/>
+      <c r="AL137"/>
+      <c r="AM137"/>
+      <c r="AN137"/>
+      <c r="AO137"/>
+      <c r="AP137"/>
+      <c r="AQ137"/>
+      <c r="AR137"/>
+      <c r="AS137"/>
+      <c r="AT137"/>
+      <c r="AU137"/>
+      <c r="AV137"/>
+      <c r="AW137"/>
+      <c r="AX137"/>
+      <c r="AY137"/>
+      <c r="AZ137"/>
+      <c r="BA137"/>
+      <c r="BB137"/>
+      <c r="BC137"/>
+      <c r="BD137"/>
+      <c r="BE137"/>
+      <c r="BF137"/>
+      <c r="BG137"/>
+      <c r="BH137"/>
+      <c r="BI137"/>
+      <c r="BJ137"/>
+      <c r="BK137"/>
+      <c r="BL137"/>
+      <c r="BM137"/>
+      <c r="BN137"/>
+      <c r="BO137"/>
+      <c r="BP137"/>
+      <c r="BQ137"/>
+      <c r="BR137"/>
+      <c r="BS137"/>
+      <c r="BT137"/>
+      <c r="BU137"/>
+      <c r="BV137"/>
+      <c r="BW137"/>
+      <c r="BX137"/>
+      <c r="BY137"/>
+      <c r="BZ137"/>
+      <c r="CA137"/>
+      <c r="CB137"/>
+      <c r="CC137"/>
+      <c r="CD137"/>
+      <c r="CE137"/>
+      <c r="CF137"/>
+      <c r="CG137"/>
+      <c r="CH137"/>
+      <c r="CI137"/>
+      <c r="CJ137"/>
+      <c r="CK137"/>
+      <c r="CL137"/>
+      <c r="CM137"/>
+      <c r="CN137"/>
+      <c r="CO137"/>
+      <c r="CP137"/>
+      <c r="CQ137"/>
+      <c r="CR137"/>
+      <c r="CS137"/>
+    </row>
+    <row r="138" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A138" s="33"/>
+      <c r="B138" s="18"/>
+      <c r="C138" s="12"/>
+      <c r="D138" s="12"/>
+      <c r="E138" s="18"/>
+      <c r="F138" s="18"/>
+      <c r="G138" s="13"/>
+      <c r="H138" s="19"/>
+      <c r="I138" s="12"/>
+      <c r="J138" s="12"/>
+      <c r="K138" s="12"/>
+      <c r="L138" s="15"/>
+      <c r="N138" s="14"/>
+      <c r="O138" s="34"/>
+      <c r="P138"/>
+      <c r="Q138"/>
+      <c r="R138"/>
+      <c r="S138"/>
+      <c r="T138"/>
+      <c r="U138"/>
+      <c r="V138"/>
+      <c r="W138"/>
+      <c r="X138"/>
+      <c r="Y138"/>
+      <c r="Z138"/>
+      <c r="AA138"/>
+      <c r="AB138"/>
+      <c r="AC138"/>
+      <c r="AD138"/>
+      <c r="AE138"/>
+      <c r="AF138"/>
+      <c r="AG138"/>
+      <c r="AH138"/>
+      <c r="AI138"/>
+      <c r="AJ138"/>
+      <c r="AK138"/>
+      <c r="AL138"/>
+      <c r="AM138"/>
+      <c r="AN138"/>
+      <c r="AO138"/>
+      <c r="AP138"/>
+      <c r="AQ138"/>
+      <c r="AR138"/>
+      <c r="AS138"/>
+      <c r="AT138"/>
+      <c r="AU138"/>
+      <c r="AV138"/>
+      <c r="AW138"/>
+      <c r="AX138"/>
+      <c r="AY138"/>
+      <c r="AZ138"/>
+      <c r="BA138"/>
+      <c r="BB138"/>
+      <c r="BC138"/>
+      <c r="BD138"/>
+      <c r="BE138"/>
+      <c r="BF138"/>
+      <c r="BG138"/>
+      <c r="BH138"/>
+      <c r="BI138"/>
+      <c r="BJ138"/>
+      <c r="BK138"/>
+      <c r="BL138"/>
+      <c r="BM138"/>
+      <c r="BN138"/>
+      <c r="BO138"/>
+      <c r="BP138"/>
+      <c r="BQ138"/>
+      <c r="BR138"/>
+      <c r="BS138"/>
+      <c r="BT138"/>
+      <c r="BU138"/>
+      <c r="BV138"/>
+      <c r="BW138"/>
+      <c r="BX138"/>
+      <c r="BY138"/>
+      <c r="BZ138"/>
+      <c r="CA138"/>
+      <c r="CB138"/>
+      <c r="CC138"/>
+      <c r="CD138"/>
+      <c r="CE138"/>
+      <c r="CF138"/>
+      <c r="CG138"/>
+      <c r="CH138"/>
+      <c r="CI138"/>
+      <c r="CJ138"/>
+      <c r="CK138"/>
+      <c r="CL138"/>
+      <c r="CM138"/>
+      <c r="CN138"/>
+      <c r="CO138"/>
+      <c r="CP138"/>
+      <c r="CQ138"/>
+      <c r="CR138"/>
+      <c r="CS138"/>
+    </row>
+    <row r="139" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A139" s="33"/>
+      <c r="B139" s="18"/>
+      <c r="C139" s="12"/>
+      <c r="D139" s="12"/>
+      <c r="E139" s="18"/>
+      <c r="F139" s="18"/>
+      <c r="G139" s="13"/>
+      <c r="H139" s="19"/>
+      <c r="I139" s="12"/>
+      <c r="J139" s="12"/>
+      <c r="K139" s="12"/>
+      <c r="L139" s="15"/>
+      <c r="N139" s="14"/>
+      <c r="O139" s="34"/>
+      <c r="P139"/>
+      <c r="Q139"/>
+      <c r="R139"/>
+      <c r="S139"/>
+      <c r="T139"/>
+      <c r="U139"/>
+      <c r="V139"/>
+      <c r="W139"/>
+      <c r="X139"/>
+      <c r="Y139"/>
+      <c r="Z139"/>
+      <c r="AA139"/>
+      <c r="AB139"/>
+      <c r="AC139"/>
+      <c r="AD139"/>
+      <c r="AE139"/>
+      <c r="AF139"/>
+      <c r="AG139"/>
+      <c r="AH139"/>
+      <c r="AI139"/>
+      <c r="AJ139"/>
+      <c r="AK139"/>
+      <c r="AL139"/>
+      <c r="AM139"/>
+      <c r="AN139"/>
+      <c r="AO139"/>
+      <c r="AP139"/>
+      <c r="AQ139"/>
+      <c r="AR139"/>
+      <c r="AS139"/>
+      <c r="AT139"/>
+      <c r="AU139"/>
+      <c r="AV139"/>
+      <c r="AW139"/>
+      <c r="AX139"/>
+      <c r="AY139"/>
+      <c r="AZ139"/>
+      <c r="BA139"/>
+      <c r="BB139"/>
+      <c r="BC139"/>
+      <c r="BD139"/>
+      <c r="BE139"/>
+      <c r="BF139"/>
+      <c r="BG139"/>
+      <c r="BH139"/>
+      <c r="BI139"/>
+      <c r="BJ139"/>
+      <c r="BK139"/>
+      <c r="BL139"/>
+      <c r="BM139"/>
+      <c r="BN139"/>
+      <c r="BO139"/>
+      <c r="BP139"/>
+      <c r="BQ139"/>
+      <c r="BR139"/>
+      <c r="BS139"/>
+      <c r="BT139"/>
+      <c r="BU139"/>
+      <c r="BV139"/>
+      <c r="BW139"/>
+      <c r="BX139"/>
+      <c r="BY139"/>
+      <c r="BZ139"/>
+      <c r="CA139"/>
+      <c r="CB139"/>
+      <c r="CC139"/>
+      <c r="CD139"/>
+      <c r="CE139"/>
+      <c r="CF139"/>
+      <c r="CG139"/>
+      <c r="CH139"/>
+      <c r="CI139"/>
+      <c r="CJ139"/>
+      <c r="CK139"/>
+      <c r="CL139"/>
+      <c r="CM139"/>
+      <c r="CN139"/>
+      <c r="CO139"/>
+      <c r="CP139"/>
+      <c r="CQ139"/>
+      <c r="CR139"/>
+      <c r="CS139"/>
+    </row>
+    <row r="140" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A140" s="33"/>
+      <c r="B140" s="18"/>
+      <c r="C140" s="12"/>
+      <c r="D140" s="12"/>
+      <c r="E140" s="18"/>
+      <c r="F140" s="18"/>
+      <c r="G140" s="13"/>
+      <c r="H140" s="19"/>
+      <c r="I140" s="12"/>
+      <c r="J140" s="12"/>
+      <c r="K140" s="12"/>
+      <c r="L140" s="15"/>
+      <c r="N140" s="14"/>
+      <c r="O140" s="34"/>
+      <c r="P140"/>
+      <c r="Q140"/>
+      <c r="R140"/>
+      <c r="S140"/>
+      <c r="T140"/>
+      <c r="U140"/>
+      <c r="V140"/>
+      <c r="W140"/>
+      <c r="X140"/>
+      <c r="Y140"/>
+      <c r="Z140"/>
+      <c r="AA140"/>
+      <c r="AB140"/>
+      <c r="AC140"/>
+      <c r="AD140"/>
+      <c r="AE140"/>
+      <c r="AF140"/>
+      <c r="AG140"/>
+      <c r="AH140"/>
+      <c r="AI140"/>
+      <c r="AJ140"/>
+      <c r="AK140"/>
+      <c r="AL140"/>
+      <c r="AM140"/>
+      <c r="AN140"/>
+      <c r="AO140"/>
+      <c r="AP140"/>
+      <c r="AQ140"/>
+      <c r="AR140"/>
+      <c r="AS140"/>
+      <c r="AT140"/>
+      <c r="AU140"/>
+      <c r="AV140"/>
+      <c r="AW140"/>
+      <c r="AX140"/>
+      <c r="AY140"/>
+      <c r="AZ140"/>
+      <c r="BA140"/>
+      <c r="BB140"/>
+      <c r="BC140"/>
+      <c r="BD140"/>
+      <c r="BE140"/>
+      <c r="BF140"/>
+      <c r="BG140"/>
+      <c r="BH140"/>
+      <c r="BI140"/>
+      <c r="BJ140"/>
+      <c r="BK140"/>
+      <c r="BL140"/>
+      <c r="BM140"/>
+      <c r="BN140"/>
+      <c r="BO140"/>
+      <c r="BP140"/>
+      <c r="BQ140"/>
+      <c r="BR140"/>
+      <c r="BS140"/>
+      <c r="BT140"/>
+      <c r="BU140"/>
+      <c r="BV140"/>
+      <c r="BW140"/>
+      <c r="BX140"/>
+      <c r="BY140"/>
+      <c r="BZ140"/>
+      <c r="CA140"/>
+      <c r="CB140"/>
+      <c r="CC140"/>
+      <c r="CD140"/>
+      <c r="CE140"/>
+      <c r="CF140"/>
+      <c r="CG140"/>
+      <c r="CH140"/>
+      <c r="CI140"/>
+      <c r="CJ140"/>
+      <c r="CK140"/>
+      <c r="CL140"/>
+      <c r="CM140"/>
+      <c r="CN140"/>
+      <c r="CO140"/>
+      <c r="CP140"/>
+      <c r="CQ140"/>
+      <c r="CR140"/>
+      <c r="CS140"/>
+    </row>
+    <row r="141" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A141" s="33"/>
+      <c r="B141" s="18"/>
+      <c r="C141" s="12"/>
+      <c r="D141" s="12"/>
+      <c r="E141" s="18"/>
+      <c r="F141" s="18"/>
+      <c r="G141" s="13"/>
+      <c r="H141" s="19"/>
+      <c r="I141" s="12"/>
+      <c r="J141" s="12"/>
+      <c r="K141" s="12"/>
+      <c r="L141" s="15"/>
+      <c r="N141" s="14"/>
+      <c r="O141" s="34"/>
+      <c r="P141"/>
+      <c r="Q141"/>
+      <c r="R141"/>
+      <c r="S141"/>
+      <c r="T141"/>
+      <c r="U141"/>
+      <c r="V141"/>
+      <c r="W141"/>
+      <c r="X141"/>
+      <c r="Y141"/>
+      <c r="Z141"/>
+      <c r="AA141"/>
+      <c r="AB141"/>
+      <c r="AC141"/>
+      <c r="AD141"/>
+      <c r="AE141"/>
+      <c r="AF141"/>
+      <c r="AG141"/>
+      <c r="AH141"/>
+      <c r="AI141"/>
+      <c r="AJ141"/>
+      <c r="AK141"/>
+      <c r="AL141"/>
+      <c r="AM141"/>
+      <c r="AN141"/>
+      <c r="AO141"/>
+      <c r="AP141"/>
+      <c r="AQ141"/>
+      <c r="AR141"/>
+      <c r="AS141"/>
+      <c r="AT141"/>
+      <c r="AU141"/>
+      <c r="AV141"/>
+      <c r="AW141"/>
+      <c r="AX141"/>
+      <c r="AY141"/>
+      <c r="AZ141"/>
+      <c r="BA141"/>
+      <c r="BB141"/>
+      <c r="BC141"/>
+      <c r="BD141"/>
+      <c r="BE141"/>
+      <c r="BF141"/>
+      <c r="BG141"/>
+      <c r="BH141"/>
+      <c r="BI141"/>
+      <c r="BJ141"/>
+      <c r="BK141"/>
+      <c r="BL141"/>
+      <c r="BM141"/>
+      <c r="BN141"/>
+      <c r="BO141"/>
+      <c r="BP141"/>
+      <c r="BQ141"/>
+      <c r="BR141"/>
+      <c r="BS141"/>
+      <c r="BT141"/>
+      <c r="BU141"/>
+      <c r="BV141"/>
+      <c r="BW141"/>
+      <c r="BX141"/>
+      <c r="BY141"/>
+      <c r="BZ141"/>
+      <c r="CA141"/>
+      <c r="CB141"/>
+      <c r="CC141"/>
+      <c r="CD141"/>
+      <c r="CE141"/>
+      <c r="CF141"/>
+      <c r="CG141"/>
+      <c r="CH141"/>
+      <c r="CI141"/>
+      <c r="CJ141"/>
+      <c r="CK141"/>
+      <c r="CL141"/>
+      <c r="CM141"/>
+      <c r="CN141"/>
+      <c r="CO141"/>
+      <c r="CP141"/>
+      <c r="CQ141"/>
+      <c r="CR141"/>
+      <c r="CS141"/>
+    </row>
+    <row r="142" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A142" s="33"/>
+      <c r="B142" s="18"/>
+      <c r="C142" s="12"/>
+      <c r="D142" s="12"/>
+      <c r="E142" s="18"/>
+      <c r="F142" s="18"/>
+      <c r="G142" s="13"/>
+      <c r="H142" s="19"/>
+      <c r="I142" s="12"/>
+      <c r="J142" s="12"/>
+      <c r="K142" s="12"/>
+      <c r="L142" s="15"/>
+      <c r="N142" s="14"/>
+      <c r="O142" s="34"/>
+      <c r="P142"/>
+      <c r="Q142"/>
+      <c r="R142"/>
+      <c r="S142"/>
+      <c r="T142"/>
+      <c r="U142"/>
+      <c r="V142"/>
+      <c r="W142"/>
+      <c r="X142"/>
+      <c r="Y142"/>
+      <c r="Z142"/>
+      <c r="AA142"/>
+      <c r="AB142"/>
+      <c r="AC142"/>
+      <c r="AD142"/>
+      <c r="AE142"/>
+      <c r="AF142"/>
+      <c r="AG142"/>
+      <c r="AH142"/>
+      <c r="AI142"/>
+      <c r="AJ142"/>
+      <c r="AK142"/>
+      <c r="AL142"/>
+      <c r="AM142"/>
+      <c r="AN142"/>
+      <c r="AO142"/>
+      <c r="AP142"/>
+      <c r="AQ142"/>
+      <c r="AR142"/>
+      <c r="AS142"/>
+      <c r="AT142"/>
+      <c r="AU142"/>
+      <c r="AV142"/>
+      <c r="AW142"/>
+      <c r="AX142"/>
+      <c r="AY142"/>
+      <c r="AZ142"/>
+      <c r="BA142"/>
+      <c r="BB142"/>
+      <c r="BC142"/>
+      <c r="BD142"/>
+      <c r="BE142"/>
+      <c r="BF142"/>
+      <c r="BG142"/>
+      <c r="BH142"/>
+      <c r="BI142"/>
+      <c r="BJ142"/>
+      <c r="BK142"/>
+      <c r="BL142"/>
+      <c r="BM142"/>
+      <c r="BN142"/>
+      <c r="BO142"/>
+      <c r="BP142"/>
+      <c r="BQ142"/>
+      <c r="BR142"/>
+      <c r="BS142"/>
+      <c r="BT142"/>
+      <c r="BU142"/>
+      <c r="BV142"/>
+      <c r="BW142"/>
+      <c r="BX142"/>
+      <c r="BY142"/>
+      <c r="BZ142"/>
+      <c r="CA142"/>
+      <c r="CB142"/>
+      <c r="CC142"/>
+      <c r="CD142"/>
+      <c r="CE142"/>
+      <c r="CF142"/>
+      <c r="CG142"/>
+      <c r="CH142"/>
+      <c r="CI142"/>
+      <c r="CJ142"/>
+      <c r="CK142"/>
+      <c r="CL142"/>
+      <c r="CM142"/>
+      <c r="CN142"/>
+      <c r="CO142"/>
+      <c r="CP142"/>
+      <c r="CQ142"/>
+      <c r="CR142"/>
+      <c r="CS142"/>
+    </row>
+    <row r="143" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A143" s="33"/>
+      <c r="B143" s="18"/>
+      <c r="C143" s="12"/>
+      <c r="D143" s="12"/>
+      <c r="E143" s="18"/>
+      <c r="F143" s="18"/>
+      <c r="G143" s="13"/>
+      <c r="H143" s="19"/>
+      <c r="I143" s="12"/>
+      <c r="J143" s="12"/>
+      <c r="K143" s="12"/>
+      <c r="L143" s="15"/>
+      <c r="N143" s="14"/>
+      <c r="O143" s="34"/>
+      <c r="P143"/>
+      <c r="Q143"/>
+      <c r="R143"/>
+      <c r="S143"/>
+      <c r="T143"/>
+      <c r="U143"/>
+      <c r="V143"/>
+      <c r="W143"/>
+      <c r="X143"/>
+      <c r="Y143"/>
+      <c r="Z143"/>
+      <c r="AA143"/>
+      <c r="AB143"/>
+      <c r="AC143"/>
+      <c r="AD143"/>
+      <c r="AE143"/>
+      <c r="AF143"/>
+      <c r="AG143"/>
+      <c r="AH143"/>
+      <c r="AI143"/>
+      <c r="AJ143"/>
+      <c r="AK143"/>
+      <c r="AL143"/>
+      <c r="AM143"/>
+      <c r="AN143"/>
+      <c r="AO143"/>
+      <c r="AP143"/>
+      <c r="AQ143"/>
+      <c r="AR143"/>
+      <c r="AS143"/>
+      <c r="AT143"/>
+      <c r="AU143"/>
+      <c r="AV143"/>
+      <c r="AW143"/>
+      <c r="AX143"/>
+      <c r="AY143"/>
+      <c r="AZ143"/>
+      <c r="BA143"/>
+      <c r="BB143"/>
+      <c r="BC143"/>
+      <c r="BD143"/>
+      <c r="BE143"/>
+      <c r="BF143"/>
+      <c r="BG143"/>
+      <c r="BH143"/>
+      <c r="BI143"/>
+      <c r="BJ143"/>
+      <c r="BK143"/>
+      <c r="BL143"/>
+      <c r="BM143"/>
+      <c r="BN143"/>
+      <c r="BO143"/>
+      <c r="BP143"/>
+      <c r="BQ143"/>
+      <c r="BR143"/>
+      <c r="BS143"/>
+      <c r="BT143"/>
+      <c r="BU143"/>
+      <c r="BV143"/>
+      <c r="BW143"/>
+      <c r="BX143"/>
+      <c r="BY143"/>
+      <c r="BZ143"/>
+      <c r="CA143"/>
+      <c r="CB143"/>
+      <c r="CC143"/>
+      <c r="CD143"/>
+      <c r="CE143"/>
+      <c r="CF143"/>
+      <c r="CG143"/>
+      <c r="CH143"/>
+      <c r="CI143"/>
+      <c r="CJ143"/>
+      <c r="CK143"/>
+      <c r="CL143"/>
+      <c r="CM143"/>
+      <c r="CN143"/>
+      <c r="CO143"/>
+      <c r="CP143"/>
+      <c r="CQ143"/>
+      <c r="CR143"/>
+      <c r="CS143"/>
+    </row>
+    <row r="144" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A144" s="33"/>
+      <c r="B144" s="18"/>
+      <c r="C144" s="12"/>
+      <c r="D144" s="12"/>
+      <c r="E144" s="18"/>
+      <c r="F144" s="18"/>
+      <c r="G144" s="13"/>
+      <c r="H144" s="19"/>
+      <c r="I144" s="12"/>
+      <c r="J144" s="12"/>
+      <c r="K144" s="12"/>
+      <c r="L144" s="15"/>
+      <c r="N144" s="14"/>
+      <c r="O144" s="34"/>
+      <c r="P144"/>
+      <c r="Q144"/>
+      <c r="R144"/>
+      <c r="S144"/>
+      <c r="T144"/>
+      <c r="U144"/>
+      <c r="V144"/>
+      <c r="W144"/>
+      <c r="X144"/>
+      <c r="Y144"/>
+      <c r="Z144"/>
+      <c r="AA144"/>
+      <c r="AB144"/>
+      <c r="AC144"/>
+      <c r="AD144"/>
+      <c r="AE144"/>
+      <c r="AF144"/>
+      <c r="AG144"/>
+      <c r="AH144"/>
+      <c r="AI144"/>
+      <c r="AJ144"/>
+      <c r="AK144"/>
+      <c r="AL144"/>
+      <c r="AM144"/>
+      <c r="AN144"/>
+      <c r="AO144"/>
+      <c r="AP144"/>
+      <c r="AQ144"/>
+      <c r="AR144"/>
+      <c r="AS144"/>
+      <c r="AT144"/>
+      <c r="AU144"/>
+      <c r="AV144"/>
+      <c r="AW144"/>
+      <c r="AX144"/>
+      <c r="AY144"/>
+      <c r="AZ144"/>
+      <c r="BA144"/>
+      <c r="BB144"/>
+      <c r="BC144"/>
+      <c r="BD144"/>
+      <c r="BE144"/>
+      <c r="BF144"/>
+      <c r="BG144"/>
+      <c r="BH144"/>
+      <c r="BI144"/>
+      <c r="BJ144"/>
+      <c r="BK144"/>
+      <c r="BL144"/>
+      <c r="BM144"/>
+      <c r="BN144"/>
+      <c r="BO144"/>
+      <c r="BP144"/>
+      <c r="BQ144"/>
+      <c r="BR144"/>
+      <c r="BS144"/>
+      <c r="BT144"/>
+      <c r="BU144"/>
+      <c r="BV144"/>
+      <c r="BW144"/>
+      <c r="BX144"/>
+      <c r="BY144"/>
+      <c r="BZ144"/>
+      <c r="CA144"/>
+      <c r="CB144"/>
+      <c r="CC144"/>
+      <c r="CD144"/>
+      <c r="CE144"/>
+      <c r="CF144"/>
+      <c r="CG144"/>
+      <c r="CH144"/>
+      <c r="CI144"/>
+      <c r="CJ144"/>
+      <c r="CK144"/>
+      <c r="CL144"/>
+      <c r="CM144"/>
+      <c r="CN144"/>
+      <c r="CO144"/>
+      <c r="CP144"/>
+      <c r="CQ144"/>
+      <c r="CR144"/>
+      <c r="CS144"/>
+    </row>
+    <row r="145" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A145" s="33"/>
+      <c r="B145" s="18"/>
+      <c r="C145" s="12"/>
+      <c r="D145" s="12"/>
+      <c r="E145" s="18"/>
+      <c r="F145" s="18"/>
+      <c r="G145" s="13"/>
+      <c r="H145" s="19"/>
+      <c r="I145" s="12"/>
+      <c r="J145" s="12"/>
+      <c r="K145" s="12"/>
+      <c r="L145" s="15"/>
+      <c r="N145" s="14"/>
+      <c r="O145" s="34"/>
+      <c r="P145"/>
+      <c r="Q145"/>
+      <c r="R145"/>
+      <c r="S145"/>
+      <c r="T145"/>
+      <c r="U145"/>
+      <c r="V145"/>
+      <c r="W145"/>
+      <c r="X145"/>
+      <c r="Y145"/>
+      <c r="Z145"/>
+      <c r="AA145"/>
+      <c r="AB145"/>
+      <c r="AC145"/>
+      <c r="AD145"/>
+      <c r="AE145"/>
+      <c r="AF145"/>
+      <c r="AG145"/>
+      <c r="AH145"/>
+      <c r="AI145"/>
+      <c r="AJ145"/>
+      <c r="AK145"/>
+      <c r="AL145"/>
+      <c r="AM145"/>
+      <c r="AN145"/>
+      <c r="AO145"/>
+      <c r="AP145"/>
+      <c r="AQ145"/>
+      <c r="AR145"/>
+      <c r="AS145"/>
+      <c r="AT145"/>
+      <c r="AU145"/>
+      <c r="AV145"/>
+      <c r="AW145"/>
+      <c r="AX145"/>
+      <c r="AY145"/>
+      <c r="AZ145"/>
+      <c r="BA145"/>
+      <c r="BB145"/>
+      <c r="BC145"/>
+      <c r="BD145"/>
+      <c r="BE145"/>
+      <c r="BF145"/>
+      <c r="BG145"/>
+      <c r="BH145"/>
+      <c r="BI145"/>
+      <c r="BJ145"/>
+      <c r="BK145"/>
+      <c r="BL145"/>
+      <c r="BM145"/>
+      <c r="BN145"/>
+      <c r="BO145"/>
+      <c r="BP145"/>
+      <c r="BQ145"/>
+      <c r="BR145"/>
+      <c r="BS145"/>
+      <c r="BT145"/>
+      <c r="BU145"/>
+      <c r="BV145"/>
+      <c r="BW145"/>
+      <c r="BX145"/>
+      <c r="BY145"/>
+      <c r="BZ145"/>
+      <c r="CA145"/>
+      <c r="CB145"/>
+      <c r="CC145"/>
+      <c r="CD145"/>
+      <c r="CE145"/>
+      <c r="CF145"/>
+      <c r="CG145"/>
+      <c r="CH145"/>
+      <c r="CI145"/>
+      <c r="CJ145"/>
+      <c r="CK145"/>
+      <c r="CL145"/>
+      <c r="CM145"/>
+      <c r="CN145"/>
+      <c r="CO145"/>
+      <c r="CP145"/>
+      <c r="CQ145"/>
+      <c r="CR145"/>
+      <c r="CS145"/>
+    </row>
+    <row r="146" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A146" s="33"/>
+      <c r="B146" s="18"/>
+      <c r="C146" s="12"/>
+      <c r="D146" s="12"/>
+      <c r="E146" s="18"/>
+      <c r="F146" s="18"/>
+      <c r="G146" s="13"/>
+      <c r="H146" s="19"/>
+      <c r="I146" s="12"/>
+      <c r="J146" s="12"/>
+      <c r="K146" s="12"/>
+      <c r="L146" s="15"/>
+      <c r="N146" s="14"/>
+      <c r="O146" s="34"/>
+      <c r="P146"/>
+      <c r="Q146"/>
+      <c r="R146"/>
+      <c r="S146"/>
+      <c r="T146"/>
+      <c r="U146"/>
+      <c r="V146"/>
+      <c r="W146"/>
+      <c r="X146"/>
+      <c r="Y146"/>
+      <c r="Z146"/>
+      <c r="AA146"/>
+      <c r="AB146"/>
+      <c r="AC146"/>
+      <c r="AD146"/>
+      <c r="AE146"/>
+      <c r="AF146"/>
+      <c r="AG146"/>
+      <c r="AH146"/>
+      <c r="AI146"/>
+      <c r="AJ146"/>
+      <c r="AK146"/>
+      <c r="AL146"/>
+      <c r="AM146"/>
+      <c r="AN146"/>
+      <c r="AO146"/>
+      <c r="AP146"/>
+      <c r="AQ146"/>
+      <c r="AR146"/>
+      <c r="AS146"/>
+      <c r="AT146"/>
+      <c r="AU146"/>
+      <c r="AV146"/>
+      <c r="AW146"/>
+      <c r="AX146"/>
+      <c r="AY146"/>
+      <c r="AZ146"/>
+      <c r="BA146"/>
+      <c r="BB146"/>
+      <c r="BC146"/>
+      <c r="BD146"/>
+      <c r="BE146"/>
+      <c r="BF146"/>
+      <c r="BG146"/>
+      <c r="BH146"/>
+      <c r="BI146"/>
+      <c r="BJ146"/>
+      <c r="BK146"/>
+      <c r="BL146"/>
+      <c r="BM146"/>
+      <c r="BN146"/>
+      <c r="BO146"/>
+      <c r="BP146"/>
+      <c r="BQ146"/>
+      <c r="BR146"/>
+      <c r="BS146"/>
+      <c r="BT146"/>
+      <c r="BU146"/>
+      <c r="BV146"/>
+      <c r="BW146"/>
+      <c r="BX146"/>
+      <c r="BY146"/>
+      <c r="BZ146"/>
+      <c r="CA146"/>
+      <c r="CB146"/>
+      <c r="CC146"/>
+      <c r="CD146"/>
+      <c r="CE146"/>
+      <c r="CF146"/>
+      <c r="CG146"/>
+      <c r="CH146"/>
+      <c r="CI146"/>
+      <c r="CJ146"/>
+      <c r="CK146"/>
+      <c r="CL146"/>
+      <c r="CM146"/>
+      <c r="CN146"/>
+      <c r="CO146"/>
+      <c r="CP146"/>
+      <c r="CQ146"/>
+      <c r="CR146"/>
+      <c r="CS146"/>
+    </row>
+    <row r="147" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A147" s="33"/>
+      <c r="B147" s="18"/>
+      <c r="C147" s="12"/>
+      <c r="D147" s="12"/>
+      <c r="E147" s="18"/>
+      <c r="F147" s="18"/>
+      <c r="G147" s="13"/>
+      <c r="H147" s="19"/>
+      <c r="I147" s="12"/>
+      <c r="J147" s="12"/>
+      <c r="K147" s="12"/>
+      <c r="L147" s="15"/>
+      <c r="N147" s="14"/>
+      <c r="O147" s="34"/>
+      <c r="P147"/>
+      <c r="Q147"/>
+      <c r="R147"/>
+      <c r="S147"/>
+      <c r="T147"/>
+      <c r="U147"/>
+      <c r="V147"/>
+      <c r="W147"/>
+      <c r="X147"/>
+      <c r="Y147"/>
+      <c r="Z147"/>
+      <c r="AA147"/>
+      <c r="AB147"/>
+      <c r="AC147"/>
+      <c r="AD147"/>
+      <c r="AE147"/>
+      <c r="AF147"/>
+      <c r="AG147"/>
+      <c r="AH147"/>
+      <c r="AI147"/>
+      <c r="AJ147"/>
+      <c r="AK147"/>
+      <c r="AL147"/>
+      <c r="AM147"/>
+      <c r="AN147"/>
+      <c r="AO147"/>
+      <c r="AP147"/>
+      <c r="AQ147"/>
+      <c r="AR147"/>
+      <c r="AS147"/>
+      <c r="AT147"/>
+      <c r="AU147"/>
+      <c r="AV147"/>
+      <c r="AW147"/>
+      <c r="AX147"/>
+      <c r="AY147"/>
+      <c r="AZ147"/>
+      <c r="BA147"/>
+      <c r="BB147"/>
+      <c r="BC147"/>
+      <c r="BD147"/>
+      <c r="BE147"/>
+      <c r="BF147"/>
+      <c r="BG147"/>
+      <c r="BH147"/>
+      <c r="BI147"/>
+      <c r="BJ147"/>
+      <c r="BK147"/>
+      <c r="BL147"/>
+      <c r="BM147"/>
+      <c r="BN147"/>
+      <c r="BO147"/>
+      <c r="BP147"/>
+      <c r="BQ147"/>
+      <c r="BR147"/>
+      <c r="BS147"/>
+      <c r="BT147"/>
+      <c r="BU147"/>
+      <c r="BV147"/>
+      <c r="BW147"/>
+      <c r="BX147"/>
+      <c r="BY147"/>
+      <c r="BZ147"/>
+      <c r="CA147"/>
+      <c r="CB147"/>
+      <c r="CC147"/>
+      <c r="CD147"/>
+      <c r="CE147"/>
+      <c r="CF147"/>
+      <c r="CG147"/>
+      <c r="CH147"/>
+      <c r="CI147"/>
+      <c r="CJ147"/>
+      <c r="CK147"/>
+      <c r="CL147"/>
+      <c r="CM147"/>
+      <c r="CN147"/>
+      <c r="CO147"/>
+      <c r="CP147"/>
+      <c r="CQ147"/>
+      <c r="CR147"/>
+      <c r="CS147"/>
+    </row>
+    <row r="148" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A148" s="33"/>
+      <c r="B148" s="18"/>
+      <c r="C148" s="12"/>
+      <c r="D148" s="12"/>
+      <c r="E148" s="18"/>
+      <c r="F148" s="18"/>
+      <c r="G148" s="13"/>
+      <c r="H148" s="19"/>
+      <c r="I148" s="12"/>
+      <c r="J148" s="12"/>
+      <c r="K148" s="12"/>
+      <c r="L148" s="15"/>
+      <c r="N148" s="14"/>
+      <c r="O148" s="34"/>
+      <c r="P148"/>
+      <c r="Q148"/>
+      <c r="R148"/>
+      <c r="S148"/>
+      <c r="T148"/>
+      <c r="U148"/>
+      <c r="V148"/>
+      <c r="W148"/>
+      <c r="X148"/>
+      <c r="Y148"/>
+      <c r="Z148"/>
+      <c r="AA148"/>
+      <c r="AB148"/>
+      <c r="AC148"/>
+      <c r="AD148"/>
+      <c r="AE148"/>
+      <c r="AF148"/>
+      <c r="AG148"/>
+      <c r="AH148"/>
+      <c r="AI148"/>
+      <c r="AJ148"/>
+      <c r="AK148"/>
+      <c r="AL148"/>
+      <c r="AM148"/>
+      <c r="AN148"/>
+      <c r="AO148"/>
+      <c r="AP148"/>
+      <c r="AQ148"/>
+      <c r="AR148"/>
+      <c r="AS148"/>
+      <c r="AT148"/>
+      <c r="AU148"/>
+      <c r="AV148"/>
+      <c r="AW148"/>
+      <c r="AX148"/>
+      <c r="AY148"/>
+      <c r="AZ148"/>
+      <c r="BA148"/>
+      <c r="BB148"/>
+      <c r="BC148"/>
+      <c r="BD148"/>
+      <c r="BE148"/>
+      <c r="BF148"/>
+      <c r="BG148"/>
+      <c r="BH148"/>
+      <c r="BI148"/>
+      <c r="BJ148"/>
+      <c r="BK148"/>
+      <c r="BL148"/>
+      <c r="BM148"/>
+      <c r="BN148"/>
+      <c r="BO148"/>
+      <c r="BP148"/>
+      <c r="BQ148"/>
+      <c r="BR148"/>
+      <c r="BS148"/>
+      <c r="BT148"/>
+      <c r="BU148"/>
+      <c r="BV148"/>
+      <c r="BW148"/>
+      <c r="BX148"/>
+      <c r="BY148"/>
+      <c r="BZ148"/>
+      <c r="CA148"/>
+      <c r="CB148"/>
+      <c r="CC148"/>
+      <c r="CD148"/>
+      <c r="CE148"/>
+      <c r="CF148"/>
+      <c r="CG148"/>
+      <c r="CH148"/>
+      <c r="CI148"/>
+      <c r="CJ148"/>
+      <c r="CK148"/>
+      <c r="CL148"/>
+      <c r="CM148"/>
+      <c r="CN148"/>
+      <c r="CO148"/>
+      <c r="CP148"/>
+      <c r="CQ148"/>
+      <c r="CR148"/>
+      <c r="CS148"/>
+    </row>
+    <row r="149" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A149" s="33"/>
+      <c r="B149" s="18"/>
+      <c r="C149" s="12"/>
+      <c r="D149" s="12"/>
+      <c r="E149" s="18"/>
+      <c r="F149" s="18"/>
+      <c r="G149" s="13"/>
+      <c r="H149" s="19"/>
+      <c r="I149" s="12"/>
+      <c r="J149" s="12"/>
+      <c r="K149" s="12"/>
+      <c r="L149" s="15"/>
+      <c r="N149" s="14"/>
+      <c r="O149" s="34"/>
+      <c r="P149"/>
+      <c r="Q149"/>
+      <c r="R149"/>
+      <c r="S149"/>
+      <c r="T149"/>
+      <c r="U149"/>
+      <c r="V149"/>
+      <c r="W149"/>
+      <c r="X149"/>
+      <c r="Y149"/>
+      <c r="Z149"/>
+      <c r="AA149"/>
+      <c r="AB149"/>
+      <c r="AC149"/>
+      <c r="AD149"/>
+      <c r="AE149"/>
+      <c r="AF149"/>
+      <c r="AG149"/>
+      <c r="AH149"/>
+      <c r="AI149"/>
+      <c r="AJ149"/>
+      <c r="AK149"/>
+      <c r="AL149"/>
+      <c r="AM149"/>
+      <c r="AN149"/>
+      <c r="AO149"/>
+      <c r="AP149"/>
+      <c r="AQ149"/>
+      <c r="AR149"/>
+      <c r="AS149"/>
+      <c r="AT149"/>
+      <c r="AU149"/>
+      <c r="AV149"/>
+      <c r="AW149"/>
+      <c r="AX149"/>
+      <c r="AY149"/>
+      <c r="AZ149"/>
+      <c r="BA149"/>
+      <c r="BB149"/>
+      <c r="BC149"/>
+      <c r="BD149"/>
+      <c r="BE149"/>
+      <c r="BF149"/>
+      <c r="BG149"/>
+      <c r="BH149"/>
+      <c r="BI149"/>
+      <c r="BJ149"/>
+      <c r="BK149"/>
+      <c r="BL149"/>
+      <c r="BM149"/>
+      <c r="BN149"/>
+      <c r="BO149"/>
+      <c r="BP149"/>
+      <c r="BQ149"/>
+      <c r="BR149"/>
+      <c r="BS149"/>
+      <c r="BT149"/>
+      <c r="BU149"/>
+      <c r="BV149"/>
+      <c r="BW149"/>
+      <c r="BX149"/>
+      <c r="BY149"/>
+      <c r="BZ149"/>
+      <c r="CA149"/>
+      <c r="CB149"/>
+      <c r="CC149"/>
+      <c r="CD149"/>
+      <c r="CE149"/>
+      <c r="CF149"/>
+      <c r="CG149"/>
+      <c r="CH149"/>
+      <c r="CI149"/>
+      <c r="CJ149"/>
+      <c r="CK149"/>
+      <c r="CL149"/>
+      <c r="CM149"/>
+      <c r="CN149"/>
+      <c r="CO149"/>
+      <c r="CP149"/>
+      <c r="CQ149"/>
+      <c r="CR149"/>
+      <c r="CS149"/>
+    </row>
+    <row r="150" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A150" s="33"/>
+      <c r="B150" s="18"/>
+      <c r="C150" s="12"/>
+      <c r="D150" s="12"/>
+      <c r="E150" s="18"/>
+      <c r="F150" s="18"/>
+      <c r="G150" s="13"/>
+      <c r="H150" s="19"/>
+      <c r="I150" s="12"/>
+      <c r="J150" s="12"/>
+      <c r="K150" s="12"/>
+      <c r="L150" s="15"/>
+      <c r="N150" s="14"/>
+      <c r="O150" s="34"/>
+      <c r="P150"/>
+      <c r="Q150"/>
+      <c r="R150"/>
+      <c r="S150"/>
+      <c r="T150"/>
+      <c r="U150"/>
+      <c r="V150"/>
+      <c r="W150"/>
+      <c r="X150"/>
+      <c r="Y150"/>
+      <c r="Z150"/>
+      <c r="AA150"/>
+      <c r="AB150"/>
+      <c r="AC150"/>
+      <c r="AD150"/>
+      <c r="AE150"/>
+      <c r="AF150"/>
+      <c r="AG150"/>
+      <c r="AH150"/>
+      <c r="AI150"/>
+      <c r="AJ150"/>
+      <c r="AK150"/>
+      <c r="AL150"/>
+      <c r="AM150"/>
+      <c r="AN150"/>
+      <c r="AO150"/>
+      <c r="AP150"/>
+      <c r="AQ150"/>
+      <c r="AR150"/>
+      <c r="AS150"/>
+      <c r="AT150"/>
+      <c r="AU150"/>
+      <c r="AV150"/>
+      <c r="AW150"/>
+      <c r="AX150"/>
+      <c r="AY150"/>
+      <c r="AZ150"/>
+      <c r="BA150"/>
+      <c r="BB150"/>
+      <c r="BC150"/>
+      <c r="BD150"/>
+      <c r="BE150"/>
+      <c r="BF150"/>
+      <c r="BG150"/>
+      <c r="BH150"/>
+      <c r="BI150"/>
+      <c r="BJ150"/>
+      <c r="BK150"/>
+      <c r="BL150"/>
+      <c r="BM150"/>
+      <c r="BN150"/>
+      <c r="BO150"/>
+      <c r="BP150"/>
+      <c r="BQ150"/>
+      <c r="BR150"/>
+      <c r="BS150"/>
+      <c r="BT150"/>
+      <c r="BU150"/>
+      <c r="BV150"/>
+      <c r="BW150"/>
+      <c r="BX150"/>
+      <c r="BY150"/>
+      <c r="BZ150"/>
+      <c r="CA150"/>
+      <c r="CB150"/>
+      <c r="CC150"/>
+      <c r="CD150"/>
+      <c r="CE150"/>
+      <c r="CF150"/>
+      <c r="CG150"/>
+      <c r="CH150"/>
+      <c r="CI150"/>
+      <c r="CJ150"/>
+      <c r="CK150"/>
+      <c r="CL150"/>
+      <c r="CM150"/>
+      <c r="CN150"/>
+      <c r="CO150"/>
+      <c r="CP150"/>
+      <c r="CQ150"/>
+      <c r="CR150"/>
+      <c r="CS150"/>
+    </row>
+    <row r="151" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A151" s="33"/>
+      <c r="B151" s="18"/>
+      <c r="C151" s="12"/>
+      <c r="D151" s="12"/>
+      <c r="E151" s="18"/>
+      <c r="F151" s="18"/>
+      <c r="G151" s="13"/>
+      <c r="H151" s="19"/>
+      <c r="I151" s="12"/>
+      <c r="J151" s="12"/>
+      <c r="K151" s="12"/>
+      <c r="L151" s="15"/>
+      <c r="N151" s="14"/>
+      <c r="O151" s="34"/>
+      <c r="P151"/>
+      <c r="Q151"/>
+      <c r="R151"/>
+      <c r="S151"/>
+      <c r="T151"/>
+      <c r="U151"/>
+      <c r="V151"/>
+      <c r="W151"/>
+      <c r="X151"/>
+      <c r="Y151"/>
+      <c r="Z151"/>
+      <c r="AA151"/>
+      <c r="AB151"/>
+      <c r="AC151"/>
+      <c r="AD151"/>
+      <c r="AE151"/>
+      <c r="AF151"/>
+      <c r="AG151"/>
+      <c r="AH151"/>
+      <c r="AI151"/>
+      <c r="AJ151"/>
+      <c r="AK151"/>
+      <c r="AL151"/>
+      <c r="AM151"/>
+      <c r="AN151"/>
+      <c r="AO151"/>
+      <c r="AP151"/>
+      <c r="AQ151"/>
+      <c r="AR151"/>
+      <c r="AS151"/>
+      <c r="AT151"/>
+      <c r="AU151"/>
+      <c r="AV151"/>
+      <c r="AW151"/>
+      <c r="AX151"/>
+      <c r="AY151"/>
+      <c r="AZ151"/>
+      <c r="BA151"/>
+      <c r="BB151"/>
+      <c r="BC151"/>
+      <c r="BD151"/>
+      <c r="BE151"/>
+      <c r="BF151"/>
+      <c r="BG151"/>
+      <c r="BH151"/>
+      <c r="BI151"/>
+      <c r="BJ151"/>
+      <c r="BK151"/>
+      <c r="BL151"/>
+      <c r="BM151"/>
+      <c r="BN151"/>
+      <c r="BO151"/>
+      <c r="BP151"/>
+      <c r="BQ151"/>
+      <c r="BR151"/>
+      <c r="BS151"/>
+      <c r="BT151"/>
+      <c r="BU151"/>
+      <c r="BV151"/>
+      <c r="BW151"/>
+      <c r="BX151"/>
+      <c r="BY151"/>
+      <c r="BZ151"/>
+      <c r="CA151"/>
+      <c r="CB151"/>
+      <c r="CC151"/>
+      <c r="CD151"/>
+      <c r="CE151"/>
+      <c r="CF151"/>
+      <c r="CG151"/>
+      <c r="CH151"/>
+      <c r="CI151"/>
+      <c r="CJ151"/>
+      <c r="CK151"/>
+      <c r="CL151"/>
+      <c r="CM151"/>
+      <c r="CN151"/>
+      <c r="CO151"/>
+      <c r="CP151"/>
+      <c r="CQ151"/>
+      <c r="CR151"/>
+      <c r="CS151"/>
+    </row>
+    <row r="152" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A152" s="33"/>
+      <c r="B152" s="18"/>
+      <c r="C152" s="12"/>
+      <c r="D152" s="12"/>
+      <c r="E152" s="18"/>
+      <c r="F152" s="18"/>
+      <c r="G152" s="13"/>
+      <c r="H152" s="19"/>
+      <c r="I152" s="12"/>
+      <c r="J152" s="12"/>
+      <c r="K152" s="12"/>
+      <c r="L152" s="15"/>
+      <c r="N152" s="14"/>
+      <c r="O152" s="34"/>
+      <c r="P152"/>
+      <c r="Q152"/>
+      <c r="R152"/>
+      <c r="S152"/>
+      <c r="T152"/>
+      <c r="U152"/>
+      <c r="V152"/>
+      <c r="W152"/>
+      <c r="X152"/>
+      <c r="Y152"/>
+      <c r="Z152"/>
+      <c r="AA152"/>
+      <c r="AB152"/>
+      <c r="AC152"/>
+      <c r="AD152"/>
+      <c r="AE152"/>
+      <c r="AF152"/>
+      <c r="AG152"/>
+      <c r="AH152"/>
+      <c r="AI152"/>
+      <c r="AJ152"/>
+      <c r="AK152"/>
+      <c r="AL152"/>
+      <c r="AM152"/>
+      <c r="AN152"/>
+      <c r="AO152"/>
+      <c r="AP152"/>
+      <c r="AQ152"/>
+      <c r="AR152"/>
+      <c r="AS152"/>
+      <c r="AT152"/>
+      <c r="AU152"/>
+      <c r="AV152"/>
+      <c r="AW152"/>
+      <c r="AX152"/>
+      <c r="AY152"/>
+      <c r="AZ152"/>
+      <c r="BA152"/>
+      <c r="BB152"/>
+      <c r="BC152"/>
+      <c r="BD152"/>
+      <c r="BE152"/>
+      <c r="BF152"/>
+      <c r="BG152"/>
+      <c r="BH152"/>
+      <c r="BI152"/>
+      <c r="BJ152"/>
+      <c r="BK152"/>
+      <c r="BL152"/>
+      <c r="BM152"/>
+      <c r="BN152"/>
+      <c r="BO152"/>
+      <c r="BP152"/>
+      <c r="BQ152"/>
+      <c r="BR152"/>
+      <c r="BS152"/>
+      <c r="BT152"/>
+      <c r="BU152"/>
+      <c r="BV152"/>
+      <c r="BW152"/>
+      <c r="BX152"/>
+      <c r="BY152"/>
+      <c r="BZ152"/>
+      <c r="CA152"/>
+      <c r="CB152"/>
+      <c r="CC152"/>
+      <c r="CD152"/>
+      <c r="CE152"/>
+      <c r="CF152"/>
+      <c r="CG152"/>
+      <c r="CH152"/>
+      <c r="CI152"/>
+      <c r="CJ152"/>
+      <c r="CK152"/>
+      <c r="CL152"/>
+      <c r="CM152"/>
+      <c r="CN152"/>
+      <c r="CO152"/>
+      <c r="CP152"/>
+      <c r="CQ152"/>
+      <c r="CR152"/>
+      <c r="CS152"/>
+    </row>
+    <row r="153" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A153" s="33"/>
+      <c r="B153" s="18"/>
+      <c r="C153" s="12"/>
+      <c r="D153" s="12"/>
+      <c r="E153" s="18"/>
+      <c r="F153" s="18"/>
+      <c r="G153" s="13"/>
+      <c r="H153" s="19"/>
+      <c r="I153" s="12"/>
+      <c r="J153" s="12"/>
+      <c r="K153" s="12"/>
+      <c r="L153" s="15"/>
+      <c r="N153" s="14"/>
+      <c r="O153" s="34"/>
+      <c r="P153"/>
+      <c r="Q153"/>
+      <c r="R153"/>
+      <c r="S153"/>
+      <c r="T153"/>
+      <c r="U153"/>
+      <c r="V153"/>
+      <c r="W153"/>
+      <c r="X153"/>
+      <c r="Y153"/>
+      <c r="Z153"/>
+      <c r="AA153"/>
+      <c r="AB153"/>
+      <c r="AC153"/>
+      <c r="AD153"/>
+      <c r="AE153"/>
+      <c r="AF153"/>
+      <c r="AG153"/>
+      <c r="AH153"/>
+      <c r="AI153"/>
+      <c r="AJ153"/>
+      <c r="AK153"/>
+      <c r="AL153"/>
+      <c r="AM153"/>
+      <c r="AN153"/>
+      <c r="AO153"/>
+      <c r="AP153"/>
+      <c r="AQ153"/>
+      <c r="AR153"/>
+      <c r="AS153"/>
+      <c r="AT153"/>
+      <c r="AU153"/>
+      <c r="AV153"/>
+      <c r="AW153"/>
+      <c r="AX153"/>
+      <c r="AY153"/>
+      <c r="AZ153"/>
+      <c r="BA153"/>
+      <c r="BB153"/>
+      <c r="BC153"/>
+      <c r="BD153"/>
+      <c r="BE153"/>
+      <c r="BF153"/>
+      <c r="BG153"/>
+      <c r="BH153"/>
+      <c r="BI153"/>
+      <c r="BJ153"/>
+      <c r="BK153"/>
+      <c r="BL153"/>
+      <c r="BM153"/>
+      <c r="BN153"/>
+      <c r="BO153"/>
+      <c r="BP153"/>
+      <c r="BQ153"/>
+      <c r="BR153"/>
+      <c r="BS153"/>
+      <c r="BT153"/>
+      <c r="BU153"/>
+      <c r="BV153"/>
+      <c r="BW153"/>
+      <c r="BX153"/>
+      <c r="BY153"/>
+      <c r="BZ153"/>
+      <c r="CA153"/>
+      <c r="CB153"/>
+      <c r="CC153"/>
+      <c r="CD153"/>
+      <c r="CE153"/>
+      <c r="CF153"/>
+      <c r="CG153"/>
+      <c r="CH153"/>
+      <c r="CI153"/>
+      <c r="CJ153"/>
+      <c r="CK153"/>
+      <c r="CL153"/>
+      <c r="CM153"/>
+      <c r="CN153"/>
+      <c r="CO153"/>
+      <c r="CP153"/>
+      <c r="CQ153"/>
+      <c r="CR153"/>
+      <c r="CS153"/>
+    </row>
+    <row r="154" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A154" s="33"/>
+      <c r="B154" s="18"/>
+      <c r="C154" s="12"/>
+      <c r="D154" s="12"/>
+      <c r="E154" s="18"/>
+      <c r="F154" s="18"/>
+      <c r="G154" s="13"/>
+      <c r="H154" s="19"/>
+      <c r="I154" s="12"/>
+      <c r="J154" s="12"/>
+      <c r="K154" s="12"/>
+      <c r="L154" s="15"/>
+      <c r="N154" s="14"/>
+      <c r="O154" s="34"/>
+      <c r="P154"/>
+      <c r="Q154"/>
+      <c r="R154"/>
+      <c r="S154"/>
+      <c r="T154"/>
+      <c r="U154"/>
+      <c r="V154"/>
+      <c r="W154"/>
+      <c r="X154"/>
+      <c r="Y154"/>
+      <c r="Z154"/>
+      <c r="AA154"/>
+      <c r="AB154"/>
+      <c r="AC154"/>
+      <c r="AD154"/>
+      <c r="AE154"/>
+      <c r="AF154"/>
+      <c r="AG154"/>
+      <c r="AH154"/>
+      <c r="AI154"/>
+      <c r="AJ154"/>
+      <c r="AK154"/>
+      <c r="AL154"/>
+      <c r="AM154"/>
+      <c r="AN154"/>
+      <c r="AO154"/>
+      <c r="AP154"/>
+      <c r="AQ154"/>
+      <c r="AR154"/>
+      <c r="AS154"/>
+      <c r="AT154"/>
+      <c r="AU154"/>
+      <c r="AV154"/>
+      <c r="AW154"/>
+      <c r="AX154"/>
+      <c r="AY154"/>
+      <c r="AZ154"/>
+      <c r="BA154"/>
+      <c r="BB154"/>
+      <c r="BC154"/>
+      <c r="BD154"/>
+      <c r="BE154"/>
+      <c r="BF154"/>
+      <c r="BG154"/>
+      <c r="BH154"/>
+      <c r="BI154"/>
+      <c r="BJ154"/>
+      <c r="BK154"/>
+      <c r="BL154"/>
+      <c r="BM154"/>
+      <c r="BN154"/>
+      <c r="BO154"/>
+      <c r="BP154"/>
+      <c r="BQ154"/>
+      <c r="BR154"/>
+      <c r="BS154"/>
+      <c r="BT154"/>
+      <c r="BU154"/>
+      <c r="BV154"/>
+      <c r="BW154"/>
+      <c r="BX154"/>
+      <c r="BY154"/>
+      <c r="BZ154"/>
+      <c r="CA154"/>
+      <c r="CB154"/>
+      <c r="CC154"/>
+      <c r="CD154"/>
+      <c r="CE154"/>
+      <c r="CF154"/>
+      <c r="CG154"/>
+      <c r="CH154"/>
+      <c r="CI154"/>
+      <c r="CJ154"/>
+      <c r="CK154"/>
+      <c r="CL154"/>
+      <c r="CM154"/>
+      <c r="CN154"/>
+      <c r="CO154"/>
+      <c r="CP154"/>
+      <c r="CQ154"/>
+      <c r="CR154"/>
+      <c r="CS154"/>
+    </row>
+    <row r="155" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A155" s="33"/>
+      <c r="B155" s="18"/>
+      <c r="C155" s="12"/>
+      <c r="D155" s="12"/>
+      <c r="E155" s="18"/>
+      <c r="F155" s="18"/>
+      <c r="G155" s="13"/>
+      <c r="H155" s="19"/>
+      <c r="I155" s="12"/>
+      <c r="J155" s="12"/>
+      <c r="K155" s="12"/>
+      <c r="L155" s="15"/>
+      <c r="N155" s="14"/>
+      <c r="O155" s="34"/>
+      <c r="P155"/>
+      <c r="Q155"/>
+      <c r="R155"/>
+      <c r="S155"/>
+      <c r="T155"/>
+      <c r="U155"/>
+      <c r="V155"/>
+      <c r="W155"/>
+      <c r="X155"/>
+      <c r="Y155"/>
+      <c r="Z155"/>
+      <c r="AA155"/>
+      <c r="AB155"/>
+      <c r="AC155"/>
+      <c r="AD155"/>
+      <c r="AE155"/>
+      <c r="AF155"/>
+      <c r="AG155"/>
+      <c r="AH155"/>
+      <c r="AI155"/>
+      <c r="AJ155"/>
+      <c r="AK155"/>
+      <c r="AL155"/>
+      <c r="AM155"/>
+      <c r="AN155"/>
+      <c r="AO155"/>
+      <c r="AP155"/>
+      <c r="AQ155"/>
+      <c r="AR155"/>
+      <c r="AS155"/>
+      <c r="AT155"/>
+      <c r="AU155"/>
+      <c r="AV155"/>
+      <c r="AW155"/>
+      <c r="AX155"/>
+      <c r="AY155"/>
+      <c r="AZ155"/>
+      <c r="BA155"/>
+      <c r="BB155"/>
+      <c r="BC155"/>
+      <c r="BD155"/>
+      <c r="BE155"/>
+      <c r="BF155"/>
+      <c r="BG155"/>
+      <c r="BH155"/>
+      <c r="BI155"/>
+      <c r="BJ155"/>
+      <c r="BK155"/>
+      <c r="BL155"/>
+      <c r="BM155"/>
+      <c r="BN155"/>
+      <c r="BO155"/>
+      <c r="BP155"/>
+      <c r="BQ155"/>
+      <c r="BR155"/>
+      <c r="BS155"/>
+      <c r="BT155"/>
+      <c r="BU155"/>
+      <c r="BV155"/>
+      <c r="BW155"/>
+      <c r="BX155"/>
+      <c r="BY155"/>
+      <c r="BZ155"/>
+      <c r="CA155"/>
+      <c r="CB155"/>
+      <c r="CC155"/>
+      <c r="CD155"/>
+      <c r="CE155"/>
+      <c r="CF155"/>
+      <c r="CG155"/>
+      <c r="CH155"/>
+      <c r="CI155"/>
+      <c r="CJ155"/>
+      <c r="CK155"/>
+      <c r="CL155"/>
+      <c r="CM155"/>
+      <c r="CN155"/>
+      <c r="CO155"/>
+      <c r="CP155"/>
+      <c r="CQ155"/>
+      <c r="CR155"/>
+      <c r="CS155"/>
+    </row>
+    <row r="156" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A156" s="33"/>
+      <c r="B156" s="18"/>
+      <c r="C156" s="12"/>
+      <c r="D156" s="12"/>
+      <c r="E156" s="18"/>
+      <c r="F156" s="18"/>
+      <c r="G156" s="13"/>
+      <c r="H156" s="19"/>
+      <c r="I156" s="12"/>
+      <c r="J156" s="12"/>
+      <c r="K156" s="12"/>
+      <c r="L156" s="15"/>
+      <c r="N156" s="14"/>
+      <c r="O156" s="34"/>
+      <c r="P156"/>
+      <c r="Q156"/>
+      <c r="R156"/>
+      <c r="S156"/>
+      <c r="T156"/>
+      <c r="U156"/>
+      <c r="V156"/>
+      <c r="W156"/>
+      <c r="X156"/>
+      <c r="Y156"/>
+      <c r="Z156"/>
+      <c r="AA156"/>
+      <c r="AB156"/>
+      <c r="AC156"/>
+      <c r="AD156"/>
+      <c r="AE156"/>
+      <c r="AF156"/>
+      <c r="AG156"/>
+      <c r="AH156"/>
+      <c r="AI156"/>
+      <c r="AJ156"/>
+      <c r="AK156"/>
+      <c r="AL156"/>
+      <c r="AM156"/>
+      <c r="AN156"/>
+      <c r="AO156"/>
+      <c r="AP156"/>
+      <c r="AQ156"/>
+      <c r="AR156"/>
+      <c r="AS156"/>
+      <c r="AT156"/>
+      <c r="AU156"/>
+      <c r="AV156"/>
+      <c r="AW156"/>
+      <c r="AX156"/>
+      <c r="AY156"/>
+      <c r="AZ156"/>
+      <c r="BA156"/>
+      <c r="BB156"/>
+      <c r="BC156"/>
+      <c r="BD156"/>
+      <c r="BE156"/>
+      <c r="BF156"/>
+      <c r="BG156"/>
+      <c r="BH156"/>
+      <c r="BI156"/>
+      <c r="BJ156"/>
+      <c r="BK156"/>
+      <c r="BL156"/>
+      <c r="BM156"/>
+      <c r="BN156"/>
+      <c r="BO156"/>
+      <c r="BP156"/>
+      <c r="BQ156"/>
+      <c r="BR156"/>
+      <c r="BS156"/>
+      <c r="BT156"/>
+      <c r="BU156"/>
+      <c r="BV156"/>
+      <c r="BW156"/>
+      <c r="BX156"/>
+      <c r="BY156"/>
+      <c r="BZ156"/>
+      <c r="CA156"/>
+      <c r="CB156"/>
+      <c r="CC156"/>
+      <c r="CD156"/>
+      <c r="CE156"/>
+      <c r="CF156"/>
+      <c r="CG156"/>
+      <c r="CH156"/>
+      <c r="CI156"/>
+      <c r="CJ156"/>
+      <c r="CK156"/>
+      <c r="CL156"/>
+      <c r="CM156"/>
+      <c r="CN156"/>
+      <c r="CO156"/>
+      <c r="CP156"/>
+      <c r="CQ156"/>
+      <c r="CR156"/>
+      <c r="CS156"/>
+    </row>
+    <row r="157" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A157" s="33"/>
+      <c r="B157" s="18"/>
+      <c r="C157" s="12"/>
+      <c r="D157" s="12"/>
+      <c r="E157" s="18"/>
+      <c r="F157" s="18"/>
+      <c r="G157" s="13"/>
+      <c r="H157" s="19"/>
+      <c r="I157" s="12"/>
+      <c r="J157" s="12"/>
+      <c r="K157" s="12"/>
+      <c r="L157" s="15"/>
+      <c r="N157" s="14"/>
+      <c r="O157" s="34"/>
+      <c r="P157"/>
+      <c r="Q157"/>
+      <c r="R157"/>
+      <c r="S157"/>
+      <c r="T157"/>
+      <c r="U157"/>
+      <c r="V157"/>
+      <c r="W157"/>
+      <c r="X157"/>
+      <c r="Y157"/>
+      <c r="Z157"/>
+      <c r="AA157"/>
+      <c r="AB157"/>
+      <c r="AC157"/>
+      <c r="AD157"/>
+      <c r="AE157"/>
+      <c r="AF157"/>
+      <c r="AG157"/>
+      <c r="AH157"/>
+      <c r="AI157"/>
+      <c r="AJ157"/>
+      <c r="AK157"/>
+      <c r="AL157"/>
+      <c r="AM157"/>
+      <c r="AN157"/>
+      <c r="AO157"/>
+      <c r="AP157"/>
+      <c r="AQ157"/>
+      <c r="AR157"/>
+      <c r="AS157"/>
+      <c r="AT157"/>
+      <c r="AU157"/>
+      <c r="AV157"/>
+      <c r="AW157"/>
+      <c r="AX157"/>
+      <c r="AY157"/>
+      <c r="AZ157"/>
+      <c r="BA157"/>
+      <c r="BB157"/>
+      <c r="BC157"/>
+      <c r="BD157"/>
+      <c r="BE157"/>
+      <c r="BF157"/>
+      <c r="BG157"/>
+      <c r="BH157"/>
+      <c r="BI157"/>
+      <c r="BJ157"/>
+      <c r="BK157"/>
+      <c r="BL157"/>
+      <c r="BM157"/>
+      <c r="BN157"/>
+      <c r="BO157"/>
+      <c r="BP157"/>
+      <c r="BQ157"/>
+      <c r="BR157"/>
+      <c r="BS157"/>
+      <c r="BT157"/>
+      <c r="BU157"/>
+      <c r="BV157"/>
+      <c r="BW157"/>
+      <c r="BX157"/>
+      <c r="BY157"/>
+      <c r="BZ157"/>
+      <c r="CA157"/>
+      <c r="CB157"/>
+      <c r="CC157"/>
+      <c r="CD157"/>
+      <c r="CE157"/>
+      <c r="CF157"/>
+      <c r="CG157"/>
+      <c r="CH157"/>
+      <c r="CI157"/>
+      <c r="CJ157"/>
+      <c r="CK157"/>
+      <c r="CL157"/>
+      <c r="CM157"/>
+      <c r="CN157"/>
+      <c r="CO157"/>
+      <c r="CP157"/>
+      <c r="CQ157"/>
+      <c r="CR157"/>
+      <c r="CS157"/>
+    </row>
+    <row r="158" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A158" s="33"/>
+      <c r="B158" s="18"/>
+      <c r="C158" s="12"/>
+      <c r="D158" s="12"/>
+      <c r="E158" s="18"/>
+      <c r="F158" s="18"/>
+      <c r="G158" s="13"/>
+      <c r="H158" s="19"/>
+      <c r="I158" s="12"/>
+      <c r="J158" s="12"/>
+      <c r="K158" s="12"/>
+      <c r="L158" s="15"/>
+      <c r="N158" s="14"/>
+      <c r="O158" s="34"/>
+      <c r="P158"/>
+      <c r="Q158"/>
+      <c r="R158"/>
+      <c r="S158"/>
+      <c r="T158"/>
+      <c r="U158"/>
+      <c r="V158"/>
+      <c r="W158"/>
+      <c r="X158"/>
+      <c r="Y158"/>
+      <c r="Z158"/>
+      <c r="AA158"/>
+      <c r="AB158"/>
+      <c r="AC158"/>
+      <c r="AD158"/>
+      <c r="AE158"/>
+      <c r="AF158"/>
+      <c r="AG158"/>
+      <c r="AH158"/>
+      <c r="AI158"/>
+      <c r="AJ158"/>
+      <c r="AK158"/>
+      <c r="AL158"/>
+      <c r="AM158"/>
+      <c r="AN158"/>
+      <c r="AO158"/>
+      <c r="AP158"/>
+      <c r="AQ158"/>
+      <c r="AR158"/>
+      <c r="AS158"/>
+      <c r="AT158"/>
+      <c r="AU158"/>
+      <c r="AV158"/>
+      <c r="AW158"/>
+      <c r="AX158"/>
+      <c r="AY158"/>
+      <c r="AZ158"/>
+      <c r="BA158"/>
+      <c r="BB158"/>
+      <c r="BC158"/>
+      <c r="BD158"/>
+      <c r="BE158"/>
+      <c r="BF158"/>
+      <c r="BG158"/>
+      <c r="BH158"/>
+      <c r="BI158"/>
+      <c r="BJ158"/>
+      <c r="BK158"/>
+      <c r="BL158"/>
+      <c r="BM158"/>
+      <c r="BN158"/>
+      <c r="BO158"/>
+      <c r="BP158"/>
+      <c r="BQ158"/>
+      <c r="BR158"/>
+      <c r="BS158"/>
+      <c r="BT158"/>
+      <c r="BU158"/>
+      <c r="BV158"/>
+      <c r="BW158"/>
+      <c r="BX158"/>
+      <c r="BY158"/>
+      <c r="BZ158"/>
+      <c r="CA158"/>
+      <c r="CB158"/>
+      <c r="CC158"/>
+      <c r="CD158"/>
+      <c r="CE158"/>
+      <c r="CF158"/>
+      <c r="CG158"/>
+      <c r="CH158"/>
+      <c r="CI158"/>
+      <c r="CJ158"/>
+      <c r="CK158"/>
+      <c r="CL158"/>
+      <c r="CM158"/>
+      <c r="CN158"/>
+      <c r="CO158"/>
+      <c r="CP158"/>
+      <c r="CQ158"/>
+      <c r="CR158"/>
+      <c r="CS158"/>
+    </row>
+    <row r="159" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A159" s="33"/>
+      <c r="B159" s="18"/>
+      <c r="C159" s="12"/>
+      <c r="D159" s="12"/>
+      <c r="E159" s="18"/>
+      <c r="F159" s="18"/>
+      <c r="G159" s="13"/>
+      <c r="H159" s="19"/>
+      <c r="I159" s="12"/>
+      <c r="J159" s="12"/>
+      <c r="K159" s="12"/>
+      <c r="L159" s="15"/>
+      <c r="N159" s="14"/>
+      <c r="O159" s="34"/>
+      <c r="P159"/>
+      <c r="Q159"/>
+      <c r="R159"/>
+      <c r="S159"/>
+      <c r="T159"/>
+      <c r="U159"/>
+      <c r="V159"/>
+      <c r="W159"/>
+      <c r="X159"/>
+      <c r="Y159"/>
+      <c r="Z159"/>
+      <c r="AA159"/>
+      <c r="AB159"/>
+      <c r="AC159"/>
+      <c r="AD159"/>
+      <c r="AE159"/>
+      <c r="AF159"/>
+      <c r="AG159"/>
+      <c r="AH159"/>
+      <c r="AI159"/>
+      <c r="AJ159"/>
+      <c r="AK159"/>
+      <c r="AL159"/>
+      <c r="AM159"/>
+      <c r="AN159"/>
+      <c r="AO159"/>
+      <c r="AP159"/>
+      <c r="AQ159"/>
+      <c r="AR159"/>
+      <c r="AS159"/>
+      <c r="AT159"/>
+      <c r="AU159"/>
+      <c r="AV159"/>
+      <c r="AW159"/>
+      <c r="AX159"/>
+      <c r="AY159"/>
+      <c r="AZ159"/>
+      <c r="BA159"/>
+      <c r="BB159"/>
+      <c r="BC159"/>
+      <c r="BD159"/>
+      <c r="BE159"/>
+      <c r="BF159"/>
+      <c r="BG159"/>
+      <c r="BH159"/>
+      <c r="BI159"/>
+      <c r="BJ159"/>
+      <c r="BK159"/>
+      <c r="BL159"/>
+      <c r="BM159"/>
+      <c r="BN159"/>
+      <c r="BO159"/>
+      <c r="BP159"/>
+      <c r="BQ159"/>
+      <c r="BR159"/>
+      <c r="BS159"/>
+      <c r="BT159"/>
+      <c r="BU159"/>
+      <c r="BV159"/>
+      <c r="BW159"/>
+      <c r="BX159"/>
+      <c r="BY159"/>
+      <c r="BZ159"/>
+      <c r="CA159"/>
+      <c r="CB159"/>
+      <c r="CC159"/>
+      <c r="CD159"/>
+      <c r="CE159"/>
+      <c r="CF159"/>
+      <c r="CG159"/>
+      <c r="CH159"/>
+      <c r="CI159"/>
+      <c r="CJ159"/>
+      <c r="CK159"/>
+      <c r="CL159"/>
+      <c r="CM159"/>
+      <c r="CN159"/>
+      <c r="CO159"/>
+      <c r="CP159"/>
+      <c r="CQ159"/>
+      <c r="CR159"/>
+      <c r="CS159"/>
+    </row>
+    <row r="160" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A160" s="33"/>
+      <c r="B160" s="18"/>
+      <c r="C160" s="12"/>
+      <c r="D160" s="12"/>
+      <c r="E160" s="18"/>
+      <c r="F160" s="18"/>
+      <c r="G160" s="13"/>
+      <c r="H160" s="19"/>
+      <c r="I160" s="12"/>
+      <c r="J160" s="12"/>
+      <c r="K160" s="12"/>
+      <c r="L160" s="15"/>
+      <c r="N160" s="14"/>
+      <c r="O160" s="34"/>
+      <c r="P160"/>
+      <c r="Q160"/>
+      <c r="R160"/>
+      <c r="S160"/>
+      <c r="T160"/>
+      <c r="U160"/>
+      <c r="V160"/>
+      <c r="W160"/>
+      <c r="X160"/>
+      <c r="Y160"/>
+      <c r="Z160"/>
+      <c r="AA160"/>
+      <c r="AB160"/>
+      <c r="AC160"/>
+      <c r="AD160"/>
+      <c r="AE160"/>
+      <c r="AF160"/>
+      <c r="AG160"/>
+      <c r="AH160"/>
+      <c r="AI160"/>
+      <c r="AJ160"/>
+      <c r="AK160"/>
+      <c r="AL160"/>
+      <c r="AM160"/>
+      <c r="AN160"/>
+      <c r="AO160"/>
+      <c r="AP160"/>
+      <c r="AQ160"/>
+      <c r="AR160"/>
+      <c r="AS160"/>
+      <c r="AT160"/>
+      <c r="AU160"/>
+      <c r="AV160"/>
+      <c r="AW160"/>
+      <c r="AX160"/>
+      <c r="AY160"/>
+      <c r="AZ160"/>
+      <c r="BA160"/>
+      <c r="BB160"/>
+      <c r="BC160"/>
+      <c r="BD160"/>
+      <c r="BE160"/>
+      <c r="BF160"/>
+      <c r="BG160"/>
+      <c r="BH160"/>
+      <c r="BI160"/>
+      <c r="BJ160"/>
+      <c r="BK160"/>
+      <c r="BL160"/>
+      <c r="BM160"/>
+      <c r="BN160"/>
+      <c r="BO160"/>
+      <c r="BP160"/>
+      <c r="BQ160"/>
+      <c r="BR160"/>
+      <c r="BS160"/>
+      <c r="BT160"/>
+      <c r="BU160"/>
+      <c r="BV160"/>
+      <c r="BW160"/>
+      <c r="BX160"/>
+      <c r="BY160"/>
+      <c r="BZ160"/>
+      <c r="CA160"/>
+      <c r="CB160"/>
+      <c r="CC160"/>
+      <c r="CD160"/>
+      <c r="CE160"/>
+      <c r="CF160"/>
+      <c r="CG160"/>
+      <c r="CH160"/>
+      <c r="CI160"/>
+      <c r="CJ160"/>
+      <c r="CK160"/>
+      <c r="CL160"/>
+      <c r="CM160"/>
+      <c r="CN160"/>
+      <c r="CO160"/>
+      <c r="CP160"/>
+      <c r="CQ160"/>
+      <c r="CR160"/>
+      <c r="CS160"/>
+    </row>
+    <row r="161" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A161" s="33"/>
+      <c r="B161" s="18"/>
+      <c r="C161" s="12"/>
+      <c r="D161" s="12"/>
+      <c r="E161" s="18"/>
+      <c r="F161" s="18"/>
+      <c r="G161" s="13"/>
+      <c r="H161" s="19"/>
+      <c r="I161" s="12"/>
+      <c r="J161" s="12"/>
+      <c r="K161" s="12"/>
+      <c r="L161" s="15"/>
+      <c r="N161" s="14"/>
+      <c r="O161" s="34"/>
+      <c r="P161"/>
+      <c r="Q161"/>
+      <c r="R161"/>
+      <c r="S161"/>
+      <c r="T161"/>
+      <c r="U161"/>
+      <c r="V161"/>
+      <c r="W161"/>
+      <c r="X161"/>
+      <c r="Y161"/>
+      <c r="Z161"/>
+      <c r="AA161"/>
+      <c r="AB161"/>
+      <c r="AC161"/>
+      <c r="AD161"/>
+      <c r="AE161"/>
+      <c r="AF161"/>
+      <c r="AG161"/>
+      <c r="AH161"/>
+      <c r="AI161"/>
+      <c r="AJ161"/>
+      <c r="AK161"/>
+      <c r="AL161"/>
+      <c r="AM161"/>
+      <c r="AN161"/>
+      <c r="AO161"/>
+      <c r="AP161"/>
+      <c r="AQ161"/>
+      <c r="AR161"/>
+      <c r="AS161"/>
+      <c r="AT161"/>
+      <c r="AU161"/>
+      <c r="AV161"/>
+      <c r="AW161"/>
+      <c r="AX161"/>
+      <c r="AY161"/>
+      <c r="AZ161"/>
+      <c r="BA161"/>
+      <c r="BB161"/>
+      <c r="BC161"/>
+      <c r="BD161"/>
+      <c r="BE161"/>
+      <c r="BF161"/>
+      <c r="BG161"/>
+      <c r="BH161"/>
+      <c r="BI161"/>
+      <c r="BJ161"/>
+      <c r="BK161"/>
+      <c r="BL161"/>
+      <c r="BM161"/>
+      <c r="BN161"/>
+      <c r="BO161"/>
+      <c r="BP161"/>
+      <c r="BQ161"/>
+      <c r="BR161"/>
+      <c r="BS161"/>
+      <c r="BT161"/>
+      <c r="BU161"/>
+      <c r="BV161"/>
+      <c r="BW161"/>
+      <c r="BX161"/>
+      <c r="BY161"/>
+      <c r="BZ161"/>
+      <c r="CA161"/>
+      <c r="CB161"/>
+      <c r="CC161"/>
+      <c r="CD161"/>
+      <c r="CE161"/>
+      <c r="CF161"/>
+      <c r="CG161"/>
+      <c r="CH161"/>
+      <c r="CI161"/>
+      <c r="CJ161"/>
+      <c r="CK161"/>
+      <c r="CL161"/>
+      <c r="CM161"/>
+      <c r="CN161"/>
+      <c r="CO161"/>
+      <c r="CP161"/>
+      <c r="CQ161"/>
+      <c r="CR161"/>
+      <c r="CS161"/>
+    </row>
+    <row r="162" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A162" s="33"/>
+      <c r="B162" s="18"/>
+      <c r="C162" s="12"/>
+      <c r="D162" s="12"/>
+      <c r="E162" s="18"/>
+      <c r="F162" s="18"/>
+      <c r="G162" s="13"/>
+      <c r="H162" s="19"/>
+      <c r="I162" s="12"/>
+      <c r="J162" s="12"/>
+      <c r="K162" s="12"/>
+      <c r="L162" s="15"/>
+      <c r="N162" s="14"/>
+      <c r="O162" s="34"/>
+      <c r="P162"/>
+      <c r="Q162"/>
+      <c r="R162"/>
+      <c r="S162"/>
+      <c r="T162"/>
+      <c r="U162"/>
+      <c r="V162"/>
+      <c r="W162"/>
+      <c r="X162"/>
+      <c r="Y162"/>
+      <c r="Z162"/>
+      <c r="AA162"/>
+      <c r="AB162"/>
+      <c r="AC162"/>
+      <c r="AD162"/>
+      <c r="AE162"/>
+      <c r="AF162"/>
+      <c r="AG162"/>
+      <c r="AH162"/>
+      <c r="AI162"/>
+      <c r="AJ162"/>
+      <c r="AK162"/>
+      <c r="AL162"/>
+      <c r="AM162"/>
+      <c r="AN162"/>
+      <c r="AO162"/>
+      <c r="AP162"/>
+      <c r="AQ162"/>
+      <c r="AR162"/>
+      <c r="AS162"/>
+      <c r="AT162"/>
+      <c r="AU162"/>
+      <c r="AV162"/>
+      <c r="AW162"/>
+      <c r="AX162"/>
+      <c r="AY162"/>
+      <c r="AZ162"/>
+      <c r="BA162"/>
+      <c r="BB162"/>
+      <c r="BC162"/>
+      <c r="BD162"/>
+      <c r="BE162"/>
+      <c r="BF162"/>
+      <c r="BG162"/>
+      <c r="BH162"/>
+      <c r="BI162"/>
+      <c r="BJ162"/>
+      <c r="BK162"/>
+      <c r="BL162"/>
+      <c r="BM162"/>
+      <c r="BN162"/>
+      <c r="BO162"/>
+      <c r="BP162"/>
+      <c r="BQ162"/>
+      <c r="BR162"/>
+      <c r="BS162"/>
+      <c r="BT162"/>
+      <c r="BU162"/>
+      <c r="BV162"/>
+      <c r="BW162"/>
+      <c r="BX162"/>
+      <c r="BY162"/>
+      <c r="BZ162"/>
+      <c r="CA162"/>
+      <c r="CB162"/>
+      <c r="CC162"/>
+      <c r="CD162"/>
+      <c r="CE162"/>
+      <c r="CF162"/>
+      <c r="CG162"/>
+      <c r="CH162"/>
+      <c r="CI162"/>
+      <c r="CJ162"/>
+      <c r="CK162"/>
+      <c r="CL162"/>
+      <c r="CM162"/>
+      <c r="CN162"/>
+      <c r="CO162"/>
+      <c r="CP162"/>
+      <c r="CQ162"/>
+      <c r="CR162"/>
+      <c r="CS162"/>
+    </row>
+    <row r="163" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A163" s="33"/>
+      <c r="B163" s="18"/>
+      <c r="C163" s="12"/>
+      <c r="D163" s="12"/>
+      <c r="E163" s="18"/>
+      <c r="F163" s="18"/>
+      <c r="G163" s="13"/>
+      <c r="H163" s="19"/>
+      <c r="I163" s="12"/>
+      <c r="J163" s="12"/>
+      <c r="K163" s="12"/>
+      <c r="L163" s="15"/>
+      <c r="N163" s="14"/>
+      <c r="O163" s="34"/>
+      <c r="P163"/>
+      <c r="Q163"/>
+      <c r="R163"/>
+      <c r="S163"/>
+      <c r="T163"/>
+      <c r="U163"/>
+      <c r="V163"/>
+      <c r="W163"/>
+      <c r="X163"/>
+      <c r="Y163"/>
+      <c r="Z163"/>
+      <c r="AA163"/>
+      <c r="AB163"/>
+      <c r="AC163"/>
+      <c r="AD163"/>
+      <c r="AE163"/>
+      <c r="AF163"/>
+      <c r="AG163"/>
+      <c r="AH163"/>
+      <c r="AI163"/>
+      <c r="AJ163"/>
+      <c r="AK163"/>
+      <c r="AL163"/>
+      <c r="AM163"/>
+      <c r="AN163"/>
+      <c r="AO163"/>
+      <c r="AP163"/>
+      <c r="AQ163"/>
+      <c r="AR163"/>
+      <c r="AS163"/>
+      <c r="AT163"/>
+      <c r="AU163"/>
+      <c r="AV163"/>
+      <c r="AW163"/>
+      <c r="AX163"/>
+      <c r="AY163"/>
+      <c r="AZ163"/>
+      <c r="BA163"/>
+      <c r="BB163"/>
+      <c r="BC163"/>
+      <c r="BD163"/>
+      <c r="BE163"/>
+      <c r="BF163"/>
+      <c r="BG163"/>
+      <c r="BH163"/>
+      <c r="BI163"/>
+      <c r="BJ163"/>
+      <c r="BK163"/>
+      <c r="BL163"/>
+      <c r="BM163"/>
+      <c r="BN163"/>
+      <c r="BO163"/>
+      <c r="BP163"/>
+      <c r="BQ163"/>
+      <c r="BR163"/>
+      <c r="BS163"/>
+      <c r="BT163"/>
+      <c r="BU163"/>
+      <c r="BV163"/>
+      <c r="BW163"/>
+      <c r="BX163"/>
+      <c r="BY163"/>
+      <c r="BZ163"/>
+      <c r="CA163"/>
+      <c r="CB163"/>
+      <c r="CC163"/>
+      <c r="CD163"/>
+      <c r="CE163"/>
+      <c r="CF163"/>
+      <c r="CG163"/>
+      <c r="CH163"/>
+      <c r="CI163"/>
+      <c r="CJ163"/>
+      <c r="CK163"/>
+      <c r="CL163"/>
+      <c r="CM163"/>
+      <c r="CN163"/>
+      <c r="CO163"/>
+      <c r="CP163"/>
+      <c r="CQ163"/>
+      <c r="CR163"/>
+      <c r="CS163"/>
+    </row>
+    <row r="164" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A164" s="33"/>
+      <c r="B164" s="18"/>
+      <c r="C164" s="12"/>
+      <c r="D164" s="12"/>
+      <c r="E164" s="18"/>
+      <c r="F164" s="18"/>
+      <c r="G164" s="13"/>
+      <c r="H164" s="19"/>
+      <c r="I164" s="12"/>
+      <c r="J164" s="12"/>
+      <c r="K164" s="12"/>
+      <c r="L164" s="15"/>
+      <c r="N164" s="14"/>
+      <c r="O164" s="34"/>
+      <c r="P164"/>
+      <c r="Q164"/>
+      <c r="R164"/>
+      <c r="S164"/>
+      <c r="T164"/>
+      <c r="U164"/>
+      <c r="V164"/>
+      <c r="W164"/>
+      <c r="X164"/>
+      <c r="Y164"/>
+      <c r="Z164"/>
+      <c r="AA164"/>
+      <c r="AB164"/>
+      <c r="AC164"/>
+      <c r="AD164"/>
+      <c r="AE164"/>
+      <c r="AF164"/>
+      <c r="AG164"/>
+      <c r="AH164"/>
+      <c r="AI164"/>
+      <c r="AJ164"/>
+      <c r="AK164"/>
+      <c r="AL164"/>
+      <c r="AM164"/>
+      <c r="AN164"/>
+      <c r="AO164"/>
+      <c r="AP164"/>
+      <c r="AQ164"/>
+      <c r="AR164"/>
+      <c r="AS164"/>
+      <c r="AT164"/>
+      <c r="AU164"/>
+      <c r="AV164"/>
+      <c r="AW164"/>
+      <c r="AX164"/>
+      <c r="AY164"/>
+      <c r="AZ164"/>
+      <c r="BA164"/>
+      <c r="BB164"/>
+      <c r="BC164"/>
+      <c r="BD164"/>
+      <c r="BE164"/>
+      <c r="BF164"/>
+      <c r="BG164"/>
+      <c r="BH164"/>
+      <c r="BI164"/>
+      <c r="BJ164"/>
+      <c r="BK164"/>
+      <c r="BL164"/>
+      <c r="BM164"/>
+      <c r="BN164"/>
+      <c r="BO164"/>
+      <c r="BP164"/>
+      <c r="BQ164"/>
+      <c r="BR164"/>
+      <c r="BS164"/>
+      <c r="BT164"/>
+      <c r="BU164"/>
+      <c r="BV164"/>
+      <c r="BW164"/>
+      <c r="BX164"/>
+      <c r="BY164"/>
+      <c r="BZ164"/>
+      <c r="CA164"/>
+      <c r="CB164"/>
+      <c r="CC164"/>
+      <c r="CD164"/>
+      <c r="CE164"/>
+      <c r="CF164"/>
+      <c r="CG164"/>
+      <c r="CH164"/>
+      <c r="CI164"/>
+      <c r="CJ164"/>
+      <c r="CK164"/>
+      <c r="CL164"/>
+      <c r="CM164"/>
+      <c r="CN164"/>
+      <c r="CO164"/>
+      <c r="CP164"/>
+      <c r="CQ164"/>
+      <c r="CR164"/>
+      <c r="CS164"/>
+    </row>
+    <row r="165" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A165" s="33"/>
+      <c r="B165" s="18"/>
+      <c r="C165" s="12"/>
+      <c r="D165" s="12"/>
+      <c r="E165" s="18"/>
+      <c r="F165" s="18"/>
+      <c r="G165" s="13"/>
+      <c r="H165" s="19"/>
+      <c r="I165" s="12"/>
+      <c r="J165" s="12"/>
+      <c r="K165" s="12"/>
+      <c r="L165" s="15"/>
+      <c r="N165" s="14"/>
+      <c r="O165" s="34"/>
+      <c r="P165"/>
+      <c r="Q165"/>
+      <c r="R165"/>
+      <c r="S165"/>
+      <c r="T165"/>
+      <c r="U165"/>
+      <c r="V165"/>
+      <c r="W165"/>
+      <c r="X165"/>
+      <c r="Y165"/>
+      <c r="Z165"/>
+      <c r="AA165"/>
+      <c r="AB165"/>
+      <c r="AC165"/>
+      <c r="AD165"/>
+      <c r="AE165"/>
+      <c r="AF165"/>
+      <c r="AG165"/>
+      <c r="AH165"/>
+      <c r="AI165"/>
+      <c r="AJ165"/>
+      <c r="AK165"/>
+      <c r="AL165"/>
+      <c r="AM165"/>
+      <c r="AN165"/>
+      <c r="AO165"/>
+      <c r="AP165"/>
+      <c r="AQ165"/>
+      <c r="AR165"/>
+      <c r="AS165"/>
+      <c r="AT165"/>
+      <c r="AU165"/>
+      <c r="AV165"/>
+      <c r="AW165"/>
+      <c r="AX165"/>
+      <c r="AY165"/>
+      <c r="AZ165"/>
+      <c r="BA165"/>
+      <c r="BB165"/>
+      <c r="BC165"/>
+      <c r="BD165"/>
+      <c r="BE165"/>
+      <c r="BF165"/>
+      <c r="BG165"/>
+      <c r="BH165"/>
+      <c r="BI165"/>
+      <c r="BJ165"/>
+      <c r="BK165"/>
+      <c r="BL165"/>
+      <c r="BM165"/>
+      <c r="BN165"/>
+      <c r="BO165"/>
+      <c r="BP165"/>
+      <c r="BQ165"/>
+      <c r="BR165"/>
+      <c r="BS165"/>
+      <c r="BT165"/>
+      <c r="BU165"/>
+      <c r="BV165"/>
+      <c r="BW165"/>
+      <c r="BX165"/>
+      <c r="BY165"/>
+      <c r="BZ165"/>
+      <c r="CA165"/>
+      <c r="CB165"/>
+      <c r="CC165"/>
+      <c r="CD165"/>
+      <c r="CE165"/>
+      <c r="CF165"/>
+      <c r="CG165"/>
+      <c r="CH165"/>
+      <c r="CI165"/>
+      <c r="CJ165"/>
+      <c r="CK165"/>
+      <c r="CL165"/>
+      <c r="CM165"/>
+      <c r="CN165"/>
+      <c r="CO165"/>
+      <c r="CP165"/>
+      <c r="CQ165"/>
+      <c r="CR165"/>
+      <c r="CS165"/>
+    </row>
+    <row r="166" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A166" s="33"/>
+      <c r="B166" s="18"/>
+      <c r="C166" s="12"/>
+      <c r="D166" s="12"/>
+      <c r="E166" s="18"/>
+      <c r="F166" s="18"/>
+      <c r="G166" s="13"/>
+      <c r="H166" s="19"/>
+      <c r="I166" s="12"/>
+      <c r="J166" s="12"/>
+      <c r="K166" s="12"/>
+      <c r="L166" s="15"/>
+      <c r="N166" s="14"/>
+      <c r="O166" s="34"/>
+      <c r="P166"/>
+      <c r="Q166"/>
+      <c r="R166"/>
+      <c r="S166"/>
+      <c r="T166"/>
+      <c r="U166"/>
+      <c r="V166"/>
+      <c r="W166"/>
+      <c r="X166"/>
+      <c r="Y166"/>
+      <c r="Z166"/>
+      <c r="AA166"/>
+      <c r="AB166"/>
+      <c r="AC166"/>
+      <c r="AD166"/>
+      <c r="AE166"/>
+      <c r="AF166"/>
+      <c r="AG166"/>
+      <c r="AH166"/>
+      <c r="AI166"/>
+      <c r="AJ166"/>
+      <c r="AK166"/>
+      <c r="AL166"/>
+      <c r="AM166"/>
+      <c r="AN166"/>
+      <c r="AO166"/>
+      <c r="AP166"/>
+      <c r="AQ166"/>
+      <c r="AR166"/>
+      <c r="AS166"/>
+      <c r="AT166"/>
+      <c r="AU166"/>
+      <c r="AV166"/>
+      <c r="AW166"/>
+      <c r="AX166"/>
+      <c r="AY166"/>
+      <c r="AZ166"/>
+      <c r="BA166"/>
+      <c r="BB166"/>
+      <c r="BC166"/>
+      <c r="BD166"/>
+      <c r="BE166"/>
+      <c r="BF166"/>
+      <c r="BG166"/>
+      <c r="BH166"/>
+      <c r="BI166"/>
+      <c r="BJ166"/>
+      <c r="BK166"/>
+      <c r="BL166"/>
+      <c r="BM166"/>
+      <c r="BN166"/>
+      <c r="BO166"/>
+      <c r="BP166"/>
+      <c r="BQ166"/>
+      <c r="BR166"/>
+      <c r="BS166"/>
+      <c r="BT166"/>
+      <c r="BU166"/>
+      <c r="BV166"/>
+      <c r="BW166"/>
+      <c r="BX166"/>
+      <c r="BY166"/>
+      <c r="BZ166"/>
+      <c r="CA166"/>
+      <c r="CB166"/>
+      <c r="CC166"/>
+      <c r="CD166"/>
+      <c r="CE166"/>
+      <c r="CF166"/>
+      <c r="CG166"/>
+      <c r="CH166"/>
+      <c r="CI166"/>
+      <c r="CJ166"/>
+      <c r="CK166"/>
+      <c r="CL166"/>
+      <c r="CM166"/>
+      <c r="CN166"/>
+      <c r="CO166"/>
+      <c r="CP166"/>
+      <c r="CQ166"/>
+      <c r="CR166"/>
+      <c r="CS166"/>
+    </row>
+    <row r="167" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A167" s="33"/>
+      <c r="B167" s="18"/>
+      <c r="C167" s="12"/>
+      <c r="D167" s="12"/>
+      <c r="E167" s="18"/>
+      <c r="F167" s="18"/>
+      <c r="G167" s="13"/>
+      <c r="H167" s="19"/>
+      <c r="I167" s="12"/>
+      <c r="J167" s="12"/>
+      <c r="K167" s="12"/>
+      <c r="L167" s="15"/>
+      <c r="N167" s="14"/>
+      <c r="O167" s="34"/>
+      <c r="P167"/>
+      <c r="Q167"/>
+      <c r="R167"/>
+      <c r="S167"/>
+      <c r="T167"/>
+      <c r="U167"/>
+      <c r="V167"/>
+      <c r="W167"/>
+      <c r="X167"/>
+      <c r="Y167"/>
+      <c r="Z167"/>
+      <c r="AA167"/>
+      <c r="AB167"/>
+      <c r="AC167"/>
+      <c r="AD167"/>
+      <c r="AE167"/>
+      <c r="AF167"/>
+      <c r="AG167"/>
+      <c r="AH167"/>
+      <c r="AI167"/>
+      <c r="AJ167"/>
+      <c r="AK167"/>
+      <c r="AL167"/>
+      <c r="AM167"/>
+      <c r="AN167"/>
+      <c r="AO167"/>
+      <c r="AP167"/>
+      <c r="AQ167"/>
+      <c r="AR167"/>
+      <c r="AS167"/>
+      <c r="AT167"/>
+      <c r="AU167"/>
+      <c r="AV167"/>
+      <c r="AW167"/>
+      <c r="AX167"/>
+      <c r="AY167"/>
+      <c r="AZ167"/>
+      <c r="BA167"/>
+      <c r="BB167"/>
+      <c r="BC167"/>
+      <c r="BD167"/>
+      <c r="BE167"/>
+      <c r="BF167"/>
+      <c r="BG167"/>
+      <c r="BH167"/>
+      <c r="BI167"/>
+      <c r="BJ167"/>
+      <c r="BK167"/>
+      <c r="BL167"/>
+      <c r="BM167"/>
+      <c r="BN167"/>
+      <c r="BO167"/>
+      <c r="BP167"/>
+      <c r="BQ167"/>
+      <c r="BR167"/>
+      <c r="BS167"/>
+      <c r="BT167"/>
+      <c r="BU167"/>
+      <c r="BV167"/>
+      <c r="BW167"/>
+      <c r="BX167"/>
+      <c r="BY167"/>
+      <c r="BZ167"/>
+      <c r="CA167"/>
+      <c r="CB167"/>
+      <c r="CC167"/>
+      <c r="CD167"/>
+      <c r="CE167"/>
+      <c r="CF167"/>
+      <c r="CG167"/>
+      <c r="CH167"/>
+      <c r="CI167"/>
+      <c r="CJ167"/>
+      <c r="CK167"/>
+      <c r="CL167"/>
+      <c r="CM167"/>
+      <c r="CN167"/>
+      <c r="CO167"/>
+      <c r="CP167"/>
+      <c r="CQ167"/>
+      <c r="CR167"/>
+      <c r="CS167"/>
+    </row>
+    <row r="168" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A168" s="33"/>
+      <c r="B168" s="18"/>
+      <c r="C168" s="12"/>
+      <c r="D168" s="12"/>
+      <c r="E168" s="18"/>
+      <c r="F168" s="18"/>
+      <c r="G168" s="13"/>
+      <c r="H168" s="19"/>
+      <c r="I168" s="12"/>
+      <c r="J168" s="12"/>
+      <c r="K168" s="12"/>
+      <c r="L168" s="15"/>
+      <c r="N168" s="14"/>
+      <c r="O168" s="34"/>
+      <c r="P168"/>
+      <c r="Q168"/>
+      <c r="R168"/>
+      <c r="S168"/>
+      <c r="T168"/>
+      <c r="U168"/>
+      <c r="V168"/>
+      <c r="W168"/>
+      <c r="X168"/>
+      <c r="Y168"/>
+      <c r="Z168"/>
+      <c r="AA168"/>
+      <c r="AB168"/>
+      <c r="AC168"/>
+      <c r="AD168"/>
+      <c r="AE168"/>
+      <c r="AF168"/>
+      <c r="AG168"/>
+      <c r="AH168"/>
+      <c r="AI168"/>
+      <c r="AJ168"/>
+      <c r="AK168"/>
+      <c r="AL168"/>
+      <c r="AM168"/>
+      <c r="AN168"/>
+      <c r="AO168"/>
+      <c r="AP168"/>
+      <c r="AQ168"/>
+      <c r="AR168"/>
+      <c r="AS168"/>
+      <c r="AT168"/>
+      <c r="AU168"/>
+      <c r="AV168"/>
+      <c r="AW168"/>
+      <c r="AX168"/>
+      <c r="AY168"/>
+      <c r="AZ168"/>
+      <c r="BA168"/>
+      <c r="BB168"/>
+      <c r="BC168"/>
+      <c r="BD168"/>
+      <c r="BE168"/>
+      <c r="BF168"/>
+      <c r="BG168"/>
+      <c r="BH168"/>
+      <c r="BI168"/>
+      <c r="BJ168"/>
+      <c r="BK168"/>
+      <c r="BL168"/>
+      <c r="BM168"/>
+      <c r="BN168"/>
+      <c r="BO168"/>
+      <c r="BP168"/>
+      <c r="BQ168"/>
+      <c r="BR168"/>
+      <c r="BS168"/>
+      <c r="BT168"/>
+      <c r="BU168"/>
+      <c r="BV168"/>
+      <c r="BW168"/>
+      <c r="BX168"/>
+      <c r="BY168"/>
+      <c r="BZ168"/>
+      <c r="CA168"/>
+      <c r="CB168"/>
+      <c r="CC168"/>
+      <c r="CD168"/>
+      <c r="CE168"/>
+      <c r="CF168"/>
+      <c r="CG168"/>
+      <c r="CH168"/>
+      <c r="CI168"/>
+      <c r="CJ168"/>
+      <c r="CK168"/>
+      <c r="CL168"/>
+      <c r="CM168"/>
+      <c r="CN168"/>
+      <c r="CO168"/>
+      <c r="CP168"/>
+      <c r="CQ168"/>
+      <c r="CR168"/>
+      <c r="CS168"/>
+    </row>
+    <row r="169" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A169" s="33"/>
+      <c r="B169" s="18"/>
+      <c r="C169" s="12"/>
+      <c r="D169" s="12"/>
+      <c r="E169" s="18"/>
+      <c r="F169" s="18"/>
+      <c r="G169" s="13"/>
+      <c r="H169" s="19"/>
+      <c r="I169" s="12"/>
+      <c r="J169" s="12"/>
+      <c r="K169" s="12"/>
+      <c r="L169" s="15"/>
+      <c r="N169" s="14"/>
+      <c r="O169" s="34"/>
+      <c r="P169"/>
+      <c r="Q169"/>
+      <c r="R169"/>
+      <c r="S169"/>
+      <c r="T169"/>
+      <c r="U169"/>
+      <c r="V169"/>
+      <c r="W169"/>
+      <c r="X169"/>
+      <c r="Y169"/>
+      <c r="Z169"/>
+      <c r="AA169"/>
+      <c r="AB169"/>
+      <c r="AC169"/>
+      <c r="AD169"/>
+      <c r="AE169"/>
+      <c r="AF169"/>
+      <c r="AG169"/>
+      <c r="AH169"/>
+      <c r="AI169"/>
+      <c r="AJ169"/>
+      <c r="AK169"/>
+      <c r="AL169"/>
+      <c r="AM169"/>
+      <c r="AN169"/>
+      <c r="AO169"/>
+      <c r="AP169"/>
+      <c r="AQ169"/>
+      <c r="AR169"/>
+      <c r="AS169"/>
+      <c r="AT169"/>
+      <c r="AU169"/>
+      <c r="AV169"/>
+      <c r="AW169"/>
+      <c r="AX169"/>
+      <c r="AY169"/>
+      <c r="AZ169"/>
+      <c r="BA169"/>
+      <c r="BB169"/>
+      <c r="BC169"/>
+      <c r="BD169"/>
+      <c r="BE169"/>
+      <c r="BF169"/>
+      <c r="BG169"/>
+      <c r="BH169"/>
+      <c r="BI169"/>
+      <c r="BJ169"/>
+      <c r="BK169"/>
+      <c r="BL169"/>
+      <c r="BM169"/>
+      <c r="BN169"/>
+      <c r="BO169"/>
+      <c r="BP169"/>
+      <c r="BQ169"/>
+      <c r="BR169"/>
+      <c r="BS169"/>
+      <c r="BT169"/>
+      <c r="BU169"/>
+      <c r="BV169"/>
+      <c r="BW169"/>
+      <c r="BX169"/>
+      <c r="BY169"/>
+      <c r="BZ169"/>
+      <c r="CA169"/>
+      <c r="CB169"/>
+      <c r="CC169"/>
+      <c r="CD169"/>
+      <c r="CE169"/>
+      <c r="CF169"/>
+      <c r="CG169"/>
+      <c r="CH169"/>
+      <c r="CI169"/>
+      <c r="CJ169"/>
+      <c r="CK169"/>
+      <c r="CL169"/>
+      <c r="CM169"/>
+      <c r="CN169"/>
+      <c r="CO169"/>
+      <c r="CP169"/>
+      <c r="CQ169"/>
+      <c r="CR169"/>
+      <c r="CS169"/>
+    </row>
+    <row r="170" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A170" s="33"/>
+      <c r="B170" s="18"/>
+      <c r="C170" s="12"/>
+      <c r="D170" s="12"/>
+      <c r="E170" s="18"/>
+      <c r="F170" s="18"/>
+      <c r="G170" s="13"/>
+      <c r="H170" s="19"/>
+      <c r="I170" s="12"/>
+      <c r="J170" s="12"/>
+      <c r="K170" s="12"/>
+      <c r="L170" s="15"/>
+      <c r="N170" s="14"/>
+      <c r="O170" s="34"/>
+      <c r="P170"/>
+      <c r="Q170"/>
+      <c r="R170"/>
+      <c r="S170"/>
+      <c r="T170"/>
+      <c r="U170"/>
+      <c r="V170"/>
+      <c r="W170"/>
+      <c r="X170"/>
+      <c r="Y170"/>
+      <c r="Z170"/>
+      <c r="AA170"/>
+      <c r="AB170"/>
+      <c r="AC170"/>
+      <c r="AD170"/>
+      <c r="AE170"/>
+      <c r="AF170"/>
+      <c r="AG170"/>
+      <c r="AH170"/>
+      <c r="AI170"/>
+      <c r="AJ170"/>
+      <c r="AK170"/>
+      <c r="AL170"/>
+      <c r="AM170"/>
+      <c r="AN170"/>
+      <c r="AO170"/>
+      <c r="AP170"/>
+      <c r="AQ170"/>
+      <c r="AR170"/>
+      <c r="AS170"/>
+      <c r="AT170"/>
+      <c r="AU170"/>
+      <c r="AV170"/>
+      <c r="AW170"/>
+      <c r="AX170"/>
+      <c r="AY170"/>
+      <c r="AZ170"/>
+      <c r="BA170"/>
+      <c r="BB170"/>
+      <c r="BC170"/>
+      <c r="BD170"/>
+      <c r="BE170"/>
+      <c r="BF170"/>
+      <c r="BG170"/>
+      <c r="BH170"/>
+      <c r="BI170"/>
+      <c r="BJ170"/>
+      <c r="BK170"/>
+      <c r="BL170"/>
+      <c r="BM170"/>
+      <c r="BN170"/>
+      <c r="BO170"/>
+      <c r="BP170"/>
+      <c r="BQ170"/>
+      <c r="BR170"/>
+      <c r="BS170"/>
+      <c r="BT170"/>
+      <c r="BU170"/>
+      <c r="BV170"/>
+      <c r="BW170"/>
+      <c r="BX170"/>
+      <c r="BY170"/>
+      <c r="BZ170"/>
+      <c r="CA170"/>
+      <c r="CB170"/>
+      <c r="CC170"/>
+      <c r="CD170"/>
+      <c r="CE170"/>
+      <c r="CF170"/>
+      <c r="CG170"/>
+      <c r="CH170"/>
+      <c r="CI170"/>
+      <c r="CJ170"/>
+      <c r="CK170"/>
+      <c r="CL170"/>
+      <c r="CM170"/>
+      <c r="CN170"/>
+      <c r="CO170"/>
+      <c r="CP170"/>
+      <c r="CQ170"/>
+      <c r="CR170"/>
+      <c r="CS170"/>
+    </row>
+    <row r="171" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A171" s="33"/>
+      <c r="B171" s="18"/>
+      <c r="C171" s="12"/>
+      <c r="D171" s="12"/>
+      <c r="E171" s="18"/>
+      <c r="F171" s="18"/>
+      <c r="G171" s="13"/>
+      <c r="H171" s="19"/>
+      <c r="I171" s="12"/>
+      <c r="J171" s="12"/>
+      <c r="K171" s="12"/>
+      <c r="L171" s="15"/>
+      <c r="N171" s="14"/>
+      <c r="O171" s="34"/>
+      <c r="P171"/>
+      <c r="Q171"/>
+      <c r="R171"/>
+      <c r="S171"/>
+      <c r="T171"/>
+      <c r="U171"/>
+      <c r="V171"/>
+      <c r="W171"/>
+      <c r="X171"/>
+      <c r="Y171"/>
+      <c r="Z171"/>
+      <c r="AA171"/>
+      <c r="AB171"/>
+      <c r="AC171"/>
+      <c r="AD171"/>
+      <c r="AE171"/>
+      <c r="AF171"/>
+      <c r="AG171"/>
+      <c r="AH171"/>
+      <c r="AI171"/>
+      <c r="AJ171"/>
+      <c r="AK171"/>
+      <c r="AL171"/>
+      <c r="AM171"/>
+      <c r="AN171"/>
+      <c r="AO171"/>
+      <c r="AP171"/>
+      <c r="AQ171"/>
+      <c r="AR171"/>
+      <c r="AS171"/>
+      <c r="AT171"/>
+      <c r="AU171"/>
+      <c r="AV171"/>
+      <c r="AW171"/>
+      <c r="AX171"/>
+      <c r="AY171"/>
+      <c r="AZ171"/>
+      <c r="BA171"/>
+      <c r="BB171"/>
+      <c r="BC171"/>
+      <c r="BD171"/>
+      <c r="BE171"/>
+      <c r="BF171"/>
+      <c r="BG171"/>
+      <c r="BH171"/>
+      <c r="BI171"/>
+      <c r="BJ171"/>
+      <c r="BK171"/>
+      <c r="BL171"/>
+      <c r="BM171"/>
+      <c r="BN171"/>
+      <c r="BO171"/>
+      <c r="BP171"/>
+      <c r="BQ171"/>
+      <c r="BR171"/>
+      <c r="BS171"/>
+      <c r="BT171"/>
+      <c r="BU171"/>
+      <c r="BV171"/>
+      <c r="BW171"/>
+      <c r="BX171"/>
+      <c r="BY171"/>
+      <c r="BZ171"/>
+      <c r="CA171"/>
+      <c r="CB171"/>
+      <c r="CC171"/>
+      <c r="CD171"/>
+      <c r="CE171"/>
+      <c r="CF171"/>
+      <c r="CG171"/>
+      <c r="CH171"/>
+      <c r="CI171"/>
+      <c r="CJ171"/>
+      <c r="CK171"/>
+      <c r="CL171"/>
+      <c r="CM171"/>
+      <c r="CN171"/>
+      <c r="CO171"/>
+      <c r="CP171"/>
+      <c r="CQ171"/>
+      <c r="CR171"/>
+      <c r="CS171"/>
+    </row>
+    <row r="172" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A172" s="33"/>
+      <c r="B172" s="18"/>
+      <c r="C172" s="12"/>
+      <c r="D172" s="12"/>
+      <c r="E172" s="18"/>
+      <c r="F172" s="18"/>
+      <c r="G172" s="13"/>
+      <c r="H172" s="19"/>
+      <c r="I172" s="12"/>
+      <c r="J172" s="12"/>
+      <c r="K172" s="12"/>
+      <c r="L172" s="15"/>
+      <c r="N172" s="14"/>
+      <c r="O172" s="34"/>
+      <c r="P172"/>
+      <c r="Q172"/>
+      <c r="R172"/>
+      <c r="S172"/>
+      <c r="T172"/>
+      <c r="U172"/>
+      <c r="V172"/>
+      <c r="W172"/>
+      <c r="X172"/>
+      <c r="Y172"/>
+      <c r="Z172"/>
+      <c r="AA172"/>
+      <c r="AB172"/>
+      <c r="AC172"/>
+      <c r="AD172"/>
+      <c r="AE172"/>
+      <c r="AF172"/>
+      <c r="AG172"/>
+      <c r="AH172"/>
+      <c r="AI172"/>
+      <c r="AJ172"/>
+      <c r="AK172"/>
+      <c r="AL172"/>
+      <c r="AM172"/>
+      <c r="AN172"/>
+      <c r="AO172"/>
+      <c r="AP172"/>
+      <c r="AQ172"/>
+      <c r="AR172"/>
+      <c r="AS172"/>
+      <c r="AT172"/>
+      <c r="AU172"/>
+      <c r="AV172"/>
+      <c r="AW172"/>
+      <c r="AX172"/>
+      <c r="AY172"/>
+      <c r="AZ172"/>
+      <c r="BA172"/>
+      <c r="BB172"/>
+      <c r="BC172"/>
+      <c r="BD172"/>
+      <c r="BE172"/>
+      <c r="BF172"/>
+      <c r="BG172"/>
+      <c r="BH172"/>
+      <c r="BI172"/>
+      <c r="BJ172"/>
+      <c r="BK172"/>
+      <c r="BL172"/>
+      <c r="BM172"/>
+      <c r="BN172"/>
+      <c r="BO172"/>
+      <c r="BP172"/>
+      <c r="BQ172"/>
+      <c r="BR172"/>
+      <c r="BS172"/>
+      <c r="BT172"/>
+      <c r="BU172"/>
+      <c r="BV172"/>
+      <c r="BW172"/>
+      <c r="BX172"/>
+      <c r="BY172"/>
+      <c r="BZ172"/>
+      <c r="CA172"/>
+      <c r="CB172"/>
+      <c r="CC172"/>
+      <c r="CD172"/>
+      <c r="CE172"/>
+      <c r="CF172"/>
+      <c r="CG172"/>
+      <c r="CH172"/>
+      <c r="CI172"/>
+      <c r="CJ172"/>
+      <c r="CK172"/>
+      <c r="CL172"/>
+      <c r="CM172"/>
+      <c r="CN172"/>
+      <c r="CO172"/>
+      <c r="CP172"/>
+      <c r="CQ172"/>
+      <c r="CR172"/>
+      <c r="CS172"/>
+    </row>
+    <row r="173" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A173" s="33"/>
+      <c r="B173" s="18"/>
+      <c r="C173" s="12"/>
+      <c r="D173" s="12"/>
+      <c r="E173" s="18"/>
+      <c r="F173" s="18"/>
+      <c r="G173" s="13"/>
+      <c r="H173" s="19"/>
+      <c r="I173" s="12"/>
+      <c r="J173" s="12"/>
+      <c r="K173" s="12"/>
+      <c r="L173" s="15"/>
+      <c r="N173" s="14"/>
+      <c r="O173" s="34"/>
+      <c r="P173"/>
+      <c r="Q173"/>
+      <c r="R173"/>
+      <c r="S173"/>
+      <c r="T173"/>
+      <c r="U173"/>
+      <c r="V173"/>
+      <c r="W173"/>
+      <c r="X173"/>
+      <c r="Y173"/>
+      <c r="Z173"/>
+      <c r="AA173"/>
+      <c r="AB173"/>
+      <c r="AC173"/>
+      <c r="AD173"/>
+      <c r="AE173"/>
+      <c r="AF173"/>
+      <c r="AG173"/>
+      <c r="AH173"/>
+      <c r="AI173"/>
+      <c r="AJ173"/>
+      <c r="AK173"/>
+      <c r="AL173"/>
+      <c r="AM173"/>
+      <c r="AN173"/>
+      <c r="AO173"/>
+      <c r="AP173"/>
+      <c r="AQ173"/>
+      <c r="AR173"/>
+      <c r="AS173"/>
+      <c r="AT173"/>
+      <c r="AU173"/>
+      <c r="AV173"/>
+      <c r="AW173"/>
+      <c r="AX173"/>
+      <c r="AY173"/>
+      <c r="AZ173"/>
+      <c r="BA173"/>
+      <c r="BB173"/>
+      <c r="BC173"/>
+      <c r="BD173"/>
+      <c r="BE173"/>
+      <c r="BF173"/>
+      <c r="BG173"/>
+      <c r="BH173"/>
+      <c r="BI173"/>
+      <c r="BJ173"/>
+      <c r="BK173"/>
+      <c r="BL173"/>
+      <c r="BM173"/>
+      <c r="BN173"/>
+      <c r="BO173"/>
+      <c r="BP173"/>
+      <c r="BQ173"/>
+      <c r="BR173"/>
+      <c r="BS173"/>
+      <c r="BT173"/>
+      <c r="BU173"/>
+      <c r="BV173"/>
+      <c r="BW173"/>
+      <c r="BX173"/>
+      <c r="BY173"/>
+      <c r="BZ173"/>
+      <c r="CA173"/>
+      <c r="CB173"/>
+      <c r="CC173"/>
+      <c r="CD173"/>
+      <c r="CE173"/>
+      <c r="CF173"/>
+      <c r="CG173"/>
+      <c r="CH173"/>
+      <c r="CI173"/>
+      <c r="CJ173"/>
+      <c r="CK173"/>
+      <c r="CL173"/>
+      <c r="CM173"/>
+      <c r="CN173"/>
+      <c r="CO173"/>
+      <c r="CP173"/>
+      <c r="CQ173"/>
+      <c r="CR173"/>
+      <c r="CS173"/>
+    </row>
+    <row r="174" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A174" s="33"/>
+      <c r="B174" s="18"/>
+      <c r="C174" s="12"/>
+      <c r="D174" s="12"/>
+      <c r="E174" s="18"/>
+      <c r="F174" s="18"/>
+      <c r="G174" s="13"/>
+      <c r="H174" s="19"/>
+      <c r="I174" s="12"/>
+      <c r="J174" s="12"/>
+      <c r="K174" s="12"/>
+      <c r="L174" s="15"/>
+      <c r="N174" s="14"/>
+      <c r="O174" s="34"/>
+      <c r="P174"/>
+      <c r="Q174"/>
+      <c r="R174"/>
+      <c r="S174"/>
+      <c r="T174"/>
+      <c r="U174"/>
+      <c r="V174"/>
+      <c r="W174"/>
+      <c r="X174"/>
+      <c r="Y174"/>
+      <c r="Z174"/>
+      <c r="AA174"/>
+      <c r="AB174"/>
+      <c r="AC174"/>
+      <c r="AD174"/>
+      <c r="AE174"/>
+      <c r="AF174"/>
+      <c r="AG174"/>
+      <c r="AH174"/>
+      <c r="AI174"/>
+      <c r="AJ174"/>
+      <c r="AK174"/>
+      <c r="AL174"/>
+      <c r="AM174"/>
+      <c r="AN174"/>
+      <c r="AO174"/>
+      <c r="AP174"/>
+      <c r="AQ174"/>
+      <c r="AR174"/>
+      <c r="AS174"/>
+      <c r="AT174"/>
+      <c r="AU174"/>
+      <c r="AV174"/>
+      <c r="AW174"/>
+      <c r="AX174"/>
+      <c r="AY174"/>
+      <c r="AZ174"/>
+      <c r="BA174"/>
+      <c r="BB174"/>
+      <c r="BC174"/>
+      <c r="BD174"/>
+      <c r="BE174"/>
+      <c r="BF174"/>
+      <c r="BG174"/>
+      <c r="BH174"/>
+      <c r="BI174"/>
+      <c r="BJ174"/>
+      <c r="BK174"/>
+      <c r="BL174"/>
+      <c r="BM174"/>
+      <c r="BN174"/>
+      <c r="BO174"/>
+      <c r="BP174"/>
+      <c r="BQ174"/>
+      <c r="BR174"/>
+      <c r="BS174"/>
+      <c r="BT174"/>
+      <c r="BU174"/>
+      <c r="BV174"/>
+      <c r="BW174"/>
+      <c r="BX174"/>
+      <c r="BY174"/>
+      <c r="BZ174"/>
+      <c r="CA174"/>
+      <c r="CB174"/>
+      <c r="CC174"/>
+      <c r="CD174"/>
+      <c r="CE174"/>
+      <c r="CF174"/>
+      <c r="CG174"/>
+      <c r="CH174"/>
+      <c r="CI174"/>
+      <c r="CJ174"/>
+      <c r="CK174"/>
+      <c r="CL174"/>
+      <c r="CM174"/>
+      <c r="CN174"/>
+      <c r="CO174"/>
+      <c r="CP174"/>
+      <c r="CQ174"/>
+      <c r="CR174"/>
+      <c r="CS174"/>
+    </row>
+    <row r="175" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A175" s="33"/>
+      <c r="B175" s="18"/>
+      <c r="C175" s="12"/>
+      <c r="D175" s="12"/>
+      <c r="E175" s="18"/>
+      <c r="F175" s="18"/>
+      <c r="G175" s="13"/>
+      <c r="H175" s="19"/>
+      <c r="I175" s="12"/>
+      <c r="J175" s="12"/>
+      <c r="K175" s="12"/>
+      <c r="L175" s="15"/>
+      <c r="N175" s="14"/>
+      <c r="O175" s="34"/>
+      <c r="P175"/>
+      <c r="Q175"/>
+      <c r="R175"/>
+      <c r="S175"/>
+      <c r="T175"/>
+      <c r="U175"/>
+      <c r="V175"/>
+      <c r="W175"/>
+      <c r="X175"/>
+      <c r="Y175"/>
+      <c r="Z175"/>
+      <c r="AA175"/>
+      <c r="AB175"/>
+      <c r="AC175"/>
+      <c r="AD175"/>
+      <c r="AE175"/>
+      <c r="AF175"/>
+      <c r="AG175"/>
+      <c r="AH175"/>
+      <c r="AI175"/>
+      <c r="AJ175"/>
+      <c r="AK175"/>
+      <c r="AL175"/>
+      <c r="AM175"/>
+      <c r="AN175"/>
+      <c r="AO175"/>
+      <c r="AP175"/>
+      <c r="AQ175"/>
+      <c r="AR175"/>
+      <c r="AS175"/>
+      <c r="AT175"/>
+      <c r="AU175"/>
+      <c r="AV175"/>
+      <c r="AW175"/>
+      <c r="AX175"/>
+      <c r="AY175"/>
+      <c r="AZ175"/>
+      <c r="BA175"/>
+      <c r="BB175"/>
+      <c r="BC175"/>
+      <c r="BD175"/>
+      <c r="BE175"/>
+      <c r="BF175"/>
+      <c r="BG175"/>
+      <c r="BH175"/>
+      <c r="BI175"/>
+      <c r="BJ175"/>
+      <c r="BK175"/>
+      <c r="BL175"/>
+      <c r="BM175"/>
+      <c r="BN175"/>
+      <c r="BO175"/>
+      <c r="BP175"/>
+      <c r="BQ175"/>
+      <c r="BR175"/>
+      <c r="BS175"/>
+      <c r="BT175"/>
+      <c r="BU175"/>
+      <c r="BV175"/>
+      <c r="BW175"/>
+      <c r="BX175"/>
+      <c r="BY175"/>
+      <c r="BZ175"/>
+      <c r="CA175"/>
+      <c r="CB175"/>
+      <c r="CC175"/>
+      <c r="CD175"/>
+      <c r="CE175"/>
+      <c r="CF175"/>
+      <c r="CG175"/>
+      <c r="CH175"/>
+      <c r="CI175"/>
+      <c r="CJ175"/>
+      <c r="CK175"/>
+      <c r="CL175"/>
+      <c r="CM175"/>
+      <c r="CN175"/>
+      <c r="CO175"/>
+      <c r="CP175"/>
+      <c r="CQ175"/>
+      <c r="CR175"/>
+      <c r="CS175"/>
+    </row>
+    <row r="176" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A176" s="33"/>
+      <c r="B176" s="18"/>
+      <c r="C176" s="12"/>
+      <c r="D176" s="12"/>
+      <c r="E176" s="18"/>
+      <c r="F176" s="18"/>
+      <c r="G176" s="13"/>
+      <c r="H176" s="19"/>
+      <c r="I176" s="12"/>
+      <c r="J176" s="12"/>
+      <c r="K176" s="12"/>
+      <c r="L176" s="15"/>
+      <c r="N176" s="14"/>
+      <c r="O176" s="34"/>
+      <c r="P176"/>
+      <c r="Q176"/>
+      <c r="R176"/>
+      <c r="S176"/>
+      <c r="T176"/>
+      <c r="U176"/>
+      <c r="V176"/>
+      <c r="W176"/>
+      <c r="X176"/>
+      <c r="Y176"/>
+      <c r="Z176"/>
+      <c r="AA176"/>
+      <c r="AB176"/>
+      <c r="AC176"/>
+      <c r="AD176"/>
+      <c r="AE176"/>
+      <c r="AF176"/>
+      <c r="AG176"/>
+      <c r="AH176"/>
+      <c r="AI176"/>
+      <c r="AJ176"/>
+      <c r="AK176"/>
+      <c r="AL176"/>
+      <c r="AM176"/>
+      <c r="AN176"/>
+      <c r="AO176"/>
+      <c r="AP176"/>
+      <c r="AQ176"/>
+      <c r="AR176"/>
+      <c r="AS176"/>
+      <c r="AT176"/>
+      <c r="AU176"/>
+      <c r="AV176"/>
+      <c r="AW176"/>
+      <c r="AX176"/>
+      <c r="AY176"/>
+      <c r="AZ176"/>
+      <c r="BA176"/>
+      <c r="BB176"/>
+      <c r="BC176"/>
+      <c r="BD176"/>
+      <c r="BE176"/>
+      <c r="BF176"/>
+      <c r="BG176"/>
+      <c r="BH176"/>
+      <c r="BI176"/>
+      <c r="BJ176"/>
+      <c r="BK176"/>
+      <c r="BL176"/>
+      <c r="BM176"/>
+      <c r="BN176"/>
+      <c r="BO176"/>
+      <c r="BP176"/>
+      <c r="BQ176"/>
+      <c r="BR176"/>
+      <c r="BS176"/>
+      <c r="BT176"/>
+      <c r="BU176"/>
+      <c r="BV176"/>
+      <c r="BW176"/>
+      <c r="BX176"/>
+      <c r="BY176"/>
+      <c r="BZ176"/>
+      <c r="CA176"/>
+      <c r="CB176"/>
+      <c r="CC176"/>
+      <c r="CD176"/>
+      <c r="CE176"/>
+      <c r="CF176"/>
+      <c r="CG176"/>
+      <c r="CH176"/>
+      <c r="CI176"/>
+      <c r="CJ176"/>
+      <c r="CK176"/>
+      <c r="CL176"/>
+      <c r="CM176"/>
+      <c r="CN176"/>
+      <c r="CO176"/>
+      <c r="CP176"/>
+      <c r="CQ176"/>
+      <c r="CR176"/>
+      <c r="CS176"/>
+    </row>
+    <row r="177" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A177" s="33"/>
+      <c r="B177" s="18"/>
+      <c r="C177" s="12"/>
+      <c r="D177" s="12"/>
+      <c r="E177" s="18"/>
+      <c r="F177" s="18"/>
+      <c r="G177" s="13"/>
+      <c r="H177" s="19"/>
+      <c r="I177" s="12"/>
+      <c r="J177" s="12"/>
+      <c r="K177" s="12"/>
+      <c r="L177" s="15"/>
+      <c r="N177" s="14"/>
+      <c r="O177" s="34"/>
+      <c r="P177"/>
+      <c r="Q177"/>
+      <c r="R177"/>
+      <c r="S177"/>
+      <c r="T177"/>
+      <c r="U177"/>
+      <c r="V177"/>
+      <c r="W177"/>
+      <c r="X177"/>
+      <c r="Y177"/>
+      <c r="Z177"/>
+      <c r="AA177"/>
+      <c r="AB177"/>
+      <c r="AC177"/>
+      <c r="AD177"/>
+      <c r="AE177"/>
+      <c r="AF177"/>
+      <c r="AG177"/>
+      <c r="AH177"/>
+      <c r="AI177"/>
+      <c r="AJ177"/>
+      <c r="AK177"/>
+      <c r="AL177"/>
+      <c r="AM177"/>
+      <c r="AN177"/>
+      <c r="AO177"/>
+      <c r="AP177"/>
+      <c r="AQ177"/>
+      <c r="AR177"/>
+      <c r="AS177"/>
+      <c r="AT177"/>
+      <c r="AU177"/>
+      <c r="AV177"/>
+      <c r="AW177"/>
+      <c r="AX177"/>
+      <c r="AY177"/>
+      <c r="AZ177"/>
+      <c r="BA177"/>
+      <c r="BB177"/>
+      <c r="BC177"/>
+      <c r="BD177"/>
+      <c r="BE177"/>
+      <c r="BF177"/>
+      <c r="BG177"/>
+      <c r="BH177"/>
+      <c r="BI177"/>
+      <c r="BJ177"/>
+      <c r="BK177"/>
+      <c r="BL177"/>
+      <c r="BM177"/>
+      <c r="BN177"/>
+      <c r="BO177"/>
+      <c r="BP177"/>
+      <c r="BQ177"/>
+      <c r="BR177"/>
+      <c r="BS177"/>
+      <c r="BT177"/>
+      <c r="BU177"/>
+      <c r="BV177"/>
+      <c r="BW177"/>
+      <c r="BX177"/>
+      <c r="BY177"/>
+      <c r="BZ177"/>
+      <c r="CA177"/>
+      <c r="CB177"/>
+      <c r="CC177"/>
+      <c r="CD177"/>
+      <c r="CE177"/>
+      <c r="CF177"/>
+      <c r="CG177"/>
+      <c r="CH177"/>
+      <c r="CI177"/>
+      <c r="CJ177"/>
+      <c r="CK177"/>
+      <c r="CL177"/>
+      <c r="CM177"/>
+      <c r="CN177"/>
+      <c r="CO177"/>
+      <c r="CP177"/>
+      <c r="CQ177"/>
+      <c r="CR177"/>
+      <c r="CS177"/>
+    </row>
+    <row r="178" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A178" s="33"/>
+      <c r="B178" s="18"/>
+      <c r="C178" s="12"/>
+      <c r="D178" s="12"/>
+      <c r="E178" s="18"/>
+      <c r="F178" s="18"/>
+      <c r="G178" s="13"/>
+      <c r="H178" s="19"/>
+      <c r="I178" s="12"/>
+      <c r="J178" s="12"/>
+      <c r="K178" s="12"/>
+      <c r="L178" s="15"/>
+      <c r="N178" s="14"/>
+      <c r="O178" s="34"/>
+      <c r="P178"/>
+      <c r="Q178"/>
+      <c r="R178"/>
+      <c r="S178"/>
+      <c r="T178"/>
+      <c r="U178"/>
+      <c r="V178"/>
+      <c r="W178"/>
+      <c r="X178"/>
+      <c r="Y178"/>
+      <c r="Z178"/>
+      <c r="AA178"/>
+      <c r="AB178"/>
+      <c r="AC178"/>
+      <c r="AD178"/>
+      <c r="AE178"/>
+      <c r="AF178"/>
+      <c r="AG178"/>
+      <c r="AH178"/>
+      <c r="AI178"/>
+      <c r="AJ178"/>
+      <c r="AK178"/>
+      <c r="AL178"/>
+      <c r="AM178"/>
+      <c r="AN178"/>
+      <c r="AO178"/>
+      <c r="AP178"/>
+      <c r="AQ178"/>
+      <c r="AR178"/>
+      <c r="AS178"/>
+      <c r="AT178"/>
+      <c r="AU178"/>
+      <c r="AV178"/>
+      <c r="AW178"/>
+      <c r="AX178"/>
+      <c r="AY178"/>
+      <c r="AZ178"/>
+      <c r="BA178"/>
+      <c r="BB178"/>
+      <c r="BC178"/>
+      <c r="BD178"/>
+      <c r="BE178"/>
+      <c r="BF178"/>
+      <c r="BG178"/>
+      <c r="BH178"/>
+      <c r="BI178"/>
+      <c r="BJ178"/>
+      <c r="BK178"/>
+      <c r="BL178"/>
+      <c r="BM178"/>
+      <c r="BN178"/>
+      <c r="BO178"/>
+      <c r="BP178"/>
+      <c r="BQ178"/>
+      <c r="BR178"/>
+      <c r="BS178"/>
+      <c r="BT178"/>
+      <c r="BU178"/>
+      <c r="BV178"/>
+      <c r="BW178"/>
+      <c r="BX178"/>
+      <c r="BY178"/>
+      <c r="BZ178"/>
+      <c r="CA178"/>
+      <c r="CB178"/>
+      <c r="CC178"/>
+      <c r="CD178"/>
+      <c r="CE178"/>
+      <c r="CF178"/>
+      <c r="CG178"/>
+      <c r="CH178"/>
+      <c r="CI178"/>
+      <c r="CJ178"/>
+      <c r="CK178"/>
+      <c r="CL178"/>
+      <c r="CM178"/>
+      <c r="CN178"/>
+      <c r="CO178"/>
+      <c r="CP178"/>
+      <c r="CQ178"/>
+      <c r="CR178"/>
+      <c r="CS178"/>
+    </row>
+    <row r="179" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A179" s="33"/>
+      <c r="B179" s="18"/>
+      <c r="C179" s="12"/>
+      <c r="D179" s="12"/>
+      <c r="E179" s="18"/>
+      <c r="F179" s="18"/>
+      <c r="G179" s="13"/>
+      <c r="H179" s="19"/>
+      <c r="I179" s="12"/>
+      <c r="J179" s="12"/>
+      <c r="K179" s="12"/>
+      <c r="L179" s="15"/>
+      <c r="N179" s="14"/>
+      <c r="O179" s="34"/>
+      <c r="P179"/>
+      <c r="Q179"/>
+      <c r="R179"/>
+      <c r="S179"/>
+      <c r="T179"/>
+      <c r="U179"/>
+      <c r="V179"/>
+      <c r="W179"/>
+      <c r="X179"/>
+      <c r="Y179"/>
+      <c r="Z179"/>
+      <c r="AA179"/>
+      <c r="AB179"/>
+      <c r="AC179"/>
+      <c r="AD179"/>
+      <c r="AE179"/>
+      <c r="AF179"/>
+      <c r="AG179"/>
+      <c r="AH179"/>
+      <c r="AI179"/>
+      <c r="AJ179"/>
+      <c r="AK179"/>
+      <c r="AL179"/>
+      <c r="AM179"/>
+      <c r="AN179"/>
+      <c r="AO179"/>
+      <c r="AP179"/>
+      <c r="AQ179"/>
+      <c r="AR179"/>
+      <c r="AS179"/>
+      <c r="AT179"/>
+      <c r="AU179"/>
+      <c r="AV179"/>
+      <c r="AW179"/>
+      <c r="AX179"/>
+      <c r="AY179"/>
+      <c r="AZ179"/>
+      <c r="BA179"/>
+      <c r="BB179"/>
+      <c r="BC179"/>
+      <c r="BD179"/>
+      <c r="BE179"/>
+      <c r="BF179"/>
+      <c r="BG179"/>
+      <c r="BH179"/>
+      <c r="BI179"/>
+      <c r="BJ179"/>
+      <c r="BK179"/>
+      <c r="BL179"/>
+      <c r="BM179"/>
+      <c r="BN179"/>
+      <c r="BO179"/>
+      <c r="BP179"/>
+      <c r="BQ179"/>
+      <c r="BR179"/>
+      <c r="BS179"/>
+      <c r="BT179"/>
+      <c r="BU179"/>
+      <c r="BV179"/>
+      <c r="BW179"/>
+      <c r="BX179"/>
+      <c r="BY179"/>
+      <c r="BZ179"/>
+      <c r="CA179"/>
+      <c r="CB179"/>
+      <c r="CC179"/>
+      <c r="CD179"/>
+      <c r="CE179"/>
+      <c r="CF179"/>
+      <c r="CG179"/>
+      <c r="CH179"/>
+      <c r="CI179"/>
+      <c r="CJ179"/>
+      <c r="CK179"/>
+      <c r="CL179"/>
+      <c r="CM179"/>
+      <c r="CN179"/>
+      <c r="CO179"/>
+      <c r="CP179"/>
+      <c r="CQ179"/>
+      <c r="CR179"/>
+      <c r="CS179"/>
+    </row>
+    <row r="180" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A180" s="33"/>
+      <c r="B180" s="18"/>
+      <c r="C180" s="12"/>
+      <c r="D180" s="12"/>
+      <c r="E180" s="18"/>
+      <c r="F180" s="18"/>
+      <c r="G180" s="13"/>
+      <c r="H180" s="19"/>
+      <c r="I180" s="12"/>
+      <c r="J180" s="12"/>
+      <c r="K180" s="12"/>
+      <c r="L180" s="15"/>
+      <c r="N180" s="14"/>
+      <c r="O180" s="34"/>
+      <c r="P180"/>
+      <c r="Q180"/>
+      <c r="R180"/>
+      <c r="S180"/>
+      <c r="T180"/>
+      <c r="U180"/>
+      <c r="V180"/>
+      <c r="W180"/>
+      <c r="X180"/>
+      <c r="Y180"/>
+      <c r="Z180"/>
+      <c r="AA180"/>
+      <c r="AB180"/>
+      <c r="AC180"/>
+      <c r="AD180"/>
+      <c r="AE180"/>
+      <c r="AF180"/>
+      <c r="AG180"/>
+      <c r="AH180"/>
+      <c r="AI180"/>
+      <c r="AJ180"/>
+      <c r="AK180"/>
+      <c r="AL180"/>
+      <c r="AM180"/>
+      <c r="AN180"/>
+      <c r="AO180"/>
+      <c r="AP180"/>
+      <c r="AQ180"/>
+      <c r="AR180"/>
+      <c r="AS180"/>
+      <c r="AT180"/>
+      <c r="AU180"/>
+      <c r="AV180"/>
+      <c r="AW180"/>
+      <c r="AX180"/>
+      <c r="AY180"/>
+      <c r="AZ180"/>
+      <c r="BA180"/>
+      <c r="BB180"/>
+      <c r="BC180"/>
+      <c r="BD180"/>
+      <c r="BE180"/>
+      <c r="BF180"/>
+      <c r="BG180"/>
+      <c r="BH180"/>
+      <c r="BI180"/>
+      <c r="BJ180"/>
+      <c r="BK180"/>
+      <c r="BL180"/>
+      <c r="BM180"/>
+      <c r="BN180"/>
+      <c r="BO180"/>
+      <c r="BP180"/>
+      <c r="BQ180"/>
+      <c r="BR180"/>
+      <c r="BS180"/>
+      <c r="BT180"/>
+      <c r="BU180"/>
+      <c r="BV180"/>
+      <c r="BW180"/>
+      <c r="BX180"/>
+      <c r="BY180"/>
+      <c r="BZ180"/>
+      <c r="CA180"/>
+      <c r="CB180"/>
+      <c r="CC180"/>
+      <c r="CD180"/>
+      <c r="CE180"/>
+      <c r="CF180"/>
+      <c r="CG180"/>
+      <c r="CH180"/>
+      <c r="CI180"/>
+      <c r="CJ180"/>
+      <c r="CK180"/>
+      <c r="CL180"/>
+      <c r="CM180"/>
+      <c r="CN180"/>
+      <c r="CO180"/>
+      <c r="CP180"/>
+      <c r="CQ180"/>
+      <c r="CR180"/>
+      <c r="CS180"/>
+    </row>
+    <row r="181" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A181" s="33"/>
+      <c r="B181" s="18"/>
+      <c r="C181" s="12"/>
+      <c r="D181" s="12"/>
+      <c r="E181" s="18"/>
+      <c r="F181" s="18"/>
+      <c r="G181" s="13"/>
+      <c r="H181" s="19"/>
+      <c r="I181" s="12"/>
+      <c r="J181" s="12"/>
+      <c r="K181" s="12"/>
+      <c r="L181" s="15"/>
+      <c r="N181" s="14"/>
+      <c r="O181" s="34"/>
+      <c r="P181"/>
+      <c r="Q181"/>
+      <c r="R181"/>
+      <c r="S181"/>
+      <c r="T181"/>
+      <c r="U181"/>
+      <c r="V181"/>
+      <c r="W181"/>
+      <c r="X181"/>
+      <c r="Y181"/>
+      <c r="Z181"/>
+      <c r="AA181"/>
+      <c r="AB181"/>
+      <c r="AC181"/>
+      <c r="AD181"/>
+      <c r="AE181"/>
+      <c r="AF181"/>
+      <c r="AG181"/>
+      <c r="AH181"/>
+      <c r="AI181"/>
+      <c r="AJ181"/>
+      <c r="AK181"/>
+      <c r="AL181"/>
+      <c r="AM181"/>
+      <c r="AN181"/>
+      <c r="AO181"/>
+      <c r="AP181"/>
+      <c r="AQ181"/>
+      <c r="AR181"/>
+      <c r="AS181"/>
+      <c r="AT181"/>
+      <c r="AU181"/>
+      <c r="AV181"/>
+      <c r="AW181"/>
+      <c r="AX181"/>
+      <c r="AY181"/>
+      <c r="AZ181"/>
+      <c r="BA181"/>
+      <c r="BB181"/>
+      <c r="BC181"/>
+      <c r="BD181"/>
+      <c r="BE181"/>
+      <c r="BF181"/>
+      <c r="BG181"/>
+      <c r="BH181"/>
+      <c r="BI181"/>
+      <c r="BJ181"/>
+      <c r="BK181"/>
+      <c r="BL181"/>
+      <c r="BM181"/>
+      <c r="BN181"/>
+      <c r="BO181"/>
+      <c r="BP181"/>
+      <c r="BQ181"/>
+      <c r="BR181"/>
+      <c r="BS181"/>
+      <c r="BT181"/>
+      <c r="BU181"/>
+      <c r="BV181"/>
+      <c r="BW181"/>
+      <c r="BX181"/>
+      <c r="BY181"/>
+      <c r="BZ181"/>
+      <c r="CA181"/>
+      <c r="CB181"/>
+      <c r="CC181"/>
+      <c r="CD181"/>
+      <c r="CE181"/>
+      <c r="CF181"/>
+      <c r="CG181"/>
+      <c r="CH181"/>
+      <c r="CI181"/>
+      <c r="CJ181"/>
+      <c r="CK181"/>
+      <c r="CL181"/>
+      <c r="CM181"/>
+      <c r="CN181"/>
+      <c r="CO181"/>
+      <c r="CP181"/>
+      <c r="CQ181"/>
+      <c r="CR181"/>
+      <c r="CS181"/>
+    </row>
+    <row r="182" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A182" s="33"/>
+      <c r="B182" s="18"/>
+      <c r="C182" s="12"/>
+      <c r="D182" s="12"/>
+      <c r="E182" s="18"/>
+      <c r="F182" s="18"/>
+      <c r="G182" s="13"/>
+      <c r="H182" s="19"/>
+      <c r="I182" s="12"/>
+      <c r="J182" s="12"/>
+      <c r="K182" s="12"/>
+      <c r="L182" s="15"/>
+      <c r="N182" s="14"/>
+      <c r="O182" s="34"/>
+      <c r="P182"/>
+      <c r="Q182"/>
+      <c r="R182"/>
+      <c r="S182"/>
+      <c r="T182"/>
+      <c r="U182"/>
+      <c r="V182"/>
+      <c r="W182"/>
+      <c r="X182"/>
+      <c r="Y182"/>
+      <c r="Z182"/>
+      <c r="AA182"/>
+      <c r="AB182"/>
+      <c r="AC182"/>
+      <c r="AD182"/>
+      <c r="AE182"/>
+      <c r="AF182"/>
+      <c r="AG182"/>
+      <c r="AH182"/>
+      <c r="AI182"/>
+      <c r="AJ182"/>
+      <c r="AK182"/>
+      <c r="AL182"/>
+      <c r="AM182"/>
+      <c r="AN182"/>
+      <c r="AO182"/>
+      <c r="AP182"/>
+      <c r="AQ182"/>
+      <c r="AR182"/>
+      <c r="AS182"/>
+      <c r="AT182"/>
+      <c r="AU182"/>
+      <c r="AV182"/>
+      <c r="AW182"/>
+      <c r="AX182"/>
+      <c r="AY182"/>
+      <c r="AZ182"/>
+      <c r="BA182"/>
+      <c r="BB182"/>
+      <c r="BC182"/>
+      <c r="BD182"/>
+      <c r="BE182"/>
+      <c r="BF182"/>
+      <c r="BG182"/>
+      <c r="BH182"/>
+      <c r="BI182"/>
+      <c r="BJ182"/>
+      <c r="BK182"/>
+      <c r="BL182"/>
+      <c r="BM182"/>
+      <c r="BN182"/>
+      <c r="BO182"/>
+      <c r="BP182"/>
+      <c r="BQ182"/>
+      <c r="BR182"/>
+      <c r="BS182"/>
+      <c r="BT182"/>
+      <c r="BU182"/>
+      <c r="BV182"/>
+      <c r="BW182"/>
+      <c r="BX182"/>
+      <c r="BY182"/>
+      <c r="BZ182"/>
+      <c r="CA182"/>
+      <c r="CB182"/>
+      <c r="CC182"/>
+      <c r="CD182"/>
+      <c r="CE182"/>
+      <c r="CF182"/>
+      <c r="CG182"/>
+      <c r="CH182"/>
+      <c r="CI182"/>
+      <c r="CJ182"/>
+      <c r="CK182"/>
+      <c r="CL182"/>
+      <c r="CM182"/>
+      <c r="CN182"/>
+      <c r="CO182"/>
+      <c r="CP182"/>
+      <c r="CQ182"/>
+      <c r="CR182"/>
+      <c r="CS182"/>
+    </row>
+    <row r="183" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A183" s="33"/>
+      <c r="B183" s="18"/>
+      <c r="C183" s="12"/>
+      <c r="D183" s="12"/>
+      <c r="E183" s="18"/>
+      <c r="F183" s="18"/>
+      <c r="G183" s="13"/>
+      <c r="H183" s="19"/>
+      <c r="I183" s="12"/>
+      <c r="J183" s="12"/>
+      <c r="K183" s="12"/>
+      <c r="L183" s="15"/>
+      <c r="N183" s="14"/>
+      <c r="O183" s="34"/>
+      <c r="P183"/>
+      <c r="Q183"/>
+      <c r="R183"/>
+      <c r="S183"/>
+      <c r="T183"/>
+      <c r="U183"/>
+      <c r="V183"/>
+      <c r="W183"/>
+      <c r="X183"/>
+      <c r="Y183"/>
+      <c r="Z183"/>
+      <c r="AA183"/>
+      <c r="AB183"/>
+      <c r="AC183"/>
+      <c r="AD183"/>
+      <c r="AE183"/>
+      <c r="AF183"/>
+      <c r="AG183"/>
+      <c r="AH183"/>
+      <c r="AI183"/>
+      <c r="AJ183"/>
+      <c r="AK183"/>
+      <c r="AL183"/>
+      <c r="AM183"/>
+      <c r="AN183"/>
+      <c r="AO183"/>
+      <c r="AP183"/>
+      <c r="AQ183"/>
+      <c r="AR183"/>
+      <c r="AS183"/>
+      <c r="AT183"/>
+      <c r="AU183"/>
+      <c r="AV183"/>
+      <c r="AW183"/>
+      <c r="AX183"/>
+      <c r="AY183"/>
+      <c r="AZ183"/>
+      <c r="BA183"/>
+      <c r="BB183"/>
+      <c r="BC183"/>
+      <c r="BD183"/>
+      <c r="BE183"/>
+      <c r="BF183"/>
+      <c r="BG183"/>
+      <c r="BH183"/>
+      <c r="BI183"/>
+      <c r="BJ183"/>
+      <c r="BK183"/>
+      <c r="BL183"/>
+      <c r="BM183"/>
+      <c r="BN183"/>
+      <c r="BO183"/>
+      <c r="BP183"/>
+      <c r="BQ183"/>
+      <c r="BR183"/>
+      <c r="BS183"/>
+      <c r="BT183"/>
+      <c r="BU183"/>
+      <c r="BV183"/>
+      <c r="BW183"/>
+      <c r="BX183"/>
+      <c r="BY183"/>
+      <c r="BZ183"/>
+      <c r="CA183"/>
+      <c r="CB183"/>
+      <c r="CC183"/>
+      <c r="CD183"/>
+      <c r="CE183"/>
+      <c r="CF183"/>
+      <c r="CG183"/>
+      <c r="CH183"/>
+      <c r="CI183"/>
+      <c r="CJ183"/>
+      <c r="CK183"/>
+      <c r="CL183"/>
+      <c r="CM183"/>
+      <c r="CN183"/>
+      <c r="CO183"/>
+      <c r="CP183"/>
+      <c r="CQ183"/>
+      <c r="CR183"/>
+      <c r="CS183"/>
+    </row>
+    <row r="184" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A184" s="33"/>
+      <c r="B184" s="18"/>
+      <c r="C184" s="12"/>
+      <c r="D184" s="12"/>
+      <c r="E184" s="18"/>
+      <c r="F184" s="18"/>
+      <c r="G184" s="13"/>
+      <c r="H184" s="19"/>
+      <c r="I184" s="12"/>
+      <c r="J184" s="12"/>
+      <c r="K184" s="12"/>
+      <c r="L184" s="15"/>
+      <c r="N184" s="14"/>
+      <c r="O184" s="34"/>
+      <c r="P184"/>
+      <c r="Q184"/>
+      <c r="R184"/>
+      <c r="S184"/>
+      <c r="T184"/>
+      <c r="U184"/>
+      <c r="V184"/>
+      <c r="W184"/>
+      <c r="X184"/>
+      <c r="Y184"/>
+      <c r="Z184"/>
+      <c r="AA184"/>
+      <c r="AB184"/>
+      <c r="AC184"/>
+      <c r="AD184"/>
+      <c r="AE184"/>
+      <c r="AF184"/>
+      <c r="AG184"/>
+      <c r="AH184"/>
+      <c r="AI184"/>
+      <c r="AJ184"/>
+      <c r="AK184"/>
+      <c r="AL184"/>
+      <c r="AM184"/>
+      <c r="AN184"/>
+      <c r="AO184"/>
+      <c r="AP184"/>
+      <c r="AQ184"/>
+      <c r="AR184"/>
+      <c r="AS184"/>
+      <c r="AT184"/>
+      <c r="AU184"/>
+      <c r="AV184"/>
+      <c r="AW184"/>
+      <c r="AX184"/>
+      <c r="AY184"/>
+      <c r="AZ184"/>
+      <c r="BA184"/>
+      <c r="BB184"/>
+      <c r="BC184"/>
+      <c r="BD184"/>
+      <c r="BE184"/>
+      <c r="BF184"/>
+      <c r="BG184"/>
+      <c r="BH184"/>
+      <c r="BI184"/>
+      <c r="BJ184"/>
+      <c r="BK184"/>
+      <c r="BL184"/>
+      <c r="BM184"/>
+      <c r="BN184"/>
+      <c r="BO184"/>
+      <c r="BP184"/>
+      <c r="BQ184"/>
+      <c r="BR184"/>
+      <c r="BS184"/>
+      <c r="BT184"/>
+      <c r="BU184"/>
+      <c r="BV184"/>
+      <c r="BW184"/>
+      <c r="BX184"/>
+      <c r="BY184"/>
+      <c r="BZ184"/>
+      <c r="CA184"/>
+      <c r="CB184"/>
+      <c r="CC184"/>
+      <c r="CD184"/>
+      <c r="CE184"/>
+      <c r="CF184"/>
+      <c r="CG184"/>
+      <c r="CH184"/>
+      <c r="CI184"/>
+      <c r="CJ184"/>
+      <c r="CK184"/>
+      <c r="CL184"/>
+      <c r="CM184"/>
+      <c r="CN184"/>
+      <c r="CO184"/>
+      <c r="CP184"/>
+      <c r="CQ184"/>
+      <c r="CR184"/>
+      <c r="CS184"/>
+    </row>
+    <row r="185" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A185" s="33"/>
+      <c r="B185" s="18"/>
+      <c r="C185" s="12"/>
+      <c r="D185" s="12"/>
+      <c r="E185" s="18"/>
+      <c r="F185" s="18"/>
+      <c r="G185" s="13"/>
+      <c r="H185" s="19"/>
+      <c r="I185" s="12"/>
+      <c r="J185" s="12"/>
+      <c r="K185" s="12"/>
+      <c r="L185" s="15"/>
+      <c r="N185" s="14"/>
+      <c r="O185" s="34"/>
+      <c r="P185"/>
+      <c r="Q185"/>
+      <c r="R185"/>
+      <c r="S185"/>
+      <c r="T185"/>
+      <c r="U185"/>
+      <c r="V185"/>
+      <c r="W185"/>
+      <c r="X185"/>
+      <c r="Y185"/>
+      <c r="Z185"/>
+      <c r="AA185"/>
+      <c r="AB185"/>
+      <c r="AC185"/>
+      <c r="AD185"/>
+      <c r="AE185"/>
+      <c r="AF185"/>
+      <c r="AG185"/>
+      <c r="AH185"/>
+      <c r="AI185"/>
+      <c r="AJ185"/>
+      <c r="AK185"/>
+      <c r="AL185"/>
+      <c r="AM185"/>
+      <c r="AN185"/>
+      <c r="AO185"/>
+      <c r="AP185"/>
+      <c r="AQ185"/>
+      <c r="AR185"/>
+      <c r="AS185"/>
+      <c r="AT185"/>
+      <c r="AU185"/>
+      <c r="AV185"/>
+      <c r="AW185"/>
+      <c r="AX185"/>
+      <c r="AY185"/>
+      <c r="AZ185"/>
+      <c r="BA185"/>
+      <c r="BB185"/>
+      <c r="BC185"/>
+      <c r="BD185"/>
+      <c r="BE185"/>
+      <c r="BF185"/>
+      <c r="BG185"/>
+      <c r="BH185"/>
+      <c r="BI185"/>
+      <c r="BJ185"/>
+      <c r="BK185"/>
+      <c r="BL185"/>
+      <c r="BM185"/>
+      <c r="BN185"/>
+      <c r="BO185"/>
+      <c r="BP185"/>
+      <c r="BQ185"/>
+      <c r="BR185"/>
+      <c r="BS185"/>
+      <c r="BT185"/>
+      <c r="BU185"/>
+      <c r="BV185"/>
+      <c r="BW185"/>
+      <c r="BX185"/>
+      <c r="BY185"/>
+      <c r="BZ185"/>
+      <c r="CA185"/>
+      <c r="CB185"/>
+      <c r="CC185"/>
+      <c r="CD185"/>
+      <c r="CE185"/>
+      <c r="CF185"/>
+      <c r="CG185"/>
+      <c r="CH185"/>
+      <c r="CI185"/>
+      <c r="CJ185"/>
+      <c r="CK185"/>
+      <c r="CL185"/>
+      <c r="CM185"/>
+      <c r="CN185"/>
+      <c r="CO185"/>
+      <c r="CP185"/>
+      <c r="CQ185"/>
+      <c r="CR185"/>
+      <c r="CS185"/>
+    </row>
+    <row r="186" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A186" s="33"/>
+      <c r="B186" s="18"/>
+      <c r="C186" s="12"/>
+      <c r="D186" s="12"/>
+      <c r="E186" s="18"/>
+      <c r="F186" s="18"/>
+      <c r="G186" s="13"/>
+      <c r="H186" s="19"/>
+      <c r="I186" s="12"/>
+      <c r="J186" s="12"/>
+      <c r="K186" s="12"/>
+      <c r="L186" s="15"/>
+      <c r="N186" s="14"/>
+      <c r="O186" s="34"/>
+      <c r="P186"/>
+      <c r="Q186"/>
+      <c r="R186"/>
+      <c r="S186"/>
+      <c r="T186"/>
+      <c r="U186"/>
+      <c r="V186"/>
+      <c r="W186"/>
+      <c r="X186"/>
+      <c r="Y186"/>
+      <c r="Z186"/>
+      <c r="AA186"/>
+      <c r="AB186"/>
+      <c r="AC186"/>
+      <c r="AD186"/>
+      <c r="AE186"/>
+      <c r="AF186"/>
+      <c r="AG186"/>
+      <c r="AH186"/>
+      <c r="AI186"/>
+      <c r="AJ186"/>
+      <c r="AK186"/>
+      <c r="AL186"/>
+      <c r="AM186"/>
+      <c r="AN186"/>
+      <c r="AO186"/>
+      <c r="AP186"/>
+      <c r="AQ186"/>
+      <c r="AR186"/>
+      <c r="AS186"/>
+      <c r="AT186"/>
+      <c r="AU186"/>
+      <c r="AV186"/>
+      <c r="AW186"/>
+      <c r="AX186"/>
+      <c r="AY186"/>
+      <c r="AZ186"/>
+      <c r="BA186"/>
+      <c r="BB186"/>
+      <c r="BC186"/>
+      <c r="BD186"/>
+      <c r="BE186"/>
+      <c r="BF186"/>
+      <c r="BG186"/>
+      <c r="BH186"/>
+      <c r="BI186"/>
+      <c r="BJ186"/>
+      <c r="BK186"/>
+      <c r="BL186"/>
+      <c r="BM186"/>
+      <c r="BN186"/>
+      <c r="BO186"/>
+      <c r="BP186"/>
+      <c r="BQ186"/>
+      <c r="BR186"/>
+      <c r="BS186"/>
+      <c r="BT186"/>
+      <c r="BU186"/>
+      <c r="BV186"/>
+      <c r="BW186"/>
+      <c r="BX186"/>
+      <c r="BY186"/>
+      <c r="BZ186"/>
+      <c r="CA186"/>
+      <c r="CB186"/>
+      <c r="CC186"/>
+      <c r="CD186"/>
+      <c r="CE186"/>
+      <c r="CF186"/>
+      <c r="CG186"/>
+      <c r="CH186"/>
+      <c r="CI186"/>
+      <c r="CJ186"/>
+      <c r="CK186"/>
+      <c r="CL186"/>
+      <c r="CM186"/>
+      <c r="CN186"/>
+      <c r="CO186"/>
+      <c r="CP186"/>
+      <c r="CQ186"/>
+      <c r="CR186"/>
+      <c r="CS186"/>
+    </row>
+    <row r="187" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A187" s="33"/>
+      <c r="B187" s="18"/>
+      <c r="C187" s="12"/>
+      <c r="D187" s="12"/>
+      <c r="E187" s="18"/>
+      <c r="F187" s="18"/>
+      <c r="G187" s="13"/>
+      <c r="H187" s="19"/>
+      <c r="I187" s="12"/>
+      <c r="J187" s="12"/>
+      <c r="K187" s="12"/>
+      <c r="L187" s="15"/>
+      <c r="N187" s="14"/>
+      <c r="O187" s="34"/>
+      <c r="P187"/>
+      <c r="Q187"/>
+      <c r="R187"/>
+      <c r="S187"/>
+      <c r="T187"/>
+      <c r="U187"/>
+      <c r="V187"/>
+      <c r="W187"/>
+      <c r="X187"/>
+      <c r="Y187"/>
+      <c r="Z187"/>
+      <c r="AA187"/>
+      <c r="AB187"/>
+      <c r="AC187"/>
+      <c r="AD187"/>
+      <c r="AE187"/>
+      <c r="AF187"/>
+      <c r="AG187"/>
+      <c r="AH187"/>
+      <c r="AI187"/>
+      <c r="AJ187"/>
+      <c r="AK187"/>
+      <c r="AL187"/>
+      <c r="AM187"/>
+      <c r="AN187"/>
+      <c r="AO187"/>
+      <c r="AP187"/>
+      <c r="AQ187"/>
+      <c r="AR187"/>
+      <c r="AS187"/>
+      <c r="AT187"/>
+      <c r="AU187"/>
+      <c r="AV187"/>
+      <c r="AW187"/>
+      <c r="AX187"/>
+      <c r="AY187"/>
+      <c r="AZ187"/>
+      <c r="BA187"/>
+      <c r="BB187"/>
+      <c r="BC187"/>
+      <c r="BD187"/>
+      <c r="BE187"/>
+      <c r="BF187"/>
+      <c r="BG187"/>
+      <c r="BH187"/>
+      <c r="BI187"/>
+      <c r="BJ187"/>
+      <c r="BK187"/>
+      <c r="BL187"/>
+      <c r="BM187"/>
+      <c r="BN187"/>
+      <c r="BO187"/>
+      <c r="BP187"/>
+      <c r="BQ187"/>
+      <c r="BR187"/>
+      <c r="BS187"/>
+      <c r="BT187"/>
+      <c r="BU187"/>
+      <c r="BV187"/>
+      <c r="BW187"/>
+      <c r="BX187"/>
+      <c r="BY187"/>
+      <c r="BZ187"/>
+      <c r="CA187"/>
+      <c r="CB187"/>
+      <c r="CC187"/>
+      <c r="CD187"/>
+      <c r="CE187"/>
+      <c r="CF187"/>
+      <c r="CG187"/>
+      <c r="CH187"/>
+      <c r="CI187"/>
+      <c r="CJ187"/>
+      <c r="CK187"/>
+      <c r="CL187"/>
+      <c r="CM187"/>
+      <c r="CN187"/>
+      <c r="CO187"/>
+      <c r="CP187"/>
+      <c r="CQ187"/>
+      <c r="CR187"/>
+      <c r="CS187"/>
+    </row>
+    <row r="188" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A188" s="33"/>
+      <c r="B188" s="18"/>
+      <c r="C188" s="12"/>
+      <c r="D188" s="12"/>
+      <c r="E188" s="18"/>
+      <c r="F188" s="18"/>
+      <c r="G188" s="13"/>
+      <c r="H188" s="19"/>
+      <c r="I188" s="12"/>
+      <c r="J188" s="12"/>
+      <c r="K188" s="12"/>
+      <c r="L188" s="15"/>
+      <c r="N188" s="14"/>
+      <c r="O188" s="34"/>
+      <c r="P188"/>
+      <c r="Q188"/>
+      <c r="R188"/>
+      <c r="S188"/>
+      <c r="T188"/>
+      <c r="U188"/>
+      <c r="V188"/>
+      <c r="W188"/>
+      <c r="X188"/>
+      <c r="Y188"/>
+      <c r="Z188"/>
+      <c r="AA188"/>
+      <c r="AB188"/>
+      <c r="AC188"/>
+      <c r="AD188"/>
+      <c r="AE188"/>
+      <c r="AF188"/>
+      <c r="AG188"/>
+      <c r="AH188"/>
+      <c r="AI188"/>
+      <c r="AJ188"/>
+      <c r="AK188"/>
+      <c r="AL188"/>
+      <c r="AM188"/>
+      <c r="AN188"/>
+      <c r="AO188"/>
+      <c r="AP188"/>
+      <c r="AQ188"/>
+      <c r="AR188"/>
+      <c r="AS188"/>
+      <c r="AT188"/>
+      <c r="AU188"/>
+      <c r="AV188"/>
+      <c r="AW188"/>
+      <c r="AX188"/>
+      <c r="AY188"/>
+      <c r="AZ188"/>
+      <c r="BA188"/>
+      <c r="BB188"/>
+      <c r="BC188"/>
+      <c r="BD188"/>
+      <c r="BE188"/>
+      <c r="BF188"/>
+      <c r="BG188"/>
+      <c r="BH188"/>
+      <c r="BI188"/>
+      <c r="BJ188"/>
+      <c r="BK188"/>
+      <c r="BL188"/>
+      <c r="BM188"/>
+      <c r="BN188"/>
+      <c r="BO188"/>
+      <c r="BP188"/>
+      <c r="BQ188"/>
+      <c r="BR188"/>
+      <c r="BS188"/>
+      <c r="BT188"/>
+      <c r="BU188"/>
+      <c r="BV188"/>
+      <c r="BW188"/>
+      <c r="BX188"/>
+      <c r="BY188"/>
+      <c r="BZ188"/>
+      <c r="CA188"/>
+      <c r="CB188"/>
+      <c r="CC188"/>
+      <c r="CD188"/>
+      <c r="CE188"/>
+      <c r="CF188"/>
+      <c r="CG188"/>
+      <c r="CH188"/>
+      <c r="CI188"/>
+      <c r="CJ188"/>
+      <c r="CK188"/>
+      <c r="CL188"/>
+      <c r="CM188"/>
+      <c r="CN188"/>
+      <c r="CO188"/>
+      <c r="CP188"/>
+      <c r="CQ188"/>
+      <c r="CR188"/>
+      <c r="CS188"/>
+    </row>
+    <row r="189" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A189" s="33"/>
+      <c r="B189" s="18"/>
+      <c r="C189" s="12"/>
+      <c r="D189" s="12"/>
+      <c r="E189" s="18"/>
+      <c r="F189" s="18"/>
+      <c r="G189" s="13"/>
+      <c r="H189" s="19"/>
+      <c r="I189" s="12"/>
+      <c r="J189" s="12"/>
+      <c r="K189" s="12"/>
+      <c r="L189" s="15"/>
+      <c r="N189" s="14"/>
+      <c r="O189" s="34"/>
+      <c r="P189"/>
+      <c r="Q189"/>
+      <c r="R189"/>
+      <c r="S189"/>
+      <c r="T189"/>
+      <c r="U189"/>
+      <c r="V189"/>
+      <c r="W189"/>
+      <c r="X189"/>
+      <c r="Y189"/>
+      <c r="Z189"/>
+      <c r="AA189"/>
+      <c r="AB189"/>
+      <c r="AC189"/>
+      <c r="AD189"/>
+      <c r="AE189"/>
+      <c r="AF189"/>
+      <c r="AG189"/>
+      <c r="AH189"/>
+      <c r="AI189"/>
+      <c r="AJ189"/>
+      <c r="AK189"/>
+      <c r="AL189"/>
+      <c r="AM189"/>
+      <c r="AN189"/>
+      <c r="AO189"/>
+      <c r="AP189"/>
+      <c r="AQ189"/>
+      <c r="AR189"/>
+      <c r="AS189"/>
+      <c r="AT189"/>
+      <c r="AU189"/>
+      <c r="AV189"/>
+      <c r="AW189"/>
+      <c r="AX189"/>
+      <c r="AY189"/>
+      <c r="AZ189"/>
+      <c r="BA189"/>
+      <c r="BB189"/>
+      <c r="BC189"/>
+      <c r="BD189"/>
+      <c r="BE189"/>
+      <c r="BF189"/>
+      <c r="BG189"/>
+      <c r="BH189"/>
+      <c r="BI189"/>
+      <c r="BJ189"/>
+      <c r="BK189"/>
+      <c r="BL189"/>
+      <c r="BM189"/>
+      <c r="BN189"/>
+      <c r="BO189"/>
+      <c r="BP189"/>
+      <c r="BQ189"/>
+      <c r="BR189"/>
+      <c r="BS189"/>
+      <c r="BT189"/>
+      <c r="BU189"/>
+      <c r="BV189"/>
+      <c r="BW189"/>
+      <c r="BX189"/>
+      <c r="BY189"/>
+      <c r="BZ189"/>
+      <c r="CA189"/>
+      <c r="CB189"/>
+      <c r="CC189"/>
+      <c r="CD189"/>
+      <c r="CE189"/>
+      <c r="CF189"/>
+      <c r="CG189"/>
+      <c r="CH189"/>
+      <c r="CI189"/>
+      <c r="CJ189"/>
+      <c r="CK189"/>
+      <c r="CL189"/>
+      <c r="CM189"/>
+      <c r="CN189"/>
+      <c r="CO189"/>
+      <c r="CP189"/>
+      <c r="CQ189"/>
+      <c r="CR189"/>
+      <c r="CS189"/>
+    </row>
+    <row r="190" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A190" s="33"/>
+      <c r="B190" s="18"/>
+      <c r="C190" s="12"/>
+      <c r="D190" s="12"/>
+      <c r="E190" s="18"/>
+      <c r="F190" s="18"/>
+      <c r="G190" s="13"/>
+      <c r="H190" s="19"/>
+      <c r="I190" s="12"/>
+      <c r="J190" s="12"/>
+      <c r="K190" s="12"/>
+      <c r="L190" s="15"/>
+      <c r="N190" s="14"/>
+      <c r="O190" s="34"/>
+      <c r="P190"/>
+      <c r="Q190"/>
+      <c r="R190"/>
+      <c r="S190"/>
+      <c r="T190"/>
+      <c r="U190"/>
+      <c r="V190"/>
+      <c r="W190"/>
+      <c r="X190"/>
+      <c r="Y190"/>
+      <c r="Z190"/>
+      <c r="AA190"/>
+      <c r="AB190"/>
+      <c r="AC190"/>
+      <c r="AD190"/>
+      <c r="AE190"/>
+      <c r="AF190"/>
+      <c r="AG190"/>
+      <c r="AH190"/>
+      <c r="AI190"/>
+      <c r="AJ190"/>
+      <c r="AK190"/>
+      <c r="AL190"/>
+      <c r="AM190"/>
+      <c r="AN190"/>
+      <c r="AO190"/>
+      <c r="AP190"/>
+      <c r="AQ190"/>
+      <c r="AR190"/>
+      <c r="AS190"/>
+      <c r="AT190"/>
+      <c r="AU190"/>
+      <c r="AV190"/>
+      <c r="AW190"/>
+      <c r="AX190"/>
+      <c r="AY190"/>
+      <c r="AZ190"/>
+      <c r="BA190"/>
+      <c r="BB190"/>
+      <c r="BC190"/>
+      <c r="BD190"/>
+      <c r="BE190"/>
+      <c r="BF190"/>
+      <c r="BG190"/>
+      <c r="BH190"/>
+      <c r="BI190"/>
+      <c r="BJ190"/>
+      <c r="BK190"/>
+      <c r="BL190"/>
+      <c r="BM190"/>
+      <c r="BN190"/>
+      <c r="BO190"/>
+      <c r="BP190"/>
+      <c r="BQ190"/>
+      <c r="BR190"/>
+      <c r="BS190"/>
+      <c r="BT190"/>
+      <c r="BU190"/>
+      <c r="BV190"/>
+      <c r="BW190"/>
+      <c r="BX190"/>
+      <c r="BY190"/>
+      <c r="BZ190"/>
+      <c r="CA190"/>
+      <c r="CB190"/>
+      <c r="CC190"/>
+      <c r="CD190"/>
+      <c r="CE190"/>
+      <c r="CF190"/>
+      <c r="CG190"/>
+      <c r="CH190"/>
+      <c r="CI190"/>
+      <c r="CJ190"/>
+      <c r="CK190"/>
+      <c r="CL190"/>
+      <c r="CM190"/>
+      <c r="CN190"/>
+      <c r="CO190"/>
+      <c r="CP190"/>
+      <c r="CQ190"/>
+      <c r="CR190"/>
+      <c r="CS190"/>
+    </row>
+    <row r="191" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A191" s="33"/>
+      <c r="B191" s="18"/>
+      <c r="C191" s="12"/>
+      <c r="D191" s="12"/>
+      <c r="E191" s="18"/>
+      <c r="F191" s="18"/>
+      <c r="G191" s="13"/>
+      <c r="H191" s="19"/>
+      <c r="I191" s="12"/>
+      <c r="J191" s="12"/>
+      <c r="K191" s="12"/>
+      <c r="L191" s="15"/>
+      <c r="N191" s="14"/>
+      <c r="O191" s="34"/>
+      <c r="P191"/>
+      <c r="Q191"/>
+      <c r="R191"/>
+      <c r="S191"/>
+      <c r="T191"/>
+      <c r="U191"/>
+      <c r="V191"/>
+      <c r="W191"/>
+      <c r="X191"/>
+      <c r="Y191"/>
+      <c r="Z191"/>
+      <c r="AA191"/>
+      <c r="AB191"/>
+      <c r="AC191"/>
+      <c r="AD191"/>
+      <c r="AE191"/>
+      <c r="AF191"/>
+      <c r="AG191"/>
+      <c r="AH191"/>
+      <c r="AI191"/>
+      <c r="AJ191"/>
+      <c r="AK191"/>
+      <c r="AL191"/>
+      <c r="AM191"/>
+      <c r="AN191"/>
+      <c r="AO191"/>
+      <c r="AP191"/>
+      <c r="AQ191"/>
+      <c r="AR191"/>
+      <c r="AS191"/>
+      <c r="AT191"/>
+      <c r="AU191"/>
+      <c r="AV191"/>
+      <c r="AW191"/>
+      <c r="AX191"/>
+      <c r="AY191"/>
+      <c r="AZ191"/>
+      <c r="BA191"/>
+      <c r="BB191"/>
+      <c r="BC191"/>
+      <c r="BD191"/>
+      <c r="BE191"/>
+      <c r="BF191"/>
+      <c r="BG191"/>
+      <c r="BH191"/>
+      <c r="BI191"/>
+      <c r="BJ191"/>
+      <c r="BK191"/>
+      <c r="BL191"/>
+      <c r="BM191"/>
+      <c r="BN191"/>
+      <c r="BO191"/>
+      <c r="BP191"/>
+      <c r="BQ191"/>
+      <c r="BR191"/>
+      <c r="BS191"/>
+      <c r="BT191"/>
+      <c r="BU191"/>
+      <c r="BV191"/>
+      <c r="BW191"/>
+      <c r="BX191"/>
+      <c r="BY191"/>
+      <c r="BZ191"/>
+      <c r="CA191"/>
+      <c r="CB191"/>
+      <c r="CC191"/>
+      <c r="CD191"/>
+      <c r="CE191"/>
+      <c r="CF191"/>
+      <c r="CG191"/>
+      <c r="CH191"/>
+      <c r="CI191"/>
+      <c r="CJ191"/>
+      <c r="CK191"/>
+      <c r="CL191"/>
+      <c r="CM191"/>
+      <c r="CN191"/>
+      <c r="CO191"/>
+      <c r="CP191"/>
+      <c r="CQ191"/>
+      <c r="CR191"/>
+      <c r="CS191"/>
+    </row>
+    <row r="192" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A192" s="33"/>
+      <c r="B192" s="18"/>
+      <c r="C192" s="12"/>
+      <c r="D192" s="12"/>
+      <c r="E192" s="18"/>
+      <c r="F192" s="18"/>
+      <c r="G192" s="13"/>
+      <c r="H192" s="19"/>
+      <c r="I192" s="12"/>
+      <c r="J192" s="12"/>
+      <c r="K192" s="12"/>
+      <c r="L192" s="15"/>
+      <c r="N192" s="14"/>
+      <c r="O192" s="34"/>
+      <c r="P192"/>
+      <c r="Q192"/>
+      <c r="R192"/>
+      <c r="S192"/>
+      <c r="T192"/>
+      <c r="U192"/>
+      <c r="V192"/>
+      <c r="W192"/>
+      <c r="X192"/>
+      <c r="Y192"/>
+      <c r="Z192"/>
+      <c r="AA192"/>
+      <c r="AB192"/>
+      <c r="AC192"/>
+      <c r="AD192"/>
+      <c r="AE192"/>
+      <c r="AF192"/>
+      <c r="AG192"/>
+      <c r="AH192"/>
+      <c r="AI192"/>
+      <c r="AJ192"/>
+      <c r="AK192"/>
+      <c r="AL192"/>
+      <c r="AM192"/>
+      <c r="AN192"/>
+      <c r="AO192"/>
+      <c r="AP192"/>
+      <c r="AQ192"/>
+      <c r="AR192"/>
+      <c r="AS192"/>
+      <c r="AT192"/>
+      <c r="AU192"/>
+      <c r="AV192"/>
+      <c r="AW192"/>
+      <c r="AX192"/>
+      <c r="AY192"/>
+      <c r="AZ192"/>
+      <c r="BA192"/>
+      <c r="BB192"/>
+      <c r="BC192"/>
+      <c r="BD192"/>
+      <c r="BE192"/>
+      <c r="BF192"/>
+      <c r="BG192"/>
+      <c r="BH192"/>
+      <c r="BI192"/>
+      <c r="BJ192"/>
+      <c r="BK192"/>
+      <c r="BL192"/>
+      <c r="BM192"/>
+      <c r="BN192"/>
+      <c r="BO192"/>
+      <c r="BP192"/>
+      <c r="BQ192"/>
+      <c r="BR192"/>
+      <c r="BS192"/>
+      <c r="BT192"/>
+      <c r="BU192"/>
+      <c r="BV192"/>
+      <c r="BW192"/>
+      <c r="BX192"/>
+      <c r="BY192"/>
+      <c r="BZ192"/>
+      <c r="CA192"/>
+      <c r="CB192"/>
+      <c r="CC192"/>
+      <c r="CD192"/>
+      <c r="CE192"/>
+      <c r="CF192"/>
+      <c r="CG192"/>
+      <c r="CH192"/>
+      <c r="CI192"/>
+      <c r="CJ192"/>
+      <c r="CK192"/>
+      <c r="CL192"/>
+      <c r="CM192"/>
+      <c r="CN192"/>
+      <c r="CO192"/>
+      <c r="CP192"/>
+      <c r="CQ192"/>
+      <c r="CR192"/>
+      <c r="CS192"/>
+    </row>
+    <row r="193" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A193" s="33"/>
+      <c r="B193" s="18"/>
+      <c r="C193" s="12"/>
+      <c r="D193" s="12"/>
+      <c r="E193" s="18"/>
+      <c r="F193" s="18"/>
+      <c r="G193" s="13"/>
+      <c r="H193" s="19"/>
+      <c r="I193" s="12"/>
+      <c r="J193" s="12"/>
+      <c r="K193" s="12"/>
+      <c r="L193" s="15"/>
+      <c r="M193" s="14"/>
+      <c r="N193" s="14"/>
+      <c r="O193" s="34"/>
+      <c r="P193"/>
+      <c r="Q193"/>
+      <c r="R193"/>
+      <c r="S193"/>
+      <c r="T193"/>
+      <c r="U193"/>
+      <c r="V193"/>
+      <c r="W193"/>
+      <c r="X193"/>
+      <c r="Y193"/>
+      <c r="Z193"/>
+      <c r="AA193"/>
+      <c r="AB193"/>
+      <c r="AC193"/>
+      <c r="AD193"/>
+      <c r="AE193"/>
+      <c r="AF193"/>
+      <c r="AG193"/>
+      <c r="AH193"/>
+      <c r="AI193"/>
+      <c r="AJ193"/>
+      <c r="AK193"/>
+      <c r="AL193"/>
+      <c r="AM193"/>
+      <c r="AN193"/>
+      <c r="AO193"/>
+      <c r="AP193"/>
+      <c r="AQ193"/>
+      <c r="AR193"/>
+      <c r="AS193"/>
+      <c r="AT193"/>
+      <c r="AU193"/>
+      <c r="AV193"/>
+      <c r="AW193"/>
+      <c r="AX193"/>
+      <c r="AY193"/>
+      <c r="AZ193"/>
+      <c r="BA193"/>
+      <c r="BB193"/>
+      <c r="BC193"/>
+      <c r="BD193"/>
+      <c r="BE193"/>
+      <c r="BF193"/>
+      <c r="BG193"/>
+      <c r="BH193"/>
+      <c r="BI193"/>
+      <c r="BJ193"/>
+      <c r="BK193"/>
+      <c r="BL193"/>
+      <c r="BM193"/>
+      <c r="BN193"/>
+      <c r="BO193"/>
+      <c r="BP193"/>
+      <c r="BQ193"/>
+      <c r="BR193"/>
+      <c r="BS193"/>
+      <c r="BT193"/>
+      <c r="BU193"/>
+      <c r="BV193"/>
+      <c r="BW193"/>
+      <c r="BX193"/>
+      <c r="BY193"/>
+      <c r="BZ193"/>
+      <c r="CA193"/>
+      <c r="CB193"/>
+      <c r="CC193"/>
+      <c r="CD193"/>
+      <c r="CE193"/>
+      <c r="CF193"/>
+      <c r="CG193"/>
+      <c r="CH193"/>
+      <c r="CI193"/>
+      <c r="CJ193"/>
+      <c r="CK193"/>
+      <c r="CL193"/>
+      <c r="CM193"/>
+      <c r="CN193"/>
+      <c r="CO193"/>
+      <c r="CP193"/>
+      <c r="CQ193"/>
+      <c r="CR193"/>
+      <c r="CS193"/>
+    </row>
+    <row r="194" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A194" s="33"/>
+      <c r="B194" s="18"/>
+      <c r="C194" s="12"/>
+      <c r="D194" s="12"/>
+      <c r="E194" s="18"/>
+      <c r="F194" s="18"/>
+      <c r="G194" s="13"/>
+      <c r="H194" s="19"/>
+      <c r="I194" s="12"/>
+      <c r="J194" s="12"/>
+      <c r="K194" s="12"/>
+      <c r="L194" s="15"/>
+      <c r="M194" s="14"/>
+      <c r="N194" s="14"/>
+      <c r="O194" s="34"/>
+      <c r="P194"/>
+      <c r="Q194"/>
+      <c r="R194"/>
+      <c r="S194"/>
+      <c r="T194"/>
+      <c r="U194"/>
+      <c r="V194"/>
+      <c r="W194"/>
+      <c r="X194"/>
+      <c r="Y194"/>
+      <c r="Z194"/>
+      <c r="AA194"/>
+      <c r="AB194"/>
+      <c r="AC194"/>
+      <c r="AD194"/>
+      <c r="AE194"/>
+      <c r="AF194"/>
+      <c r="AG194"/>
+      <c r="AH194"/>
+      <c r="AI194"/>
+      <c r="AJ194"/>
+      <c r="AK194"/>
+      <c r="AL194"/>
+      <c r="AM194"/>
+      <c r="AN194"/>
+      <c r="AO194"/>
+      <c r="AP194"/>
+      <c r="AQ194"/>
+      <c r="AR194"/>
+      <c r="AS194"/>
+      <c r="AT194"/>
+      <c r="AU194"/>
+      <c r="AV194"/>
+      <c r="AW194"/>
+      <c r="AX194"/>
+      <c r="AY194"/>
+      <c r="AZ194"/>
+      <c r="BA194"/>
+      <c r="BB194"/>
+      <c r="BC194"/>
+      <c r="BD194"/>
+      <c r="BE194"/>
+      <c r="BF194"/>
+      <c r="BG194"/>
+      <c r="BH194"/>
+      <c r="BI194"/>
+      <c r="BJ194"/>
+      <c r="BK194"/>
+      <c r="BL194"/>
+      <c r="BM194"/>
+      <c r="BN194"/>
+      <c r="BO194"/>
+      <c r="BP194"/>
+      <c r="BQ194"/>
+      <c r="BR194"/>
+      <c r="BS194"/>
+      <c r="BT194"/>
+      <c r="BU194"/>
+      <c r="BV194"/>
+      <c r="BW194"/>
+      <c r="BX194"/>
+      <c r="BY194"/>
+      <c r="BZ194"/>
+      <c r="CA194"/>
+      <c r="CB194"/>
+      <c r="CC194"/>
+      <c r="CD194"/>
+      <c r="CE194"/>
+      <c r="CF194"/>
+      <c r="CG194"/>
+      <c r="CH194"/>
+      <c r="CI194"/>
+      <c r="CJ194"/>
+      <c r="CK194"/>
+      <c r="CL194"/>
+      <c r="CM194"/>
+      <c r="CN194"/>
+      <c r="CO194"/>
+      <c r="CP194"/>
+      <c r="CQ194"/>
+      <c r="CR194"/>
+      <c r="CS194"/>
+    </row>
+    <row r="195" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A195" s="33"/>
+      <c r="B195" s="18"/>
+      <c r="C195" s="12"/>
+      <c r="D195" s="12"/>
+      <c r="E195" s="18"/>
+      <c r="F195" s="18"/>
+      <c r="G195" s="13"/>
+      <c r="H195" s="19"/>
+      <c r="I195" s="12"/>
+      <c r="J195" s="12"/>
+      <c r="K195" s="12"/>
+      <c r="L195" s="15"/>
+      <c r="M195" s="14"/>
+      <c r="N195" s="14"/>
+      <c r="O195" s="34"/>
+      <c r="P195"/>
+      <c r="Q195"/>
+      <c r="R195"/>
+      <c r="S195"/>
+      <c r="T195"/>
+      <c r="U195"/>
+      <c r="V195"/>
+      <c r="W195"/>
+      <c r="X195"/>
+      <c r="Y195"/>
+      <c r="Z195"/>
+      <c r="AA195"/>
+      <c r="AB195"/>
+      <c r="AC195"/>
+      <c r="AD195"/>
+      <c r="AE195"/>
+      <c r="AF195"/>
+      <c r="AG195"/>
+      <c r="AH195"/>
+      <c r="AI195"/>
+      <c r="AJ195"/>
+      <c r="AK195"/>
+      <c r="AL195"/>
+      <c r="AM195"/>
+      <c r="AN195"/>
+      <c r="AO195"/>
+      <c r="AP195"/>
+      <c r="AQ195"/>
+      <c r="AR195"/>
+      <c r="AS195"/>
+      <c r="AT195"/>
+      <c r="AU195"/>
+      <c r="AV195"/>
+      <c r="AW195"/>
+      <c r="AX195"/>
+      <c r="AY195"/>
+      <c r="AZ195"/>
+      <c r="BA195"/>
+      <c r="BB195"/>
+      <c r="BC195"/>
+      <c r="BD195"/>
+      <c r="BE195"/>
+      <c r="BF195"/>
+      <c r="BG195"/>
+      <c r="BH195"/>
+      <c r="BI195"/>
+      <c r="BJ195"/>
+      <c r="BK195"/>
+      <c r="BL195"/>
+      <c r="BM195"/>
+      <c r="BN195"/>
+      <c r="BO195"/>
+      <c r="BP195"/>
+      <c r="BQ195"/>
+      <c r="BR195"/>
+      <c r="BS195"/>
+      <c r="BT195"/>
+      <c r="BU195"/>
+      <c r="BV195"/>
+      <c r="BW195"/>
+      <c r="BX195"/>
+      <c r="BY195"/>
+      <c r="BZ195"/>
+      <c r="CA195"/>
+      <c r="CB195"/>
+      <c r="CC195"/>
+      <c r="CD195"/>
+      <c r="CE195"/>
+      <c r="CF195"/>
+      <c r="CG195"/>
+      <c r="CH195"/>
+      <c r="CI195"/>
+      <c r="CJ195"/>
+      <c r="CK195"/>
+      <c r="CL195"/>
+      <c r="CM195"/>
+      <c r="CN195"/>
+      <c r="CO195"/>
+      <c r="CP195"/>
+      <c r="CQ195"/>
+      <c r="CR195"/>
+      <c r="CS195"/>
+    </row>
+    <row r="196" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A196" s="33"/>
+      <c r="B196" s="18"/>
+      <c r="C196" s="12"/>
+      <c r="D196" s="12"/>
+      <c r="E196" s="18"/>
+      <c r="F196" s="18"/>
+      <c r="G196" s="13"/>
+      <c r="H196" s="19"/>
+      <c r="I196" s="12"/>
+      <c r="J196" s="12"/>
+      <c r="K196" s="12"/>
+      <c r="L196" s="15"/>
+      <c r="M196" s="14"/>
+      <c r="N196" s="14"/>
+      <c r="O196" s="34"/>
+      <c r="P196"/>
+      <c r="Q196"/>
+      <c r="R196"/>
+      <c r="S196"/>
+      <c r="T196"/>
+      <c r="U196"/>
+      <c r="V196"/>
+      <c r="W196"/>
+      <c r="X196"/>
+      <c r="Y196"/>
+      <c r="Z196"/>
+      <c r="AA196"/>
+      <c r="AB196"/>
+      <c r="AC196"/>
+      <c r="AD196"/>
+      <c r="AE196"/>
+      <c r="AF196"/>
+      <c r="AG196"/>
+      <c r="AH196"/>
+      <c r="AI196"/>
+      <c r="AJ196"/>
+      <c r="AK196"/>
+      <c r="AL196"/>
+      <c r="AM196"/>
+      <c r="AN196"/>
+      <c r="AO196"/>
+      <c r="AP196"/>
+      <c r="AQ196"/>
+      <c r="AR196"/>
+      <c r="AS196"/>
+      <c r="AT196"/>
+      <c r="AU196"/>
+      <c r="AV196"/>
+      <c r="AW196"/>
+      <c r="AX196"/>
+      <c r="AY196"/>
+      <c r="AZ196"/>
+      <c r="BA196"/>
+      <c r="BB196"/>
+      <c r="BC196"/>
+      <c r="BD196"/>
+      <c r="BE196"/>
+      <c r="BF196"/>
+      <c r="BG196"/>
+      <c r="BH196"/>
+      <c r="BI196"/>
+      <c r="BJ196"/>
+      <c r="BK196"/>
+      <c r="BL196"/>
+      <c r="BM196"/>
+      <c r="BN196"/>
+      <c r="BO196"/>
+      <c r="BP196"/>
+      <c r="BQ196"/>
+      <c r="BR196"/>
+      <c r="BS196"/>
+      <c r="BT196"/>
+      <c r="BU196"/>
+      <c r="BV196"/>
+      <c r="BW196"/>
+      <c r="BX196"/>
+      <c r="BY196"/>
+      <c r="BZ196"/>
+      <c r="CA196"/>
+      <c r="CB196"/>
+      <c r="CC196"/>
+      <c r="CD196"/>
+      <c r="CE196"/>
+      <c r="CF196"/>
+      <c r="CG196"/>
+      <c r="CH196"/>
+      <c r="CI196"/>
+      <c r="CJ196"/>
+      <c r="CK196"/>
+      <c r="CL196"/>
+      <c r="CM196"/>
+      <c r="CN196"/>
+      <c r="CO196"/>
+      <c r="CP196"/>
+      <c r="CQ196"/>
+      <c r="CR196"/>
+      <c r="CS196"/>
+    </row>
+    <row r="197" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A197" s="33"/>
+      <c r="B197" s="18"/>
+      <c r="C197" s="12"/>
+      <c r="D197" s="12"/>
+      <c r="E197" s="18"/>
+      <c r="F197" s="18"/>
+      <c r="G197" s="13"/>
+      <c r="H197" s="19"/>
+      <c r="I197" s="12"/>
+      <c r="J197" s="12"/>
+      <c r="K197" s="12"/>
+      <c r="L197" s="15"/>
+      <c r="M197" s="14"/>
+      <c r="N197" s="14"/>
+      <c r="O197" s="34"/>
+      <c r="P197"/>
+      <c r="Q197"/>
+      <c r="R197"/>
+      <c r="S197"/>
+      <c r="T197"/>
+      <c r="U197"/>
+      <c r="V197"/>
+      <c r="W197"/>
+      <c r="X197"/>
+      <c r="Y197"/>
+      <c r="Z197"/>
+      <c r="AA197"/>
+      <c r="AB197"/>
+      <c r="AC197"/>
+      <c r="AD197"/>
+      <c r="AE197"/>
+      <c r="AF197"/>
+      <c r="AG197"/>
+      <c r="AH197"/>
+      <c r="AI197"/>
+      <c r="AJ197"/>
+      <c r="AK197"/>
+      <c r="AL197"/>
+      <c r="AM197"/>
+      <c r="AN197"/>
+      <c r="AO197"/>
+      <c r="AP197"/>
+      <c r="AQ197"/>
+      <c r="AR197"/>
+      <c r="AS197"/>
+      <c r="AT197"/>
+      <c r="AU197"/>
+      <c r="AV197"/>
+      <c r="AW197"/>
+      <c r="AX197"/>
+      <c r="AY197"/>
+      <c r="AZ197"/>
+      <c r="BA197"/>
+      <c r="BB197"/>
+      <c r="BC197"/>
+      <c r="BD197"/>
+      <c r="BE197"/>
+      <c r="BF197"/>
+      <c r="BG197"/>
+      <c r="BH197"/>
+      <c r="BI197"/>
+      <c r="BJ197"/>
+      <c r="BK197"/>
+      <c r="BL197"/>
+      <c r="BM197"/>
+      <c r="BN197"/>
+      <c r="BO197"/>
+      <c r="BP197"/>
+      <c r="BQ197"/>
+      <c r="BR197"/>
+      <c r="BS197"/>
+      <c r="BT197"/>
+      <c r="BU197"/>
+      <c r="BV197"/>
+      <c r="BW197"/>
+      <c r="BX197"/>
+      <c r="BY197"/>
+      <c r="BZ197"/>
+      <c r="CA197"/>
+      <c r="CB197"/>
+      <c r="CC197"/>
+      <c r="CD197"/>
+      <c r="CE197"/>
+      <c r="CF197"/>
+      <c r="CG197"/>
+      <c r="CH197"/>
+      <c r="CI197"/>
+      <c r="CJ197"/>
+      <c r="CK197"/>
+      <c r="CL197"/>
+      <c r="CM197"/>
+      <c r="CN197"/>
+      <c r="CO197"/>
+      <c r="CP197"/>
+      <c r="CQ197"/>
+      <c r="CR197"/>
+      <c r="CS197"/>
+    </row>
+    <row r="198" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A198" s="33"/>
+      <c r="B198" s="18"/>
+      <c r="C198" s="12"/>
+      <c r="D198" s="12"/>
+      <c r="E198" s="18"/>
+      <c r="F198" s="18"/>
+      <c r="G198" s="13"/>
+      <c r="H198" s="19"/>
+      <c r="I198" s="12"/>
+      <c r="J198" s="12"/>
+      <c r="K198" s="12"/>
+      <c r="L198" s="15"/>
+      <c r="M198" s="14"/>
+      <c r="N198" s="14"/>
+      <c r="O198" s="34"/>
+      <c r="P198"/>
+      <c r="Q198"/>
+      <c r="R198"/>
+      <c r="S198"/>
+      <c r="T198"/>
+      <c r="U198"/>
+      <c r="V198"/>
+      <c r="W198"/>
+      <c r="X198"/>
+      <c r="Y198"/>
+      <c r="Z198"/>
+      <c r="AA198"/>
+      <c r="AB198"/>
+      <c r="AC198"/>
+      <c r="AD198"/>
+      <c r="AE198"/>
+      <c r="AF198"/>
+      <c r="AG198"/>
+      <c r="AH198"/>
+      <c r="AI198"/>
+      <c r="AJ198"/>
+      <c r="AK198"/>
+      <c r="AL198"/>
+      <c r="AM198"/>
+      <c r="AN198"/>
+      <c r="AO198"/>
+      <c r="AP198"/>
+      <c r="AQ198"/>
+      <c r="AR198"/>
+      <c r="AS198"/>
+      <c r="AT198"/>
+      <c r="AU198"/>
+      <c r="AV198"/>
+      <c r="AW198"/>
+      <c r="AX198"/>
+      <c r="AY198"/>
+      <c r="AZ198"/>
+      <c r="BA198"/>
+      <c r="BB198"/>
+      <c r="BC198"/>
+      <c r="BD198"/>
+      <c r="BE198"/>
+      <c r="BF198"/>
+      <c r="BG198"/>
+      <c r="BH198"/>
+      <c r="BI198"/>
+      <c r="BJ198"/>
+      <c r="BK198"/>
+      <c r="BL198"/>
+      <c r="BM198"/>
+      <c r="BN198"/>
+      <c r="BO198"/>
+      <c r="BP198"/>
+      <c r="BQ198"/>
+      <c r="BR198"/>
+      <c r="BS198"/>
+      <c r="BT198"/>
+      <c r="BU198"/>
+      <c r="BV198"/>
+      <c r="BW198"/>
+      <c r="BX198"/>
+      <c r="BY198"/>
+      <c r="BZ198"/>
+      <c r="CA198"/>
+      <c r="CB198"/>
+      <c r="CC198"/>
+      <c r="CD198"/>
+      <c r="CE198"/>
+      <c r="CF198"/>
+      <c r="CG198"/>
+      <c r="CH198"/>
+      <c r="CI198"/>
+      <c r="CJ198"/>
+      <c r="CK198"/>
+      <c r="CL198"/>
+      <c r="CM198"/>
+      <c r="CN198"/>
+      <c r="CO198"/>
+      <c r="CP198"/>
+      <c r="CQ198"/>
+      <c r="CR198"/>
+      <c r="CS198"/>
+    </row>
+    <row r="199" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A199" s="33"/>
+      <c r="B199" s="18"/>
+      <c r="C199" s="12"/>
+      <c r="D199" s="12"/>
+      <c r="E199" s="18"/>
+      <c r="F199" s="18"/>
+      <c r="G199" s="13"/>
+      <c r="H199" s="19"/>
+      <c r="I199" s="12"/>
+      <c r="J199" s="12"/>
+      <c r="K199" s="12"/>
+      <c r="L199" s="15"/>
+      <c r="M199" s="14"/>
+      <c r="N199" s="14"/>
+      <c r="O199" s="34"/>
+      <c r="P199"/>
+      <c r="Q199"/>
+      <c r="R199"/>
+      <c r="S199"/>
+      <c r="T199"/>
+      <c r="U199"/>
+      <c r="V199"/>
+      <c r="W199"/>
+      <c r="X199"/>
+      <c r="Y199"/>
+      <c r="Z199"/>
+      <c r="AA199"/>
+      <c r="AB199"/>
+      <c r="AC199"/>
+      <c r="AD199"/>
+      <c r="AE199"/>
+      <c r="AF199"/>
+      <c r="AG199"/>
+      <c r="AH199"/>
+      <c r="AI199"/>
+      <c r="AJ199"/>
+      <c r="AK199"/>
+      <c r="AL199"/>
+      <c r="AM199"/>
+      <c r="AN199"/>
+      <c r="AO199"/>
+      <c r="AP199"/>
+      <c r="AQ199"/>
+      <c r="AR199"/>
+      <c r="AS199"/>
+      <c r="AT199"/>
+      <c r="AU199"/>
+      <c r="AV199"/>
+      <c r="AW199"/>
+      <c r="AX199"/>
+      <c r="AY199"/>
+      <c r="AZ199"/>
+      <c r="BA199"/>
+      <c r="BB199"/>
+      <c r="BC199"/>
+      <c r="BD199"/>
+      <c r="BE199"/>
+      <c r="BF199"/>
+      <c r="BG199"/>
+      <c r="BH199"/>
+      <c r="BI199"/>
+      <c r="BJ199"/>
+      <c r="BK199"/>
+      <c r="BL199"/>
+      <c r="BM199"/>
+      <c r="BN199"/>
+      <c r="BO199"/>
+      <c r="BP199"/>
+      <c r="BQ199"/>
+      <c r="BR199"/>
+      <c r="BS199"/>
+      <c r="BT199"/>
+      <c r="BU199"/>
+      <c r="BV199"/>
+      <c r="BW199"/>
+      <c r="BX199"/>
+      <c r="BY199"/>
+      <c r="BZ199"/>
+      <c r="CA199"/>
+      <c r="CB199"/>
+      <c r="CC199"/>
+      <c r="CD199"/>
+      <c r="CE199"/>
+      <c r="CF199"/>
+      <c r="CG199"/>
+      <c r="CH199"/>
+      <c r="CI199"/>
+      <c r="CJ199"/>
+      <c r="CK199"/>
+      <c r="CL199"/>
+      <c r="CM199"/>
+      <c r="CN199"/>
+      <c r="CO199"/>
+      <c r="CP199"/>
+      <c r="CQ199"/>
+      <c r="CR199"/>
+      <c r="CS199"/>
+    </row>
+    <row r="200" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A200" s="33"/>
+      <c r="B200" s="18"/>
+      <c r="C200" s="12"/>
+      <c r="D200" s="12"/>
+      <c r="E200" s="18"/>
+      <c r="F200" s="18"/>
+      <c r="G200" s="13"/>
+      <c r="H200" s="19"/>
+      <c r="I200" s="12"/>
+      <c r="J200" s="12"/>
+      <c r="K200" s="12"/>
+      <c r="L200" s="15"/>
+      <c r="M200" s="14"/>
+      <c r="N200" s="14"/>
+      <c r="O200" s="34"/>
+      <c r="P200"/>
+      <c r="Q200"/>
+      <c r="R200"/>
+      <c r="S200"/>
+      <c r="T200"/>
+      <c r="U200"/>
+      <c r="V200"/>
+      <c r="W200"/>
+      <c r="X200"/>
+      <c r="Y200"/>
+      <c r="Z200"/>
+      <c r="AA200"/>
+      <c r="AB200"/>
+      <c r="AC200"/>
+      <c r="AD200"/>
+      <c r="AE200"/>
+      <c r="AF200"/>
+      <c r="AG200"/>
+      <c r="AH200"/>
+      <c r="AI200"/>
+      <c r="AJ200"/>
+      <c r="AK200"/>
+      <c r="AL200"/>
+      <c r="AM200"/>
+      <c r="AN200"/>
+      <c r="AO200"/>
+      <c r="AP200"/>
+      <c r="AQ200"/>
+      <c r="AR200"/>
+      <c r="AS200"/>
+      <c r="AT200"/>
+      <c r="AU200"/>
+      <c r="AV200"/>
+      <c r="AW200"/>
+      <c r="AX200"/>
+      <c r="AY200"/>
+      <c r="AZ200"/>
+      <c r="BA200"/>
+      <c r="BB200"/>
+      <c r="BC200"/>
+      <c r="BD200"/>
+      <c r="BE200"/>
+      <c r="BF200"/>
+      <c r="BG200"/>
+      <c r="BH200"/>
+      <c r="BI200"/>
+      <c r="BJ200"/>
+      <c r="BK200"/>
+      <c r="BL200"/>
+      <c r="BM200"/>
+      <c r="BN200"/>
+      <c r="BO200"/>
+      <c r="BP200"/>
+      <c r="BQ200"/>
+      <c r="BR200"/>
+      <c r="BS200"/>
+      <c r="BT200"/>
+      <c r="BU200"/>
+      <c r="BV200"/>
+      <c r="BW200"/>
+      <c r="BX200"/>
+      <c r="BY200"/>
+      <c r="BZ200"/>
+      <c r="CA200"/>
+      <c r="CB200"/>
+      <c r="CC200"/>
+      <c r="CD200"/>
+      <c r="CE200"/>
+      <c r="CF200"/>
+      <c r="CG200"/>
+      <c r="CH200"/>
+      <c r="CI200"/>
+      <c r="CJ200"/>
+      <c r="CK200"/>
+      <c r="CL200"/>
+      <c r="CM200"/>
+      <c r="CN200"/>
+      <c r="CO200"/>
+      <c r="CP200"/>
+      <c r="CQ200"/>
+      <c r="CR200"/>
+      <c r="CS200"/>
+    </row>
+    <row r="201" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A201" s="33"/>
+      <c r="B201" s="18"/>
+      <c r="C201" s="12"/>
+      <c r="D201" s="12"/>
+      <c r="E201" s="18"/>
+      <c r="F201" s="18"/>
+      <c r="G201" s="13"/>
+      <c r="H201" s="19"/>
+      <c r="I201" s="12"/>
+      <c r="J201" s="12"/>
+      <c r="K201" s="12"/>
+      <c r="L201" s="15"/>
+      <c r="M201" s="14"/>
+      <c r="N201" s="14"/>
+      <c r="O201" s="34"/>
+      <c r="P201"/>
+      <c r="Q201"/>
+      <c r="R201"/>
+      <c r="S201"/>
+      <c r="T201"/>
+      <c r="U201"/>
+      <c r="V201"/>
+      <c r="W201"/>
+      <c r="X201"/>
+      <c r="Y201"/>
+      <c r="Z201"/>
+      <c r="AA201"/>
+      <c r="AB201"/>
+      <c r="AC201"/>
+      <c r="AD201"/>
+      <c r="AE201"/>
+      <c r="AF201"/>
+      <c r="AG201"/>
+      <c r="AH201"/>
+      <c r="AI201"/>
+      <c r="AJ201"/>
+      <c r="AK201"/>
+      <c r="AL201"/>
+      <c r="AM201"/>
+      <c r="AN201"/>
+      <c r="AO201"/>
+      <c r="AP201"/>
+      <c r="AQ201"/>
+      <c r="AR201"/>
+      <c r="AS201"/>
+      <c r="AT201"/>
+      <c r="AU201"/>
+      <c r="AV201"/>
+      <c r="AW201"/>
+      <c r="AX201"/>
+      <c r="AY201"/>
+      <c r="AZ201"/>
+      <c r="BA201"/>
+      <c r="BB201"/>
+      <c r="BC201"/>
+      <c r="BD201"/>
+      <c r="BE201"/>
+      <c r="BF201"/>
+      <c r="BG201"/>
+      <c r="BH201"/>
+      <c r="BI201"/>
+      <c r="BJ201"/>
+      <c r="BK201"/>
+      <c r="BL201"/>
+      <c r="BM201"/>
+      <c r="BN201"/>
+      <c r="BO201"/>
+      <c r="BP201"/>
+      <c r="BQ201"/>
+      <c r="BR201"/>
+      <c r="BS201"/>
+      <c r="BT201"/>
+      <c r="BU201"/>
+      <c r="BV201"/>
+      <c r="BW201"/>
+      <c r="BX201"/>
+      <c r="BY201"/>
+      <c r="BZ201"/>
+      <c r="CA201"/>
+      <c r="CB201"/>
+      <c r="CC201"/>
+      <c r="CD201"/>
+      <c r="CE201"/>
+      <c r="CF201"/>
+      <c r="CG201"/>
+      <c r="CH201"/>
+      <c r="CI201"/>
+      <c r="CJ201"/>
+      <c r="CK201"/>
+      <c r="CL201"/>
+      <c r="CM201"/>
+      <c r="CN201"/>
+      <c r="CO201"/>
+      <c r="CP201"/>
+      <c r="CQ201"/>
+      <c r="CR201"/>
+      <c r="CS201"/>
+    </row>
+    <row r="202" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A202" s="33"/>
+      <c r="B202" s="18"/>
+      <c r="C202" s="12"/>
+      <c r="D202" s="12"/>
+      <c r="E202" s="18"/>
+      <c r="F202" s="18"/>
+      <c r="G202" s="13"/>
+      <c r="H202" s="19"/>
+      <c r="I202" s="12"/>
+      <c r="J202" s="12"/>
+      <c r="K202" s="12"/>
+      <c r="L202" s="15"/>
+      <c r="M202" s="14"/>
+      <c r="N202" s="14"/>
+      <c r="O202" s="34"/>
+      <c r="P202"/>
+      <c r="Q202"/>
+      <c r="R202"/>
+      <c r="S202"/>
+      <c r="T202"/>
+      <c r="U202"/>
+      <c r="V202"/>
+      <c r="W202"/>
+      <c r="X202"/>
+      <c r="Y202"/>
+      <c r="Z202"/>
+      <c r="AA202"/>
+      <c r="AB202"/>
+      <c r="AC202"/>
+      <c r="AD202"/>
+      <c r="AE202"/>
+      <c r="AF202"/>
+      <c r="AG202"/>
+      <c r="AH202"/>
+      <c r="AI202"/>
+      <c r="AJ202"/>
+      <c r="AK202"/>
+      <c r="AL202"/>
+      <c r="AM202"/>
+      <c r="AN202"/>
+      <c r="AO202"/>
+      <c r="AP202"/>
+      <c r="AQ202"/>
+      <c r="AR202"/>
+      <c r="AS202"/>
+      <c r="AT202"/>
+      <c r="AU202"/>
+      <c r="AV202"/>
+      <c r="AW202"/>
+      <c r="AX202"/>
+      <c r="AY202"/>
+      <c r="AZ202"/>
+      <c r="BA202"/>
+      <c r="BB202"/>
+      <c r="BC202"/>
+      <c r="BD202"/>
+      <c r="BE202"/>
+      <c r="BF202"/>
+      <c r="BG202"/>
+      <c r="BH202"/>
+      <c r="BI202"/>
+      <c r="BJ202"/>
+      <c r="BK202"/>
+      <c r="BL202"/>
+      <c r="BM202"/>
+      <c r="BN202"/>
+      <c r="BO202"/>
+      <c r="BP202"/>
+      <c r="BQ202"/>
+      <c r="BR202"/>
+      <c r="BS202"/>
+      <c r="BT202"/>
+      <c r="BU202"/>
+      <c r="BV202"/>
+      <c r="BW202"/>
+      <c r="BX202"/>
+      <c r="BY202"/>
+      <c r="BZ202"/>
+      <c r="CA202"/>
+      <c r="CB202"/>
+      <c r="CC202"/>
+      <c r="CD202"/>
+      <c r="CE202"/>
+      <c r="CF202"/>
+      <c r="CG202"/>
+      <c r="CH202"/>
+      <c r="CI202"/>
+      <c r="CJ202"/>
+      <c r="CK202"/>
+      <c r="CL202"/>
+      <c r="CM202"/>
+      <c r="CN202"/>
+      <c r="CO202"/>
+      <c r="CP202"/>
+      <c r="CQ202"/>
+      <c r="CR202"/>
+      <c r="CS202"/>
+    </row>
+    <row r="203" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A203" s="33"/>
+      <c r="B203" s="18"/>
+      <c r="C203" s="12"/>
+      <c r="D203" s="12"/>
+      <c r="E203" s="18"/>
+      <c r="F203" s="18"/>
+      <c r="G203" s="13"/>
+      <c r="H203" s="19"/>
+      <c r="I203" s="12"/>
+      <c r="J203" s="12"/>
+      <c r="K203" s="12"/>
+      <c r="L203" s="23"/>
+      <c r="O203" s="34"/>
+      <c r="P203"/>
+      <c r="Q203"/>
+      <c r="R203"/>
+      <c r="S203"/>
+      <c r="T203"/>
+      <c r="U203"/>
+      <c r="V203"/>
+      <c r="W203"/>
+      <c r="X203"/>
+      <c r="Y203"/>
+      <c r="Z203"/>
+      <c r="AA203"/>
+      <c r="AB203"/>
+      <c r="AC203"/>
+      <c r="AD203"/>
+      <c r="AE203"/>
+      <c r="AF203"/>
+      <c r="AG203"/>
+      <c r="AH203"/>
+      <c r="AI203"/>
+      <c r="AJ203"/>
+      <c r="AK203"/>
+      <c r="AL203"/>
+      <c r="AM203"/>
+      <c r="AN203"/>
+      <c r="AO203"/>
+      <c r="AP203"/>
+      <c r="AQ203"/>
+      <c r="AR203"/>
+      <c r="AS203"/>
+      <c r="AT203"/>
+      <c r="AU203"/>
+      <c r="AV203"/>
+      <c r="AW203"/>
+      <c r="AX203"/>
+      <c r="AY203"/>
+      <c r="AZ203"/>
+      <c r="BA203"/>
+      <c r="BB203"/>
+      <c r="BC203"/>
+      <c r="BD203"/>
+      <c r="BE203"/>
+      <c r="BF203"/>
+      <c r="BG203"/>
+      <c r="BH203"/>
+      <c r="BI203"/>
+      <c r="BJ203"/>
+      <c r="BK203"/>
+      <c r="BL203"/>
+      <c r="BM203"/>
+      <c r="BN203"/>
+      <c r="BO203"/>
+      <c r="BP203"/>
+      <c r="BQ203"/>
+      <c r="BR203"/>
+      <c r="BS203"/>
+      <c r="BT203"/>
+      <c r="BU203"/>
+      <c r="BV203"/>
+      <c r="BW203"/>
+      <c r="BX203"/>
+      <c r="BY203"/>
+      <c r="BZ203"/>
+      <c r="CA203"/>
+      <c r="CB203"/>
+      <c r="CC203"/>
+      <c r="CD203"/>
+      <c r="CE203"/>
+      <c r="CF203"/>
+      <c r="CG203"/>
+      <c r="CH203"/>
+      <c r="CI203"/>
+      <c r="CJ203"/>
+      <c r="CK203"/>
+      <c r="CL203"/>
+      <c r="CM203"/>
+      <c r="CN203"/>
+      <c r="CO203"/>
+      <c r="CP203"/>
+      <c r="CQ203"/>
+      <c r="CR203"/>
+      <c r="CS203"/>
+    </row>
+    <row r="204" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A204" s="33"/>
+      <c r="B204" s="18"/>
+      <c r="C204" s="12"/>
+      <c r="D204" s="12"/>
+      <c r="E204" s="18"/>
+      <c r="F204" s="18"/>
+      <c r="G204" s="13"/>
+      <c r="H204" s="19"/>
+      <c r="I204" s="12"/>
+      <c r="J204" s="12"/>
+      <c r="K204" s="12"/>
+      <c r="L204" s="23"/>
+      <c r="O204" s="34"/>
+      <c r="P204"/>
+      <c r="Q204"/>
+      <c r="R204"/>
+      <c r="S204"/>
+      <c r="T204"/>
+      <c r="U204"/>
+      <c r="V204"/>
+      <c r="W204"/>
+      <c r="X204"/>
+      <c r="Y204"/>
+      <c r="Z204"/>
+      <c r="AA204"/>
+      <c r="AB204"/>
+      <c r="AC204"/>
+      <c r="AD204"/>
+      <c r="AE204"/>
+      <c r="AF204"/>
+      <c r="AG204"/>
+      <c r="AH204"/>
+      <c r="AI204"/>
+      <c r="AJ204"/>
+      <c r="AK204"/>
+      <c r="AL204"/>
+      <c r="AM204"/>
+      <c r="AN204"/>
+      <c r="AO204"/>
+      <c r="AP204"/>
+      <c r="AQ204"/>
+      <c r="AR204"/>
+      <c r="AS204"/>
+      <c r="AT204"/>
+      <c r="AU204"/>
+      <c r="AV204"/>
+      <c r="AW204"/>
+      <c r="AX204"/>
+      <c r="AY204"/>
+      <c r="AZ204"/>
+      <c r="BA204"/>
+      <c r="BB204"/>
+      <c r="BC204"/>
+      <c r="BD204"/>
+      <c r="BE204"/>
+      <c r="BF204"/>
+      <c r="BG204"/>
+      <c r="BH204"/>
+      <c r="BI204"/>
+      <c r="BJ204"/>
+      <c r="BK204"/>
+      <c r="BL204"/>
+      <c r="BM204"/>
+      <c r="BN204"/>
+      <c r="BO204"/>
+      <c r="BP204"/>
+      <c r="BQ204"/>
+      <c r="BR204"/>
+      <c r="BS204"/>
+      <c r="BT204"/>
+      <c r="BU204"/>
+      <c r="BV204"/>
+      <c r="BW204"/>
+      <c r="BX204"/>
+      <c r="BY204"/>
+      <c r="BZ204"/>
+      <c r="CA204"/>
+      <c r="CB204"/>
+      <c r="CC204"/>
+      <c r="CD204"/>
+      <c r="CE204"/>
+      <c r="CF204"/>
+      <c r="CG204"/>
+      <c r="CH204"/>
+      <c r="CI204"/>
+      <c r="CJ204"/>
+      <c r="CK204"/>
+      <c r="CL204"/>
+      <c r="CM204"/>
+      <c r="CN204"/>
+      <c r="CO204"/>
+      <c r="CP204"/>
+      <c r="CQ204"/>
+      <c r="CR204"/>
+      <c r="CS204"/>
+    </row>
+    <row r="205" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A205" s="33"/>
+      <c r="B205" s="18"/>
+      <c r="C205" s="12"/>
+      <c r="D205" s="12"/>
+      <c r="E205" s="18"/>
+      <c r="F205" s="18"/>
+      <c r="G205" s="13"/>
+      <c r="H205" s="19"/>
+      <c r="I205" s="12"/>
+      <c r="J205" s="12"/>
+      <c r="K205" s="12"/>
+      <c r="L205" s="23"/>
+      <c r="O205" s="34"/>
+      <c r="P205"/>
+      <c r="Q205"/>
+      <c r="R205"/>
+      <c r="S205"/>
+      <c r="T205"/>
+      <c r="U205"/>
+      <c r="V205"/>
+      <c r="W205"/>
+      <c r="X205"/>
+      <c r="Y205"/>
+      <c r="Z205"/>
+      <c r="AA205"/>
+      <c r="AB205"/>
+      <c r="AC205"/>
+      <c r="AD205"/>
+      <c r="AE205"/>
+      <c r="AF205"/>
+      <c r="AG205"/>
+      <c r="AH205"/>
+      <c r="AI205"/>
+      <c r="AJ205"/>
+      <c r="AK205"/>
+      <c r="AL205"/>
+      <c r="AM205"/>
+      <c r="AN205"/>
+      <c r="AO205"/>
+      <c r="AP205"/>
+      <c r="AQ205"/>
+      <c r="AR205"/>
+      <c r="AS205"/>
+      <c r="AT205"/>
+      <c r="AU205"/>
+      <c r="AV205"/>
+      <c r="AW205"/>
+      <c r="AX205"/>
+      <c r="AY205"/>
+      <c r="AZ205"/>
+      <c r="BA205"/>
+      <c r="BB205"/>
+      <c r="BC205"/>
+      <c r="BD205"/>
+      <c r="BE205"/>
+      <c r="BF205"/>
+      <c r="BG205"/>
+      <c r="BH205"/>
+      <c r="BI205"/>
+      <c r="BJ205"/>
+      <c r="BK205"/>
+      <c r="BL205"/>
+      <c r="BM205"/>
+      <c r="BN205"/>
+      <c r="BO205"/>
+      <c r="BP205"/>
+      <c r="BQ205"/>
+      <c r="BR205"/>
+      <c r="BS205"/>
+      <c r="BT205"/>
+      <c r="BU205"/>
+      <c r="BV205"/>
+      <c r="BW205"/>
+      <c r="BX205"/>
+      <c r="BY205"/>
+      <c r="BZ205"/>
+      <c r="CA205"/>
+      <c r="CB205"/>
+      <c r="CC205"/>
+      <c r="CD205"/>
+      <c r="CE205"/>
+      <c r="CF205"/>
+      <c r="CG205"/>
+      <c r="CH205"/>
+      <c r="CI205"/>
+      <c r="CJ205"/>
+      <c r="CK205"/>
+      <c r="CL205"/>
+      <c r="CM205"/>
+      <c r="CN205"/>
+      <c r="CO205"/>
+      <c r="CP205"/>
+      <c r="CQ205"/>
+      <c r="CR205"/>
+      <c r="CS205"/>
+    </row>
+    <row r="206" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A206" s="33"/>
+      <c r="B206" s="18"/>
+      <c r="C206" s="12"/>
+      <c r="D206" s="12"/>
+      <c r="E206" s="18"/>
+      <c r="F206" s="18"/>
+      <c r="G206" s="13"/>
+      <c r="H206" s="19"/>
+      <c r="I206" s="12"/>
+      <c r="J206" s="12"/>
+      <c r="K206" s="12"/>
+      <c r="L206" s="23"/>
+      <c r="O206" s="34"/>
+      <c r="P206"/>
+      <c r="Q206"/>
+      <c r="R206"/>
+      <c r="S206"/>
+      <c r="T206"/>
+      <c r="U206"/>
+      <c r="V206"/>
+      <c r="W206"/>
+      <c r="X206"/>
+      <c r="Y206"/>
+      <c r="Z206"/>
+      <c r="AA206"/>
+      <c r="AB206"/>
+      <c r="AC206"/>
+      <c r="AD206"/>
+      <c r="AE206"/>
+      <c r="AF206"/>
+      <c r="AG206"/>
+      <c r="AH206"/>
+      <c r="AI206"/>
+      <c r="AJ206"/>
+      <c r="AK206"/>
+      <c r="AL206"/>
+      <c r="AM206"/>
+      <c r="AN206"/>
+      <c r="AO206"/>
+      <c r="AP206"/>
+      <c r="AQ206"/>
+      <c r="AR206"/>
+      <c r="AS206"/>
+      <c r="AT206"/>
+      <c r="AU206"/>
+      <c r="AV206"/>
+      <c r="AW206"/>
+      <c r="AX206"/>
+      <c r="AY206"/>
+      <c r="AZ206"/>
+      <c r="BA206"/>
+      <c r="BB206"/>
+      <c r="BC206"/>
+      <c r="BD206"/>
+      <c r="BE206"/>
+      <c r="BF206"/>
+      <c r="BG206"/>
+      <c r="BH206"/>
+      <c r="BI206"/>
+      <c r="BJ206"/>
+      <c r="BK206"/>
+      <c r="BL206"/>
+      <c r="BM206"/>
+      <c r="BN206"/>
+      <c r="BO206"/>
+      <c r="BP206"/>
+      <c r="BQ206"/>
+      <c r="BR206"/>
+      <c r="BS206"/>
+      <c r="BT206"/>
+      <c r="BU206"/>
+      <c r="BV206"/>
+      <c r="BW206"/>
+      <c r="BX206"/>
+      <c r="BY206"/>
+      <c r="BZ206"/>
+      <c r="CA206"/>
+      <c r="CB206"/>
+      <c r="CC206"/>
+      <c r="CD206"/>
+      <c r="CE206"/>
+      <c r="CF206"/>
+      <c r="CG206"/>
+      <c r="CH206"/>
+      <c r="CI206"/>
+      <c r="CJ206"/>
+      <c r="CK206"/>
+      <c r="CL206"/>
+      <c r="CM206"/>
+      <c r="CN206"/>
+      <c r="CO206"/>
+      <c r="CP206"/>
+      <c r="CQ206"/>
+      <c r="CR206"/>
+      <c r="CS206"/>
+    </row>
+    <row r="207" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A207" s="33"/>
+      <c r="B207" s="18"/>
+      <c r="C207" s="12"/>
+      <c r="D207" s="12"/>
+      <c r="E207" s="18"/>
+      <c r="F207" s="18"/>
+      <c r="G207" s="13"/>
+      <c r="H207" s="19"/>
+      <c r="I207" s="12"/>
+      <c r="J207" s="12"/>
+      <c r="K207" s="12"/>
+      <c r="L207" s="23"/>
+      <c r="O207" s="34"/>
+      <c r="P207"/>
+      <c r="Q207"/>
+      <c r="R207"/>
+      <c r="S207"/>
+      <c r="T207"/>
+      <c r="U207"/>
+      <c r="V207"/>
+      <c r="W207"/>
+      <c r="X207"/>
+      <c r="Y207"/>
+      <c r="Z207"/>
+      <c r="AA207"/>
+      <c r="AB207"/>
+      <c r="AC207"/>
+      <c r="AD207"/>
+      <c r="AE207"/>
+      <c r="AF207"/>
+      <c r="AG207"/>
+      <c r="AH207"/>
+      <c r="AI207"/>
+      <c r="AJ207"/>
+      <c r="AK207"/>
+      <c r="AL207"/>
+      <c r="AM207"/>
+      <c r="AN207"/>
+      <c r="AO207"/>
+      <c r="AP207"/>
+      <c r="AQ207"/>
+      <c r="AR207"/>
+      <c r="AS207"/>
+      <c r="AT207"/>
+      <c r="AU207"/>
+      <c r="AV207"/>
+      <c r="AW207"/>
+      <c r="AX207"/>
+      <c r="AY207"/>
+      <c r="AZ207"/>
+      <c r="BA207"/>
+      <c r="BB207"/>
+      <c r="BC207"/>
+      <c r="BD207"/>
+      <c r="BE207"/>
+      <c r="BF207"/>
+      <c r="BG207"/>
+      <c r="BH207"/>
+      <c r="BI207"/>
+      <c r="BJ207"/>
+      <c r="BK207"/>
+      <c r="BL207"/>
+      <c r="BM207"/>
+      <c r="BN207"/>
+      <c r="BO207"/>
+      <c r="BP207"/>
+      <c r="BQ207"/>
+      <c r="BR207"/>
+      <c r="BS207"/>
+      <c r="BT207"/>
+      <c r="BU207"/>
+      <c r="BV207"/>
+      <c r="BW207"/>
+      <c r="BX207"/>
+      <c r="BY207"/>
+      <c r="BZ207"/>
+      <c r="CA207"/>
+      <c r="CB207"/>
+      <c r="CC207"/>
+      <c r="CD207"/>
+      <c r="CE207"/>
+      <c r="CF207"/>
+      <c r="CG207"/>
+      <c r="CH207"/>
+      <c r="CI207"/>
+      <c r="CJ207"/>
+      <c r="CK207"/>
+      <c r="CL207"/>
+      <c r="CM207"/>
+      <c r="CN207"/>
+      <c r="CO207"/>
+      <c r="CP207"/>
+      <c r="CQ207"/>
+      <c r="CR207"/>
+      <c r="CS207"/>
+    </row>
+    <row r="208" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A208" s="33"/>
+      <c r="B208" s="18"/>
+      <c r="C208" s="12"/>
+      <c r="D208" s="12"/>
+      <c r="E208" s="18"/>
+      <c r="F208" s="18"/>
+      <c r="G208" s="13"/>
+      <c r="H208" s="19"/>
+      <c r="I208" s="12"/>
+      <c r="J208" s="12"/>
+      <c r="K208" s="12"/>
+      <c r="L208" s="23"/>
+      <c r="O208" s="34"/>
+      <c r="P208"/>
+      <c r="Q208"/>
+      <c r="R208"/>
+      <c r="S208"/>
+      <c r="T208"/>
+      <c r="U208"/>
+      <c r="V208"/>
+      <c r="W208"/>
+      <c r="X208"/>
+      <c r="Y208"/>
+      <c r="Z208"/>
+      <c r="AA208"/>
+      <c r="AB208"/>
+      <c r="AC208"/>
+      <c r="AD208"/>
+      <c r="AE208"/>
+      <c r="AF208"/>
+      <c r="AG208"/>
+      <c r="AH208"/>
+      <c r="AI208"/>
+      <c r="AJ208"/>
+      <c r="AK208"/>
+      <c r="AL208"/>
+      <c r="AM208"/>
+      <c r="AN208"/>
+      <c r="AO208"/>
+      <c r="AP208"/>
+      <c r="AQ208"/>
+      <c r="AR208"/>
+      <c r="AS208"/>
+      <c r="AT208"/>
+      <c r="AU208"/>
+      <c r="AV208"/>
+      <c r="AW208"/>
+      <c r="AX208"/>
+      <c r="AY208"/>
+      <c r="AZ208"/>
+      <c r="BA208"/>
+      <c r="BB208"/>
+      <c r="BC208"/>
+      <c r="BD208"/>
+      <c r="BE208"/>
+      <c r="BF208"/>
+      <c r="BG208"/>
+      <c r="BH208"/>
+      <c r="BI208"/>
+      <c r="BJ208"/>
+      <c r="BK208"/>
+      <c r="BL208"/>
+      <c r="BM208"/>
+      <c r="BN208"/>
+      <c r="BO208"/>
+      <c r="BP208"/>
+      <c r="BQ208"/>
+      <c r="BR208"/>
+      <c r="BS208"/>
+      <c r="BT208"/>
+      <c r="BU208"/>
+      <c r="BV208"/>
+      <c r="BW208"/>
+      <c r="BX208"/>
+      <c r="BY208"/>
+      <c r="BZ208"/>
+      <c r="CA208"/>
+      <c r="CB208"/>
+      <c r="CC208"/>
+      <c r="CD208"/>
+      <c r="CE208"/>
+      <c r="CF208"/>
+      <c r="CG208"/>
+      <c r="CH208"/>
+      <c r="CI208"/>
+      <c r="CJ208"/>
+      <c r="CK208"/>
+      <c r="CL208"/>
+      <c r="CM208"/>
+      <c r="CN208"/>
+      <c r="CO208"/>
+      <c r="CP208"/>
+      <c r="CQ208"/>
+      <c r="CR208"/>
+      <c r="CS208"/>
+    </row>
+    <row r="209" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A209" s="33"/>
+      <c r="B209" s="18"/>
+      <c r="C209" s="12"/>
+      <c r="D209" s="12"/>
+      <c r="E209" s="18"/>
+      <c r="F209" s="18"/>
+      <c r="G209" s="13"/>
+      <c r="H209" s="19"/>
+      <c r="I209" s="12"/>
+      <c r="J209" s="12"/>
+      <c r="K209" s="12"/>
+      <c r="L209" s="23"/>
+      <c r="O209" s="34"/>
+      <c r="P209"/>
+      <c r="Q209"/>
+      <c r="R209"/>
+      <c r="S209"/>
+      <c r="T209"/>
+      <c r="U209"/>
+      <c r="V209"/>
+      <c r="W209"/>
+      <c r="X209"/>
+      <c r="Y209"/>
+      <c r="Z209"/>
+      <c r="AA209"/>
+      <c r="AB209"/>
+      <c r="AC209"/>
+      <c r="AD209"/>
+      <c r="AE209"/>
+      <c r="AF209"/>
+      <c r="AG209"/>
+      <c r="AH209"/>
+      <c r="AI209"/>
+      <c r="AJ209"/>
+      <c r="AK209"/>
+      <c r="AL209"/>
+      <c r="AM209"/>
+      <c r="AN209"/>
+      <c r="AO209"/>
+      <c r="AP209"/>
+      <c r="AQ209"/>
+      <c r="AR209"/>
+      <c r="AS209"/>
+      <c r="AT209"/>
+      <c r="AU209"/>
+      <c r="AV209"/>
+      <c r="AW209"/>
+      <c r="AX209"/>
+      <c r="AY209"/>
+      <c r="AZ209"/>
+      <c r="BA209"/>
+      <c r="BB209"/>
+      <c r="BC209"/>
+      <c r="BD209"/>
+      <c r="BE209"/>
+      <c r="BF209"/>
+      <c r="BG209"/>
+      <c r="BH209"/>
+      <c r="BI209"/>
+      <c r="BJ209"/>
+      <c r="BK209"/>
+      <c r="BL209"/>
+      <c r="BM209"/>
+      <c r="BN209"/>
+      <c r="BO209"/>
+      <c r="BP209"/>
+      <c r="BQ209"/>
+      <c r="BR209"/>
+      <c r="BS209"/>
+      <c r="BT209"/>
+      <c r="BU209"/>
+      <c r="BV209"/>
+      <c r="BW209"/>
+      <c r="BX209"/>
+      <c r="BY209"/>
+      <c r="BZ209"/>
+      <c r="CA209"/>
+      <c r="CB209"/>
+      <c r="CC209"/>
+      <c r="CD209"/>
+      <c r="CE209"/>
+      <c r="CF209"/>
+      <c r="CG209"/>
+      <c r="CH209"/>
+      <c r="CI209"/>
+      <c r="CJ209"/>
+      <c r="CK209"/>
+      <c r="CL209"/>
+      <c r="CM209"/>
+      <c r="CN209"/>
+      <c r="CO209"/>
+      <c r="CP209"/>
+      <c r="CQ209"/>
+      <c r="CR209"/>
+      <c r="CS209"/>
+    </row>
+    <row r="210" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A210" s="33"/>
+      <c r="B210" s="18"/>
+      <c r="C210" s="12"/>
+      <c r="D210" s="12"/>
+      <c r="E210" s="18"/>
+      <c r="F210" s="18"/>
+      <c r="G210" s="13"/>
+      <c r="H210" s="19"/>
+      <c r="I210" s="12"/>
+      <c r="J210" s="12"/>
+      <c r="K210" s="12"/>
+      <c r="L210" s="23"/>
+      <c r="O210" s="34"/>
+      <c r="P210"/>
+      <c r="Q210"/>
+      <c r="R210"/>
+      <c r="S210"/>
+      <c r="T210"/>
+      <c r="U210"/>
+      <c r="V210"/>
+      <c r="W210"/>
+      <c r="X210"/>
+      <c r="Y210"/>
+      <c r="Z210"/>
+      <c r="AA210"/>
+      <c r="AB210"/>
+      <c r="AC210"/>
+      <c r="AD210"/>
+      <c r="AE210"/>
+      <c r="AF210"/>
+      <c r="AG210"/>
+      <c r="AH210"/>
+      <c r="AI210"/>
+      <c r="AJ210"/>
+      <c r="AK210"/>
+      <c r="AL210"/>
+      <c r="AM210"/>
+      <c r="AN210"/>
+      <c r="AO210"/>
+      <c r="AP210"/>
+      <c r="AQ210"/>
+      <c r="AR210"/>
+      <c r="AS210"/>
+      <c r="AT210"/>
+      <c r="AU210"/>
+      <c r="AV210"/>
+      <c r="AW210"/>
+      <c r="AX210"/>
+      <c r="AY210"/>
+      <c r="AZ210"/>
+      <c r="BA210"/>
+      <c r="BB210"/>
+      <c r="BC210"/>
+      <c r="BD210"/>
+      <c r="BE210"/>
+      <c r="BF210"/>
+      <c r="BG210"/>
+      <c r="BH210"/>
+      <c r="BI210"/>
+      <c r="BJ210"/>
+      <c r="BK210"/>
+      <c r="BL210"/>
+      <c r="BM210"/>
+      <c r="BN210"/>
+      <c r="BO210"/>
+      <c r="BP210"/>
+      <c r="BQ210"/>
+      <c r="BR210"/>
+      <c r="BS210"/>
+      <c r="BT210"/>
+      <c r="BU210"/>
+      <c r="BV210"/>
+      <c r="BW210"/>
+      <c r="BX210"/>
+      <c r="BY210"/>
+      <c r="BZ210"/>
+      <c r="CA210"/>
+      <c r="CB210"/>
+      <c r="CC210"/>
+      <c r="CD210"/>
+      <c r="CE210"/>
+      <c r="CF210"/>
+      <c r="CG210"/>
+      <c r="CH210"/>
+      <c r="CI210"/>
+      <c r="CJ210"/>
+      <c r="CK210"/>
+      <c r="CL210"/>
+      <c r="CM210"/>
+      <c r="CN210"/>
+      <c r="CO210"/>
+      <c r="CP210"/>
+      <c r="CQ210"/>
+      <c r="CR210"/>
+      <c r="CS210"/>
+    </row>
+    <row r="211" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A211" s="33"/>
+      <c r="B211" s="18"/>
+      <c r="C211" s="12"/>
+      <c r="D211" s="12"/>
+      <c r="E211" s="18"/>
+      <c r="F211" s="18"/>
+      <c r="G211" s="13"/>
+      <c r="H211" s="19"/>
+      <c r="I211" s="12"/>
+      <c r="J211" s="12"/>
+      <c r="K211" s="12"/>
+      <c r="L211" s="23"/>
+      <c r="O211" s="34"/>
+      <c r="P211"/>
+      <c r="Q211"/>
+      <c r="R211"/>
+      <c r="S211"/>
+      <c r="T211"/>
+      <c r="U211"/>
+      <c r="V211"/>
+      <c r="W211"/>
+      <c r="X211"/>
+      <c r="Y211"/>
+      <c r="Z211"/>
+      <c r="AA211"/>
+      <c r="AB211"/>
+      <c r="AC211"/>
+      <c r="AD211"/>
+      <c r="AE211"/>
+      <c r="AF211"/>
+      <c r="AG211"/>
+      <c r="AH211"/>
+      <c r="AI211"/>
+      <c r="AJ211"/>
+      <c r="AK211"/>
+      <c r="AL211"/>
+      <c r="AM211"/>
+      <c r="AN211"/>
+      <c r="AO211"/>
+      <c r="AP211"/>
+      <c r="AQ211"/>
+      <c r="AR211"/>
+      <c r="AS211"/>
+      <c r="AT211"/>
+      <c r="AU211"/>
+      <c r="AV211"/>
+      <c r="AW211"/>
+      <c r="AX211"/>
+      <c r="AY211"/>
+      <c r="AZ211"/>
+      <c r="BA211"/>
+      <c r="BB211"/>
+      <c r="BC211"/>
+      <c r="BD211"/>
+      <c r="BE211"/>
+      <c r="BF211"/>
+      <c r="BG211"/>
+      <c r="BH211"/>
+      <c r="BI211"/>
+      <c r="BJ211"/>
+      <c r="BK211"/>
+      <c r="BL211"/>
+      <c r="BM211"/>
+      <c r="BN211"/>
+      <c r="BO211"/>
+      <c r="BP211"/>
+      <c r="BQ211"/>
+      <c r="BR211"/>
+      <c r="BS211"/>
+      <c r="BT211"/>
+      <c r="BU211"/>
+      <c r="BV211"/>
+      <c r="BW211"/>
+      <c r="BX211"/>
+      <c r="BY211"/>
+      <c r="BZ211"/>
+      <c r="CA211"/>
+      <c r="CB211"/>
+      <c r="CC211"/>
+      <c r="CD211"/>
+      <c r="CE211"/>
+      <c r="CF211"/>
+      <c r="CG211"/>
+      <c r="CH211"/>
+      <c r="CI211"/>
+      <c r="CJ211"/>
+      <c r="CK211"/>
+      <c r="CL211"/>
+      <c r="CM211"/>
+      <c r="CN211"/>
+      <c r="CO211"/>
+      <c r="CP211"/>
+      <c r="CQ211"/>
+      <c r="CR211"/>
+      <c r="CS211"/>
+    </row>
+    <row r="212" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A212" s="33"/>
+      <c r="B212" s="18"/>
+      <c r="C212" s="12"/>
+      <c r="D212" s="12"/>
+      <c r="E212" s="18"/>
+      <c r="F212" s="18"/>
+      <c r="G212" s="13"/>
+      <c r="H212" s="19"/>
+      <c r="I212" s="12"/>
+      <c r="J212" s="12"/>
+      <c r="K212" s="12"/>
+      <c r="L212" s="23"/>
+      <c r="O212" s="34"/>
+      <c r="P212"/>
+      <c r="Q212"/>
+      <c r="R212"/>
+      <c r="S212"/>
+      <c r="T212"/>
+      <c r="U212"/>
+      <c r="V212"/>
+      <c r="W212"/>
+      <c r="X212"/>
+      <c r="Y212"/>
+      <c r="Z212"/>
+      <c r="AA212"/>
+      <c r="AB212"/>
+      <c r="AC212"/>
+      <c r="AD212"/>
+      <c r="AE212"/>
+      <c r="AF212"/>
+      <c r="AG212"/>
+      <c r="AH212"/>
+      <c r="AI212"/>
+      <c r="AJ212"/>
+      <c r="AK212"/>
+      <c r="AL212"/>
+      <c r="AM212"/>
+      <c r="AN212"/>
+      <c r="AO212"/>
+      <c r="AP212"/>
+      <c r="AQ212"/>
+      <c r="AR212"/>
+      <c r="AS212"/>
+      <c r="AT212"/>
+      <c r="AU212"/>
+      <c r="AV212"/>
+      <c r="AW212"/>
+      <c r="AX212"/>
+      <c r="AY212"/>
+      <c r="AZ212"/>
+      <c r="BA212"/>
+      <c r="BB212"/>
+      <c r="BC212"/>
+      <c r="BD212"/>
+      <c r="BE212"/>
+      <c r="BF212"/>
+      <c r="BG212"/>
+      <c r="BH212"/>
+      <c r="BI212"/>
+      <c r="BJ212"/>
+      <c r="BK212"/>
+      <c r="BL212"/>
+      <c r="BM212"/>
+      <c r="BN212"/>
+      <c r="BO212"/>
+      <c r="BP212"/>
+      <c r="BQ212"/>
+      <c r="BR212"/>
+      <c r="BS212"/>
+      <c r="BT212"/>
+      <c r="BU212"/>
+      <c r="BV212"/>
+      <c r="BW212"/>
+      <c r="BX212"/>
+      <c r="BY212"/>
+      <c r="BZ212"/>
+      <c r="CA212"/>
+      <c r="CB212"/>
+      <c r="CC212"/>
+      <c r="CD212"/>
+      <c r="CE212"/>
+      <c r="CF212"/>
+      <c r="CG212"/>
+      <c r="CH212"/>
+      <c r="CI212"/>
+      <c r="CJ212"/>
+      <c r="CK212"/>
+      <c r="CL212"/>
+      <c r="CM212"/>
+      <c r="CN212"/>
+      <c r="CO212"/>
+      <c r="CP212"/>
+      <c r="CQ212"/>
+      <c r="CR212"/>
+      <c r="CS212"/>
+    </row>
+    <row r="213" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A213" s="33"/>
+      <c r="B213" s="18"/>
+      <c r="C213" s="12"/>
+      <c r="D213" s="12"/>
+      <c r="E213" s="18"/>
+      <c r="F213" s="18"/>
+      <c r="G213" s="13"/>
+      <c r="H213" s="19"/>
+      <c r="I213" s="12"/>
+      <c r="J213" s="12"/>
+      <c r="K213" s="12"/>
+      <c r="L213" s="23"/>
+      <c r="O213" s="34"/>
+      <c r="P213"/>
+      <c r="Q213"/>
+      <c r="R213"/>
+      <c r="S213"/>
+      <c r="T213"/>
+      <c r="U213"/>
+      <c r="V213"/>
+      <c r="W213"/>
+      <c r="X213"/>
+      <c r="Y213"/>
+      <c r="Z213"/>
+      <c r="AA213"/>
+      <c r="AB213"/>
+      <c r="AC213"/>
+      <c r="AD213"/>
+      <c r="AE213"/>
+      <c r="AF213"/>
+      <c r="AG213"/>
+      <c r="AH213"/>
+      <c r="AI213"/>
+      <c r="AJ213"/>
+      <c r="AK213"/>
+      <c r="AL213"/>
+      <c r="AM213"/>
+      <c r="AN213"/>
+      <c r="AO213"/>
+      <c r="AP213"/>
+      <c r="AQ213"/>
+      <c r="AR213"/>
+      <c r="AS213"/>
+      <c r="AT213"/>
+      <c r="AU213"/>
+      <c r="AV213"/>
+      <c r="AW213"/>
+      <c r="AX213"/>
+      <c r="AY213"/>
+      <c r="AZ213"/>
+      <c r="BA213"/>
+      <c r="BB213"/>
+      <c r="BC213"/>
+      <c r="BD213"/>
+      <c r="BE213"/>
+      <c r="BF213"/>
+      <c r="BG213"/>
+      <c r="BH213"/>
+      <c r="BI213"/>
+      <c r="BJ213"/>
+      <c r="BK213"/>
+      <c r="BL213"/>
+      <c r="BM213"/>
+      <c r="BN213"/>
+      <c r="BO213"/>
+      <c r="BP213"/>
+      <c r="BQ213"/>
+      <c r="BR213"/>
+      <c r="BS213"/>
+      <c r="BT213"/>
+      <c r="BU213"/>
+      <c r="BV213"/>
+      <c r="BW213"/>
+      <c r="BX213"/>
+      <c r="BY213"/>
+      <c r="BZ213"/>
+      <c r="CA213"/>
+      <c r="CB213"/>
+      <c r="CC213"/>
+      <c r="CD213"/>
+      <c r="CE213"/>
+      <c r="CF213"/>
+      <c r="CG213"/>
+      <c r="CH213"/>
+      <c r="CI213"/>
+      <c r="CJ213"/>
+      <c r="CK213"/>
+      <c r="CL213"/>
+      <c r="CM213"/>
+      <c r="CN213"/>
+      <c r="CO213"/>
+      <c r="CP213"/>
+      <c r="CQ213"/>
+      <c r="CR213"/>
+      <c r="CS213"/>
+    </row>
+    <row r="214" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A214" s="33"/>
+      <c r="B214" s="18"/>
+      <c r="C214" s="12"/>
+      <c r="D214" s="12"/>
+      <c r="E214" s="18"/>
+      <c r="F214" s="18"/>
+      <c r="G214" s="13"/>
+      <c r="H214" s="19"/>
+      <c r="I214" s="12"/>
+      <c r="J214" s="12"/>
+      <c r="K214" s="12"/>
+      <c r="L214" s="23"/>
+      <c r="O214" s="34"/>
+      <c r="P214"/>
+      <c r="Q214"/>
+      <c r="R214"/>
+      <c r="S214"/>
+      <c r="T214"/>
+      <c r="U214"/>
+      <c r="V214"/>
+      <c r="W214"/>
+      <c r="X214"/>
+      <c r="Y214"/>
+      <c r="Z214"/>
+      <c r="AA214"/>
+      <c r="AB214"/>
+      <c r="AC214"/>
+      <c r="AD214"/>
+      <c r="AE214"/>
+      <c r="AF214"/>
+      <c r="AG214"/>
+      <c r="AH214"/>
+      <c r="AI214"/>
+      <c r="AJ214"/>
+      <c r="AK214"/>
+      <c r="AL214"/>
+      <c r="AM214"/>
+      <c r="AN214"/>
+      <c r="AO214"/>
+      <c r="AP214"/>
+      <c r="AQ214"/>
+      <c r="AR214"/>
+      <c r="AS214"/>
+      <c r="AT214"/>
+      <c r="AU214"/>
+      <c r="AV214"/>
+      <c r="AW214"/>
+      <c r="AX214"/>
+      <c r="AY214"/>
+      <c r="AZ214"/>
+      <c r="BA214"/>
+      <c r="BB214"/>
+      <c r="BC214"/>
+      <c r="BD214"/>
+      <c r="BE214"/>
+      <c r="BF214"/>
+      <c r="BG214"/>
+      <c r="BH214"/>
+      <c r="BI214"/>
+      <c r="BJ214"/>
+      <c r="BK214"/>
+      <c r="BL214"/>
+      <c r="BM214"/>
+      <c r="BN214"/>
+      <c r="BO214"/>
+      <c r="BP214"/>
+      <c r="BQ214"/>
+      <c r="BR214"/>
+      <c r="BS214"/>
+      <c r="BT214"/>
+      <c r="BU214"/>
+      <c r="BV214"/>
+      <c r="BW214"/>
+      <c r="BX214"/>
+      <c r="BY214"/>
+      <c r="BZ214"/>
+      <c r="CA214"/>
+      <c r="CB214"/>
+      <c r="CC214"/>
+      <c r="CD214"/>
+      <c r="CE214"/>
+      <c r="CF214"/>
+      <c r="CG214"/>
+      <c r="CH214"/>
+      <c r="CI214"/>
+      <c r="CJ214"/>
+      <c r="CK214"/>
+      <c r="CL214"/>
+      <c r="CM214"/>
+      <c r="CN214"/>
+      <c r="CO214"/>
+      <c r="CP214"/>
+      <c r="CQ214"/>
+      <c r="CR214"/>
+      <c r="CS214"/>
+    </row>
+    <row r="215" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A215" s="33"/>
+      <c r="B215" s="18"/>
+      <c r="C215" s="12"/>
+      <c r="D215" s="12"/>
+      <c r="E215" s="18"/>
+      <c r="F215" s="18"/>
+      <c r="G215" s="13"/>
+      <c r="H215" s="19"/>
+      <c r="I215" s="12"/>
+      <c r="J215" s="12"/>
+      <c r="K215" s="12"/>
+      <c r="L215" s="23"/>
+      <c r="O215" s="34"/>
+      <c r="P215"/>
+      <c r="Q215"/>
+      <c r="R215"/>
+      <c r="S215"/>
+      <c r="T215"/>
+      <c r="U215"/>
+      <c r="V215"/>
+      <c r="W215"/>
+      <c r="X215"/>
+      <c r="Y215"/>
+      <c r="Z215"/>
+      <c r="AA215"/>
+      <c r="AB215"/>
+      <c r="AC215"/>
+      <c r="AD215"/>
+      <c r="AE215"/>
+      <c r="AF215"/>
+      <c r="AG215"/>
+      <c r="AH215"/>
+      <c r="AI215"/>
+      <c r="AJ215"/>
+      <c r="AK215"/>
+      <c r="AL215"/>
+      <c r="AM215"/>
+      <c r="AN215"/>
+      <c r="AO215"/>
+      <c r="AP215"/>
+      <c r="AQ215"/>
+      <c r="AR215"/>
+      <c r="AS215"/>
+      <c r="AT215"/>
+      <c r="AU215"/>
+      <c r="AV215"/>
+      <c r="AW215"/>
+      <c r="AX215"/>
+      <c r="AY215"/>
+      <c r="AZ215"/>
+      <c r="BA215"/>
+      <c r="BB215"/>
+      <c r="BC215"/>
+      <c r="BD215"/>
+      <c r="BE215"/>
+      <c r="BF215"/>
+      <c r="BG215"/>
+      <c r="BH215"/>
+      <c r="BI215"/>
+      <c r="BJ215"/>
+      <c r="BK215"/>
+      <c r="BL215"/>
+      <c r="BM215"/>
+      <c r="BN215"/>
+      <c r="BO215"/>
+      <c r="BP215"/>
+      <c r="BQ215"/>
+      <c r="BR215"/>
+      <c r="BS215"/>
+      <c r="BT215"/>
+      <c r="BU215"/>
+      <c r="BV215"/>
+      <c r="BW215"/>
+      <c r="BX215"/>
+      <c r="BY215"/>
+      <c r="BZ215"/>
+      <c r="CA215"/>
+      <c r="CB215"/>
+      <c r="CC215"/>
+      <c r="CD215"/>
+      <c r="CE215"/>
+      <c r="CF215"/>
+      <c r="CG215"/>
+      <c r="CH215"/>
+      <c r="CI215"/>
+      <c r="CJ215"/>
+      <c r="CK215"/>
+      <c r="CL215"/>
+      <c r="CM215"/>
+      <c r="CN215"/>
+      <c r="CO215"/>
+      <c r="CP215"/>
+      <c r="CQ215"/>
+      <c r="CR215"/>
+      <c r="CS215"/>
+    </row>
+    <row r="216" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A216" s="33"/>
+      <c r="B216" s="18"/>
+      <c r="C216" s="12"/>
+      <c r="D216" s="12"/>
+      <c r="E216" s="18"/>
+      <c r="F216" s="18"/>
+      <c r="G216" s="13"/>
+      <c r="H216" s="19"/>
+      <c r="I216" s="12"/>
+      <c r="J216" s="12"/>
+      <c r="K216" s="12"/>
+      <c r="L216" s="23"/>
+      <c r="O216" s="34"/>
+      <c r="P216"/>
+      <c r="Q216"/>
+      <c r="R216"/>
+      <c r="S216"/>
+      <c r="T216"/>
+      <c r="U216"/>
+      <c r="V216"/>
+      <c r="W216"/>
+      <c r="X216"/>
+      <c r="Y216"/>
+      <c r="Z216"/>
+      <c r="AA216"/>
+      <c r="AB216"/>
+      <c r="AC216"/>
+      <c r="AD216"/>
+      <c r="AE216"/>
+      <c r="AF216"/>
+      <c r="AG216"/>
+      <c r="AH216"/>
+      <c r="AI216"/>
+      <c r="AJ216"/>
+      <c r="AK216"/>
+      <c r="AL216"/>
+      <c r="AM216"/>
+      <c r="AN216"/>
+      <c r="AO216"/>
+      <c r="AP216"/>
+      <c r="AQ216"/>
+      <c r="AR216"/>
+      <c r="AS216"/>
+      <c r="AT216"/>
+      <c r="AU216"/>
+      <c r="AV216"/>
+      <c r="AW216"/>
+      <c r="AX216"/>
+      <c r="AY216"/>
+      <c r="AZ216"/>
+      <c r="BA216"/>
+      <c r="BB216"/>
+      <c r="BC216"/>
+      <c r="BD216"/>
+      <c r="BE216"/>
+      <c r="BF216"/>
+      <c r="BG216"/>
+      <c r="BH216"/>
+      <c r="BI216"/>
+      <c r="BJ216"/>
+      <c r="BK216"/>
+      <c r="BL216"/>
+      <c r="BM216"/>
+      <c r="BN216"/>
+      <c r="BO216"/>
+      <c r="BP216"/>
+      <c r="BQ216"/>
+      <c r="BR216"/>
+      <c r="BS216"/>
+      <c r="BT216"/>
+      <c r="BU216"/>
+      <c r="BV216"/>
+      <c r="BW216"/>
+      <c r="BX216"/>
+      <c r="BY216"/>
+      <c r="BZ216"/>
+      <c r="CA216"/>
+      <c r="CB216"/>
+      <c r="CC216"/>
+      <c r="CD216"/>
+      <c r="CE216"/>
+      <c r="CF216"/>
+      <c r="CG216"/>
+      <c r="CH216"/>
+      <c r="CI216"/>
+      <c r="CJ216"/>
+      <c r="CK216"/>
+      <c r="CL216"/>
+      <c r="CM216"/>
+      <c r="CN216"/>
+      <c r="CO216"/>
+      <c r="CP216"/>
+      <c r="CQ216"/>
+      <c r="CR216"/>
+      <c r="CS216"/>
+    </row>
+    <row r="217" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A217" s="33"/>
+      <c r="B217" s="18"/>
+      <c r="C217" s="12"/>
+      <c r="D217" s="12"/>
+      <c r="E217" s="18"/>
+      <c r="F217" s="18"/>
+      <c r="G217" s="13"/>
+      <c r="H217" s="19"/>
+      <c r="I217" s="12"/>
+      <c r="J217" s="12"/>
+      <c r="K217" s="12"/>
+      <c r="L217" s="23"/>
+      <c r="O217" s="34"/>
+      <c r="P217"/>
+      <c r="Q217"/>
+      <c r="R217"/>
+      <c r="S217"/>
+      <c r="T217"/>
+      <c r="U217"/>
+      <c r="V217"/>
+      <c r="W217"/>
+      <c r="X217"/>
+      <c r="Y217"/>
+      <c r="Z217"/>
+      <c r="AA217"/>
+      <c r="AB217"/>
+      <c r="AC217"/>
+      <c r="AD217"/>
+      <c r="AE217"/>
+      <c r="AF217"/>
+      <c r="AG217"/>
+      <c r="AH217"/>
+      <c r="AI217"/>
+      <c r="AJ217"/>
+      <c r="AK217"/>
+      <c r="AL217"/>
+      <c r="AM217"/>
+      <c r="AN217"/>
+      <c r="AO217"/>
+      <c r="AP217"/>
+      <c r="AQ217"/>
+      <c r="AR217"/>
+      <c r="AS217"/>
+      <c r="AT217"/>
+      <c r="AU217"/>
+      <c r="AV217"/>
+      <c r="AW217"/>
+      <c r="AX217"/>
+      <c r="AY217"/>
+      <c r="AZ217"/>
+      <c r="BA217"/>
+      <c r="BB217"/>
+      <c r="BC217"/>
+      <c r="BD217"/>
+      <c r="BE217"/>
+      <c r="BF217"/>
+      <c r="BG217"/>
+      <c r="BH217"/>
+      <c r="BI217"/>
+      <c r="BJ217"/>
+      <c r="BK217"/>
+      <c r="BL217"/>
+      <c r="BM217"/>
+      <c r="BN217"/>
+      <c r="BO217"/>
+      <c r="BP217"/>
+      <c r="BQ217"/>
+      <c r="BR217"/>
+      <c r="BS217"/>
+      <c r="BT217"/>
+      <c r="BU217"/>
+      <c r="BV217"/>
+      <c r="BW217"/>
+      <c r="BX217"/>
+      <c r="BY217"/>
+      <c r="BZ217"/>
+      <c r="CA217"/>
+      <c r="CB217"/>
+      <c r="CC217"/>
+      <c r="CD217"/>
+      <c r="CE217"/>
+      <c r="CF217"/>
+      <c r="CG217"/>
+      <c r="CH217"/>
+      <c r="CI217"/>
+      <c r="CJ217"/>
+      <c r="CK217"/>
+      <c r="CL217"/>
+      <c r="CM217"/>
+      <c r="CN217"/>
+      <c r="CO217"/>
+      <c r="CP217"/>
+      <c r="CQ217"/>
+      <c r="CR217"/>
+      <c r="CS217"/>
+    </row>
+    <row r="218" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A218" s="33"/>
+      <c r="B218" s="18"/>
+      <c r="C218" s="12"/>
+      <c r="D218" s="12"/>
+      <c r="E218" s="18"/>
+      <c r="F218" s="18"/>
+      <c r="G218" s="13"/>
+      <c r="H218" s="19"/>
+      <c r="I218" s="12"/>
+      <c r="J218" s="12"/>
+      <c r="K218" s="12"/>
+      <c r="L218" s="23"/>
+      <c r="O218" s="34"/>
+      <c r="P218"/>
+      <c r="Q218"/>
+      <c r="R218"/>
+      <c r="S218"/>
+      <c r="T218"/>
+      <c r="U218"/>
+      <c r="V218"/>
+      <c r="W218"/>
+      <c r="X218"/>
+      <c r="Y218"/>
+      <c r="Z218"/>
+      <c r="AA218"/>
+      <c r="AB218"/>
+      <c r="AC218"/>
+      <c r="AD218"/>
+      <c r="AE218"/>
+      <c r="AF218"/>
+      <c r="AG218"/>
+      <c r="AH218"/>
+      <c r="AI218"/>
+      <c r="AJ218"/>
+      <c r="AK218"/>
+      <c r="AL218"/>
+      <c r="AM218"/>
+      <c r="AN218"/>
+      <c r="AO218"/>
+      <c r="AP218"/>
+      <c r="AQ218"/>
+      <c r="AR218"/>
+      <c r="AS218"/>
+      <c r="AT218"/>
+      <c r="AU218"/>
+      <c r="AV218"/>
+      <c r="AW218"/>
+      <c r="AX218"/>
+      <c r="AY218"/>
+      <c r="AZ218"/>
+      <c r="BA218"/>
+      <c r="BB218"/>
+      <c r="BC218"/>
+      <c r="BD218"/>
+      <c r="BE218"/>
+      <c r="BF218"/>
+      <c r="BG218"/>
+      <c r="BH218"/>
+      <c r="BI218"/>
+      <c r="BJ218"/>
+      <c r="BK218"/>
+      <c r="BL218"/>
+      <c r="BM218"/>
+      <c r="BN218"/>
+      <c r="BO218"/>
+      <c r="BP218"/>
+      <c r="BQ218"/>
+      <c r="BR218"/>
+      <c r="BS218"/>
+      <c r="BT218"/>
+      <c r="BU218"/>
+      <c r="BV218"/>
+      <c r="BW218"/>
+      <c r="BX218"/>
+      <c r="BY218"/>
+      <c r="BZ218"/>
+      <c r="CA218"/>
+      <c r="CB218"/>
+      <c r="CC218"/>
+      <c r="CD218"/>
+      <c r="CE218"/>
+      <c r="CF218"/>
+      <c r="CG218"/>
+      <c r="CH218"/>
+      <c r="CI218"/>
+      <c r="CJ218"/>
+      <c r="CK218"/>
+      <c r="CL218"/>
+      <c r="CM218"/>
+      <c r="CN218"/>
+      <c r="CO218"/>
+      <c r="CP218"/>
+      <c r="CQ218"/>
+      <c r="CR218"/>
+      <c r="CS218"/>
+    </row>
+    <row r="219" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A219" s="33"/>
+      <c r="B219" s="18"/>
+      <c r="C219" s="12"/>
+      <c r="D219" s="12"/>
+      <c r="E219" s="18"/>
+      <c r="F219" s="18"/>
+      <c r="G219" s="13"/>
+      <c r="H219" s="19"/>
+      <c r="I219" s="12"/>
+      <c r="J219" s="12"/>
+      <c r="K219" s="12"/>
+      <c r="L219" s="23"/>
+      <c r="O219" s="34"/>
+      <c r="P219"/>
+      <c r="Q219"/>
+      <c r="R219"/>
+      <c r="S219"/>
+      <c r="T219"/>
+      <c r="U219"/>
+      <c r="V219"/>
+      <c r="W219"/>
+      <c r="X219"/>
+      <c r="Y219"/>
+      <c r="Z219"/>
+      <c r="AA219"/>
+      <c r="AB219"/>
+      <c r="AC219"/>
+      <c r="AD219"/>
+      <c r="AE219"/>
+      <c r="AF219"/>
+      <c r="AG219"/>
+      <c r="AH219"/>
+      <c r="AI219"/>
+      <c r="AJ219"/>
+      <c r="AK219"/>
+      <c r="AL219"/>
+      <c r="AM219"/>
+      <c r="AN219"/>
+      <c r="AO219"/>
+      <c r="AP219"/>
+      <c r="AQ219"/>
+      <c r="AR219"/>
+      <c r="AS219"/>
+      <c r="AT219"/>
+      <c r="AU219"/>
+      <c r="AV219"/>
+      <c r="AW219"/>
+      <c r="AX219"/>
+      <c r="AY219"/>
+      <c r="AZ219"/>
+      <c r="BA219"/>
+      <c r="BB219"/>
+      <c r="BC219"/>
+      <c r="BD219"/>
+      <c r="BE219"/>
+      <c r="BF219"/>
+      <c r="BG219"/>
+      <c r="BH219"/>
+      <c r="BI219"/>
+      <c r="BJ219"/>
+      <c r="BK219"/>
+      <c r="BL219"/>
+      <c r="BM219"/>
+      <c r="BN219"/>
+      <c r="BO219"/>
+      <c r="BP219"/>
+      <c r="BQ219"/>
+      <c r="BR219"/>
+      <c r="BS219"/>
+      <c r="BT219"/>
+      <c r="BU219"/>
+      <c r="BV219"/>
+      <c r="BW219"/>
+      <c r="BX219"/>
+      <c r="BY219"/>
+      <c r="BZ219"/>
+      <c r="CA219"/>
+      <c r="CB219"/>
+      <c r="CC219"/>
+      <c r="CD219"/>
+      <c r="CE219"/>
+      <c r="CF219"/>
+      <c r="CG219"/>
+      <c r="CH219"/>
+      <c r="CI219"/>
+      <c r="CJ219"/>
+      <c r="CK219"/>
+      <c r="CL219"/>
+      <c r="CM219"/>
+      <c r="CN219"/>
+      <c r="CO219"/>
+      <c r="CP219"/>
+      <c r="CQ219"/>
+      <c r="CR219"/>
+      <c r="CS219"/>
+    </row>
+    <row r="220" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A220" s="33"/>
+      <c r="B220" s="18"/>
+      <c r="C220" s="12"/>
+      <c r="D220" s="12"/>
+      <c r="E220" s="18"/>
+      <c r="F220" s="18"/>
+      <c r="G220" s="13"/>
+      <c r="H220" s="19"/>
+      <c r="I220" s="12"/>
+      <c r="J220" s="12"/>
+      <c r="K220" s="12"/>
+      <c r="L220" s="23"/>
+      <c r="O220" s="34"/>
+      <c r="P220"/>
+      <c r="Q220"/>
+      <c r="R220"/>
+      <c r="S220"/>
+      <c r="T220"/>
+      <c r="U220"/>
+      <c r="V220"/>
+      <c r="W220"/>
+      <c r="X220"/>
+      <c r="Y220"/>
+      <c r="Z220"/>
+      <c r="AA220"/>
+      <c r="AB220"/>
+      <c r="AC220"/>
+      <c r="AD220"/>
+      <c r="AE220"/>
+      <c r="AF220"/>
+      <c r="AG220"/>
+      <c r="AH220"/>
+      <c r="AI220"/>
+      <c r="AJ220"/>
+      <c r="AK220"/>
+      <c r="AL220"/>
+      <c r="AM220"/>
+      <c r="AN220"/>
+      <c r="AO220"/>
+      <c r="AP220"/>
+      <c r="AQ220"/>
+      <c r="AR220"/>
+      <c r="AS220"/>
+      <c r="AT220"/>
+      <c r="AU220"/>
+      <c r="AV220"/>
+      <c r="AW220"/>
+      <c r="AX220"/>
+      <c r="AY220"/>
+      <c r="AZ220"/>
+      <c r="BA220"/>
+      <c r="BB220"/>
+      <c r="BC220"/>
+      <c r="BD220"/>
+      <c r="BE220"/>
+      <c r="BF220"/>
+      <c r="BG220"/>
+      <c r="BH220"/>
+      <c r="BI220"/>
+      <c r="BJ220"/>
+      <c r="BK220"/>
+      <c r="BL220"/>
+      <c r="BM220"/>
+      <c r="BN220"/>
+      <c r="BO220"/>
+      <c r="BP220"/>
+      <c r="BQ220"/>
+      <c r="BR220"/>
+      <c r="BS220"/>
+      <c r="BT220"/>
+      <c r="BU220"/>
+      <c r="BV220"/>
+      <c r="BW220"/>
+      <c r="BX220"/>
+      <c r="BY220"/>
+      <c r="BZ220"/>
+      <c r="CA220"/>
+      <c r="CB220"/>
+      <c r="CC220"/>
+      <c r="CD220"/>
+      <c r="CE220"/>
+      <c r="CF220"/>
+      <c r="CG220"/>
+      <c r="CH220"/>
+      <c r="CI220"/>
+      <c r="CJ220"/>
+      <c r="CK220"/>
+      <c r="CL220"/>
+      <c r="CM220"/>
+      <c r="CN220"/>
+      <c r="CO220"/>
+      <c r="CP220"/>
+      <c r="CQ220"/>
+      <c r="CR220"/>
+      <c r="CS220"/>
+    </row>
+    <row r="221" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A221" s="33"/>
+      <c r="B221" s="18"/>
+      <c r="C221" s="12"/>
+      <c r="D221" s="12"/>
+      <c r="E221" s="18"/>
+      <c r="F221" s="18"/>
+      <c r="G221" s="13"/>
+      <c r="H221" s="19"/>
+      <c r="I221" s="12"/>
+      <c r="J221" s="12"/>
+      <c r="K221" s="12"/>
+      <c r="L221" s="23"/>
+      <c r="O221" s="34"/>
+      <c r="P221"/>
+      <c r="Q221"/>
+      <c r="R221"/>
+      <c r="S221"/>
+      <c r="T221"/>
+      <c r="U221"/>
+      <c r="V221"/>
+      <c r="W221"/>
+      <c r="X221"/>
+      <c r="Y221"/>
+      <c r="Z221"/>
+      <c r="AA221"/>
+      <c r="AB221"/>
+      <c r="AC221"/>
+      <c r="AD221"/>
+      <c r="AE221"/>
+      <c r="AF221"/>
+      <c r="AG221"/>
+      <c r="AH221"/>
+      <c r="AI221"/>
+      <c r="AJ221"/>
+      <c r="AK221"/>
+      <c r="AL221"/>
+      <c r="AM221"/>
+      <c r="AN221"/>
+      <c r="AO221"/>
+      <c r="AP221"/>
+      <c r="AQ221"/>
+      <c r="AR221"/>
+      <c r="AS221"/>
+      <c r="AT221"/>
+      <c r="AU221"/>
+      <c r="AV221"/>
+      <c r="AW221"/>
+      <c r="AX221"/>
+      <c r="AY221"/>
+      <c r="AZ221"/>
+      <c r="BA221"/>
+      <c r="BB221"/>
+      <c r="BC221"/>
+      <c r="BD221"/>
+      <c r="BE221"/>
+      <c r="BF221"/>
+      <c r="BG221"/>
+      <c r="BH221"/>
+      <c r="BI221"/>
+      <c r="BJ221"/>
+      <c r="BK221"/>
+      <c r="BL221"/>
+      <c r="BM221"/>
+      <c r="BN221"/>
+      <c r="BO221"/>
+      <c r="BP221"/>
+      <c r="BQ221"/>
+      <c r="BR221"/>
+      <c r="BS221"/>
+      <c r="BT221"/>
+      <c r="BU221"/>
+      <c r="BV221"/>
+      <c r="BW221"/>
+      <c r="BX221"/>
+      <c r="BY221"/>
+      <c r="BZ221"/>
+      <c r="CA221"/>
+      <c r="CB221"/>
+      <c r="CC221"/>
+      <c r="CD221"/>
+      <c r="CE221"/>
+      <c r="CF221"/>
+      <c r="CG221"/>
+      <c r="CH221"/>
+      <c r="CI221"/>
+      <c r="CJ221"/>
+      <c r="CK221"/>
+      <c r="CL221"/>
+      <c r="CM221"/>
+      <c r="CN221"/>
+      <c r="CO221"/>
+      <c r="CP221"/>
+      <c r="CQ221"/>
+      <c r="CR221"/>
+      <c r="CS221"/>
+    </row>
+    <row r="222" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A222" s="33"/>
+      <c r="B222" s="18"/>
+      <c r="C222" s="12"/>
+      <c r="D222" s="12"/>
+      <c r="E222" s="18"/>
+      <c r="F222" s="18"/>
+      <c r="G222" s="13"/>
+      <c r="H222" s="19"/>
+      <c r="I222" s="12"/>
+      <c r="J222" s="12"/>
+      <c r="K222" s="12"/>
+      <c r="L222" s="23"/>
+      <c r="O222" s="34"/>
+      <c r="P222"/>
+      <c r="Q222"/>
+      <c r="R222"/>
+      <c r="S222"/>
+      <c r="T222"/>
+      <c r="U222"/>
+      <c r="V222"/>
+      <c r="W222"/>
+      <c r="X222"/>
+      <c r="Y222"/>
+      <c r="Z222"/>
+      <c r="AA222"/>
+      <c r="AB222"/>
+      <c r="AC222"/>
+      <c r="AD222"/>
+      <c r="AE222"/>
+      <c r="AF222"/>
+      <c r="AG222"/>
+      <c r="AH222"/>
+      <c r="AI222"/>
+      <c r="AJ222"/>
+      <c r="AK222"/>
+      <c r="AL222"/>
+      <c r="AM222"/>
+      <c r="AN222"/>
+      <c r="AO222"/>
+      <c r="AP222"/>
+      <c r="AQ222"/>
+      <c r="AR222"/>
+      <c r="AS222"/>
+      <c r="AT222"/>
+      <c r="AU222"/>
+      <c r="AV222"/>
+      <c r="AW222"/>
+      <c r="AX222"/>
+      <c r="AY222"/>
+      <c r="AZ222"/>
+      <c r="BA222"/>
+      <c r="BB222"/>
+      <c r="BC222"/>
+      <c r="BD222"/>
+      <c r="BE222"/>
+      <c r="BF222"/>
+      <c r="BG222"/>
+      <c r="BH222"/>
+      <c r="BI222"/>
+      <c r="BJ222"/>
+      <c r="BK222"/>
+      <c r="BL222"/>
+      <c r="BM222"/>
+      <c r="BN222"/>
+      <c r="BO222"/>
+      <c r="BP222"/>
+      <c r="BQ222"/>
+      <c r="BR222"/>
+      <c r="BS222"/>
+      <c r="BT222"/>
+      <c r="BU222"/>
+      <c r="BV222"/>
+      <c r="BW222"/>
+      <c r="BX222"/>
+      <c r="BY222"/>
+      <c r="BZ222"/>
+      <c r="CA222"/>
+      <c r="CB222"/>
+      <c r="CC222"/>
+      <c r="CD222"/>
+      <c r="CE222"/>
+      <c r="CF222"/>
+      <c r="CG222"/>
+      <c r="CH222"/>
+      <c r="CI222"/>
+      <c r="CJ222"/>
+      <c r="CK222"/>
+      <c r="CL222"/>
+      <c r="CM222"/>
+      <c r="CN222"/>
+      <c r="CO222"/>
+      <c r="CP222"/>
+      <c r="CQ222"/>
+      <c r="CR222"/>
+      <c r="CS222"/>
+    </row>
+    <row r="223" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A223" s="33"/>
+      <c r="B223" s="18"/>
+      <c r="C223" s="12"/>
+      <c r="D223" s="12"/>
+      <c r="E223" s="18"/>
+      <c r="F223" s="18"/>
+      <c r="G223" s="13"/>
+      <c r="H223" s="19"/>
+      <c r="I223" s="12"/>
+      <c r="J223" s="12"/>
+      <c r="K223" s="12"/>
+      <c r="L223" s="23"/>
+      <c r="O223" s="34"/>
+      <c r="P223"/>
+      <c r="Q223"/>
+      <c r="R223"/>
+      <c r="S223"/>
+      <c r="T223"/>
+      <c r="U223"/>
+      <c r="V223"/>
+      <c r="W223"/>
+      <c r="X223"/>
+      <c r="Y223"/>
+      <c r="Z223"/>
+      <c r="AA223"/>
+      <c r="AB223"/>
+      <c r="AC223"/>
+      <c r="AD223"/>
+      <c r="AE223"/>
+      <c r="AF223"/>
+      <c r="AG223"/>
+      <c r="AH223"/>
+      <c r="AI223"/>
+      <c r="AJ223"/>
+      <c r="AK223"/>
+      <c r="AL223"/>
+      <c r="AM223"/>
+      <c r="AN223"/>
+      <c r="AO223"/>
+      <c r="AP223"/>
+      <c r="AQ223"/>
+      <c r="AR223"/>
+      <c r="AS223"/>
+      <c r="AT223"/>
+      <c r="AU223"/>
+      <c r="AV223"/>
+      <c r="AW223"/>
+      <c r="AX223"/>
+      <c r="AY223"/>
+      <c r="AZ223"/>
+      <c r="BA223"/>
+      <c r="BB223"/>
+      <c r="BC223"/>
+      <c r="BD223"/>
+      <c r="BE223"/>
+      <c r="BF223"/>
+      <c r="BG223"/>
+      <c r="BH223"/>
+      <c r="BI223"/>
+      <c r="BJ223"/>
+      <c r="BK223"/>
+      <c r="BL223"/>
+      <c r="BM223"/>
+      <c r="BN223"/>
+      <c r="BO223"/>
+      <c r="BP223"/>
+      <c r="BQ223"/>
+      <c r="BR223"/>
+      <c r="BS223"/>
+      <c r="BT223"/>
+      <c r="BU223"/>
+      <c r="BV223"/>
+      <c r="BW223"/>
+      <c r="BX223"/>
+      <c r="BY223"/>
+      <c r="BZ223"/>
+      <c r="CA223"/>
+      <c r="CB223"/>
+      <c r="CC223"/>
+      <c r="CD223"/>
+      <c r="CE223"/>
+      <c r="CF223"/>
+      <c r="CG223"/>
+      <c r="CH223"/>
+      <c r="CI223"/>
+      <c r="CJ223"/>
+      <c r="CK223"/>
+      <c r="CL223"/>
+      <c r="CM223"/>
+      <c r="CN223"/>
+      <c r="CO223"/>
+      <c r="CP223"/>
+      <c r="CQ223"/>
+      <c r="CR223"/>
+      <c r="CS223"/>
+    </row>
+    <row r="224" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A224" s="33"/>
+      <c r="B224" s="18"/>
+      <c r="C224" s="12"/>
+      <c r="D224" s="12"/>
+      <c r="E224" s="18"/>
+      <c r="F224" s="18"/>
+      <c r="G224" s="13"/>
+      <c r="H224" s="19"/>
+      <c r="I224" s="12"/>
+      <c r="J224" s="12"/>
+      <c r="K224" s="12"/>
+      <c r="L224" s="23"/>
+      <c r="O224" s="34"/>
+      <c r="P224"/>
+      <c r="Q224"/>
+      <c r="R224"/>
+      <c r="S224"/>
+      <c r="T224"/>
+      <c r="U224"/>
+      <c r="V224"/>
+      <c r="W224"/>
+      <c r="X224"/>
+      <c r="Y224"/>
+      <c r="Z224"/>
+      <c r="AA224"/>
+      <c r="AB224"/>
+      <c r="AC224"/>
+      <c r="AD224"/>
+      <c r="AE224"/>
+      <c r="AF224"/>
+      <c r="AG224"/>
+      <c r="AH224"/>
+      <c r="AI224"/>
+      <c r="AJ224"/>
+      <c r="AK224"/>
+      <c r="AL224"/>
+      <c r="AM224"/>
+      <c r="AN224"/>
+      <c r="AO224"/>
+      <c r="AP224"/>
+      <c r="AQ224"/>
+      <c r="AR224"/>
+      <c r="AS224"/>
+      <c r="AT224"/>
+      <c r="AU224"/>
+      <c r="AV224"/>
+      <c r="AW224"/>
+      <c r="AX224"/>
+      <c r="AY224"/>
+      <c r="AZ224"/>
+      <c r="BA224"/>
+      <c r="BB224"/>
+      <c r="BC224"/>
+      <c r="BD224"/>
+      <c r="BE224"/>
+      <c r="BF224"/>
+      <c r="BG224"/>
+      <c r="BH224"/>
+      <c r="BI224"/>
+      <c r="BJ224"/>
+      <c r="BK224"/>
+      <c r="BL224"/>
+      <c r="BM224"/>
+      <c r="BN224"/>
+      <c r="BO224"/>
+      <c r="BP224"/>
+      <c r="BQ224"/>
+      <c r="BR224"/>
+      <c r="BS224"/>
+      <c r="BT224"/>
+      <c r="BU224"/>
+      <c r="BV224"/>
+      <c r="BW224"/>
+      <c r="BX224"/>
+      <c r="BY224"/>
+      <c r="BZ224"/>
+      <c r="CA224"/>
+      <c r="CB224"/>
+      <c r="CC224"/>
+      <c r="CD224"/>
+      <c r="CE224"/>
+      <c r="CF224"/>
+      <c r="CG224"/>
+      <c r="CH224"/>
+      <c r="CI224"/>
+      <c r="CJ224"/>
+      <c r="CK224"/>
+      <c r="CL224"/>
+      <c r="CM224"/>
+      <c r="CN224"/>
+      <c r="CO224"/>
+      <c r="CP224"/>
+      <c r="CQ224"/>
+      <c r="CR224"/>
+      <c r="CS224"/>
+    </row>
+    <row r="225" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A225" s="33"/>
+      <c r="B225" s="18"/>
+      <c r="C225" s="12"/>
+      <c r="D225" s="12"/>
+      <c r="E225" s="18"/>
+      <c r="F225" s="18"/>
+      <c r="G225" s="13"/>
+      <c r="H225" s="19"/>
+      <c r="I225" s="12"/>
+      <c r="J225" s="12"/>
+      <c r="K225" s="12"/>
+      <c r="L225" s="23"/>
+      <c r="O225" s="34"/>
+      <c r="P225"/>
+      <c r="Q225"/>
+      <c r="R225"/>
+      <c r="S225"/>
+      <c r="T225"/>
+      <c r="U225"/>
+      <c r="V225"/>
+      <c r="W225"/>
+      <c r="X225"/>
+      <c r="Y225"/>
+      <c r="Z225"/>
+      <c r="AA225"/>
+      <c r="AB225"/>
+      <c r="AC225"/>
+      <c r="AD225"/>
+      <c r="AE225"/>
+      <c r="AF225"/>
+      <c r="AG225"/>
+      <c r="AH225"/>
+      <c r="AI225"/>
+      <c r="AJ225"/>
+      <c r="AK225"/>
+      <c r="AL225"/>
+      <c r="AM225"/>
+      <c r="AN225"/>
+      <c r="AO225"/>
+      <c r="AP225"/>
+      <c r="AQ225"/>
+      <c r="AR225"/>
+      <c r="AS225"/>
+      <c r="AT225"/>
+      <c r="AU225"/>
+      <c r="AV225"/>
+      <c r="AW225"/>
+      <c r="AX225"/>
+      <c r="AY225"/>
+      <c r="AZ225"/>
+      <c r="BA225"/>
+      <c r="BB225"/>
+      <c r="BC225"/>
+      <c r="BD225"/>
+      <c r="BE225"/>
+      <c r="BF225"/>
+      <c r="BG225"/>
+      <c r="BH225"/>
+      <c r="BI225"/>
+      <c r="BJ225"/>
+      <c r="BK225"/>
+      <c r="BL225"/>
+      <c r="BM225"/>
+      <c r="BN225"/>
+      <c r="BO225"/>
+      <c r="BP225"/>
+      <c r="BQ225"/>
+      <c r="BR225"/>
+      <c r="BS225"/>
+      <c r="BT225"/>
+      <c r="BU225"/>
+      <c r="BV225"/>
+      <c r="BW225"/>
+      <c r="BX225"/>
+      <c r="BY225"/>
+      <c r="BZ225"/>
+      <c r="CA225"/>
+      <c r="CB225"/>
+      <c r="CC225"/>
+      <c r="CD225"/>
+      <c r="CE225"/>
+      <c r="CF225"/>
+      <c r="CG225"/>
+      <c r="CH225"/>
+      <c r="CI225"/>
+      <c r="CJ225"/>
+      <c r="CK225"/>
+      <c r="CL225"/>
+      <c r="CM225"/>
+      <c r="CN225"/>
+      <c r="CO225"/>
+      <c r="CP225"/>
+      <c r="CQ225"/>
+      <c r="CR225"/>
+      <c r="CS225"/>
+    </row>
+    <row r="226" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A226" s="33"/>
+      <c r="B226" s="18"/>
+      <c r="C226" s="12"/>
+      <c r="D226" s="12"/>
+      <c r="E226" s="18"/>
+      <c r="F226" s="18"/>
+      <c r="G226" s="13"/>
+      <c r="H226" s="19"/>
+      <c r="I226" s="12"/>
+      <c r="J226" s="12"/>
+      <c r="K226" s="12"/>
+      <c r="L226" s="23"/>
+      <c r="O226" s="34"/>
+      <c r="P226"/>
+      <c r="Q226"/>
+      <c r="R226"/>
+      <c r="S226"/>
+      <c r="T226"/>
+      <c r="U226"/>
+      <c r="V226"/>
+      <c r="W226"/>
+      <c r="X226"/>
+      <c r="Y226"/>
+      <c r="Z226"/>
+      <c r="AA226"/>
+      <c r="AB226"/>
+      <c r="AC226"/>
+      <c r="AD226"/>
+      <c r="AE226"/>
+      <c r="AF226"/>
+      <c r="AG226"/>
+      <c r="AH226"/>
+      <c r="AI226"/>
+      <c r="AJ226"/>
+      <c r="AK226"/>
+      <c r="AL226"/>
+      <c r="AM226"/>
+      <c r="AN226"/>
+      <c r="AO226"/>
+      <c r="AP226"/>
+      <c r="AQ226"/>
+      <c r="AR226"/>
+      <c r="AS226"/>
+      <c r="AT226"/>
+      <c r="AU226"/>
+      <c r="AV226"/>
+      <c r="AW226"/>
+      <c r="AX226"/>
+      <c r="AY226"/>
+      <c r="AZ226"/>
+      <c r="BA226"/>
+      <c r="BB226"/>
+      <c r="BC226"/>
+      <c r="BD226"/>
+      <c r="BE226"/>
+      <c r="BF226"/>
+      <c r="BG226"/>
+      <c r="BH226"/>
+      <c r="BI226"/>
+      <c r="BJ226"/>
+      <c r="BK226"/>
+      <c r="BL226"/>
+      <c r="BM226"/>
+      <c r="BN226"/>
+      <c r="BO226"/>
+      <c r="BP226"/>
+      <c r="BQ226"/>
+      <c r="BR226"/>
+      <c r="BS226"/>
+      <c r="BT226"/>
+      <c r="BU226"/>
+      <c r="BV226"/>
+      <c r="BW226"/>
+      <c r="BX226"/>
+      <c r="BY226"/>
+      <c r="BZ226"/>
+      <c r="CA226"/>
+      <c r="CB226"/>
+      <c r="CC226"/>
+      <c r="CD226"/>
+      <c r="CE226"/>
+      <c r="CF226"/>
+      <c r="CG226"/>
+      <c r="CH226"/>
+      <c r="CI226"/>
+      <c r="CJ226"/>
+      <c r="CK226"/>
+      <c r="CL226"/>
+      <c r="CM226"/>
+      <c r="CN226"/>
+      <c r="CO226"/>
+      <c r="CP226"/>
+      <c r="CQ226"/>
+      <c r="CR226"/>
+      <c r="CS226"/>
+    </row>
+    <row r="227" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A227" s="33"/>
+      <c r="B227" s="18"/>
+      <c r="C227" s="12"/>
+      <c r="D227" s="12"/>
+      <c r="E227" s="18"/>
+      <c r="F227" s="18"/>
+      <c r="G227" s="13"/>
+      <c r="H227" s="19"/>
+      <c r="I227" s="12"/>
+      <c r="J227" s="12"/>
+      <c r="K227" s="12"/>
+      <c r="L227" s="23"/>
+      <c r="O227" s="34"/>
+      <c r="P227"/>
+      <c r="Q227"/>
+      <c r="R227"/>
+      <c r="S227"/>
+      <c r="T227"/>
+      <c r="U227"/>
+      <c r="V227"/>
+      <c r="W227"/>
+      <c r="X227"/>
+      <c r="Y227"/>
+      <c r="Z227"/>
+      <c r="AA227"/>
+      <c r="AB227"/>
+      <c r="AC227"/>
+      <c r="AD227"/>
+      <c r="AE227"/>
+      <c r="AF227"/>
+      <c r="AG227"/>
+      <c r="AH227"/>
+      <c r="AI227"/>
+      <c r="AJ227"/>
+      <c r="AK227"/>
+      <c r="AL227"/>
+      <c r="AM227"/>
+      <c r="AN227"/>
+      <c r="AO227"/>
+      <c r="AP227"/>
+      <c r="AQ227"/>
+      <c r="AR227"/>
+      <c r="AS227"/>
+      <c r="AT227"/>
+      <c r="AU227"/>
+      <c r="AV227"/>
+      <c r="AW227"/>
+      <c r="AX227"/>
+      <c r="AY227"/>
+      <c r="AZ227"/>
+      <c r="BA227"/>
+      <c r="BB227"/>
+      <c r="BC227"/>
+      <c r="BD227"/>
+      <c r="BE227"/>
+      <c r="BF227"/>
+      <c r="BG227"/>
+      <c r="BH227"/>
+      <c r="BI227"/>
+      <c r="BJ227"/>
+      <c r="BK227"/>
+      <c r="BL227"/>
+      <c r="BM227"/>
+      <c r="BN227"/>
+      <c r="BO227"/>
+      <c r="BP227"/>
+      <c r="BQ227"/>
+      <c r="BR227"/>
+      <c r="BS227"/>
+      <c r="BT227"/>
+      <c r="BU227"/>
+      <c r="BV227"/>
+      <c r="BW227"/>
+      <c r="BX227"/>
+      <c r="BY227"/>
+      <c r="BZ227"/>
+      <c r="CA227"/>
+      <c r="CB227"/>
+      <c r="CC227"/>
+      <c r="CD227"/>
+      <c r="CE227"/>
+      <c r="CF227"/>
+      <c r="CG227"/>
+      <c r="CH227"/>
+      <c r="CI227"/>
+      <c r="CJ227"/>
+      <c r="CK227"/>
+      <c r="CL227"/>
+      <c r="CM227"/>
+      <c r="CN227"/>
+      <c r="CO227"/>
+      <c r="CP227"/>
+      <c r="CQ227"/>
+      <c r="CR227"/>
+      <c r="CS227"/>
+    </row>
+    <row r="228" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A228" s="33"/>
+      <c r="B228" s="18"/>
+      <c r="C228" s="12"/>
+      <c r="D228" s="12"/>
+      <c r="E228" s="18"/>
+      <c r="F228" s="18"/>
+      <c r="G228" s="13"/>
+      <c r="H228" s="19"/>
+      <c r="I228" s="12"/>
+      <c r="J228" s="12"/>
+      <c r="K228" s="12"/>
+      <c r="L228" s="23"/>
+      <c r="O228" s="34"/>
+      <c r="P228"/>
+      <c r="Q228"/>
+      <c r="R228"/>
+      <c r="S228"/>
+      <c r="T228"/>
+      <c r="U228"/>
+      <c r="V228"/>
+      <c r="W228"/>
+      <c r="X228"/>
+      <c r="Y228"/>
+      <c r="Z228"/>
+      <c r="AA228"/>
+      <c r="AB228"/>
+      <c r="AC228"/>
+      <c r="AD228"/>
+      <c r="AE228"/>
+      <c r="AF228"/>
+      <c r="AG228"/>
+      <c r="AH228"/>
+      <c r="AI228"/>
+      <c r="AJ228"/>
+      <c r="AK228"/>
+      <c r="AL228"/>
+      <c r="AM228"/>
+      <c r="AN228"/>
+      <c r="AO228"/>
+      <c r="AP228"/>
+      <c r="AQ228"/>
+      <c r="AR228"/>
+      <c r="AS228"/>
+      <c r="AT228"/>
+      <c r="AU228"/>
+      <c r="AV228"/>
+      <c r="AW228"/>
+      <c r="AX228"/>
+      <c r="AY228"/>
+      <c r="AZ228"/>
+      <c r="BA228"/>
+      <c r="BB228"/>
+      <c r="BC228"/>
+      <c r="BD228"/>
+      <c r="BE228"/>
+      <c r="BF228"/>
+      <c r="BG228"/>
+      <c r="BH228"/>
+      <c r="BI228"/>
+      <c r="BJ228"/>
+      <c r="BK228"/>
+      <c r="BL228"/>
+      <c r="BM228"/>
+      <c r="BN228"/>
+      <c r="BO228"/>
+      <c r="BP228"/>
+      <c r="BQ228"/>
+      <c r="BR228"/>
+      <c r="BS228"/>
+      <c r="BT228"/>
+      <c r="BU228"/>
+      <c r="BV228"/>
+      <c r="BW228"/>
+      <c r="BX228"/>
+      <c r="BY228"/>
+      <c r="BZ228"/>
+      <c r="CA228"/>
+      <c r="CB228"/>
+      <c r="CC228"/>
+      <c r="CD228"/>
+      <c r="CE228"/>
+      <c r="CF228"/>
+      <c r="CG228"/>
+      <c r="CH228"/>
+      <c r="CI228"/>
+      <c r="CJ228"/>
+      <c r="CK228"/>
+      <c r="CL228"/>
+      <c r="CM228"/>
+      <c r="CN228"/>
+      <c r="CO228"/>
+      <c r="CP228"/>
+      <c r="CQ228"/>
+      <c r="CR228"/>
+      <c r="CS228"/>
+    </row>
+    <row r="229" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A229" s="33"/>
+      <c r="B229" s="18"/>
+      <c r="C229" s="12"/>
+      <c r="D229" s="12"/>
+      <c r="E229" s="18"/>
+      <c r="F229" s="18"/>
+      <c r="G229" s="13"/>
+      <c r="H229" s="19"/>
+      <c r="I229" s="12"/>
+      <c r="J229" s="12"/>
+      <c r="K229" s="12"/>
+      <c r="L229" s="23"/>
+      <c r="O229" s="34"/>
+      <c r="P229"/>
+      <c r="Q229"/>
+      <c r="R229"/>
+      <c r="S229"/>
+      <c r="T229"/>
+      <c r="U229"/>
+      <c r="V229"/>
+      <c r="W229"/>
+      <c r="X229"/>
+      <c r="Y229"/>
+      <c r="Z229"/>
+      <c r="AA229"/>
+      <c r="AB229"/>
+      <c r="AC229"/>
+      <c r="AD229"/>
+      <c r="AE229"/>
+      <c r="AF229"/>
+      <c r="AG229"/>
+      <c r="AH229"/>
+      <c r="AI229"/>
+      <c r="AJ229"/>
+      <c r="AK229"/>
+      <c r="AL229"/>
+      <c r="AM229"/>
+      <c r="AN229"/>
+      <c r="AO229"/>
+      <c r="AP229"/>
+      <c r="AQ229"/>
+      <c r="AR229"/>
+      <c r="AS229"/>
+      <c r="AT229"/>
+      <c r="AU229"/>
+      <c r="AV229"/>
+      <c r="AW229"/>
+      <c r="AX229"/>
+      <c r="AY229"/>
+      <c r="AZ229"/>
+      <c r="BA229"/>
+      <c r="BB229"/>
+      <c r="BC229"/>
+      <c r="BD229"/>
+      <c r="BE229"/>
+      <c r="BF229"/>
+      <c r="BG229"/>
+      <c r="BH229"/>
+      <c r="BI229"/>
+      <c r="BJ229"/>
+      <c r="BK229"/>
+      <c r="BL229"/>
+      <c r="BM229"/>
+      <c r="BN229"/>
+      <c r="BO229"/>
+      <c r="BP229"/>
+      <c r="BQ229"/>
+      <c r="BR229"/>
+      <c r="BS229"/>
+      <c r="BT229"/>
+      <c r="BU229"/>
+      <c r="BV229"/>
+      <c r="BW229"/>
+      <c r="BX229"/>
+      <c r="BY229"/>
+      <c r="BZ229"/>
+      <c r="CA229"/>
+      <c r="CB229"/>
+      <c r="CC229"/>
+      <c r="CD229"/>
+      <c r="CE229"/>
+      <c r="CF229"/>
+      <c r="CG229"/>
+      <c r="CH229"/>
+      <c r="CI229"/>
+      <c r="CJ229"/>
+      <c r="CK229"/>
+      <c r="CL229"/>
+      <c r="CM229"/>
+      <c r="CN229"/>
+      <c r="CO229"/>
+      <c r="CP229"/>
+      <c r="CQ229"/>
+      <c r="CR229"/>
+      <c r="CS229"/>
+    </row>
+    <row r="230" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A230" s="33"/>
+      <c r="B230" s="18"/>
+      <c r="C230" s="12"/>
+      <c r="D230" s="12"/>
+      <c r="E230" s="18"/>
+      <c r="F230" s="18"/>
+      <c r="G230" s="13"/>
+      <c r="H230" s="19"/>
+      <c r="I230" s="12"/>
+      <c r="J230" s="12"/>
+      <c r="K230" s="12"/>
+      <c r="L230" s="23"/>
+      <c r="O230" s="34"/>
+      <c r="P230"/>
+      <c r="Q230"/>
+      <c r="R230"/>
+      <c r="S230"/>
+      <c r="T230"/>
+      <c r="U230"/>
+      <c r="V230"/>
+      <c r="W230"/>
+      <c r="X230"/>
+      <c r="Y230"/>
+      <c r="Z230"/>
+      <c r="AA230"/>
+      <c r="AB230"/>
+      <c r="AC230"/>
+      <c r="AD230"/>
+      <c r="AE230"/>
+      <c r="AF230"/>
+      <c r="AG230"/>
+      <c r="AH230"/>
+      <c r="AI230"/>
+      <c r="AJ230"/>
+      <c r="AK230"/>
+      <c r="AL230"/>
+      <c r="AM230"/>
+      <c r="AN230"/>
+      <c r="AO230"/>
+      <c r="AP230"/>
+      <c r="AQ230"/>
+      <c r="AR230"/>
+      <c r="AS230"/>
+      <c r="AT230"/>
+      <c r="AU230"/>
+      <c r="AV230"/>
+      <c r="AW230"/>
+      <c r="AX230"/>
+      <c r="AY230"/>
+      <c r="AZ230"/>
+      <c r="BA230"/>
+      <c r="BB230"/>
+      <c r="BC230"/>
+      <c r="BD230"/>
+      <c r="BE230"/>
+      <c r="BF230"/>
+      <c r="BG230"/>
+      <c r="BH230"/>
+      <c r="BI230"/>
+      <c r="BJ230"/>
+      <c r="BK230"/>
+      <c r="BL230"/>
+      <c r="BM230"/>
+      <c r="BN230"/>
+      <c r="BO230"/>
+      <c r="BP230"/>
+      <c r="BQ230"/>
+      <c r="BR230"/>
+      <c r="BS230"/>
+      <c r="BT230"/>
+      <c r="BU230"/>
+      <c r="BV230"/>
+      <c r="BW230"/>
+      <c r="BX230"/>
+      <c r="BY230"/>
+      <c r="BZ230"/>
+      <c r="CA230"/>
+      <c r="CB230"/>
+      <c r="CC230"/>
+      <c r="CD230"/>
+      <c r="CE230"/>
+      <c r="CF230"/>
+      <c r="CG230"/>
+      <c r="CH230"/>
+      <c r="CI230"/>
+      <c r="CJ230"/>
+      <c r="CK230"/>
+      <c r="CL230"/>
+      <c r="CM230"/>
+      <c r="CN230"/>
+      <c r="CO230"/>
+      <c r="CP230"/>
+      <c r="CQ230"/>
+      <c r="CR230"/>
+      <c r="CS230"/>
+    </row>
+    <row r="231" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A231" s="33"/>
+      <c r="B231" s="18"/>
+      <c r="C231" s="12"/>
+      <c r="D231" s="12"/>
+      <c r="E231" s="18"/>
+      <c r="F231" s="18"/>
+      <c r="G231" s="13"/>
+      <c r="H231" s="19"/>
+      <c r="I231" s="12"/>
+      <c r="J231" s="12"/>
+      <c r="K231" s="12"/>
+      <c r="L231" s="23"/>
+      <c r="O231" s="34"/>
+      <c r="P231"/>
+      <c r="Q231"/>
+      <c r="R231"/>
+      <c r="S231"/>
+      <c r="T231"/>
+      <c r="U231"/>
+      <c r="V231"/>
+      <c r="W231"/>
+      <c r="X231"/>
+      <c r="Y231"/>
+      <c r="Z231"/>
+      <c r="AA231"/>
+      <c r="AB231"/>
+      <c r="AC231"/>
+      <c r="AD231"/>
+      <c r="AE231"/>
+      <c r="AF231"/>
+      <c r="AG231"/>
+      <c r="AH231"/>
+      <c r="AI231"/>
+      <c r="AJ231"/>
+      <c r="AK231"/>
+      <c r="AL231"/>
+      <c r="AM231"/>
+      <c r="AN231"/>
+      <c r="AO231"/>
+      <c r="AP231"/>
+      <c r="AQ231"/>
+      <c r="AR231"/>
+      <c r="AS231"/>
+      <c r="AT231"/>
+      <c r="AU231"/>
+      <c r="AV231"/>
+      <c r="AW231"/>
+      <c r="AX231"/>
+      <c r="AY231"/>
+      <c r="AZ231"/>
+      <c r="BA231"/>
+      <c r="BB231"/>
+      <c r="BC231"/>
+      <c r="BD231"/>
+      <c r="BE231"/>
+      <c r="BF231"/>
+      <c r="BG231"/>
+      <c r="BH231"/>
+      <c r="BI231"/>
+      <c r="BJ231"/>
+      <c r="BK231"/>
+      <c r="BL231"/>
+      <c r="BM231"/>
+      <c r="BN231"/>
+      <c r="BO231"/>
+      <c r="BP231"/>
+      <c r="BQ231"/>
+      <c r="BR231"/>
+      <c r="BS231"/>
+      <c r="BT231"/>
+      <c r="BU231"/>
+      <c r="BV231"/>
+      <c r="BW231"/>
+      <c r="BX231"/>
+      <c r="BY231"/>
+      <c r="BZ231"/>
+      <c r="CA231"/>
+      <c r="CB231"/>
+      <c r="CC231"/>
+      <c r="CD231"/>
+      <c r="CE231"/>
+      <c r="CF231"/>
+      <c r="CG231"/>
+      <c r="CH231"/>
+      <c r="CI231"/>
+      <c r="CJ231"/>
+      <c r="CK231"/>
+      <c r="CL231"/>
+      <c r="CM231"/>
+      <c r="CN231"/>
+      <c r="CO231"/>
+      <c r="CP231"/>
+      <c r="CQ231"/>
+      <c r="CR231"/>
+      <c r="CS231"/>
+    </row>
+    <row r="232" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A232" s="33"/>
+      <c r="B232" s="18"/>
+      <c r="C232" s="12"/>
+      <c r="D232" s="12"/>
+      <c r="E232" s="18"/>
+      <c r="F232" s="18"/>
+      <c r="G232" s="13"/>
+      <c r="H232" s="19"/>
+      <c r="I232" s="12"/>
+      <c r="J232" s="12"/>
+      <c r="K232" s="12"/>
+      <c r="L232" s="23"/>
+      <c r="O232" s="34"/>
+      <c r="P232"/>
+      <c r="Q232"/>
+      <c r="R232"/>
+      <c r="S232"/>
+      <c r="T232"/>
+      <c r="U232"/>
+      <c r="V232"/>
+      <c r="W232"/>
+      <c r="X232"/>
+      <c r="Y232"/>
+      <c r="Z232"/>
+      <c r="AA232"/>
+      <c r="AB232"/>
+      <c r="AC232"/>
+      <c r="AD232"/>
+      <c r="AE232"/>
+      <c r="AF232"/>
+      <c r="AG232"/>
+      <c r="AH232"/>
+      <c r="AI232"/>
+      <c r="AJ232"/>
+      <c r="AK232"/>
+      <c r="AL232"/>
+      <c r="AM232"/>
+      <c r="AN232"/>
+      <c r="AO232"/>
+      <c r="AP232"/>
+      <c r="AQ232"/>
+      <c r="AR232"/>
+      <c r="AS232"/>
+      <c r="AT232"/>
+      <c r="AU232"/>
+      <c r="AV232"/>
+      <c r="AW232"/>
+      <c r="AX232"/>
+      <c r="AY232"/>
+      <c r="AZ232"/>
+      <c r="BA232"/>
+      <c r="BB232"/>
+      <c r="BC232"/>
+      <c r="BD232"/>
+      <c r="BE232"/>
+      <c r="BF232"/>
+      <c r="BG232"/>
+      <c r="BH232"/>
+      <c r="BI232"/>
+      <c r="BJ232"/>
+      <c r="BK232"/>
+      <c r="BL232"/>
+      <c r="BM232"/>
+      <c r="BN232"/>
+      <c r="BO232"/>
+      <c r="BP232"/>
+      <c r="BQ232"/>
+      <c r="BR232"/>
+      <c r="BS232"/>
+      <c r="BT232"/>
+      <c r="BU232"/>
+      <c r="BV232"/>
+      <c r="BW232"/>
+      <c r="BX232"/>
+      <c r="BY232"/>
+      <c r="BZ232"/>
+      <c r="CA232"/>
+      <c r="CB232"/>
+      <c r="CC232"/>
+      <c r="CD232"/>
+      <c r="CE232"/>
+      <c r="CF232"/>
+      <c r="CG232"/>
+      <c r="CH232"/>
+      <c r="CI232"/>
+      <c r="CJ232"/>
+      <c r="CK232"/>
+      <c r="CL232"/>
+      <c r="CM232"/>
+      <c r="CN232"/>
+      <c r="CO232"/>
+      <c r="CP232"/>
+      <c r="CQ232"/>
+      <c r="CR232"/>
+      <c r="CS232"/>
+    </row>
+    <row r="233" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A233" s="33"/>
+      <c r="B233" s="18"/>
+      <c r="C233" s="12"/>
+      <c r="D233" s="12"/>
+      <c r="E233" s="18"/>
+      <c r="F233" s="18"/>
+      <c r="G233" s="13"/>
+      <c r="H233" s="19"/>
+      <c r="I233" s="12"/>
+      <c r="J233" s="12"/>
+      <c r="K233" s="12"/>
+      <c r="L233" s="23"/>
+      <c r="O233" s="34"/>
+      <c r="P233"/>
+      <c r="Q233"/>
+      <c r="R233"/>
+      <c r="S233"/>
+      <c r="T233"/>
+      <c r="U233"/>
+      <c r="V233"/>
+      <c r="W233"/>
+      <c r="X233"/>
+      <c r="Y233"/>
+      <c r="Z233"/>
+      <c r="AA233"/>
+      <c r="AB233"/>
+      <c r="AC233"/>
+      <c r="AD233"/>
+      <c r="AE233"/>
+      <c r="AF233"/>
+      <c r="AG233"/>
+      <c r="AH233"/>
+      <c r="AI233"/>
+      <c r="AJ233"/>
+      <c r="AK233"/>
+      <c r="AL233"/>
+      <c r="AM233"/>
+      <c r="AN233"/>
+      <c r="AO233"/>
+      <c r="AP233"/>
+      <c r="AQ233"/>
+      <c r="AR233"/>
+      <c r="AS233"/>
+      <c r="AT233"/>
+      <c r="AU233"/>
+      <c r="AV233"/>
+      <c r="AW233"/>
+      <c r="AX233"/>
+      <c r="AY233"/>
+      <c r="AZ233"/>
+      <c r="BA233"/>
+      <c r="BB233"/>
+      <c r="BC233"/>
+      <c r="BD233"/>
+      <c r="BE233"/>
+      <c r="BF233"/>
+      <c r="BG233"/>
+      <c r="BH233"/>
+      <c r="BI233"/>
+      <c r="BJ233"/>
+      <c r="BK233"/>
+      <c r="BL233"/>
+      <c r="BM233"/>
+      <c r="BN233"/>
+      <c r="BO233"/>
+      <c r="BP233"/>
+      <c r="BQ233"/>
+      <c r="BR233"/>
+      <c r="BS233"/>
+      <c r="BT233"/>
+      <c r="BU233"/>
+      <c r="BV233"/>
+      <c r="BW233"/>
+      <c r="BX233"/>
+      <c r="BY233"/>
+      <c r="BZ233"/>
+      <c r="CA233"/>
+      <c r="CB233"/>
+      <c r="CC233"/>
+      <c r="CD233"/>
+      <c r="CE233"/>
+      <c r="CF233"/>
+      <c r="CG233"/>
+      <c r="CH233"/>
+      <c r="CI233"/>
+      <c r="CJ233"/>
+      <c r="CK233"/>
+      <c r="CL233"/>
+      <c r="CM233"/>
+      <c r="CN233"/>
+      <c r="CO233"/>
+      <c r="CP233"/>
+      <c r="CQ233"/>
+      <c r="CR233"/>
+      <c r="CS233"/>
+    </row>
+    <row r="234" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A234" s="33"/>
+      <c r="B234" s="18"/>
+      <c r="C234" s="12"/>
+      <c r="D234" s="12"/>
+      <c r="E234" s="18"/>
+      <c r="F234" s="18"/>
+      <c r="G234" s="13"/>
+      <c r="H234" s="19"/>
+      <c r="I234" s="12"/>
+      <c r="J234" s="12"/>
+      <c r="K234" s="12"/>
+      <c r="L234" s="23"/>
+      <c r="O234" s="34"/>
+      <c r="P234"/>
+      <c r="Q234"/>
+      <c r="R234"/>
+      <c r="S234"/>
+      <c r="T234"/>
+      <c r="U234"/>
+      <c r="V234"/>
+      <c r="W234"/>
+      <c r="X234"/>
+      <c r="Y234"/>
+      <c r="Z234"/>
+      <c r="AA234"/>
+      <c r="AB234"/>
+      <c r="AC234"/>
+      <c r="AD234"/>
+      <c r="AE234"/>
+      <c r="AF234"/>
+      <c r="AG234"/>
+      <c r="AH234"/>
+      <c r="AI234"/>
+      <c r="AJ234"/>
+      <c r="AK234"/>
+      <c r="AL234"/>
+      <c r="AM234"/>
+      <c r="AN234"/>
+      <c r="AO234"/>
+      <c r="AP234"/>
+      <c r="AQ234"/>
+      <c r="AR234"/>
+      <c r="AS234"/>
+      <c r="AT234"/>
+      <c r="AU234"/>
+      <c r="AV234"/>
+      <c r="AW234"/>
+      <c r="AX234"/>
+      <c r="AY234"/>
+      <c r="AZ234"/>
+      <c r="BA234"/>
+      <c r="BB234"/>
+      <c r="BC234"/>
+      <c r="BD234"/>
+      <c r="BE234"/>
+      <c r="BF234"/>
+      <c r="BG234"/>
+      <c r="BH234"/>
+      <c r="BI234"/>
+      <c r="BJ234"/>
+      <c r="BK234"/>
+      <c r="BL234"/>
+      <c r="BM234"/>
+      <c r="BN234"/>
+      <c r="BO234"/>
+      <c r="BP234"/>
+      <c r="BQ234"/>
+      <c r="BR234"/>
+      <c r="BS234"/>
+      <c r="BT234"/>
+      <c r="BU234"/>
+      <c r="BV234"/>
+      <c r="BW234"/>
+      <c r="BX234"/>
+      <c r="BY234"/>
+      <c r="BZ234"/>
+      <c r="CA234"/>
+      <c r="CB234"/>
+      <c r="CC234"/>
+      <c r="CD234"/>
+      <c r="CE234"/>
+      <c r="CF234"/>
+      <c r="CG234"/>
+      <c r="CH234"/>
+      <c r="CI234"/>
+      <c r="CJ234"/>
+      <c r="CK234"/>
+      <c r="CL234"/>
+      <c r="CM234"/>
+      <c r="CN234"/>
+      <c r="CO234"/>
+      <c r="CP234"/>
+      <c r="CQ234"/>
+      <c r="CR234"/>
+      <c r="CS234"/>
+    </row>
+    <row r="235" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A235" s="33"/>
+      <c r="B235" s="18"/>
+      <c r="C235" s="12"/>
+      <c r="D235" s="12"/>
+      <c r="E235" s="18"/>
+      <c r="F235" s="18"/>
+      <c r="G235" s="13"/>
+      <c r="H235" s="19"/>
+      <c r="I235" s="12"/>
+      <c r="J235" s="12"/>
+      <c r="K235" s="12"/>
+      <c r="L235" s="23"/>
+      <c r="O235" s="34"/>
+      <c r="P235"/>
+      <c r="Q235"/>
+      <c r="R235"/>
+      <c r="S235"/>
+      <c r="T235"/>
+      <c r="U235"/>
+      <c r="V235"/>
+      <c r="W235"/>
+      <c r="X235"/>
+      <c r="Y235"/>
+      <c r="Z235"/>
+      <c r="AA235"/>
+      <c r="AB235"/>
+      <c r="AC235"/>
+      <c r="AD235"/>
+      <c r="AE235"/>
+      <c r="AF235"/>
+      <c r="AG235"/>
+      <c r="AH235"/>
+      <c r="AI235"/>
+      <c r="AJ235"/>
+      <c r="AK235"/>
+      <c r="AL235"/>
+      <c r="AM235"/>
+      <c r="AN235"/>
+      <c r="AO235"/>
+      <c r="AP235"/>
+      <c r="AQ235"/>
+      <c r="AR235"/>
+      <c r="AS235"/>
+      <c r="AT235"/>
+      <c r="AU235"/>
+      <c r="AV235"/>
+      <c r="AW235"/>
+      <c r="AX235"/>
+      <c r="AY235"/>
+      <c r="AZ235"/>
+      <c r="BA235"/>
+      <c r="BB235"/>
+      <c r="BC235"/>
+      <c r="BD235"/>
+      <c r="BE235"/>
+      <c r="BF235"/>
+      <c r="BG235"/>
+      <c r="BH235"/>
+      <c r="BI235"/>
+      <c r="BJ235"/>
+      <c r="BK235"/>
+      <c r="BL235"/>
+      <c r="BM235"/>
+      <c r="BN235"/>
+      <c r="BO235"/>
+      <c r="BP235"/>
+      <c r="BQ235"/>
+      <c r="BR235"/>
+      <c r="BS235"/>
+      <c r="BT235"/>
+      <c r="BU235"/>
+      <c r="BV235"/>
+      <c r="BW235"/>
+      <c r="BX235"/>
+      <c r="BY235"/>
+      <c r="BZ235"/>
+      <c r="CA235"/>
+      <c r="CB235"/>
+      <c r="CC235"/>
+      <c r="CD235"/>
+      <c r="CE235"/>
+      <c r="CF235"/>
+      <c r="CG235"/>
+      <c r="CH235"/>
+      <c r="CI235"/>
+      <c r="CJ235"/>
+      <c r="CK235"/>
+      <c r="CL235"/>
+      <c r="CM235"/>
+      <c r="CN235"/>
+      <c r="CO235"/>
+      <c r="CP235"/>
+      <c r="CQ235"/>
+      <c r="CR235"/>
+      <c r="CS235"/>
+    </row>
+    <row r="236" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A236" s="33"/>
+      <c r="B236" s="18"/>
+      <c r="C236" s="12"/>
+      <c r="D236" s="12"/>
+      <c r="E236" s="18"/>
+      <c r="F236" s="18"/>
+      <c r="G236" s="13"/>
+      <c r="H236" s="19"/>
+      <c r="I236" s="12"/>
+      <c r="J236" s="12"/>
+      <c r="K236" s="12"/>
+      <c r="L236" s="23"/>
+      <c r="O236" s="34"/>
+      <c r="P236"/>
+      <c r="Q236"/>
+      <c r="R236"/>
+      <c r="S236"/>
+      <c r="T236"/>
+      <c r="U236"/>
+      <c r="V236"/>
+      <c r="W236"/>
+      <c r="X236"/>
+      <c r="Y236"/>
+      <c r="Z236"/>
+      <c r="AA236"/>
+      <c r="AB236"/>
+      <c r="AC236"/>
+      <c r="AD236"/>
+      <c r="AE236"/>
+      <c r="AF236"/>
+      <c r="AG236"/>
+      <c r="AH236"/>
+      <c r="AI236"/>
+      <c r="AJ236"/>
+      <c r="AK236"/>
+      <c r="AL236"/>
+      <c r="AM236"/>
+      <c r="AN236"/>
+      <c r="AO236"/>
+      <c r="AP236"/>
+      <c r="AQ236"/>
+      <c r="AR236"/>
+      <c r="AS236"/>
+      <c r="AT236"/>
+      <c r="AU236"/>
+      <c r="AV236"/>
+      <c r="AW236"/>
+      <c r="AX236"/>
+      <c r="AY236"/>
+      <c r="AZ236"/>
+      <c r="BA236"/>
+      <c r="BB236"/>
+      <c r="BC236"/>
+      <c r="BD236"/>
+      <c r="BE236"/>
+      <c r="BF236"/>
+      <c r="BG236"/>
+      <c r="BH236"/>
+      <c r="BI236"/>
+      <c r="BJ236"/>
+      <c r="BK236"/>
+      <c r="BL236"/>
+      <c r="BM236"/>
+      <c r="BN236"/>
+      <c r="BO236"/>
+      <c r="BP236"/>
+      <c r="BQ236"/>
+      <c r="BR236"/>
+      <c r="BS236"/>
+      <c r="BT236"/>
+      <c r="BU236"/>
+      <c r="BV236"/>
+      <c r="BW236"/>
+      <c r="BX236"/>
+      <c r="BY236"/>
+      <c r="BZ236"/>
+      <c r="CA236"/>
+      <c r="CB236"/>
+      <c r="CC236"/>
+      <c r="CD236"/>
+      <c r="CE236"/>
+      <c r="CF236"/>
+      <c r="CG236"/>
+      <c r="CH236"/>
+      <c r="CI236"/>
+      <c r="CJ236"/>
+      <c r="CK236"/>
+      <c r="CL236"/>
+      <c r="CM236"/>
+      <c r="CN236"/>
+      <c r="CO236"/>
+      <c r="CP236"/>
+      <c r="CQ236"/>
+      <c r="CR236"/>
+      <c r="CS236"/>
+    </row>
+    <row r="237" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A237" s="33"/>
+      <c r="B237" s="18"/>
+      <c r="C237" s="12"/>
+      <c r="D237" s="12"/>
+      <c r="E237" s="18"/>
+      <c r="F237" s="18"/>
+      <c r="G237" s="13"/>
+      <c r="H237" s="19"/>
+      <c r="I237" s="12"/>
+      <c r="J237" s="12"/>
+      <c r="K237" s="12"/>
+      <c r="L237" s="23"/>
+      <c r="O237" s="34"/>
+      <c r="P237"/>
+      <c r="Q237"/>
+      <c r="R237"/>
+      <c r="S237"/>
+      <c r="T237"/>
+      <c r="U237"/>
+      <c r="V237"/>
+      <c r="W237"/>
+      <c r="X237"/>
+      <c r="Y237"/>
+      <c r="Z237"/>
+      <c r="AA237"/>
+      <c r="AB237"/>
+      <c r="AC237"/>
+      <c r="AD237"/>
+      <c r="AE237"/>
+      <c r="AF237"/>
+      <c r="AG237"/>
+      <c r="AH237"/>
+      <c r="AI237"/>
+      <c r="AJ237"/>
+      <c r="AK237"/>
+      <c r="AL237"/>
+      <c r="AM237"/>
+      <c r="AN237"/>
+      <c r="AO237"/>
+      <c r="AP237"/>
+      <c r="AQ237"/>
+      <c r="AR237"/>
+      <c r="AS237"/>
+      <c r="AT237"/>
+      <c r="AU237"/>
+      <c r="AV237"/>
+      <c r="AW237"/>
+      <c r="AX237"/>
+      <c r="AY237"/>
+      <c r="AZ237"/>
+      <c r="BA237"/>
+      <c r="BB237"/>
+      <c r="BC237"/>
+      <c r="BD237"/>
+      <c r="BE237"/>
+      <c r="BF237"/>
+      <c r="BG237"/>
+      <c r="BH237"/>
+      <c r="BI237"/>
+      <c r="BJ237"/>
+      <c r="BK237"/>
+      <c r="BL237"/>
+      <c r="BM237"/>
+      <c r="BN237"/>
+      <c r="BO237"/>
+      <c r="BP237"/>
+      <c r="BQ237"/>
+      <c r="BR237"/>
+      <c r="BS237"/>
+      <c r="BT237"/>
+      <c r="BU237"/>
+      <c r="BV237"/>
+      <c r="BW237"/>
+      <c r="BX237"/>
+      <c r="BY237"/>
+      <c r="BZ237"/>
+      <c r="CA237"/>
+      <c r="CB237"/>
+      <c r="CC237"/>
+      <c r="CD237"/>
+      <c r="CE237"/>
+      <c r="CF237"/>
+      <c r="CG237"/>
+      <c r="CH237"/>
+      <c r="CI237"/>
+      <c r="CJ237"/>
+      <c r="CK237"/>
+      <c r="CL237"/>
+      <c r="CM237"/>
+      <c r="CN237"/>
+      <c r="CO237"/>
+      <c r="CP237"/>
+      <c r="CQ237"/>
+      <c r="CR237"/>
+      <c r="CS237"/>
+    </row>
+    <row r="238" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A238" s="33"/>
+      <c r="B238" s="18"/>
+      <c r="C238" s="12"/>
+      <c r="D238" s="12"/>
+      <c r="E238" s="18"/>
+      <c r="F238" s="18"/>
+      <c r="G238" s="13"/>
+      <c r="H238" s="19"/>
+      <c r="I238" s="12"/>
+      <c r="J238" s="12"/>
+      <c r="K238" s="12"/>
+      <c r="L238" s="23"/>
+      <c r="O238" s="34"/>
+      <c r="P238"/>
+      <c r="Q238"/>
+      <c r="R238"/>
+      <c r="S238"/>
+      <c r="T238"/>
+      <c r="U238"/>
+      <c r="V238"/>
+      <c r="W238"/>
+      <c r="X238"/>
+      <c r="Y238"/>
+      <c r="Z238"/>
+      <c r="AA238"/>
+      <c r="AB238"/>
+      <c r="AC238"/>
+      <c r="AD238"/>
+      <c r="AE238"/>
+      <c r="AF238"/>
+      <c r="AG238"/>
+      <c r="AH238"/>
+      <c r="AI238"/>
+      <c r="AJ238"/>
+      <c r="AK238"/>
+      <c r="AL238"/>
+      <c r="AM238"/>
+      <c r="AN238"/>
+      <c r="AO238"/>
+      <c r="AP238"/>
+      <c r="AQ238"/>
+      <c r="AR238"/>
+      <c r="AS238"/>
+      <c r="AT238"/>
+      <c r="AU238"/>
+      <c r="AV238"/>
+      <c r="AW238"/>
+      <c r="AX238"/>
+      <c r="AY238"/>
+      <c r="AZ238"/>
+      <c r="BA238"/>
+      <c r="BB238"/>
+      <c r="BC238"/>
+      <c r="BD238"/>
+      <c r="BE238"/>
+      <c r="BF238"/>
+      <c r="BG238"/>
+      <c r="BH238"/>
+      <c r="BI238"/>
+      <c r="BJ238"/>
+      <c r="BK238"/>
+      <c r="BL238"/>
+      <c r="BM238"/>
+      <c r="BN238"/>
+      <c r="BO238"/>
+      <c r="BP238"/>
+      <c r="BQ238"/>
+      <c r="BR238"/>
+      <c r="BS238"/>
+      <c r="BT238"/>
+      <c r="BU238"/>
+      <c r="BV238"/>
+      <c r="BW238"/>
+      <c r="BX238"/>
+      <c r="BY238"/>
+      <c r="BZ238"/>
+      <c r="CA238"/>
+      <c r="CB238"/>
+      <c r="CC238"/>
+      <c r="CD238"/>
+      <c r="CE238"/>
+      <c r="CF238"/>
+      <c r="CG238"/>
+      <c r="CH238"/>
+      <c r="CI238"/>
+      <c r="CJ238"/>
+      <c r="CK238"/>
+      <c r="CL238"/>
+      <c r="CM238"/>
+      <c r="CN238"/>
+      <c r="CO238"/>
+      <c r="CP238"/>
+      <c r="CQ238"/>
+      <c r="CR238"/>
+      <c r="CS238"/>
+    </row>
+    <row r="239" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A239" s="33"/>
+      <c r="B239" s="18"/>
+      <c r="C239" s="12"/>
+      <c r="D239" s="12"/>
+      <c r="E239" s="18"/>
+      <c r="F239" s="18"/>
+      <c r="G239" s="13"/>
+      <c r="H239" s="19"/>
+      <c r="I239" s="12"/>
+      <c r="J239" s="12"/>
+      <c r="K239" s="12"/>
+      <c r="L239" s="23"/>
+      <c r="O239" s="34"/>
+      <c r="P239"/>
+      <c r="Q239"/>
+      <c r="R239"/>
+      <c r="S239"/>
+      <c r="T239"/>
+      <c r="U239"/>
+      <c r="V239"/>
+      <c r="W239"/>
+      <c r="X239"/>
+      <c r="Y239"/>
+      <c r="Z239"/>
+      <c r="AA239"/>
+      <c r="AB239"/>
+      <c r="AC239"/>
+      <c r="AD239"/>
+      <c r="AE239"/>
+      <c r="AF239"/>
+      <c r="AG239"/>
+      <c r="AH239"/>
+      <c r="AI239"/>
+      <c r="AJ239"/>
+      <c r="AK239"/>
+      <c r="AL239"/>
+      <c r="AM239"/>
+      <c r="AN239"/>
+      <c r="AO239"/>
+      <c r="AP239"/>
+      <c r="AQ239"/>
+      <c r="AR239"/>
+      <c r="AS239"/>
+      <c r="AT239"/>
+      <c r="AU239"/>
+      <c r="AV239"/>
+      <c r="AW239"/>
+      <c r="AX239"/>
+      <c r="AY239"/>
+      <c r="AZ239"/>
+      <c r="BA239"/>
+      <c r="BB239"/>
+      <c r="BC239"/>
+      <c r="BD239"/>
+      <c r="BE239"/>
+      <c r="BF239"/>
+      <c r="BG239"/>
+      <c r="BH239"/>
+      <c r="BI239"/>
+      <c r="BJ239"/>
+      <c r="BK239"/>
+      <c r="BL239"/>
+      <c r="BM239"/>
+      <c r="BN239"/>
+      <c r="BO239"/>
+      <c r="BP239"/>
+      <c r="BQ239"/>
+      <c r="BR239"/>
+      <c r="BS239"/>
+      <c r="BT239"/>
+      <c r="BU239"/>
+      <c r="BV239"/>
+      <c r="BW239"/>
+      <c r="BX239"/>
+      <c r="BY239"/>
+      <c r="BZ239"/>
+      <c r="CA239"/>
+      <c r="CB239"/>
+      <c r="CC239"/>
+      <c r="CD239"/>
+      <c r="CE239"/>
+      <c r="CF239"/>
+      <c r="CG239"/>
+      <c r="CH239"/>
+      <c r="CI239"/>
+      <c r="CJ239"/>
+      <c r="CK239"/>
+      <c r="CL239"/>
+      <c r="CM239"/>
+      <c r="CN239"/>
+      <c r="CO239"/>
+      <c r="CP239"/>
+      <c r="CQ239"/>
+      <c r="CR239"/>
+      <c r="CS239"/>
+    </row>
+    <row r="240" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A240" s="33"/>
+      <c r="B240" s="18"/>
+      <c r="C240" s="12"/>
+      <c r="D240" s="12"/>
+      <c r="E240" s="18"/>
+      <c r="F240" s="18"/>
+      <c r="G240" s="13"/>
+      <c r="H240" s="19"/>
+      <c r="I240" s="12"/>
+      <c r="J240" s="12"/>
+      <c r="K240" s="12"/>
+      <c r="L240" s="23"/>
+      <c r="O240" s="34"/>
+      <c r="P240"/>
+      <c r="Q240"/>
+      <c r="R240"/>
+      <c r="S240"/>
+      <c r="T240"/>
+      <c r="U240"/>
+      <c r="V240"/>
+      <c r="W240"/>
+      <c r="X240"/>
+      <c r="Y240"/>
+      <c r="Z240"/>
+      <c r="AA240"/>
+      <c r="AB240"/>
+      <c r="AC240"/>
+      <c r="AD240"/>
+      <c r="AE240"/>
+      <c r="AF240"/>
+      <c r="AG240"/>
+      <c r="AH240"/>
+      <c r="AI240"/>
+      <c r="AJ240"/>
+      <c r="AK240"/>
+      <c r="AL240"/>
+      <c r="AM240"/>
+      <c r="AN240"/>
+      <c r="AO240"/>
+      <c r="AP240"/>
+      <c r="AQ240"/>
+      <c r="AR240"/>
+      <c r="AS240"/>
+      <c r="AT240"/>
+      <c r="AU240"/>
+      <c r="AV240"/>
+      <c r="AW240"/>
+      <c r="AX240"/>
+      <c r="AY240"/>
+      <c r="AZ240"/>
+      <c r="BA240"/>
+      <c r="BB240"/>
+      <c r="BC240"/>
+      <c r="BD240"/>
+      <c r="BE240"/>
+      <c r="BF240"/>
+      <c r="BG240"/>
+      <c r="BH240"/>
+      <c r="BI240"/>
+      <c r="BJ240"/>
+      <c r="BK240"/>
+      <c r="BL240"/>
+      <c r="BM240"/>
+      <c r="BN240"/>
+      <c r="BO240"/>
+      <c r="BP240"/>
+      <c r="BQ240"/>
+      <c r="BR240"/>
+      <c r="BS240"/>
+      <c r="BT240"/>
+      <c r="BU240"/>
+      <c r="BV240"/>
+      <c r="BW240"/>
+      <c r="BX240"/>
+      <c r="BY240"/>
+      <c r="BZ240"/>
+      <c r="CA240"/>
+      <c r="CB240"/>
+      <c r="CC240"/>
+      <c r="CD240"/>
+      <c r="CE240"/>
+      <c r="CF240"/>
+      <c r="CG240"/>
+      <c r="CH240"/>
+      <c r="CI240"/>
+      <c r="CJ240"/>
+      <c r="CK240"/>
+      <c r="CL240"/>
+      <c r="CM240"/>
+      <c r="CN240"/>
+      <c r="CO240"/>
+      <c r="CP240"/>
+      <c r="CQ240"/>
+      <c r="CR240"/>
+      <c r="CS240"/>
+    </row>
+    <row r="241" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A241" s="33"/>
+      <c r="B241" s="18"/>
+      <c r="C241" s="12"/>
+      <c r="D241" s="12"/>
+      <c r="E241" s="18"/>
+      <c r="F241" s="18"/>
+      <c r="G241" s="13"/>
+      <c r="H241" s="19"/>
+      <c r="I241" s="12"/>
+      <c r="J241" s="12"/>
+      <c r="K241" s="12"/>
+      <c r="L241" s="23"/>
+      <c r="O241" s="34"/>
+      <c r="P241"/>
+      <c r="Q241"/>
+      <c r="R241"/>
+      <c r="S241"/>
+      <c r="T241"/>
+      <c r="U241"/>
+      <c r="V241"/>
+      <c r="W241"/>
+      <c r="X241"/>
+      <c r="Y241"/>
+      <c r="Z241"/>
+      <c r="AA241"/>
+      <c r="AB241"/>
+      <c r="AC241"/>
+      <c r="AD241"/>
+      <c r="AE241"/>
+      <c r="AF241"/>
+      <c r="AG241"/>
+      <c r="AH241"/>
+      <c r="AI241"/>
+      <c r="AJ241"/>
+      <c r="AK241"/>
+      <c r="AL241"/>
+      <c r="AM241"/>
+      <c r="AN241"/>
+      <c r="AO241"/>
+      <c r="AP241"/>
+      <c r="AQ241"/>
+      <c r="AR241"/>
+      <c r="AS241"/>
+      <c r="AT241"/>
+      <c r="AU241"/>
+      <c r="AV241"/>
+      <c r="AW241"/>
+      <c r="AX241"/>
+      <c r="AY241"/>
+      <c r="AZ241"/>
+      <c r="BA241"/>
+      <c r="BB241"/>
+      <c r="BC241"/>
+      <c r="BD241"/>
+      <c r="BE241"/>
+      <c r="BF241"/>
+      <c r="BG241"/>
+      <c r="BH241"/>
+      <c r="BI241"/>
+      <c r="BJ241"/>
+      <c r="BK241"/>
+      <c r="BL241"/>
+      <c r="BM241"/>
+      <c r="BN241"/>
+      <c r="BO241"/>
+      <c r="BP241"/>
+      <c r="BQ241"/>
+      <c r="BR241"/>
+      <c r="BS241"/>
+      <c r="BT241"/>
+      <c r="BU241"/>
+      <c r="BV241"/>
+      <c r="BW241"/>
+      <c r="BX241"/>
+      <c r="BY241"/>
+      <c r="BZ241"/>
+      <c r="CA241"/>
+      <c r="CB241"/>
+      <c r="CC241"/>
+      <c r="CD241"/>
+      <c r="CE241"/>
+      <c r="CF241"/>
+      <c r="CG241"/>
+      <c r="CH241"/>
+      <c r="CI241"/>
+      <c r="CJ241"/>
+      <c r="CK241"/>
+      <c r="CL241"/>
+      <c r="CM241"/>
+      <c r="CN241"/>
+      <c r="CO241"/>
+      <c r="CP241"/>
+      <c r="CQ241"/>
+      <c r="CR241"/>
+      <c r="CS241"/>
+    </row>
+    <row r="242" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A242" s="33"/>
+      <c r="B242" s="18"/>
+      <c r="C242" s="12"/>
+      <c r="D242" s="12"/>
+      <c r="E242" s="18"/>
+      <c r="F242" s="18"/>
+      <c r="G242" s="13"/>
+      <c r="H242" s="19"/>
+      <c r="I242" s="12"/>
+      <c r="J242" s="12"/>
+      <c r="K242" s="12"/>
+      <c r="L242" s="23"/>
+      <c r="O242" s="34"/>
+      <c r="P242"/>
+      <c r="Q242"/>
+      <c r="R242"/>
+      <c r="S242"/>
+      <c r="T242"/>
+      <c r="U242"/>
+      <c r="V242"/>
+      <c r="W242"/>
+      <c r="X242"/>
+      <c r="Y242"/>
+      <c r="Z242"/>
+      <c r="AA242"/>
+      <c r="AB242"/>
+      <c r="AC242"/>
+      <c r="AD242"/>
+      <c r="AE242"/>
+      <c r="AF242"/>
+      <c r="AG242"/>
+      <c r="AH242"/>
+      <c r="AI242"/>
+      <c r="AJ242"/>
+      <c r="AK242"/>
+      <c r="AL242"/>
+      <c r="AM242"/>
+      <c r="AN242"/>
+      <c r="AO242"/>
+      <c r="AP242"/>
+      <c r="AQ242"/>
+      <c r="AR242"/>
+      <c r="AS242"/>
+      <c r="AT242"/>
+      <c r="AU242"/>
+      <c r="AV242"/>
+      <c r="AW242"/>
+      <c r="AX242"/>
+      <c r="AY242"/>
+      <c r="AZ242"/>
+      <c r="BA242"/>
+      <c r="BB242"/>
+      <c r="BC242"/>
+      <c r="BD242"/>
+      <c r="BE242"/>
+      <c r="BF242"/>
+      <c r="BG242"/>
+      <c r="BH242"/>
+      <c r="BI242"/>
+      <c r="BJ242"/>
+      <c r="BK242"/>
+      <c r="BL242"/>
+      <c r="BM242"/>
+      <c r="BN242"/>
+      <c r="BO242"/>
+      <c r="BP242"/>
+      <c r="BQ242"/>
+      <c r="BR242"/>
+      <c r="BS242"/>
+      <c r="BT242"/>
+      <c r="BU242"/>
+      <c r="BV242"/>
+      <c r="BW242"/>
+      <c r="BX242"/>
+      <c r="BY242"/>
+      <c r="BZ242"/>
+      <c r="CA242"/>
+      <c r="CB242"/>
+      <c r="CC242"/>
+      <c r="CD242"/>
+      <c r="CE242"/>
+      <c r="CF242"/>
+      <c r="CG242"/>
+      <c r="CH242"/>
+      <c r="CI242"/>
+      <c r="CJ242"/>
+      <c r="CK242"/>
+      <c r="CL242"/>
+      <c r="CM242"/>
+      <c r="CN242"/>
+      <c r="CO242"/>
+      <c r="CP242"/>
+      <c r="CQ242"/>
+      <c r="CR242"/>
+      <c r="CS242"/>
+    </row>
+    <row r="243" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A243" s="33"/>
+      <c r="B243" s="18"/>
+      <c r="C243" s="12"/>
+      <c r="D243" s="12"/>
+      <c r="E243" s="18"/>
+      <c r="F243" s="18"/>
+      <c r="G243" s="13"/>
+      <c r="H243" s="19"/>
+      <c r="I243" s="12"/>
+      <c r="J243" s="12"/>
+      <c r="K243" s="12"/>
+      <c r="L243" s="23"/>
+      <c r="O243" s="34"/>
+      <c r="P243"/>
+      <c r="Q243"/>
+      <c r="R243"/>
+      <c r="S243"/>
+      <c r="T243"/>
+      <c r="U243"/>
+      <c r="V243"/>
+      <c r="W243"/>
+      <c r="X243"/>
+      <c r="Y243"/>
+      <c r="Z243"/>
+      <c r="AA243"/>
+      <c r="AB243"/>
+      <c r="AC243"/>
+      <c r="AD243"/>
+      <c r="AE243"/>
+      <c r="AF243"/>
+      <c r="AG243"/>
+      <c r="AH243"/>
+      <c r="AI243"/>
+      <c r="AJ243"/>
+      <c r="AK243"/>
+      <c r="AL243"/>
+      <c r="AM243"/>
+      <c r="AN243"/>
+      <c r="AO243"/>
+      <c r="AP243"/>
+      <c r="AQ243"/>
+      <c r="AR243"/>
+      <c r="AS243"/>
+      <c r="AT243"/>
+      <c r="AU243"/>
+      <c r="AV243"/>
+      <c r="AW243"/>
+      <c r="AX243"/>
+      <c r="AY243"/>
+      <c r="AZ243"/>
+      <c r="BA243"/>
+      <c r="BB243"/>
+      <c r="BC243"/>
+      <c r="BD243"/>
+      <c r="BE243"/>
+      <c r="BF243"/>
+      <c r="BG243"/>
+      <c r="BH243"/>
+      <c r="BI243"/>
+      <c r="BJ243"/>
+      <c r="BK243"/>
+      <c r="BL243"/>
+      <c r="BM243"/>
+      <c r="BN243"/>
+      <c r="BO243"/>
+      <c r="BP243"/>
+      <c r="BQ243"/>
+      <c r="BR243"/>
+      <c r="BS243"/>
+      <c r="BT243"/>
+      <c r="BU243"/>
+      <c r="BV243"/>
+      <c r="BW243"/>
+      <c r="BX243"/>
+      <c r="BY243"/>
+      <c r="BZ243"/>
+      <c r="CA243"/>
+      <c r="CB243"/>
+      <c r="CC243"/>
+      <c r="CD243"/>
+      <c r="CE243"/>
+      <c r="CF243"/>
+      <c r="CG243"/>
+      <c r="CH243"/>
+      <c r="CI243"/>
+      <c r="CJ243"/>
+      <c r="CK243"/>
+      <c r="CL243"/>
+      <c r="CM243"/>
+      <c r="CN243"/>
+      <c r="CO243"/>
+      <c r="CP243"/>
+      <c r="CQ243"/>
+      <c r="CR243"/>
+      <c r="CS243"/>
+    </row>
+    <row r="244" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A244" s="33"/>
+      <c r="B244" s="18"/>
+      <c r="C244" s="12"/>
+      <c r="D244" s="12"/>
+      <c r="E244" s="18"/>
+      <c r="F244" s="18"/>
+      <c r="G244" s="13"/>
+      <c r="H244" s="19"/>
+      <c r="I244" s="12"/>
+      <c r="J244" s="12"/>
+      <c r="K244" s="12"/>
+      <c r="L244" s="23"/>
+      <c r="O244" s="34"/>
+      <c r="P244"/>
+      <c r="Q244"/>
+      <c r="R244"/>
+      <c r="S244"/>
+      <c r="T244"/>
+      <c r="U244"/>
+      <c r="V244"/>
+      <c r="W244"/>
+      <c r="X244"/>
+      <c r="Y244"/>
+      <c r="Z244"/>
+      <c r="AA244"/>
+      <c r="AB244"/>
+      <c r="AC244"/>
+      <c r="AD244"/>
+      <c r="AE244"/>
+      <c r="AF244"/>
+      <c r="AG244"/>
+      <c r="AH244"/>
+      <c r="AI244"/>
+      <c r="AJ244"/>
+      <c r="AK244"/>
+      <c r="AL244"/>
+      <c r="AM244"/>
+      <c r="AN244"/>
+      <c r="AO244"/>
+      <c r="AP244"/>
+      <c r="AQ244"/>
+      <c r="AR244"/>
+      <c r="AS244"/>
+      <c r="AT244"/>
+      <c r="AU244"/>
+      <c r="AV244"/>
+      <c r="AW244"/>
+      <c r="AX244"/>
+      <c r="AY244"/>
+      <c r="AZ244"/>
+      <c r="BA244"/>
+      <c r="BB244"/>
+      <c r="BC244"/>
+      <c r="BD244"/>
+      <c r="BE244"/>
+      <c r="BF244"/>
+      <c r="BG244"/>
+      <c r="BH244"/>
+      <c r="BI244"/>
+      <c r="BJ244"/>
+      <c r="BK244"/>
+      <c r="BL244"/>
+      <c r="BM244"/>
+      <c r="BN244"/>
+      <c r="BO244"/>
+      <c r="BP244"/>
+      <c r="BQ244"/>
+      <c r="BR244"/>
+      <c r="BS244"/>
+      <c r="BT244"/>
+      <c r="BU244"/>
+      <c r="BV244"/>
+      <c r="BW244"/>
+      <c r="BX244"/>
+      <c r="BY244"/>
+      <c r="BZ244"/>
+      <c r="CA244"/>
+      <c r="CB244"/>
+      <c r="CC244"/>
+      <c r="CD244"/>
+      <c r="CE244"/>
+      <c r="CF244"/>
+      <c r="CG244"/>
+      <c r="CH244"/>
+      <c r="CI244"/>
+      <c r="CJ244"/>
+      <c r="CK244"/>
+      <c r="CL244"/>
+      <c r="CM244"/>
+      <c r="CN244"/>
+      <c r="CO244"/>
+      <c r="CP244"/>
+      <c r="CQ244"/>
+      <c r="CR244"/>
+      <c r="CS244"/>
+    </row>
+    <row r="245" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A245" s="33"/>
+      <c r="B245" s="18"/>
+      <c r="C245" s="12"/>
+      <c r="D245" s="12"/>
+      <c r="E245" s="18"/>
+      <c r="F245" s="18"/>
+      <c r="G245" s="13"/>
+      <c r="H245" s="19"/>
+      <c r="I245" s="12"/>
+      <c r="J245" s="12"/>
+      <c r="K245" s="12"/>
+      <c r="L245" s="23"/>
+      <c r="O245" s="34"/>
+      <c r="P245"/>
+      <c r="Q245"/>
+      <c r="R245"/>
+      <c r="S245"/>
+      <c r="T245"/>
+      <c r="U245"/>
+      <c r="V245"/>
+      <c r="W245"/>
+      <c r="X245"/>
+      <c r="Y245"/>
+      <c r="Z245"/>
+      <c r="AA245"/>
+      <c r="AB245"/>
+      <c r="AC245"/>
+      <c r="AD245"/>
+      <c r="AE245"/>
+      <c r="AF245"/>
+      <c r="AG245"/>
+      <c r="AH245"/>
+      <c r="AI245"/>
+      <c r="AJ245"/>
+      <c r="AK245"/>
+      <c r="AL245"/>
+      <c r="AM245"/>
+      <c r="AN245"/>
+      <c r="AO245"/>
+      <c r="AP245"/>
+      <c r="AQ245"/>
+      <c r="AR245"/>
+      <c r="AS245"/>
+      <c r="AT245"/>
+      <c r="AU245"/>
+      <c r="AV245"/>
+      <c r="AW245"/>
+      <c r="AX245"/>
+      <c r="AY245"/>
+      <c r="AZ245"/>
+      <c r="BA245"/>
+      <c r="BB245"/>
+      <c r="BC245"/>
+      <c r="BD245"/>
+      <c r="BE245"/>
+      <c r="BF245"/>
+      <c r="BG245"/>
+      <c r="BH245"/>
+      <c r="BI245"/>
+      <c r="BJ245"/>
+      <c r="BK245"/>
+      <c r="BL245"/>
+      <c r="BM245"/>
+      <c r="BN245"/>
+      <c r="BO245"/>
+      <c r="BP245"/>
+      <c r="BQ245"/>
+      <c r="BR245"/>
+      <c r="BS245"/>
+      <c r="BT245"/>
+      <c r="BU245"/>
+      <c r="BV245"/>
+      <c r="BW245"/>
+      <c r="BX245"/>
+      <c r="BY245"/>
+      <c r="BZ245"/>
+      <c r="CA245"/>
+      <c r="CB245"/>
+      <c r="CC245"/>
+      <c r="CD245"/>
+      <c r="CE245"/>
+      <c r="CF245"/>
+      <c r="CG245"/>
+      <c r="CH245"/>
+      <c r="CI245"/>
+      <c r="CJ245"/>
+      <c r="CK245"/>
+      <c r="CL245"/>
+      <c r="CM245"/>
+      <c r="CN245"/>
+      <c r="CO245"/>
+      <c r="CP245"/>
+      <c r="CQ245"/>
+      <c r="CR245"/>
+      <c r="CS245"/>
+    </row>
+    <row r="246" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A246" s="33"/>
+      <c r="B246" s="18"/>
+      <c r="C246" s="12"/>
+      <c r="D246" s="12"/>
+      <c r="E246" s="18"/>
+      <c r="F246" s="18"/>
+      <c r="G246" s="13"/>
+      <c r="H246" s="19"/>
+      <c r="I246" s="12"/>
+      <c r="J246" s="12"/>
+      <c r="K246" s="12"/>
+      <c r="L246" s="23"/>
+      <c r="O246" s="34"/>
+      <c r="P246"/>
+      <c r="Q246"/>
+      <c r="R246"/>
+      <c r="S246"/>
+      <c r="T246"/>
+      <c r="U246"/>
+      <c r="V246"/>
+      <c r="W246"/>
+      <c r="X246"/>
+      <c r="Y246"/>
+      <c r="Z246"/>
+      <c r="AA246"/>
+      <c r="AB246"/>
+      <c r="AC246"/>
+      <c r="AD246"/>
+      <c r="AE246"/>
+      <c r="AF246"/>
+      <c r="AG246"/>
+      <c r="AH246"/>
+      <c r="AI246"/>
+      <c r="AJ246"/>
+      <c r="AK246"/>
+      <c r="AL246"/>
+      <c r="AM246"/>
+      <c r="AN246"/>
+      <c r="AO246"/>
+      <c r="AP246"/>
+      <c r="AQ246"/>
+      <c r="AR246"/>
+      <c r="AS246"/>
+      <c r="AT246"/>
+      <c r="AU246"/>
+      <c r="AV246"/>
+      <c r="AW246"/>
+      <c r="AX246"/>
+      <c r="AY246"/>
+      <c r="AZ246"/>
+      <c r="BA246"/>
+      <c r="BB246"/>
+      <c r="BC246"/>
+      <c r="BD246"/>
+      <c r="BE246"/>
+      <c r="BF246"/>
+      <c r="BG246"/>
+      <c r="BH246"/>
+      <c r="BI246"/>
+      <c r="BJ246"/>
+      <c r="BK246"/>
+      <c r="BL246"/>
+      <c r="BM246"/>
+      <c r="BN246"/>
+      <c r="BO246"/>
+      <c r="BP246"/>
+      <c r="BQ246"/>
+      <c r="BR246"/>
+      <c r="BS246"/>
+      <c r="BT246"/>
+      <c r="BU246"/>
+      <c r="BV246"/>
+      <c r="BW246"/>
+      <c r="BX246"/>
+      <c r="BY246"/>
+      <c r="BZ246"/>
+      <c r="CA246"/>
+      <c r="CB246"/>
+      <c r="CC246"/>
+      <c r="CD246"/>
+      <c r="CE246"/>
+      <c r="CF246"/>
+      <c r="CG246"/>
+      <c r="CH246"/>
+      <c r="CI246"/>
+      <c r="CJ246"/>
+      <c r="CK246"/>
+      <c r="CL246"/>
+      <c r="CM246"/>
+      <c r="CN246"/>
+      <c r="CO246"/>
+      <c r="CP246"/>
+      <c r="CQ246"/>
+      <c r="CR246"/>
+      <c r="CS246"/>
+    </row>
+    <row r="247" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A247" s="33"/>
+      <c r="B247" s="18"/>
+      <c r="C247" s="12"/>
+      <c r="D247" s="12"/>
+      <c r="E247" s="18"/>
+      <c r="F247" s="18"/>
+      <c r="G247" s="13"/>
+      <c r="H247" s="19"/>
+      <c r="I247" s="12"/>
+      <c r="J247" s="12"/>
+      <c r="K247" s="12"/>
+      <c r="L247" s="23"/>
+      <c r="O247" s="34"/>
+      <c r="P247"/>
+      <c r="Q247"/>
+      <c r="R247"/>
+      <c r="S247"/>
+      <c r="T247"/>
+      <c r="U247"/>
+      <c r="V247"/>
+      <c r="W247"/>
+      <c r="X247"/>
+      <c r="Y247"/>
+      <c r="Z247"/>
+      <c r="AA247"/>
+      <c r="AB247"/>
+      <c r="AC247"/>
+      <c r="AD247"/>
+      <c r="AE247"/>
+      <c r="AF247"/>
+      <c r="AG247"/>
+      <c r="AH247"/>
+      <c r="AI247"/>
+      <c r="AJ247"/>
+      <c r="AK247"/>
+      <c r="AL247"/>
+      <c r="AM247"/>
+      <c r="AN247"/>
+      <c r="AO247"/>
+      <c r="AP247"/>
+      <c r="AQ247"/>
+      <c r="AR247"/>
+      <c r="AS247"/>
+      <c r="AT247"/>
+      <c r="AU247"/>
+      <c r="AV247"/>
+      <c r="AW247"/>
+      <c r="AX247"/>
+      <c r="AY247"/>
+      <c r="AZ247"/>
+      <c r="BA247"/>
+      <c r="BB247"/>
+      <c r="BC247"/>
+      <c r="BD247"/>
+      <c r="BE247"/>
+      <c r="BF247"/>
+      <c r="BG247"/>
+      <c r="BH247"/>
+      <c r="BI247"/>
+      <c r="BJ247"/>
+      <c r="BK247"/>
+      <c r="BL247"/>
+      <c r="BM247"/>
+      <c r="BN247"/>
+      <c r="BO247"/>
+      <c r="BP247"/>
+      <c r="BQ247"/>
+      <c r="BR247"/>
+      <c r="BS247"/>
+      <c r="BT247"/>
+      <c r="BU247"/>
+      <c r="BV247"/>
+      <c r="BW247"/>
+      <c r="BX247"/>
+      <c r="BY247"/>
+      <c r="BZ247"/>
+      <c r="CA247"/>
+      <c r="CB247"/>
+      <c r="CC247"/>
+      <c r="CD247"/>
+      <c r="CE247"/>
+      <c r="CF247"/>
+      <c r="CG247"/>
+      <c r="CH247"/>
+      <c r="CI247"/>
+      <c r="CJ247"/>
+      <c r="CK247"/>
+      <c r="CL247"/>
+      <c r="CM247"/>
+      <c r="CN247"/>
+      <c r="CO247"/>
+      <c r="CP247"/>
+      <c r="CQ247"/>
+      <c r="CR247"/>
+      <c r="CS247"/>
+    </row>
+    <row r="248" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A248" s="33"/>
+      <c r="B248" s="18"/>
+      <c r="C248" s="12"/>
+      <c r="D248" s="12"/>
+      <c r="E248" s="18"/>
+      <c r="F248" s="18"/>
+      <c r="G248" s="13"/>
+      <c r="H248" s="19"/>
+      <c r="I248" s="12"/>
+      <c r="J248" s="12"/>
+      <c r="K248" s="12"/>
+      <c r="L248" s="23"/>
+      <c r="O248" s="34"/>
+      <c r="P248"/>
+      <c r="Q248"/>
+      <c r="R248"/>
+      <c r="S248"/>
+      <c r="T248"/>
+      <c r="U248"/>
+      <c r="V248"/>
+      <c r="W248"/>
+      <c r="X248"/>
+      <c r="Y248"/>
+      <c r="Z248"/>
+      <c r="AA248"/>
+      <c r="AB248"/>
+      <c r="AC248"/>
+      <c r="AD248"/>
+      <c r="AE248"/>
+      <c r="AF248"/>
+      <c r="AG248"/>
+      <c r="AH248"/>
+      <c r="AI248"/>
+      <c r="AJ248"/>
+      <c r="AK248"/>
+      <c r="AL248"/>
+      <c r="AM248"/>
+      <c r="AN248"/>
+      <c r="AO248"/>
+      <c r="AP248"/>
+      <c r="AQ248"/>
+      <c r="AR248"/>
+      <c r="AS248"/>
+      <c r="AT248"/>
+      <c r="AU248"/>
+      <c r="AV248"/>
+      <c r="AW248"/>
+      <c r="AX248"/>
+      <c r="AY248"/>
+      <c r="AZ248"/>
+      <c r="BA248"/>
+      <c r="BB248"/>
+      <c r="BC248"/>
+      <c r="BD248"/>
+      <c r="BE248"/>
+      <c r="BF248"/>
+      <c r="BG248"/>
+      <c r="BH248"/>
+      <c r="BI248"/>
+      <c r="BJ248"/>
+      <c r="BK248"/>
+      <c r="BL248"/>
+      <c r="BM248"/>
+      <c r="BN248"/>
+      <c r="BO248"/>
+      <c r="BP248"/>
+      <c r="BQ248"/>
+      <c r="BR248"/>
+      <c r="BS248"/>
+      <c r="BT248"/>
+      <c r="BU248"/>
+      <c r="BV248"/>
+      <c r="BW248"/>
+      <c r="BX248"/>
+      <c r="BY248"/>
+      <c r="BZ248"/>
+      <c r="CA248"/>
+      <c r="CB248"/>
+      <c r="CC248"/>
+      <c r="CD248"/>
+      <c r="CE248"/>
+      <c r="CF248"/>
+      <c r="CG248"/>
+      <c r="CH248"/>
+      <c r="CI248"/>
+      <c r="CJ248"/>
+      <c r="CK248"/>
+      <c r="CL248"/>
+      <c r="CM248"/>
+      <c r="CN248"/>
+      <c r="CO248"/>
+      <c r="CP248"/>
+      <c r="CQ248"/>
+      <c r="CR248"/>
+      <c r="CS248"/>
+    </row>
+    <row r="249" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A249" s="33"/>
+      <c r="B249" s="18"/>
+      <c r="C249" s="12"/>
+      <c r="D249" s="12"/>
+      <c r="E249" s="18"/>
+      <c r="F249" s="18"/>
+      <c r="G249" s="13"/>
+      <c r="H249" s="19"/>
+      <c r="I249" s="12"/>
+      <c r="J249" s="12"/>
+      <c r="K249" s="12"/>
+      <c r="L249" s="23"/>
+      <c r="O249" s="34"/>
+      <c r="P249"/>
+      <c r="Q249"/>
+      <c r="R249"/>
+      <c r="S249"/>
+      <c r="T249"/>
+      <c r="U249"/>
+      <c r="V249"/>
+      <c r="W249"/>
+      <c r="X249"/>
+      <c r="Y249"/>
+      <c r="Z249"/>
+      <c r="AA249"/>
+      <c r="AB249"/>
+      <c r="AC249"/>
+      <c r="AD249"/>
+      <c r="AE249"/>
+      <c r="AF249"/>
+      <c r="AG249"/>
+      <c r="AH249"/>
+      <c r="AI249"/>
+      <c r="AJ249"/>
+      <c r="AK249"/>
+      <c r="AL249"/>
+      <c r="AM249"/>
+      <c r="AN249"/>
+      <c r="AO249"/>
+      <c r="AP249"/>
+      <c r="AQ249"/>
+      <c r="AR249"/>
+      <c r="AS249"/>
+      <c r="AT249"/>
+      <c r="AU249"/>
+      <c r="AV249"/>
+      <c r="AW249"/>
+      <c r="AX249"/>
+      <c r="AY249"/>
+      <c r="AZ249"/>
+      <c r="BA249"/>
+      <c r="BB249"/>
+      <c r="BC249"/>
+      <c r="BD249"/>
+      <c r="BE249"/>
+      <c r="BF249"/>
+      <c r="BG249"/>
+      <c r="BH249"/>
+      <c r="BI249"/>
+      <c r="BJ249"/>
+      <c r="BK249"/>
+      <c r="BL249"/>
+      <c r="BM249"/>
+      <c r="BN249"/>
+      <c r="BO249"/>
+      <c r="BP249"/>
+      <c r="BQ249"/>
+      <c r="BR249"/>
+      <c r="BS249"/>
+      <c r="BT249"/>
+      <c r="BU249"/>
+      <c r="BV249"/>
+      <c r="BW249"/>
+      <c r="BX249"/>
+      <c r="BY249"/>
+      <c r="BZ249"/>
+      <c r="CA249"/>
+      <c r="CB249"/>
+      <c r="CC249"/>
+      <c r="CD249"/>
+      <c r="CE249"/>
+      <c r="CF249"/>
+      <c r="CG249"/>
+      <c r="CH249"/>
+      <c r="CI249"/>
+      <c r="CJ249"/>
+      <c r="CK249"/>
+      <c r="CL249"/>
+      <c r="CM249"/>
+      <c r="CN249"/>
+      <c r="CO249"/>
+      <c r="CP249"/>
+      <c r="CQ249"/>
+      <c r="CR249"/>
+      <c r="CS249"/>
+    </row>
+    <row r="250" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A250" s="33"/>
+      <c r="B250" s="18"/>
+      <c r="C250" s="12"/>
+      <c r="D250" s="12"/>
+      <c r="E250" s="18"/>
+      <c r="F250" s="18"/>
+      <c r="G250" s="13"/>
+      <c r="H250" s="19"/>
+      <c r="I250" s="12"/>
+      <c r="J250" s="12"/>
+      <c r="K250" s="12"/>
+      <c r="L250" s="23"/>
+      <c r="O250" s="34"/>
+      <c r="P250"/>
+      <c r="Q250"/>
+      <c r="R250"/>
+      <c r="S250"/>
+      <c r="T250"/>
+      <c r="U250"/>
+      <c r="V250"/>
+      <c r="W250"/>
+      <c r="X250"/>
+      <c r="Y250"/>
+      <c r="Z250"/>
+      <c r="AA250"/>
+      <c r="AB250"/>
+      <c r="AC250"/>
+      <c r="AD250"/>
+      <c r="AE250"/>
+      <c r="AF250"/>
+      <c r="AG250"/>
+      <c r="AH250"/>
+      <c r="AI250"/>
+      <c r="AJ250"/>
+      <c r="AK250"/>
+      <c r="AL250"/>
+      <c r="AM250"/>
+      <c r="AN250"/>
+      <c r="AO250"/>
+      <c r="AP250"/>
+      <c r="AQ250"/>
+      <c r="AR250"/>
+      <c r="AS250"/>
+      <c r="AT250"/>
+      <c r="AU250"/>
+      <c r="AV250"/>
+      <c r="AW250"/>
+      <c r="AX250"/>
+      <c r="AY250"/>
+      <c r="AZ250"/>
+      <c r="BA250"/>
+      <c r="BB250"/>
+      <c r="BC250"/>
+      <c r="BD250"/>
+      <c r="BE250"/>
+      <c r="BF250"/>
+      <c r="BG250"/>
+      <c r="BH250"/>
+      <c r="BI250"/>
+      <c r="BJ250"/>
+      <c r="BK250"/>
+      <c r="BL250"/>
+      <c r="BM250"/>
+      <c r="BN250"/>
+      <c r="BO250"/>
+      <c r="BP250"/>
+      <c r="BQ250"/>
+      <c r="BR250"/>
+      <c r="BS250"/>
+      <c r="BT250"/>
+      <c r="BU250"/>
+      <c r="BV250"/>
+      <c r="BW250"/>
+      <c r="BX250"/>
+      <c r="BY250"/>
+      <c r="BZ250"/>
+      <c r="CA250"/>
+      <c r="CB250"/>
+      <c r="CC250"/>
+      <c r="CD250"/>
+      <c r="CE250"/>
+      <c r="CF250"/>
+      <c r="CG250"/>
+      <c r="CH250"/>
+      <c r="CI250"/>
+      <c r="CJ250"/>
+      <c r="CK250"/>
+      <c r="CL250"/>
+      <c r="CM250"/>
+      <c r="CN250"/>
+      <c r="CO250"/>
+      <c r="CP250"/>
+      <c r="CQ250"/>
+      <c r="CR250"/>
+      <c r="CS250"/>
+    </row>
+    <row r="251" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A251" s="33"/>
+      <c r="B251" s="18"/>
+      <c r="C251" s="12"/>
+      <c r="D251" s="12"/>
+      <c r="E251" s="18"/>
+      <c r="F251" s="18"/>
+      <c r="G251" s="13"/>
+      <c r="H251" s="19"/>
+      <c r="I251" s="12"/>
+      <c r="J251" s="12"/>
+      <c r="K251" s="12"/>
+      <c r="L251" s="23"/>
+      <c r="O251" s="34"/>
+      <c r="P251"/>
+      <c r="Q251"/>
+      <c r="R251"/>
+      <c r="S251"/>
+      <c r="T251"/>
+      <c r="U251"/>
+      <c r="V251"/>
+      <c r="W251"/>
+      <c r="X251"/>
+      <c r="Y251"/>
+      <c r="Z251"/>
+      <c r="AA251"/>
+      <c r="AB251"/>
+      <c r="AC251"/>
+      <c r="AD251"/>
+      <c r="AE251"/>
+      <c r="AF251"/>
+      <c r="AG251"/>
+      <c r="AH251"/>
+      <c r="AI251"/>
+      <c r="AJ251"/>
+      <c r="AK251"/>
+      <c r="AL251"/>
+      <c r="AM251"/>
+      <c r="AN251"/>
+      <c r="AO251"/>
+      <c r="AP251"/>
+      <c r="AQ251"/>
+      <c r="AR251"/>
+      <c r="AS251"/>
+      <c r="AT251"/>
+      <c r="AU251"/>
+      <c r="AV251"/>
+      <c r="AW251"/>
+      <c r="AX251"/>
+      <c r="AY251"/>
+      <c r="AZ251"/>
+      <c r="BA251"/>
+      <c r="BB251"/>
+      <c r="BC251"/>
+      <c r="BD251"/>
+      <c r="BE251"/>
+      <c r="BF251"/>
+      <c r="BG251"/>
+      <c r="BH251"/>
+      <c r="BI251"/>
+      <c r="BJ251"/>
+      <c r="BK251"/>
+      <c r="BL251"/>
+      <c r="BM251"/>
+      <c r="BN251"/>
+      <c r="BO251"/>
+      <c r="BP251"/>
+      <c r="BQ251"/>
+      <c r="BR251"/>
+      <c r="BS251"/>
+      <c r="BT251"/>
+      <c r="BU251"/>
+      <c r="BV251"/>
+      <c r="BW251"/>
+      <c r="BX251"/>
+      <c r="BY251"/>
+      <c r="BZ251"/>
+      <c r="CA251"/>
+      <c r="CB251"/>
+      <c r="CC251"/>
+      <c r="CD251"/>
+      <c r="CE251"/>
+      <c r="CF251"/>
+      <c r="CG251"/>
+      <c r="CH251"/>
+      <c r="CI251"/>
+      <c r="CJ251"/>
+      <c r="CK251"/>
+      <c r="CL251"/>
+      <c r="CM251"/>
+      <c r="CN251"/>
+      <c r="CO251"/>
+      <c r="CP251"/>
+      <c r="CQ251"/>
+      <c r="CR251"/>
+      <c r="CS251"/>
+    </row>
+    <row r="252" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A252" s="33"/>
+      <c r="B252" s="18"/>
+      <c r="C252" s="12"/>
+      <c r="D252" s="12"/>
+      <c r="E252" s="18"/>
+      <c r="F252" s="18"/>
+      <c r="G252" s="13"/>
+      <c r="H252" s="19"/>
+      <c r="I252" s="12"/>
+      <c r="J252" s="12"/>
+      <c r="K252" s="12"/>
+      <c r="L252" s="23"/>
+      <c r="O252" s="34"/>
+      <c r="P252"/>
+      <c r="Q252"/>
+      <c r="R252"/>
+      <c r="S252"/>
+      <c r="T252"/>
+      <c r="U252"/>
+      <c r="V252"/>
+      <c r="W252"/>
+      <c r="X252"/>
+      <c r="Y252"/>
+      <c r="Z252"/>
+      <c r="AA252"/>
+      <c r="AB252"/>
+      <c r="AC252"/>
+      <c r="AD252"/>
+      <c r="AE252"/>
+      <c r="AF252"/>
+      <c r="AG252"/>
+      <c r="AH252"/>
+      <c r="AI252"/>
+      <c r="AJ252"/>
+      <c r="AK252"/>
+      <c r="AL252"/>
+      <c r="AM252"/>
+      <c r="AN252"/>
+      <c r="AO252"/>
+      <c r="AP252"/>
+      <c r="AQ252"/>
+      <c r="AR252"/>
+      <c r="AS252"/>
+      <c r="AT252"/>
+      <c r="AU252"/>
+      <c r="AV252"/>
+      <c r="AW252"/>
+      <c r="AX252"/>
+      <c r="AY252"/>
+      <c r="AZ252"/>
+      <c r="BA252"/>
+      <c r="BB252"/>
+      <c r="BC252"/>
+      <c r="BD252"/>
+      <c r="BE252"/>
+      <c r="BF252"/>
+      <c r="BG252"/>
+      <c r="BH252"/>
+      <c r="BI252"/>
+      <c r="BJ252"/>
+      <c r="BK252"/>
+      <c r="BL252"/>
+      <c r="BM252"/>
+      <c r="BN252"/>
+      <c r="BO252"/>
+      <c r="BP252"/>
+      <c r="BQ252"/>
+      <c r="BR252"/>
+      <c r="BS252"/>
+      <c r="BT252"/>
+      <c r="BU252"/>
+      <c r="BV252"/>
+      <c r="BW252"/>
+      <c r="BX252"/>
+      <c r="BY252"/>
+      <c r="BZ252"/>
+      <c r="CA252"/>
+      <c r="CB252"/>
+      <c r="CC252"/>
+      <c r="CD252"/>
+      <c r="CE252"/>
+      <c r="CF252"/>
+      <c r="CG252"/>
+      <c r="CH252"/>
+      <c r="CI252"/>
+      <c r="CJ252"/>
+      <c r="CK252"/>
+      <c r="CL252"/>
+      <c r="CM252"/>
+      <c r="CN252"/>
+      <c r="CO252"/>
+      <c r="CP252"/>
+      <c r="CQ252"/>
+      <c r="CR252"/>
+      <c r="CS252"/>
+    </row>
+    <row r="253" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A253" s="33"/>
+      <c r="B253" s="18"/>
+      <c r="C253" s="12"/>
+      <c r="D253" s="12"/>
+      <c r="E253" s="18"/>
+      <c r="F253" s="18"/>
+      <c r="G253" s="13"/>
+      <c r="H253" s="19"/>
+      <c r="I253" s="12"/>
+      <c r="J253" s="12"/>
+      <c r="K253" s="12"/>
+      <c r="L253" s="23"/>
+      <c r="O253" s="34"/>
+      <c r="P253"/>
+      <c r="Q253"/>
+      <c r="R253"/>
+      <c r="S253"/>
+      <c r="T253"/>
+      <c r="U253"/>
+      <c r="V253"/>
+      <c r="W253"/>
+      <c r="X253"/>
+      <c r="Y253"/>
+      <c r="Z253"/>
+      <c r="AA253"/>
+      <c r="AB253"/>
+      <c r="AC253"/>
+      <c r="AD253"/>
+      <c r="AE253"/>
+      <c r="AF253"/>
+      <c r="AG253"/>
+      <c r="AH253"/>
+      <c r="AI253"/>
+      <c r="AJ253"/>
+      <c r="AK253"/>
+      <c r="AL253"/>
+      <c r="AM253"/>
+      <c r="AN253"/>
+      <c r="AO253"/>
+      <c r="AP253"/>
+      <c r="AQ253"/>
+      <c r="AR253"/>
+      <c r="AS253"/>
+      <c r="AT253"/>
+      <c r="AU253"/>
+      <c r="AV253"/>
+      <c r="AW253"/>
+      <c r="AX253"/>
+      <c r="AY253"/>
+      <c r="AZ253"/>
+      <c r="BA253"/>
+      <c r="BB253"/>
+      <c r="BC253"/>
+      <c r="BD253"/>
+      <c r="BE253"/>
+      <c r="BF253"/>
+      <c r="BG253"/>
+      <c r="BH253"/>
+      <c r="BI253"/>
+      <c r="BJ253"/>
+      <c r="BK253"/>
+      <c r="BL253"/>
+      <c r="BM253"/>
+      <c r="BN253"/>
+      <c r="BO253"/>
+      <c r="BP253"/>
+      <c r="BQ253"/>
+      <c r="BR253"/>
+      <c r="BS253"/>
+      <c r="BT253"/>
+      <c r="BU253"/>
+      <c r="BV253"/>
+      <c r="BW253"/>
+      <c r="BX253"/>
+      <c r="BY253"/>
+      <c r="BZ253"/>
+      <c r="CA253"/>
+      <c r="CB253"/>
+      <c r="CC253"/>
+      <c r="CD253"/>
+      <c r="CE253"/>
+      <c r="CF253"/>
+      <c r="CG253"/>
+      <c r="CH253"/>
+      <c r="CI253"/>
+      <c r="CJ253"/>
+      <c r="CK253"/>
+      <c r="CL253"/>
+      <c r="CM253"/>
+      <c r="CN253"/>
+      <c r="CO253"/>
+      <c r="CP253"/>
+      <c r="CQ253"/>
+      <c r="CR253"/>
+      <c r="CS253"/>
+    </row>
+    <row r="254" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A254" s="33"/>
+      <c r="B254" s="18"/>
+      <c r="C254" s="12"/>
+      <c r="D254" s="12"/>
+      <c r="E254" s="18"/>
+      <c r="F254" s="18"/>
+      <c r="G254" s="13"/>
+      <c r="H254" s="19"/>
+      <c r="I254" s="12"/>
+      <c r="J254" s="12"/>
+      <c r="K254" s="12"/>
+      <c r="L254" s="23"/>
+      <c r="O254" s="34"/>
+      <c r="P254"/>
+      <c r="Q254"/>
+      <c r="R254"/>
+      <c r="S254"/>
+      <c r="T254"/>
+      <c r="U254"/>
+      <c r="V254"/>
+      <c r="W254"/>
+      <c r="X254"/>
+      <c r="Y254"/>
+      <c r="Z254"/>
+      <c r="AA254"/>
+      <c r="AB254"/>
+      <c r="AC254"/>
+      <c r="AD254"/>
+      <c r="AE254"/>
+      <c r="AF254"/>
+      <c r="AG254"/>
+      <c r="AH254"/>
+      <c r="AI254"/>
+      <c r="AJ254"/>
+      <c r="AK254"/>
+      <c r="AL254"/>
+      <c r="AM254"/>
+      <c r="AN254"/>
+      <c r="AO254"/>
+      <c r="AP254"/>
+      <c r="AQ254"/>
+      <c r="AR254"/>
+      <c r="AS254"/>
+      <c r="AT254"/>
+      <c r="AU254"/>
+      <c r="AV254"/>
+      <c r="AW254"/>
+      <c r="AX254"/>
+      <c r="AY254"/>
+      <c r="AZ254"/>
+      <c r="BA254"/>
+      <c r="BB254"/>
+      <c r="BC254"/>
+      <c r="BD254"/>
+      <c r="BE254"/>
+      <c r="BF254"/>
+      <c r="BG254"/>
+      <c r="BH254"/>
+      <c r="BI254"/>
+      <c r="BJ254"/>
+      <c r="BK254"/>
+      <c r="BL254"/>
+      <c r="BM254"/>
+      <c r="BN254"/>
+      <c r="BO254"/>
+      <c r="BP254"/>
+      <c r="BQ254"/>
+      <c r="BR254"/>
+      <c r="BS254"/>
+      <c r="BT254"/>
+      <c r="BU254"/>
+      <c r="BV254"/>
+      <c r="BW254"/>
+      <c r="BX254"/>
+      <c r="BY254"/>
+      <c r="BZ254"/>
+      <c r="CA254"/>
+      <c r="CB254"/>
+      <c r="CC254"/>
+      <c r="CD254"/>
+      <c r="CE254"/>
+      <c r="CF254"/>
+      <c r="CG254"/>
+      <c r="CH254"/>
+      <c r="CI254"/>
+      <c r="CJ254"/>
+      <c r="CK254"/>
+      <c r="CL254"/>
+      <c r="CM254"/>
+      <c r="CN254"/>
+      <c r="CO254"/>
+      <c r="CP254"/>
+      <c r="CQ254"/>
+      <c r="CR254"/>
+      <c r="CS254"/>
+    </row>
+    <row r="255" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A255" s="33"/>
+      <c r="B255" s="18"/>
+      <c r="C255" s="12"/>
+      <c r="D255" s="12"/>
+      <c r="E255" s="18"/>
+      <c r="F255" s="18"/>
+      <c r="G255" s="13"/>
+      <c r="H255" s="19"/>
+      <c r="I255" s="12"/>
+      <c r="J255" s="12"/>
+      <c r="K255" s="12"/>
+      <c r="L255" s="23"/>
+      <c r="O255" s="34"/>
+      <c r="P255"/>
+      <c r="Q255"/>
+      <c r="R255"/>
+      <c r="S255"/>
+      <c r="T255"/>
+      <c r="U255"/>
+      <c r="V255"/>
+      <c r="W255"/>
+      <c r="X255"/>
+      <c r="Y255"/>
+      <c r="Z255"/>
+      <c r="AA255"/>
+      <c r="AB255"/>
+      <c r="AC255"/>
+      <c r="AD255"/>
+      <c r="AE255"/>
+      <c r="AF255"/>
+      <c r="AG255"/>
+      <c r="AH255"/>
+      <c r="AI255"/>
+      <c r="AJ255"/>
+      <c r="AK255"/>
+      <c r="AL255"/>
+      <c r="AM255"/>
+      <c r="AN255"/>
+      <c r="AO255"/>
+      <c r="AP255"/>
+      <c r="AQ255"/>
+      <c r="AR255"/>
+      <c r="AS255"/>
+      <c r="AT255"/>
+      <c r="AU255"/>
+      <c r="AV255"/>
+      <c r="AW255"/>
+      <c r="AX255"/>
+      <c r="AY255"/>
+      <c r="AZ255"/>
+      <c r="BA255"/>
+      <c r="BB255"/>
+      <c r="BC255"/>
+      <c r="BD255"/>
+      <c r="BE255"/>
+      <c r="BF255"/>
+      <c r="BG255"/>
+      <c r="BH255"/>
+      <c r="BI255"/>
+      <c r="BJ255"/>
+      <c r="BK255"/>
+      <c r="BL255"/>
+      <c r="BM255"/>
+      <c r="BN255"/>
+      <c r="BO255"/>
+      <c r="BP255"/>
+      <c r="BQ255"/>
+      <c r="BR255"/>
+      <c r="BS255"/>
+      <c r="BT255"/>
+      <c r="BU255"/>
+      <c r="BV255"/>
+      <c r="BW255"/>
+      <c r="BX255"/>
+      <c r="BY255"/>
+      <c r="BZ255"/>
+      <c r="CA255"/>
+      <c r="CB255"/>
+      <c r="CC255"/>
+      <c r="CD255"/>
+      <c r="CE255"/>
+      <c r="CF255"/>
+      <c r="CG255"/>
+      <c r="CH255"/>
+      <c r="CI255"/>
+      <c r="CJ255"/>
+      <c r="CK255"/>
+      <c r="CL255"/>
+      <c r="CM255"/>
+      <c r="CN255"/>
+      <c r="CO255"/>
+      <c r="CP255"/>
+      <c r="CQ255"/>
+      <c r="CR255"/>
+      <c r="CS255"/>
+    </row>
+    <row r="256" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A256" s="33"/>
+      <c r="B256" s="18"/>
+      <c r="C256" s="12"/>
+      <c r="D256" s="12"/>
+      <c r="E256" s="18"/>
+      <c r="F256" s="18"/>
+      <c r="G256" s="13"/>
+      <c r="H256" s="19"/>
+      <c r="I256" s="12"/>
+      <c r="J256" s="12"/>
+      <c r="K256" s="12"/>
+      <c r="L256" s="23"/>
+      <c r="O256" s="34"/>
+      <c r="P256"/>
+      <c r="Q256"/>
+      <c r="R256"/>
+      <c r="S256"/>
+      <c r="T256"/>
+      <c r="U256"/>
+      <c r="V256"/>
+      <c r="W256"/>
+      <c r="X256"/>
+      <c r="Y256"/>
+      <c r="Z256"/>
+      <c r="AA256"/>
+      <c r="AB256"/>
+      <c r="AC256"/>
+      <c r="AD256"/>
+      <c r="AE256"/>
+      <c r="AF256"/>
+      <c r="AG256"/>
+      <c r="AH256"/>
+      <c r="AI256"/>
+      <c r="AJ256"/>
+      <c r="AK256"/>
+      <c r="AL256"/>
+      <c r="AM256"/>
+      <c r="AN256"/>
+      <c r="AO256"/>
+      <c r="AP256"/>
+      <c r="AQ256"/>
+      <c r="AR256"/>
+      <c r="AS256"/>
+      <c r="AT256"/>
+      <c r="AU256"/>
+      <c r="AV256"/>
+      <c r="AW256"/>
+      <c r="AX256"/>
+      <c r="AY256"/>
+      <c r="AZ256"/>
+      <c r="BA256"/>
+      <c r="BB256"/>
+      <c r="BC256"/>
+      <c r="BD256"/>
+      <c r="BE256"/>
+      <c r="BF256"/>
+      <c r="BG256"/>
+      <c r="BH256"/>
+      <c r="BI256"/>
+      <c r="BJ256"/>
+      <c r="BK256"/>
+      <c r="BL256"/>
+      <c r="BM256"/>
+      <c r="BN256"/>
+      <c r="BO256"/>
+      <c r="BP256"/>
+      <c r="BQ256"/>
+      <c r="BR256"/>
+      <c r="BS256"/>
+      <c r="BT256"/>
+      <c r="BU256"/>
+      <c r="BV256"/>
+      <c r="BW256"/>
+      <c r="BX256"/>
+      <c r="BY256"/>
+      <c r="BZ256"/>
+      <c r="CA256"/>
+      <c r="CB256"/>
+      <c r="CC256"/>
+      <c r="CD256"/>
+      <c r="CE256"/>
+      <c r="CF256"/>
+      <c r="CG256"/>
+      <c r="CH256"/>
+      <c r="CI256"/>
+      <c r="CJ256"/>
+      <c r="CK256"/>
+      <c r="CL256"/>
+      <c r="CM256"/>
+      <c r="CN256"/>
+      <c r="CO256"/>
+      <c r="CP256"/>
+      <c r="CQ256"/>
+      <c r="CR256"/>
+      <c r="CS256"/>
+    </row>
+    <row r="257" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A257" s="33"/>
+      <c r="B257" s="18"/>
+      <c r="C257" s="12"/>
+      <c r="D257" s="12"/>
+      <c r="E257" s="18"/>
+      <c r="F257" s="18"/>
+      <c r="G257" s="13"/>
+      <c r="H257" s="19"/>
+      <c r="I257" s="12"/>
+      <c r="J257" s="12"/>
+      <c r="K257" s="12"/>
+      <c r="L257" s="23"/>
+      <c r="O257" s="34"/>
+      <c r="P257"/>
+      <c r="Q257"/>
+      <c r="R257"/>
+      <c r="S257"/>
+      <c r="T257"/>
+      <c r="U257"/>
+      <c r="V257"/>
+      <c r="W257"/>
+      <c r="X257"/>
+      <c r="Y257"/>
+      <c r="Z257"/>
+      <c r="AA257"/>
+      <c r="AB257"/>
+      <c r="AC257"/>
+      <c r="AD257"/>
+      <c r="AE257"/>
+      <c r="AF257"/>
+      <c r="AG257"/>
+      <c r="AH257"/>
+      <c r="AI257"/>
+      <c r="AJ257"/>
+      <c r="AK257"/>
+      <c r="AL257"/>
+      <c r="AM257"/>
+      <c r="AN257"/>
+      <c r="AO257"/>
+      <c r="AP257"/>
+      <c r="AQ257"/>
+      <c r="AR257"/>
+      <c r="AS257"/>
+      <c r="AT257"/>
+      <c r="AU257"/>
+      <c r="AV257"/>
+      <c r="AW257"/>
+      <c r="AX257"/>
+      <c r="AY257"/>
+      <c r="AZ257"/>
+      <c r="BA257"/>
+      <c r="BB257"/>
+      <c r="BC257"/>
+      <c r="BD257"/>
+      <c r="BE257"/>
+      <c r="BF257"/>
+      <c r="BG257"/>
+      <c r="BH257"/>
+      <c r="BI257"/>
+      <c r="BJ257"/>
+      <c r="BK257"/>
+      <c r="BL257"/>
+      <c r="BM257"/>
+      <c r="BN257"/>
+      <c r="BO257"/>
+      <c r="BP257"/>
+      <c r="BQ257"/>
+      <c r="BR257"/>
+      <c r="BS257"/>
+      <c r="BT257"/>
+      <c r="BU257"/>
+      <c r="BV257"/>
+      <c r="BW257"/>
+      <c r="BX257"/>
+      <c r="BY257"/>
+      <c r="BZ257"/>
+      <c r="CA257"/>
+      <c r="CB257"/>
+      <c r="CC257"/>
+      <c r="CD257"/>
+      <c r="CE257"/>
+      <c r="CF257"/>
+      <c r="CG257"/>
+      <c r="CH257"/>
+      <c r="CI257"/>
+      <c r="CJ257"/>
+      <c r="CK257"/>
+      <c r="CL257"/>
+      <c r="CM257"/>
+      <c r="CN257"/>
+      <c r="CO257"/>
+      <c r="CP257"/>
+      <c r="CQ257"/>
+      <c r="CR257"/>
+      <c r="CS257"/>
+    </row>
+    <row r="258" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A258" s="33"/>
+      <c r="B258" s="18"/>
+      <c r="C258" s="12"/>
+      <c r="D258" s="12"/>
+      <c r="E258" s="18"/>
+      <c r="F258" s="18"/>
+      <c r="G258" s="13"/>
+      <c r="H258" s="19"/>
+      <c r="I258" s="12"/>
+      <c r="J258" s="12"/>
+      <c r="K258" s="12"/>
+      <c r="L258" s="23"/>
+      <c r="O258" s="34"/>
+      <c r="P258"/>
+      <c r="Q258"/>
+      <c r="R258"/>
+      <c r="S258"/>
+      <c r="T258"/>
+      <c r="U258"/>
+      <c r="V258"/>
+      <c r="W258"/>
+      <c r="X258"/>
+      <c r="Y258"/>
+      <c r="Z258"/>
+      <c r="AA258"/>
+      <c r="AB258"/>
+      <c r="AC258"/>
+      <c r="AD258"/>
+      <c r="AE258"/>
+      <c r="AF258"/>
+      <c r="AG258"/>
+      <c r="AH258"/>
+      <c r="AI258"/>
+      <c r="AJ258"/>
+      <c r="AK258"/>
+      <c r="AL258"/>
+      <c r="AM258"/>
+      <c r="AN258"/>
+      <c r="AO258"/>
+      <c r="AP258"/>
+      <c r="AQ258"/>
+      <c r="AR258"/>
+      <c r="AS258"/>
+      <c r="AT258"/>
+      <c r="AU258"/>
+      <c r="AV258"/>
+      <c r="AW258"/>
+      <c r="AX258"/>
+      <c r="AY258"/>
+      <c r="AZ258"/>
+      <c r="BA258"/>
+      <c r="BB258"/>
+      <c r="BC258"/>
+      <c r="BD258"/>
+      <c r="BE258"/>
+      <c r="BF258"/>
+      <c r="BG258"/>
+      <c r="BH258"/>
+      <c r="BI258"/>
+      <c r="BJ258"/>
+      <c r="BK258"/>
+      <c r="BL258"/>
+      <c r="BM258"/>
+      <c r="BN258"/>
+      <c r="BO258"/>
+      <c r="BP258"/>
+      <c r="BQ258"/>
+      <c r="BR258"/>
+      <c r="BS258"/>
+      <c r="BT258"/>
+      <c r="BU258"/>
+      <c r="BV258"/>
+      <c r="BW258"/>
+      <c r="BX258"/>
+      <c r="BY258"/>
+      <c r="BZ258"/>
+      <c r="CA258"/>
+      <c r="CB258"/>
+      <c r="CC258"/>
+      <c r="CD258"/>
+      <c r="CE258"/>
+      <c r="CF258"/>
+      <c r="CG258"/>
+      <c r="CH258"/>
+      <c r="CI258"/>
+      <c r="CJ258"/>
+      <c r="CK258"/>
+      <c r="CL258"/>
+      <c r="CM258"/>
+      <c r="CN258"/>
+      <c r="CO258"/>
+      <c r="CP258"/>
+      <c r="CQ258"/>
+      <c r="CR258"/>
+      <c r="CS258"/>
+    </row>
+    <row r="259" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A259" s="33"/>
+      <c r="B259" s="18"/>
+      <c r="C259" s="12"/>
+      <c r="D259" s="12"/>
+      <c r="E259" s="18"/>
+      <c r="F259" s="18"/>
+      <c r="G259" s="13"/>
+      <c r="H259" s="19"/>
+      <c r="I259" s="12"/>
+      <c r="J259" s="12"/>
+      <c r="K259" s="12"/>
+      <c r="L259" s="23"/>
+      <c r="O259" s="34"/>
+      <c r="P259"/>
+      <c r="Q259"/>
+      <c r="R259"/>
+      <c r="S259"/>
+      <c r="T259"/>
+      <c r="U259"/>
+      <c r="V259"/>
+      <c r="W259"/>
+      <c r="X259"/>
+      <c r="Y259"/>
+      <c r="Z259"/>
+      <c r="AA259"/>
+      <c r="AB259"/>
+      <c r="AC259"/>
+      <c r="AD259"/>
+      <c r="AE259"/>
+      <c r="AF259"/>
+      <c r="AG259"/>
+      <c r="AH259"/>
+      <c r="AI259"/>
+      <c r="AJ259"/>
+      <c r="AK259"/>
+      <c r="AL259"/>
+      <c r="AM259"/>
+      <c r="AN259"/>
+      <c r="AO259"/>
+      <c r="AP259"/>
+      <c r="AQ259"/>
+      <c r="AR259"/>
+      <c r="AS259"/>
+      <c r="AT259"/>
+      <c r="AU259"/>
+      <c r="AV259"/>
+      <c r="AW259"/>
+      <c r="AX259"/>
+      <c r="AY259"/>
+      <c r="AZ259"/>
+      <c r="BA259"/>
+      <c r="BB259"/>
+      <c r="BC259"/>
+      <c r="BD259"/>
+      <c r="BE259"/>
+      <c r="BF259"/>
+      <c r="BG259"/>
+      <c r="BH259"/>
+      <c r="BI259"/>
+      <c r="BJ259"/>
+      <c r="BK259"/>
+      <c r="BL259"/>
+      <c r="BM259"/>
+      <c r="BN259"/>
+      <c r="BO259"/>
+      <c r="BP259"/>
+      <c r="BQ259"/>
+      <c r="BR259"/>
+      <c r="BS259"/>
+      <c r="BT259"/>
+      <c r="BU259"/>
+      <c r="BV259"/>
+      <c r="BW259"/>
+      <c r="BX259"/>
+      <c r="BY259"/>
+      <c r="BZ259"/>
+      <c r="CA259"/>
+      <c r="CB259"/>
+      <c r="CC259"/>
+      <c r="CD259"/>
+      <c r="CE259"/>
+      <c r="CF259"/>
+      <c r="CG259"/>
+      <c r="CH259"/>
+      <c r="CI259"/>
+      <c r="CJ259"/>
+      <c r="CK259"/>
+      <c r="CL259"/>
+      <c r="CM259"/>
+      <c r="CN259"/>
+      <c r="CO259"/>
+      <c r="CP259"/>
+      <c r="CQ259"/>
+      <c r="CR259"/>
+      <c r="CS259"/>
+    </row>
+    <row r="260" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A260" s="33"/>
+      <c r="B260" s="18"/>
+      <c r="C260" s="12"/>
+      <c r="D260" s="12"/>
+      <c r="E260" s="18"/>
+      <c r="F260" s="18"/>
+      <c r="G260" s="13"/>
+      <c r="H260" s="19"/>
+      <c r="I260" s="12"/>
+      <c r="J260" s="12"/>
+      <c r="K260" s="12"/>
+      <c r="L260" s="23"/>
+      <c r="O260" s="34"/>
+      <c r="P260"/>
+      <c r="Q260"/>
+      <c r="R260"/>
+      <c r="S260"/>
+      <c r="T260"/>
+      <c r="U260"/>
+      <c r="V260"/>
+      <c r="W260"/>
+      <c r="X260"/>
+      <c r="Y260"/>
+      <c r="Z260"/>
+      <c r="AA260"/>
+      <c r="AB260"/>
+      <c r="AC260"/>
+      <c r="AD260"/>
+      <c r="AE260"/>
+      <c r="AF260"/>
+      <c r="AG260"/>
+      <c r="AH260"/>
+      <c r="AI260"/>
+      <c r="AJ260"/>
+      <c r="AK260"/>
+      <c r="AL260"/>
+      <c r="AM260"/>
+      <c r="AN260"/>
+      <c r="AO260"/>
+      <c r="AP260"/>
+      <c r="AQ260"/>
+      <c r="AR260"/>
+      <c r="AS260"/>
+      <c r="AT260"/>
+      <c r="AU260"/>
+      <c r="AV260"/>
+      <c r="AW260"/>
+      <c r="AX260"/>
+      <c r="AY260"/>
+      <c r="AZ260"/>
+      <c r="BA260"/>
+      <c r="BB260"/>
+      <c r="BC260"/>
+      <c r="BD260"/>
+      <c r="BE260"/>
+      <c r="BF260"/>
+      <c r="BG260"/>
+      <c r="BH260"/>
+      <c r="BI260"/>
+      <c r="BJ260"/>
+      <c r="BK260"/>
+      <c r="BL260"/>
+      <c r="BM260"/>
+      <c r="BN260"/>
+      <c r="BO260"/>
+      <c r="BP260"/>
+      <c r="BQ260"/>
+      <c r="BR260"/>
+      <c r="BS260"/>
+      <c r="BT260"/>
+      <c r="BU260"/>
+      <c r="BV260"/>
+      <c r="BW260"/>
+      <c r="BX260"/>
+      <c r="BY260"/>
+      <c r="BZ260"/>
+      <c r="CA260"/>
+      <c r="CB260"/>
+      <c r="CC260"/>
+      <c r="CD260"/>
+      <c r="CE260"/>
+      <c r="CF260"/>
+      <c r="CG260"/>
+      <c r="CH260"/>
+      <c r="CI260"/>
+      <c r="CJ260"/>
+      <c r="CK260"/>
+      <c r="CL260"/>
+      <c r="CM260"/>
+      <c r="CN260"/>
+      <c r="CO260"/>
+      <c r="CP260"/>
+      <c r="CQ260"/>
+      <c r="CR260"/>
+      <c r="CS260"/>
+    </row>
+    <row r="261" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A261" s="33"/>
+      <c r="B261" s="18"/>
+      <c r="C261" s="12"/>
+      <c r="D261" s="12"/>
+      <c r="E261" s="18"/>
+      <c r="F261" s="18"/>
+      <c r="G261" s="13"/>
+      <c r="H261" s="19"/>
+      <c r="I261" s="12"/>
+      <c r="J261" s="12"/>
+      <c r="K261" s="12"/>
+      <c r="L261" s="23"/>
+      <c r="O261" s="34"/>
+      <c r="P261"/>
+      <c r="Q261"/>
+      <c r="R261"/>
+      <c r="S261"/>
+      <c r="T261"/>
+      <c r="U261"/>
+      <c r="V261"/>
+      <c r="W261"/>
+      <c r="X261"/>
+      <c r="Y261"/>
+      <c r="Z261"/>
+      <c r="AA261"/>
+      <c r="AB261"/>
+      <c r="AC261"/>
+      <c r="AD261"/>
+      <c r="AE261"/>
+      <c r="AF261"/>
+      <c r="AG261"/>
+      <c r="AH261"/>
+      <c r="AI261"/>
+      <c r="AJ261"/>
+      <c r="AK261"/>
+      <c r="AL261"/>
+      <c r="AM261"/>
+      <c r="AN261"/>
+      <c r="AO261"/>
+      <c r="AP261"/>
+      <c r="AQ261"/>
+      <c r="AR261"/>
+      <c r="AS261"/>
+      <c r="AT261"/>
+      <c r="AU261"/>
+      <c r="AV261"/>
+      <c r="AW261"/>
+      <c r="AX261"/>
+      <c r="AY261"/>
+      <c r="AZ261"/>
+      <c r="BA261"/>
+      <c r="BB261"/>
+      <c r="BC261"/>
+      <c r="BD261"/>
+      <c r="BE261"/>
+      <c r="BF261"/>
+      <c r="BG261"/>
+      <c r="BH261"/>
+      <c r="BI261"/>
+      <c r="BJ261"/>
+      <c r="BK261"/>
+      <c r="BL261"/>
+      <c r="BM261"/>
+      <c r="BN261"/>
+      <c r="BO261"/>
+      <c r="BP261"/>
+      <c r="BQ261"/>
+      <c r="BR261"/>
+      <c r="BS261"/>
+      <c r="BT261"/>
+      <c r="BU261"/>
+      <c r="BV261"/>
+      <c r="BW261"/>
+      <c r="BX261"/>
+      <c r="BY261"/>
+      <c r="BZ261"/>
+      <c r="CA261"/>
+      <c r="CB261"/>
+      <c r="CC261"/>
+      <c r="CD261"/>
+      <c r="CE261"/>
+      <c r="CF261"/>
+      <c r="CG261"/>
+      <c r="CH261"/>
+      <c r="CI261"/>
+      <c r="CJ261"/>
+      <c r="CK261"/>
+      <c r="CL261"/>
+      <c r="CM261"/>
+      <c r="CN261"/>
+      <c r="CO261"/>
+      <c r="CP261"/>
+      <c r="CQ261"/>
+      <c r="CR261"/>
+      <c r="CS261"/>
+    </row>
+    <row r="262" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A262" s="33"/>
+      <c r="B262" s="18"/>
+      <c r="C262" s="12"/>
+      <c r="D262" s="12"/>
+      <c r="E262" s="18"/>
+      <c r="F262" s="18"/>
+      <c r="G262" s="13"/>
+      <c r="H262" s="19"/>
+      <c r="I262" s="12"/>
+      <c r="J262" s="12"/>
+      <c r="K262" s="12"/>
+      <c r="L262" s="23"/>
+      <c r="O262" s="34"/>
+      <c r="P262"/>
+      <c r="Q262"/>
+      <c r="R262"/>
+      <c r="S262"/>
+      <c r="T262"/>
+      <c r="U262"/>
+      <c r="V262"/>
+      <c r="W262"/>
+      <c r="X262"/>
+      <c r="Y262"/>
+      <c r="Z262"/>
+      <c r="AA262"/>
+      <c r="AB262"/>
+      <c r="AC262"/>
+      <c r="AD262"/>
+      <c r="AE262"/>
+      <c r="AF262"/>
+      <c r="AG262"/>
+      <c r="AH262"/>
+      <c r="AI262"/>
+      <c r="AJ262"/>
+      <c r="AK262"/>
+      <c r="AL262"/>
+      <c r="AM262"/>
+      <c r="AN262"/>
+      <c r="AO262"/>
+      <c r="AP262"/>
+      <c r="AQ262"/>
+      <c r="AR262"/>
+      <c r="AS262"/>
+      <c r="AT262"/>
+      <c r="AU262"/>
+      <c r="AV262"/>
+      <c r="AW262"/>
+      <c r="AX262"/>
+      <c r="AY262"/>
+      <c r="AZ262"/>
+      <c r="BA262"/>
+      <c r="BB262"/>
+      <c r="BC262"/>
+      <c r="BD262"/>
+      <c r="BE262"/>
+      <c r="BF262"/>
+      <c r="BG262"/>
+      <c r="BH262"/>
+      <c r="BI262"/>
+      <c r="BJ262"/>
+      <c r="BK262"/>
+      <c r="BL262"/>
+      <c r="BM262"/>
+      <c r="BN262"/>
+      <c r="BO262"/>
+      <c r="BP262"/>
+      <c r="BQ262"/>
+      <c r="BR262"/>
+      <c r="BS262"/>
+      <c r="BT262"/>
+      <c r="BU262"/>
+      <c r="BV262"/>
+      <c r="BW262"/>
+      <c r="BX262"/>
+      <c r="BY262"/>
+      <c r="BZ262"/>
+      <c r="CA262"/>
+      <c r="CB262"/>
+      <c r="CC262"/>
+      <c r="CD262"/>
+      <c r="CE262"/>
+      <c r="CF262"/>
+      <c r="CG262"/>
+      <c r="CH262"/>
+      <c r="CI262"/>
+      <c r="CJ262"/>
+      <c r="CK262"/>
+      <c r="CL262"/>
+      <c r="CM262"/>
+      <c r="CN262"/>
+      <c r="CO262"/>
+      <c r="CP262"/>
+      <c r="CQ262"/>
+      <c r="CR262"/>
+      <c r="CS262"/>
+    </row>
+    <row r="263" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A263" s="33"/>
+      <c r="B263" s="18"/>
+      <c r="C263" s="12"/>
+      <c r="D263" s="12"/>
+      <c r="E263" s="18"/>
+      <c r="F263" s="18"/>
+      <c r="G263" s="13"/>
+      <c r="H263" s="19"/>
+      <c r="I263" s="12"/>
+      <c r="J263" s="12"/>
+      <c r="K263" s="12"/>
+      <c r="L263" s="23"/>
+      <c r="O263" s="34"/>
+      <c r="P263"/>
+      <c r="Q263"/>
+      <c r="R263"/>
+      <c r="S263"/>
+      <c r="T263"/>
+      <c r="U263"/>
+      <c r="V263"/>
+      <c r="W263"/>
+      <c r="X263"/>
+      <c r="Y263"/>
+      <c r="Z263"/>
+      <c r="AA263"/>
+      <c r="AB263"/>
+      <c r="AC263"/>
+      <c r="AD263"/>
+      <c r="AE263"/>
+      <c r="AF263"/>
+      <c r="AG263"/>
+      <c r="AH263"/>
+      <c r="AI263"/>
+      <c r="AJ263"/>
+      <c r="AK263"/>
+      <c r="AL263"/>
+      <c r="AM263"/>
+      <c r="AN263"/>
+      <c r="AO263"/>
+      <c r="AP263"/>
+      <c r="AQ263"/>
+      <c r="AR263"/>
+      <c r="AS263"/>
+      <c r="AT263"/>
+      <c r="AU263"/>
+      <c r="AV263"/>
+      <c r="AW263"/>
+      <c r="AX263"/>
+      <c r="AY263"/>
+      <c r="AZ263"/>
+      <c r="BA263"/>
+      <c r="BB263"/>
+      <c r="BC263"/>
+      <c r="BD263"/>
+      <c r="BE263"/>
+      <c r="BF263"/>
+      <c r="BG263"/>
+      <c r="BH263"/>
+      <c r="BI263"/>
+      <c r="BJ263"/>
+      <c r="BK263"/>
+      <c r="BL263"/>
+      <c r="BM263"/>
+      <c r="BN263"/>
+      <c r="BO263"/>
+      <c r="BP263"/>
+      <c r="BQ263"/>
+      <c r="BR263"/>
+      <c r="BS263"/>
+      <c r="BT263"/>
+      <c r="BU263"/>
+      <c r="BV263"/>
+      <c r="BW263"/>
+      <c r="BX263"/>
+      <c r="BY263"/>
+      <c r="BZ263"/>
+      <c r="CA263"/>
+      <c r="CB263"/>
+      <c r="CC263"/>
+      <c r="CD263"/>
+      <c r="CE263"/>
+      <c r="CF263"/>
+      <c r="CG263"/>
+      <c r="CH263"/>
+      <c r="CI263"/>
+      <c r="CJ263"/>
+      <c r="CK263"/>
+      <c r="CL263"/>
+      <c r="CM263"/>
+      <c r="CN263"/>
+      <c r="CO263"/>
+      <c r="CP263"/>
+      <c r="CQ263"/>
+      <c r="CR263"/>
+      <c r="CS263"/>
+    </row>
+    <row r="264" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A264" s="33"/>
+      <c r="B264" s="18"/>
+      <c r="C264" s="12"/>
+      <c r="D264" s="12"/>
+      <c r="E264" s="18"/>
+      <c r="F264" s="18"/>
+      <c r="G264" s="13"/>
+      <c r="H264" s="19"/>
+      <c r="I264" s="12"/>
+      <c r="J264" s="12"/>
+      <c r="K264" s="12"/>
+      <c r="L264" s="23"/>
+      <c r="O264" s="34"/>
+      <c r="P264"/>
+      <c r="Q264"/>
+      <c r="R264"/>
+      <c r="S264"/>
+      <c r="T264"/>
+      <c r="U264"/>
+      <c r="V264"/>
+      <c r="W264"/>
+      <c r="X264"/>
+      <c r="Y264"/>
+      <c r="Z264"/>
+      <c r="AA264"/>
+      <c r="AB264"/>
+      <c r="AC264"/>
+      <c r="AD264"/>
+      <c r="AE264"/>
+      <c r="AF264"/>
+      <c r="AG264"/>
+      <c r="AH264"/>
+      <c r="AI264"/>
+      <c r="AJ264"/>
+      <c r="AK264"/>
+      <c r="AL264"/>
+      <c r="AM264"/>
+      <c r="AN264"/>
+      <c r="AO264"/>
+      <c r="AP264"/>
+      <c r="AQ264"/>
+      <c r="AR264"/>
+      <c r="AS264"/>
+      <c r="AT264"/>
+      <c r="AU264"/>
+      <c r="AV264"/>
+      <c r="AW264"/>
+      <c r="AX264"/>
+      <c r="AY264"/>
+      <c r="AZ264"/>
+      <c r="BA264"/>
+      <c r="BB264"/>
+      <c r="BC264"/>
+      <c r="BD264"/>
+      <c r="BE264"/>
+      <c r="BF264"/>
+      <c r="BG264"/>
+      <c r="BH264"/>
+      <c r="BI264"/>
+      <c r="BJ264"/>
+      <c r="BK264"/>
+      <c r="BL264"/>
+      <c r="BM264"/>
+      <c r="BN264"/>
+      <c r="BO264"/>
+      <c r="BP264"/>
+      <c r="BQ264"/>
+      <c r="BR264"/>
+      <c r="BS264"/>
+      <c r="BT264"/>
+      <c r="BU264"/>
+      <c r="BV264"/>
+      <c r="BW264"/>
+      <c r="BX264"/>
+      <c r="BY264"/>
+      <c r="BZ264"/>
+      <c r="CA264"/>
+      <c r="CB264"/>
+      <c r="CC264"/>
+      <c r="CD264"/>
+      <c r="CE264"/>
+      <c r="CF264"/>
+      <c r="CG264"/>
+      <c r="CH264"/>
+      <c r="CI264"/>
+      <c r="CJ264"/>
+      <c r="CK264"/>
+      <c r="CL264"/>
+      <c r="CM264"/>
+      <c r="CN264"/>
+      <c r="CO264"/>
+      <c r="CP264"/>
+      <c r="CQ264"/>
+      <c r="CR264"/>
+      <c r="CS264"/>
+    </row>
+    <row r="265" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A265" s="33"/>
+      <c r="B265" s="18"/>
+      <c r="C265" s="12"/>
+      <c r="D265" s="12"/>
+      <c r="E265" s="18"/>
+      <c r="F265" s="18"/>
+      <c r="G265" s="13"/>
+      <c r="H265" s="19"/>
+      <c r="I265" s="12"/>
+      <c r="J265" s="12"/>
+      <c r="K265" s="12"/>
+      <c r="L265" s="23"/>
+      <c r="O265" s="34"/>
+      <c r="P265"/>
+      <c r="Q265"/>
+      <c r="R265"/>
+      <c r="S265"/>
+      <c r="T265"/>
+      <c r="U265"/>
+      <c r="V265"/>
+      <c r="W265"/>
+      <c r="X265"/>
+      <c r="Y265"/>
+      <c r="Z265"/>
+      <c r="AA265"/>
+      <c r="AB265"/>
+      <c r="AC265"/>
+      <c r="AD265"/>
+      <c r="AE265"/>
+      <c r="AF265"/>
+      <c r="AG265"/>
+      <c r="AH265"/>
+      <c r="AI265"/>
+      <c r="AJ265"/>
+      <c r="AK265"/>
+      <c r="AL265"/>
+      <c r="AM265"/>
+      <c r="AN265"/>
+      <c r="AO265"/>
+      <c r="AP265"/>
+      <c r="AQ265"/>
+      <c r="AR265"/>
+      <c r="AS265"/>
+      <c r="AT265"/>
+      <c r="AU265"/>
+      <c r="AV265"/>
+      <c r="AW265"/>
+      <c r="AX265"/>
+      <c r="AY265"/>
+      <c r="AZ265"/>
+      <c r="BA265"/>
+      <c r="BB265"/>
+      <c r="BC265"/>
+      <c r="BD265"/>
+      <c r="BE265"/>
+      <c r="BF265"/>
+      <c r="BG265"/>
+      <c r="BH265"/>
+      <c r="BI265"/>
+      <c r="BJ265"/>
+      <c r="BK265"/>
+      <c r="BL265"/>
+      <c r="BM265"/>
+      <c r="BN265"/>
+      <c r="BO265"/>
+      <c r="BP265"/>
+      <c r="BQ265"/>
+      <c r="BR265"/>
+      <c r="BS265"/>
+      <c r="BT265"/>
+      <c r="BU265"/>
+      <c r="BV265"/>
+      <c r="BW265"/>
+      <c r="BX265"/>
+      <c r="BY265"/>
+      <c r="BZ265"/>
+      <c r="CA265"/>
+      <c r="CB265"/>
+      <c r="CC265"/>
+      <c r="CD265"/>
+      <c r="CE265"/>
+      <c r="CF265"/>
+      <c r="CG265"/>
+      <c r="CH265"/>
+      <c r="CI265"/>
+      <c r="CJ265"/>
+      <c r="CK265"/>
+      <c r="CL265"/>
+      <c r="CM265"/>
+      <c r="CN265"/>
+      <c r="CO265"/>
+      <c r="CP265"/>
+      <c r="CQ265"/>
+      <c r="CR265"/>
+      <c r="CS265"/>
+    </row>
+    <row r="266" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A266" s="33"/>
+      <c r="B266" s="18"/>
+      <c r="C266" s="12"/>
+      <c r="D266" s="12"/>
+      <c r="E266" s="18"/>
+      <c r="F266" s="18"/>
+      <c r="G266" s="13"/>
+      <c r="H266" s="19"/>
+      <c r="I266" s="12"/>
+      <c r="J266" s="12"/>
+      <c r="K266" s="12"/>
+      <c r="L266" s="23"/>
+      <c r="O266" s="34"/>
+      <c r="P266"/>
+      <c r="Q266"/>
+      <c r="R266"/>
+      <c r="S266"/>
+      <c r="T266"/>
+      <c r="U266"/>
+      <c r="V266"/>
+      <c r="W266"/>
+      <c r="X266"/>
+      <c r="Y266"/>
+      <c r="Z266"/>
+      <c r="AA266"/>
+      <c r="AB266"/>
+      <c r="AC266"/>
+      <c r="AD266"/>
+      <c r="AE266"/>
+      <c r="AF266"/>
+      <c r="AG266"/>
+      <c r="AH266"/>
+      <c r="AI266"/>
+      <c r="AJ266"/>
+      <c r="AK266"/>
+      <c r="AL266"/>
+      <c r="AM266"/>
+      <c r="AN266"/>
+      <c r="AO266"/>
+      <c r="AP266"/>
+      <c r="AQ266"/>
+      <c r="AR266"/>
+      <c r="AS266"/>
+      <c r="AT266"/>
+      <c r="AU266"/>
+      <c r="AV266"/>
+      <c r="AW266"/>
+      <c r="AX266"/>
+      <c r="AY266"/>
+      <c r="AZ266"/>
+      <c r="BA266"/>
+      <c r="BB266"/>
+      <c r="BC266"/>
+      <c r="BD266"/>
+      <c r="BE266"/>
+      <c r="BF266"/>
+      <c r="BG266"/>
+      <c r="BH266"/>
+      <c r="BI266"/>
+      <c r="BJ266"/>
+      <c r="BK266"/>
+      <c r="BL266"/>
+      <c r="BM266"/>
+      <c r="BN266"/>
+      <c r="BO266"/>
+      <c r="BP266"/>
+      <c r="BQ266"/>
+      <c r="BR266"/>
+      <c r="BS266"/>
+      <c r="BT266"/>
+      <c r="BU266"/>
+      <c r="BV266"/>
+      <c r="BW266"/>
+      <c r="BX266"/>
+      <c r="BY266"/>
+      <c r="BZ266"/>
+      <c r="CA266"/>
+      <c r="CB266"/>
+      <c r="CC266"/>
+      <c r="CD266"/>
+      <c r="CE266"/>
+      <c r="CF266"/>
+      <c r="CG266"/>
+      <c r="CH266"/>
+      <c r="CI266"/>
+      <c r="CJ266"/>
+      <c r="CK266"/>
+      <c r="CL266"/>
+      <c r="CM266"/>
+      <c r="CN266"/>
+      <c r="CO266"/>
+      <c r="CP266"/>
+      <c r="CQ266"/>
+      <c r="CR266"/>
+      <c r="CS266"/>
+    </row>
+    <row r="267" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A267" s="33"/>
+      <c r="B267" s="18"/>
+      <c r="C267" s="12"/>
+      <c r="D267" s="12"/>
+      <c r="E267" s="18"/>
+      <c r="F267" s="18"/>
+      <c r="G267" s="13"/>
+      <c r="H267" s="19"/>
+      <c r="I267" s="12"/>
+      <c r="J267" s="12"/>
+      <c r="K267" s="12"/>
+      <c r="L267" s="23"/>
+      <c r="O267" s="34"/>
+      <c r="P267"/>
+      <c r="Q267"/>
+      <c r="R267"/>
+      <c r="S267"/>
+      <c r="T267"/>
+      <c r="U267"/>
+      <c r="V267"/>
+      <c r="W267"/>
+      <c r="X267"/>
+      <c r="Y267"/>
+      <c r="Z267"/>
+      <c r="AA267"/>
+      <c r="AB267"/>
+      <c r="AC267"/>
+      <c r="AD267"/>
+      <c r="AE267"/>
+      <c r="AF267"/>
+      <c r="AG267"/>
+      <c r="AH267"/>
+      <c r="AI267"/>
+      <c r="AJ267"/>
+      <c r="AK267"/>
+      <c r="AL267"/>
+      <c r="AM267"/>
+      <c r="AN267"/>
+      <c r="AO267"/>
+      <c r="AP267"/>
+      <c r="AQ267"/>
+      <c r="AR267"/>
+      <c r="AS267"/>
+      <c r="AT267"/>
+      <c r="AU267"/>
+      <c r="AV267"/>
+      <c r="AW267"/>
+      <c r="AX267"/>
+      <c r="AY267"/>
+      <c r="AZ267"/>
+      <c r="BA267"/>
+      <c r="BB267"/>
+      <c r="BC267"/>
+      <c r="BD267"/>
+      <c r="BE267"/>
+      <c r="BF267"/>
+      <c r="BG267"/>
+      <c r="BH267"/>
+      <c r="BI267"/>
+      <c r="BJ267"/>
+      <c r="BK267"/>
+      <c r="BL267"/>
+      <c r="BM267"/>
+      <c r="BN267"/>
+      <c r="BO267"/>
+      <c r="BP267"/>
+      <c r="BQ267"/>
+      <c r="BR267"/>
+      <c r="BS267"/>
+      <c r="BT267"/>
+      <c r="BU267"/>
+      <c r="BV267"/>
+      <c r="BW267"/>
+      <c r="BX267"/>
+      <c r="BY267"/>
+      <c r="BZ267"/>
+      <c r="CA267"/>
+      <c r="CB267"/>
+      <c r="CC267"/>
+      <c r="CD267"/>
+      <c r="CE267"/>
+      <c r="CF267"/>
+      <c r="CG267"/>
+      <c r="CH267"/>
+      <c r="CI267"/>
+      <c r="CJ267"/>
+      <c r="CK267"/>
+      <c r="CL267"/>
+      <c r="CM267"/>
+      <c r="CN267"/>
+      <c r="CO267"/>
+      <c r="CP267"/>
+      <c r="CQ267"/>
+      <c r="CR267"/>
+      <c r="CS267"/>
+    </row>
+    <row r="268" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A268" s="33"/>
+      <c r="B268" s="18"/>
+      <c r="C268" s="12"/>
+      <c r="D268" s="12"/>
+      <c r="E268" s="18"/>
+      <c r="F268" s="18"/>
+      <c r="G268" s="13"/>
+      <c r="H268" s="19"/>
+      <c r="I268" s="12"/>
+      <c r="J268" s="12"/>
+      <c r="K268" s="12"/>
+      <c r="L268" s="23"/>
+      <c r="O268" s="34"/>
+      <c r="P268"/>
+      <c r="Q268"/>
+      <c r="R268"/>
+      <c r="S268"/>
+      <c r="T268"/>
+      <c r="U268"/>
+      <c r="V268"/>
+      <c r="W268"/>
+      <c r="X268"/>
+      <c r="Y268"/>
+      <c r="Z268"/>
+      <c r="AA268"/>
+      <c r="AB268"/>
+      <c r="AC268"/>
+      <c r="AD268"/>
+      <c r="AE268"/>
+      <c r="AF268"/>
+      <c r="AG268"/>
+      <c r="AH268"/>
+      <c r="AI268"/>
+      <c r="AJ268"/>
+      <c r="AK268"/>
+      <c r="AL268"/>
+      <c r="AM268"/>
+      <c r="AN268"/>
+      <c r="AO268"/>
+      <c r="AP268"/>
+      <c r="AQ268"/>
+      <c r="AR268"/>
+      <c r="AS268"/>
+      <c r="AT268"/>
+      <c r="AU268"/>
+      <c r="AV268"/>
+      <c r="AW268"/>
+      <c r="AX268"/>
+      <c r="AY268"/>
+      <c r="AZ268"/>
+      <c r="BA268"/>
+      <c r="BB268"/>
+      <c r="BC268"/>
+      <c r="BD268"/>
+      <c r="BE268"/>
+      <c r="BF268"/>
+      <c r="BG268"/>
+      <c r="BH268"/>
+      <c r="BI268"/>
+      <c r="BJ268"/>
+      <c r="BK268"/>
+      <c r="BL268"/>
+      <c r="BM268"/>
+      <c r="BN268"/>
+      <c r="BO268"/>
+      <c r="BP268"/>
+      <c r="BQ268"/>
+      <c r="BR268"/>
+      <c r="BS268"/>
+      <c r="BT268"/>
+      <c r="BU268"/>
+      <c r="BV268"/>
+      <c r="BW268"/>
+      <c r="BX268"/>
+      <c r="BY268"/>
+      <c r="BZ268"/>
+      <c r="CA268"/>
+      <c r="CB268"/>
+      <c r="CC268"/>
+      <c r="CD268"/>
+      <c r="CE268"/>
+      <c r="CF268"/>
+      <c r="CG268"/>
+      <c r="CH268"/>
+      <c r="CI268"/>
+      <c r="CJ268"/>
+      <c r="CK268"/>
+      <c r="CL268"/>
+      <c r="CM268"/>
+      <c r="CN268"/>
+      <c r="CO268"/>
+      <c r="CP268"/>
+      <c r="CQ268"/>
+      <c r="CR268"/>
+      <c r="CS268"/>
+    </row>
+    <row r="269" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A269" s="33"/>
+      <c r="B269" s="18"/>
+      <c r="C269" s="12"/>
+      <c r="D269" s="12"/>
+      <c r="E269" s="18"/>
+      <c r="F269" s="18"/>
+      <c r="G269" s="13"/>
+      <c r="H269" s="19"/>
+      <c r="I269" s="12"/>
+      <c r="J269" s="12"/>
+      <c r="K269" s="12"/>
+      <c r="L269" s="23"/>
+      <c r="O269" s="34"/>
+      <c r="P269"/>
+      <c r="Q269"/>
+      <c r="R269"/>
+      <c r="S269"/>
+      <c r="T269"/>
+      <c r="U269"/>
+      <c r="V269"/>
+      <c r="W269"/>
+      <c r="X269"/>
+      <c r="Y269"/>
+      <c r="Z269"/>
+      <c r="AA269"/>
+      <c r="AB269"/>
+      <c r="AC269"/>
+      <c r="AD269"/>
+      <c r="AE269"/>
+      <c r="AF269"/>
+      <c r="AG269"/>
+      <c r="AH269"/>
+      <c r="AI269"/>
+      <c r="AJ269"/>
+      <c r="AK269"/>
+      <c r="AL269"/>
+      <c r="AM269"/>
+      <c r="AN269"/>
+      <c r="AO269"/>
+      <c r="AP269"/>
+      <c r="AQ269"/>
+      <c r="AR269"/>
+      <c r="AS269"/>
+      <c r="AT269"/>
+      <c r="AU269"/>
+      <c r="AV269"/>
+      <c r="AW269"/>
+      <c r="AX269"/>
+      <c r="AY269"/>
+      <c r="AZ269"/>
+      <c r="BA269"/>
+      <c r="BB269"/>
+      <c r="BC269"/>
+      <c r="BD269"/>
+      <c r="BE269"/>
+      <c r="BF269"/>
+      <c r="BG269"/>
+      <c r="BH269"/>
+      <c r="BI269"/>
+      <c r="BJ269"/>
+      <c r="BK269"/>
+      <c r="BL269"/>
+      <c r="BM269"/>
+      <c r="BN269"/>
+      <c r="BO269"/>
+      <c r="BP269"/>
+      <c r="BQ269"/>
+      <c r="BR269"/>
+      <c r="BS269"/>
+      <c r="BT269"/>
+      <c r="BU269"/>
+      <c r="BV269"/>
+      <c r="BW269"/>
+      <c r="BX269"/>
+      <c r="BY269"/>
+      <c r="BZ269"/>
+      <c r="CA269"/>
+      <c r="CB269"/>
+      <c r="CC269"/>
+      <c r="CD269"/>
+      <c r="CE269"/>
+      <c r="CF269"/>
+      <c r="CG269"/>
+      <c r="CH269"/>
+      <c r="CI269"/>
+      <c r="CJ269"/>
+      <c r="CK269"/>
+      <c r="CL269"/>
+      <c r="CM269"/>
+      <c r="CN269"/>
+      <c r="CO269"/>
+      <c r="CP269"/>
+      <c r="CQ269"/>
+      <c r="CR269"/>
+      <c r="CS269"/>
+    </row>
+    <row r="270" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A270" s="33"/>
+      <c r="B270" s="18"/>
+      <c r="C270" s="12"/>
+      <c r="D270" s="12"/>
+      <c r="E270" s="18"/>
+      <c r="F270" s="18"/>
+      <c r="G270" s="13"/>
+      <c r="H270" s="19"/>
+      <c r="I270" s="12"/>
+      <c r="J270" s="12"/>
+      <c r="K270" s="12"/>
+      <c r="L270" s="23"/>
+      <c r="O270" s="34"/>
+      <c r="P270"/>
+      <c r="Q270"/>
+      <c r="R270"/>
+      <c r="S270"/>
+      <c r="T270"/>
+      <c r="U270"/>
+      <c r="V270"/>
+      <c r="W270"/>
+      <c r="X270"/>
+      <c r="Y270"/>
+      <c r="Z270"/>
+      <c r="AA270"/>
+      <c r="AB270"/>
+      <c r="AC270"/>
+      <c r="AD270"/>
+      <c r="AE270"/>
+      <c r="AF270"/>
+      <c r="AG270"/>
+      <c r="AH270"/>
+      <c r="AI270"/>
+      <c r="AJ270"/>
+      <c r="AK270"/>
+      <c r="AL270"/>
+      <c r="AM270"/>
+      <c r="AN270"/>
+      <c r="AO270"/>
+      <c r="AP270"/>
+      <c r="AQ270"/>
+      <c r="AR270"/>
+      <c r="AS270"/>
+      <c r="AT270"/>
+      <c r="AU270"/>
+      <c r="AV270"/>
+      <c r="AW270"/>
+      <c r="AX270"/>
+      <c r="AY270"/>
+      <c r="AZ270"/>
+      <c r="BA270"/>
+      <c r="BB270"/>
+      <c r="BC270"/>
+      <c r="BD270"/>
+      <c r="BE270"/>
+      <c r="BF270"/>
+      <c r="BG270"/>
+      <c r="BH270"/>
+      <c r="BI270"/>
+      <c r="BJ270"/>
+      <c r="BK270"/>
+      <c r="BL270"/>
+      <c r="BM270"/>
+      <c r="BN270"/>
+      <c r="BO270"/>
+      <c r="BP270"/>
+      <c r="BQ270"/>
+      <c r="BR270"/>
+      <c r="BS270"/>
+      <c r="BT270"/>
+      <c r="BU270"/>
+      <c r="BV270"/>
+      <c r="BW270"/>
+      <c r="BX270"/>
+      <c r="BY270"/>
+      <c r="BZ270"/>
+      <c r="CA270"/>
+      <c r="CB270"/>
+      <c r="CC270"/>
+      <c r="CD270"/>
+      <c r="CE270"/>
+      <c r="CF270"/>
+      <c r="CG270"/>
+      <c r="CH270"/>
+      <c r="CI270"/>
+      <c r="CJ270"/>
+      <c r="CK270"/>
+      <c r="CL270"/>
+      <c r="CM270"/>
+      <c r="CN270"/>
+      <c r="CO270"/>
+      <c r="CP270"/>
+      <c r="CQ270"/>
+      <c r="CR270"/>
+      <c r="CS270"/>
+    </row>
+    <row r="271" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A271" s="33"/>
+      <c r="B271" s="18"/>
+      <c r="C271" s="12"/>
+      <c r="D271" s="12"/>
+      <c r="E271" s="18"/>
+      <c r="F271" s="18"/>
+      <c r="G271" s="13"/>
+      <c r="H271" s="19"/>
+      <c r="I271" s="12"/>
+      <c r="J271" s="12"/>
+      <c r="K271" s="12"/>
+      <c r="L271" s="23"/>
+      <c r="O271" s="34"/>
+      <c r="P271"/>
+      <c r="Q271"/>
+      <c r="R271"/>
+      <c r="S271"/>
+      <c r="T271"/>
+      <c r="U271"/>
+      <c r="V271"/>
+      <c r="W271"/>
+      <c r="X271"/>
+      <c r="Y271"/>
+      <c r="Z271"/>
+      <c r="AA271"/>
+      <c r="AB271"/>
+      <c r="AC271"/>
+      <c r="AD271"/>
+      <c r="AE271"/>
+      <c r="AF271"/>
+      <c r="AG271"/>
+      <c r="AH271"/>
+      <c r="AI271"/>
+      <c r="AJ271"/>
+      <c r="AK271"/>
+      <c r="AL271"/>
+      <c r="AM271"/>
+      <c r="AN271"/>
+      <c r="AO271"/>
+      <c r="AP271"/>
+      <c r="AQ271"/>
+      <c r="AR271"/>
+      <c r="AS271"/>
+      <c r="AT271"/>
+      <c r="AU271"/>
+      <c r="AV271"/>
+      <c r="AW271"/>
+      <c r="AX271"/>
+      <c r="AY271"/>
+      <c r="AZ271"/>
+      <c r="BA271"/>
+      <c r="BB271"/>
+      <c r="BC271"/>
+      <c r="BD271"/>
+      <c r="BE271"/>
+      <c r="BF271"/>
+      <c r="BG271"/>
+      <c r="BH271"/>
+      <c r="BI271"/>
+      <c r="BJ271"/>
+      <c r="BK271"/>
+      <c r="BL271"/>
+      <c r="BM271"/>
+      <c r="BN271"/>
+      <c r="BO271"/>
+      <c r="BP271"/>
+      <c r="BQ271"/>
+      <c r="BR271"/>
+      <c r="BS271"/>
+      <c r="BT271"/>
+      <c r="BU271"/>
+      <c r="BV271"/>
+      <c r="BW271"/>
+      <c r="BX271"/>
+      <c r="BY271"/>
+      <c r="BZ271"/>
+      <c r="CA271"/>
+      <c r="CB271"/>
+      <c r="CC271"/>
+      <c r="CD271"/>
+      <c r="CE271"/>
+      <c r="CF271"/>
+      <c r="CG271"/>
+      <c r="CH271"/>
+      <c r="CI271"/>
+      <c r="CJ271"/>
+      <c r="CK271"/>
+      <c r="CL271"/>
+      <c r="CM271"/>
+      <c r="CN271"/>
+      <c r="CO271"/>
+      <c r="CP271"/>
+      <c r="CQ271"/>
+      <c r="CR271"/>
+      <c r="CS271"/>
+    </row>
+    <row r="272" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A272" s="33"/>
+      <c r="B272" s="18"/>
+      <c r="C272" s="12"/>
+      <c r="D272" s="12"/>
+      <c r="E272" s="18"/>
+      <c r="F272" s="18"/>
+      <c r="G272" s="13"/>
+      <c r="H272" s="19"/>
+      <c r="I272" s="12"/>
+      <c r="J272" s="12"/>
+      <c r="K272" s="12"/>
+      <c r="L272" s="23"/>
+      <c r="O272" s="34"/>
+      <c r="P272"/>
+      <c r="Q272"/>
+      <c r="R272"/>
+      <c r="S272"/>
+      <c r="T272"/>
+      <c r="U272"/>
+      <c r="V272"/>
+      <c r="W272"/>
+      <c r="X272"/>
+      <c r="Y272"/>
+      <c r="Z272"/>
+      <c r="AA272"/>
+      <c r="AB272"/>
+      <c r="AC272"/>
+      <c r="AD272"/>
+      <c r="AE272"/>
+      <c r="AF272"/>
+      <c r="AG272"/>
+      <c r="AH272"/>
+      <c r="AI272"/>
+      <c r="AJ272"/>
+      <c r="AK272"/>
+      <c r="AL272"/>
+      <c r="AM272"/>
+      <c r="AN272"/>
+      <c r="AO272"/>
+      <c r="AP272"/>
+      <c r="AQ272"/>
+      <c r="AR272"/>
+      <c r="AS272"/>
+      <c r="AT272"/>
+      <c r="AU272"/>
+      <c r="AV272"/>
+      <c r="AW272"/>
+      <c r="AX272"/>
+      <c r="AY272"/>
+      <c r="AZ272"/>
+      <c r="BA272"/>
+      <c r="BB272"/>
+      <c r="BC272"/>
+      <c r="BD272"/>
+      <c r="BE272"/>
+      <c r="BF272"/>
+      <c r="BG272"/>
+      <c r="BH272"/>
+      <c r="BI272"/>
+      <c r="BJ272"/>
+      <c r="BK272"/>
+      <c r="BL272"/>
+      <c r="BM272"/>
+      <c r="BN272"/>
+      <c r="BO272"/>
+      <c r="BP272"/>
+      <c r="BQ272"/>
+      <c r="BR272"/>
+      <c r="BS272"/>
+      <c r="BT272"/>
+      <c r="BU272"/>
+      <c r="BV272"/>
+      <c r="BW272"/>
+      <c r="BX272"/>
+      <c r="BY272"/>
+      <c r="BZ272"/>
+      <c r="CA272"/>
+      <c r="CB272"/>
+      <c r="CC272"/>
+      <c r="CD272"/>
+      <c r="CE272"/>
+      <c r="CF272"/>
+      <c r="CG272"/>
+      <c r="CH272"/>
+      <c r="CI272"/>
+      <c r="CJ272"/>
+      <c r="CK272"/>
+      <c r="CL272"/>
+      <c r="CM272"/>
+      <c r="CN272"/>
+      <c r="CO272"/>
+      <c r="CP272"/>
+      <c r="CQ272"/>
+      <c r="CR272"/>
+      <c r="CS272"/>
+    </row>
+    <row r="273" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A273" s="33"/>
+      <c r="B273" s="18"/>
+      <c r="C273" s="12"/>
+      <c r="D273" s="12"/>
+      <c r="E273" s="18"/>
+      <c r="F273" s="18"/>
+      <c r="G273" s="13"/>
+      <c r="H273" s="19"/>
+      <c r="I273" s="12"/>
+      <c r="J273" s="12"/>
+      <c r="K273" s="12"/>
+      <c r="L273" s="23"/>
+      <c r="O273" s="34"/>
+      <c r="P273"/>
+      <c r="Q273"/>
+      <c r="R273"/>
+      <c r="S273"/>
+      <c r="T273"/>
+      <c r="U273"/>
+      <c r="V273"/>
+      <c r="W273"/>
+      <c r="X273"/>
+      <c r="Y273"/>
+      <c r="Z273"/>
+      <c r="AA273"/>
+      <c r="AB273"/>
+      <c r="AC273"/>
+      <c r="AD273"/>
+      <c r="AE273"/>
+      <c r="AF273"/>
+      <c r="AG273"/>
+      <c r="AH273"/>
+      <c r="AI273"/>
+      <c r="AJ273"/>
+      <c r="AK273"/>
+      <c r="AL273"/>
+      <c r="AM273"/>
+      <c r="AN273"/>
+      <c r="AO273"/>
+      <c r="AP273"/>
+      <c r="AQ273"/>
+      <c r="AR273"/>
+      <c r="AS273"/>
+      <c r="AT273"/>
+      <c r="AU273"/>
+      <c r="AV273"/>
+      <c r="AW273"/>
+      <c r="AX273"/>
+      <c r="AY273"/>
+      <c r="AZ273"/>
+      <c r="BA273"/>
+      <c r="BB273"/>
+      <c r="BC273"/>
+      <c r="BD273"/>
+      <c r="BE273"/>
+      <c r="BF273"/>
+      <c r="BG273"/>
+      <c r="BH273"/>
+      <c r="BI273"/>
+      <c r="BJ273"/>
+      <c r="BK273"/>
+      <c r="BL273"/>
+      <c r="BM273"/>
+      <c r="BN273"/>
+      <c r="BO273"/>
+      <c r="BP273"/>
+      <c r="BQ273"/>
+      <c r="BR273"/>
+      <c r="BS273"/>
+      <c r="BT273"/>
+      <c r="BU273"/>
+      <c r="BV273"/>
+      <c r="BW273"/>
+      <c r="BX273"/>
+      <c r="BY273"/>
+      <c r="BZ273"/>
+      <c r="CA273"/>
+      <c r="CB273"/>
+      <c r="CC273"/>
+      <c r="CD273"/>
+      <c r="CE273"/>
+      <c r="CF273"/>
+      <c r="CG273"/>
+      <c r="CH273"/>
+      <c r="CI273"/>
+      <c r="CJ273"/>
+      <c r="CK273"/>
+      <c r="CL273"/>
+      <c r="CM273"/>
+      <c r="CN273"/>
+      <c r="CO273"/>
+      <c r="CP273"/>
+      <c r="CQ273"/>
+      <c r="CR273"/>
+      <c r="CS273"/>
+    </row>
+    <row r="274" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A274" s="33"/>
+      <c r="B274" s="18"/>
+      <c r="C274" s="12"/>
+      <c r="D274" s="12"/>
+      <c r="E274" s="18"/>
+      <c r="F274" s="18"/>
+      <c r="G274" s="13"/>
+      <c r="H274" s="19"/>
+      <c r="I274" s="12"/>
+      <c r="J274" s="12"/>
+      <c r="K274" s="12"/>
+      <c r="L274" s="23"/>
+      <c r="O274" s="34"/>
+      <c r="P274"/>
+      <c r="Q274"/>
+      <c r="R274"/>
+      <c r="S274"/>
+      <c r="T274"/>
+      <c r="U274"/>
+      <c r="V274"/>
+      <c r="W274"/>
+      <c r="X274"/>
+      <c r="Y274"/>
+      <c r="Z274"/>
+      <c r="AA274"/>
+      <c r="AB274"/>
+      <c r="AC274"/>
+      <c r="AD274"/>
+      <c r="AE274"/>
+      <c r="AF274"/>
+      <c r="AG274"/>
+      <c r="AH274"/>
+      <c r="AI274"/>
+      <c r="AJ274"/>
+      <c r="AK274"/>
+      <c r="AL274"/>
+      <c r="AM274"/>
+      <c r="AN274"/>
+      <c r="AO274"/>
+      <c r="AP274"/>
+      <c r="AQ274"/>
+      <c r="AR274"/>
+      <c r="AS274"/>
+      <c r="AT274"/>
+      <c r="AU274"/>
+      <c r="AV274"/>
+      <c r="AW274"/>
+      <c r="AX274"/>
+      <c r="AY274"/>
+      <c r="AZ274"/>
+      <c r="BA274"/>
+      <c r="BB274"/>
+      <c r="BC274"/>
+      <c r="BD274"/>
+      <c r="BE274"/>
+      <c r="BF274"/>
+      <c r="BG274"/>
+      <c r="BH274"/>
+      <c r="BI274"/>
+      <c r="BJ274"/>
+      <c r="BK274"/>
+      <c r="BL274"/>
+      <c r="BM274"/>
+      <c r="BN274"/>
+      <c r="BO274"/>
+      <c r="BP274"/>
+      <c r="BQ274"/>
+      <c r="BR274"/>
+      <c r="BS274"/>
+      <c r="BT274"/>
+      <c r="BU274"/>
+      <c r="BV274"/>
+      <c r="BW274"/>
+      <c r="BX274"/>
+      <c r="BY274"/>
+      <c r="BZ274"/>
+      <c r="CA274"/>
+      <c r="CB274"/>
+      <c r="CC274"/>
+      <c r="CD274"/>
+      <c r="CE274"/>
+      <c r="CF274"/>
+      <c r="CG274"/>
+      <c r="CH274"/>
+      <c r="CI274"/>
+      <c r="CJ274"/>
+      <c r="CK274"/>
+      <c r="CL274"/>
+      <c r="CM274"/>
+      <c r="CN274"/>
+      <c r="CO274"/>
+      <c r="CP274"/>
+      <c r="CQ274"/>
+      <c r="CR274"/>
+      <c r="CS274"/>
+    </row>
+    <row r="275" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A275" s="33"/>
+      <c r="B275" s="18"/>
+      <c r="C275" s="12"/>
+      <c r="D275" s="12"/>
+      <c r="E275" s="18"/>
+      <c r="F275" s="18"/>
+      <c r="G275" s="13"/>
+      <c r="H275" s="19"/>
+      <c r="I275" s="12"/>
+      <c r="J275" s="12"/>
+      <c r="K275" s="12"/>
+      <c r="L275" s="23"/>
+      <c r="O275" s="34"/>
+      <c r="P275"/>
+      <c r="Q275"/>
+      <c r="R275"/>
+      <c r="S275"/>
+      <c r="T275"/>
+      <c r="U275"/>
+      <c r="V275"/>
+      <c r="W275"/>
+      <c r="X275"/>
+      <c r="Y275"/>
+      <c r="Z275"/>
+      <c r="AA275"/>
+      <c r="AB275"/>
+      <c r="AC275"/>
+      <c r="AD275"/>
+      <c r="AE275"/>
+      <c r="AF275"/>
+      <c r="AG275"/>
+      <c r="AH275"/>
+      <c r="AI275"/>
+      <c r="AJ275"/>
+      <c r="AK275"/>
+      <c r="AL275"/>
+      <c r="AM275"/>
+      <c r="AN275"/>
+      <c r="AO275"/>
+      <c r="AP275"/>
+      <c r="AQ275"/>
+      <c r="AR275"/>
+      <c r="AS275"/>
+      <c r="AT275"/>
+      <c r="AU275"/>
+      <c r="AV275"/>
+      <c r="AW275"/>
+      <c r="AX275"/>
+      <c r="AY275"/>
+      <c r="AZ275"/>
+      <c r="BA275"/>
+      <c r="BB275"/>
+      <c r="BC275"/>
+      <c r="BD275"/>
+      <c r="BE275"/>
+      <c r="BF275"/>
+      <c r="BG275"/>
+      <c r="BH275"/>
+      <c r="BI275"/>
+      <c r="BJ275"/>
+      <c r="BK275"/>
+      <c r="BL275"/>
+      <c r="BM275"/>
+      <c r="BN275"/>
+      <c r="BO275"/>
+      <c r="BP275"/>
+      <c r="BQ275"/>
+      <c r="BR275"/>
+      <c r="BS275"/>
+      <c r="BT275"/>
+      <c r="BU275"/>
+      <c r="BV275"/>
+      <c r="BW275"/>
+      <c r="BX275"/>
+      <c r="BY275"/>
+      <c r="BZ275"/>
+      <c r="CA275"/>
+      <c r="CB275"/>
+      <c r="CC275"/>
+      <c r="CD275"/>
+      <c r="CE275"/>
+      <c r="CF275"/>
+      <c r="CG275"/>
+      <c r="CH275"/>
+      <c r="CI275"/>
+      <c r="CJ275"/>
+      <c r="CK275"/>
+      <c r="CL275"/>
+      <c r="CM275"/>
+      <c r="CN275"/>
+      <c r="CO275"/>
+      <c r="CP275"/>
+      <c r="CQ275"/>
+      <c r="CR275"/>
+      <c r="CS275"/>
+    </row>
+    <row r="276" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A276" s="33"/>
+      <c r="B276" s="18"/>
+      <c r="C276" s="12"/>
+      <c r="D276" s="12"/>
+      <c r="E276" s="18"/>
+      <c r="F276" s="18"/>
+      <c r="G276" s="13"/>
+      <c r="H276" s="19"/>
+      <c r="I276" s="12"/>
+      <c r="J276" s="12"/>
+      <c r="K276" s="12"/>
+      <c r="L276" s="23"/>
+      <c r="O276" s="34"/>
+      <c r="P276"/>
+      <c r="Q276"/>
+      <c r="R276"/>
+      <c r="S276"/>
+      <c r="T276"/>
+      <c r="U276"/>
+      <c r="V276"/>
+      <c r="W276"/>
+      <c r="X276"/>
+      <c r="Y276"/>
+      <c r="Z276"/>
+      <c r="AA276"/>
+      <c r="AB276"/>
+      <c r="AC276"/>
+      <c r="AD276"/>
+      <c r="AE276"/>
+      <c r="AF276"/>
+      <c r="AG276"/>
+      <c r="AH276"/>
+      <c r="AI276"/>
+      <c r="AJ276"/>
+      <c r="AK276"/>
+      <c r="AL276"/>
+      <c r="AM276"/>
+      <c r="AN276"/>
+      <c r="AO276"/>
+      <c r="AP276"/>
+      <c r="AQ276"/>
+      <c r="AR276"/>
+      <c r="AS276"/>
+      <c r="AT276"/>
+      <c r="AU276"/>
+      <c r="AV276"/>
+      <c r="AW276"/>
+      <c r="AX276"/>
+      <c r="AY276"/>
+      <c r="AZ276"/>
+      <c r="BA276"/>
+      <c r="BB276"/>
+      <c r="BC276"/>
+      <c r="BD276"/>
+      <c r="BE276"/>
+      <c r="BF276"/>
+      <c r="BG276"/>
+      <c r="BH276"/>
+      <c r="BI276"/>
+      <c r="BJ276"/>
+      <c r="BK276"/>
+      <c r="BL276"/>
+      <c r="BM276"/>
+      <c r="BN276"/>
+      <c r="BO276"/>
+      <c r="BP276"/>
+      <c r="BQ276"/>
+      <c r="BR276"/>
+      <c r="BS276"/>
+      <c r="BT276"/>
+      <c r="BU276"/>
+      <c r="BV276"/>
+      <c r="BW276"/>
+      <c r="BX276"/>
+      <c r="BY276"/>
+      <c r="BZ276"/>
+      <c r="CA276"/>
+      <c r="CB276"/>
+      <c r="CC276"/>
+      <c r="CD276"/>
+      <c r="CE276"/>
+      <c r="CF276"/>
+      <c r="CG276"/>
+      <c r="CH276"/>
+      <c r="CI276"/>
+      <c r="CJ276"/>
+      <c r="CK276"/>
+      <c r="CL276"/>
+      <c r="CM276"/>
+      <c r="CN276"/>
+      <c r="CO276"/>
+      <c r="CP276"/>
+      <c r="CQ276"/>
+      <c r="CR276"/>
+      <c r="CS276"/>
+    </row>
+    <row r="277" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A277" s="33"/>
+      <c r="B277" s="18"/>
+      <c r="C277" s="12"/>
+      <c r="D277" s="12"/>
+      <c r="E277" s="18"/>
+      <c r="F277" s="18"/>
+      <c r="G277" s="13"/>
+      <c r="H277" s="19"/>
+      <c r="I277" s="12"/>
+      <c r="J277" s="12"/>
+      <c r="K277" s="12"/>
+      <c r="L277" s="23"/>
+      <c r="O277" s="34"/>
+      <c r="P277"/>
+      <c r="Q277"/>
+      <c r="R277"/>
+      <c r="S277"/>
+      <c r="T277"/>
+      <c r="U277"/>
+      <c r="V277"/>
+      <c r="W277"/>
+      <c r="X277"/>
+      <c r="Y277"/>
+      <c r="Z277"/>
+      <c r="AA277"/>
+      <c r="AB277"/>
+      <c r="AC277"/>
+      <c r="AD277"/>
+      <c r="AE277"/>
+      <c r="AF277"/>
+      <c r="AG277"/>
+      <c r="AH277"/>
+      <c r="AI277"/>
+      <c r="AJ277"/>
+      <c r="AK277"/>
+      <c r="AL277"/>
+      <c r="AM277"/>
+      <c r="AN277"/>
+      <c r="AO277"/>
+      <c r="AP277"/>
+      <c r="AQ277"/>
+      <c r="AR277"/>
+      <c r="AS277"/>
+      <c r="AT277"/>
+      <c r="AU277"/>
+      <c r="AV277"/>
+      <c r="AW277"/>
+      <c r="AX277"/>
+      <c r="AY277"/>
+      <c r="AZ277"/>
+      <c r="BA277"/>
+      <c r="BB277"/>
+      <c r="BC277"/>
+      <c r="BD277"/>
+      <c r="BE277"/>
+      <c r="BF277"/>
+      <c r="BG277"/>
+      <c r="BH277"/>
+      <c r="BI277"/>
+      <c r="BJ277"/>
+      <c r="BK277"/>
+      <c r="BL277"/>
+      <c r="BM277"/>
+      <c r="BN277"/>
+      <c r="BO277"/>
+      <c r="BP277"/>
+      <c r="BQ277"/>
+      <c r="BR277"/>
+      <c r="BS277"/>
+      <c r="BT277"/>
+      <c r="BU277"/>
+      <c r="BV277"/>
+      <c r="BW277"/>
+      <c r="BX277"/>
+      <c r="BY277"/>
+      <c r="BZ277"/>
+      <c r="CA277"/>
+      <c r="CB277"/>
+      <c r="CC277"/>
+      <c r="CD277"/>
+      <c r="CE277"/>
+      <c r="CF277"/>
+      <c r="CG277"/>
+      <c r="CH277"/>
+      <c r="CI277"/>
+      <c r="CJ277"/>
+      <c r="CK277"/>
+      <c r="CL277"/>
+      <c r="CM277"/>
+      <c r="CN277"/>
+      <c r="CO277"/>
+      <c r="CP277"/>
+      <c r="CQ277"/>
+      <c r="CR277"/>
+      <c r="CS277"/>
+    </row>
+    <row r="278" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A278" s="33"/>
+      <c r="B278" s="18"/>
+      <c r="C278" s="12"/>
+      <c r="D278" s="12"/>
+      <c r="E278" s="18"/>
+      <c r="F278" s="18"/>
+      <c r="G278" s="13"/>
+      <c r="H278" s="19"/>
+      <c r="I278" s="12"/>
+      <c r="J278" s="12"/>
+      <c r="K278" s="12"/>
+      <c r="L278" s="23"/>
+      <c r="O278" s="34"/>
+      <c r="P278"/>
+      <c r="Q278"/>
+      <c r="R278"/>
+      <c r="S278"/>
+      <c r="T278"/>
+      <c r="U278"/>
+      <c r="V278"/>
+      <c r="W278"/>
+      <c r="X278"/>
+      <c r="Y278"/>
+      <c r="Z278"/>
+      <c r="AA278"/>
+      <c r="AB278"/>
+      <c r="AC278"/>
+      <c r="AD278"/>
+      <c r="AE278"/>
+      <c r="AF278"/>
+      <c r="AG278"/>
+      <c r="AH278"/>
+      <c r="AI278"/>
+      <c r="AJ278"/>
+      <c r="AK278"/>
+      <c r="AL278"/>
+      <c r="AM278"/>
+      <c r="AN278"/>
+      <c r="AO278"/>
+      <c r="AP278"/>
+      <c r="AQ278"/>
+      <c r="AR278"/>
+      <c r="AS278"/>
+      <c r="AT278"/>
+      <c r="AU278"/>
+      <c r="AV278"/>
+      <c r="AW278"/>
+      <c r="AX278"/>
+      <c r="AY278"/>
+      <c r="AZ278"/>
+      <c r="BA278"/>
+      <c r="BB278"/>
+      <c r="BC278"/>
+      <c r="BD278"/>
+      <c r="BE278"/>
+      <c r="BF278"/>
+      <c r="BG278"/>
+      <c r="BH278"/>
+      <c r="BI278"/>
+      <c r="BJ278"/>
+      <c r="BK278"/>
+      <c r="BL278"/>
+      <c r="BM278"/>
+      <c r="BN278"/>
+      <c r="BO278"/>
+      <c r="BP278"/>
+      <c r="BQ278"/>
+      <c r="BR278"/>
+      <c r="BS278"/>
+      <c r="BT278"/>
+      <c r="BU278"/>
+      <c r="BV278"/>
+      <c r="BW278"/>
+      <c r="BX278"/>
+      <c r="BY278"/>
+      <c r="BZ278"/>
+      <c r="CA278"/>
+      <c r="CB278"/>
+      <c r="CC278"/>
+      <c r="CD278"/>
+      <c r="CE278"/>
+      <c r="CF278"/>
+      <c r="CG278"/>
+      <c r="CH278"/>
+      <c r="CI278"/>
+      <c r="CJ278"/>
+      <c r="CK278"/>
+      <c r="CL278"/>
+      <c r="CM278"/>
+      <c r="CN278"/>
+      <c r="CO278"/>
+      <c r="CP278"/>
+      <c r="CQ278"/>
+      <c r="CR278"/>
+      <c r="CS278"/>
+    </row>
+    <row r="279" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A279" s="33"/>
+      <c r="B279" s="18"/>
+      <c r="C279" s="12"/>
+      <c r="D279" s="12"/>
+      <c r="E279" s="18"/>
+      <c r="F279" s="18"/>
+      <c r="G279" s="13"/>
+      <c r="H279" s="19"/>
+      <c r="I279" s="12"/>
+      <c r="J279" s="12"/>
+      <c r="K279" s="12"/>
+      <c r="L279" s="23"/>
+      <c r="O279" s="34"/>
+      <c r="P279"/>
+      <c r="Q279"/>
+      <c r="R279"/>
+      <c r="S279"/>
+      <c r="T279"/>
+      <c r="U279"/>
+      <c r="V279"/>
+      <c r="W279"/>
+      <c r="X279"/>
+      <c r="Y279"/>
+      <c r="Z279"/>
+      <c r="AA279"/>
+      <c r="AB279"/>
+      <c r="AC279"/>
+      <c r="AD279"/>
+      <c r="AE279"/>
+      <c r="AF279"/>
+      <c r="AG279"/>
+      <c r="AH279"/>
+      <c r="AI279"/>
+      <c r="AJ279"/>
+      <c r="AK279"/>
+      <c r="AL279"/>
+      <c r="AM279"/>
+      <c r="AN279"/>
+      <c r="AO279"/>
+      <c r="AP279"/>
+      <c r="AQ279"/>
+      <c r="AR279"/>
+      <c r="AS279"/>
+      <c r="AT279"/>
+      <c r="AU279"/>
+      <c r="AV279"/>
+      <c r="AW279"/>
+      <c r="AX279"/>
+      <c r="AY279"/>
+      <c r="AZ279"/>
+      <c r="BA279"/>
+      <c r="BB279"/>
+      <c r="BC279"/>
+      <c r="BD279"/>
+      <c r="BE279"/>
+      <c r="BF279"/>
+      <c r="BG279"/>
+      <c r="BH279"/>
+      <c r="BI279"/>
+      <c r="BJ279"/>
+      <c r="BK279"/>
+      <c r="BL279"/>
+      <c r="BM279"/>
+      <c r="BN279"/>
+      <c r="BO279"/>
+      <c r="BP279"/>
+      <c r="BQ279"/>
+      <c r="BR279"/>
+      <c r="BS279"/>
+      <c r="BT279"/>
+      <c r="BU279"/>
+      <c r="BV279"/>
+      <c r="BW279"/>
+      <c r="BX279"/>
+      <c r="BY279"/>
+      <c r="BZ279"/>
+      <c r="CA279"/>
+      <c r="CB279"/>
+      <c r="CC279"/>
+      <c r="CD279"/>
+      <c r="CE279"/>
+      <c r="CF279"/>
+      <c r="CG279"/>
+      <c r="CH279"/>
+      <c r="CI279"/>
+      <c r="CJ279"/>
+      <c r="CK279"/>
+      <c r="CL279"/>
+      <c r="CM279"/>
+      <c r="CN279"/>
+      <c r="CO279"/>
+      <c r="CP279"/>
+      <c r="CQ279"/>
+      <c r="CR279"/>
+      <c r="CS279"/>
+    </row>
+    <row r="280" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A280" s="33"/>
+      <c r="B280" s="18"/>
+      <c r="C280" s="12"/>
+      <c r="D280" s="12"/>
+      <c r="E280" s="18"/>
+      <c r="F280" s="18"/>
+      <c r="G280" s="13"/>
+      <c r="H280" s="19"/>
+      <c r="I280" s="12"/>
+      <c r="J280" s="12"/>
+      <c r="K280" s="12"/>
+      <c r="L280" s="23"/>
+      <c r="O280" s="34"/>
+      <c r="P280"/>
+      <c r="Q280"/>
+      <c r="R280"/>
+      <c r="S280"/>
+      <c r="T280"/>
+      <c r="U280"/>
+      <c r="V280"/>
+      <c r="W280"/>
+      <c r="X280"/>
+      <c r="Y280"/>
+      <c r="Z280"/>
+      <c r="AA280"/>
+      <c r="AB280"/>
+      <c r="AC280"/>
+      <c r="AD280"/>
+      <c r="AE280"/>
+      <c r="AF280"/>
+      <c r="AG280"/>
+      <c r="AH280"/>
+      <c r="AI280"/>
+      <c r="AJ280"/>
+      <c r="AK280"/>
+      <c r="AL280"/>
+      <c r="AM280"/>
+      <c r="AN280"/>
+      <c r="AO280"/>
+      <c r="AP280"/>
+      <c r="AQ280"/>
+      <c r="AR280"/>
+      <c r="AS280"/>
+      <c r="AT280"/>
+      <c r="AU280"/>
+      <c r="AV280"/>
+      <c r="AW280"/>
+      <c r="AX280"/>
+      <c r="AY280"/>
+      <c r="AZ280"/>
+      <c r="BA280"/>
+      <c r="BB280"/>
+      <c r="BC280"/>
+      <c r="BD280"/>
+      <c r="BE280"/>
+      <c r="BF280"/>
+      <c r="BG280"/>
+      <c r="BH280"/>
+      <c r="BI280"/>
+      <c r="BJ280"/>
+      <c r="BK280"/>
+      <c r="BL280"/>
+      <c r="BM280"/>
+      <c r="BN280"/>
+      <c r="BO280"/>
+      <c r="BP280"/>
+      <c r="BQ280"/>
+      <c r="BR280"/>
+      <c r="BS280"/>
+      <c r="BT280"/>
+      <c r="BU280"/>
+      <c r="BV280"/>
+      <c r="BW280"/>
+      <c r="BX280"/>
+      <c r="BY280"/>
+      <c r="BZ280"/>
+      <c r="CA280"/>
+      <c r="CB280"/>
+      <c r="CC280"/>
+      <c r="CD280"/>
+      <c r="CE280"/>
+      <c r="CF280"/>
+      <c r="CG280"/>
+      <c r="CH280"/>
+      <c r="CI280"/>
+      <c r="CJ280"/>
+      <c r="CK280"/>
+      <c r="CL280"/>
+      <c r="CM280"/>
+      <c r="CN280"/>
+      <c r="CO280"/>
+      <c r="CP280"/>
+      <c r="CQ280"/>
+      <c r="CR280"/>
+      <c r="CS280"/>
+    </row>
+    <row r="281" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A281" s="33"/>
+      <c r="B281" s="18"/>
+      <c r="C281" s="12"/>
+      <c r="D281" s="12"/>
+      <c r="E281" s="18"/>
+      <c r="F281" s="18"/>
+      <c r="G281" s="13"/>
+      <c r="H281" s="19"/>
+      <c r="I281" s="12"/>
+      <c r="J281" s="12"/>
+      <c r="K281" s="12"/>
+      <c r="L281" s="23"/>
+      <c r="O281" s="34"/>
+      <c r="P281"/>
+      <c r="Q281"/>
+      <c r="R281"/>
+      <c r="S281"/>
+      <c r="T281"/>
+      <c r="U281"/>
+      <c r="V281"/>
+      <c r="W281"/>
+      <c r="X281"/>
+      <c r="Y281"/>
+      <c r="Z281"/>
+      <c r="AA281"/>
+      <c r="AB281"/>
+      <c r="AC281"/>
+      <c r="AD281"/>
+      <c r="AE281"/>
+      <c r="AF281"/>
+      <c r="AG281"/>
+      <c r="AH281"/>
+      <c r="AI281"/>
+      <c r="AJ281"/>
+      <c r="AK281"/>
+      <c r="AL281"/>
+      <c r="AM281"/>
+      <c r="AN281"/>
+      <c r="AO281"/>
+      <c r="AP281"/>
+      <c r="AQ281"/>
+      <c r="AR281"/>
+      <c r="AS281"/>
+      <c r="AT281"/>
+      <c r="AU281"/>
+      <c r="AV281"/>
+      <c r="AW281"/>
+      <c r="AX281"/>
+      <c r="AY281"/>
+      <c r="AZ281"/>
+      <c r="BA281"/>
+      <c r="BB281"/>
+      <c r="BC281"/>
+      <c r="BD281"/>
+      <c r="BE281"/>
+      <c r="BF281"/>
+      <c r="BG281"/>
+      <c r="BH281"/>
+      <c r="BI281"/>
+      <c r="BJ281"/>
+      <c r="BK281"/>
+      <c r="BL281"/>
+      <c r="BM281"/>
+      <c r="BN281"/>
+      <c r="BO281"/>
+      <c r="BP281"/>
+      <c r="BQ281"/>
+      <c r="BR281"/>
+      <c r="BS281"/>
+      <c r="BT281"/>
+      <c r="BU281"/>
+      <c r="BV281"/>
+      <c r="BW281"/>
+      <c r="BX281"/>
+      <c r="BY281"/>
+      <c r="BZ281"/>
+      <c r="CA281"/>
+      <c r="CB281"/>
+      <c r="CC281"/>
+      <c r="CD281"/>
+      <c r="CE281"/>
+      <c r="CF281"/>
+      <c r="CG281"/>
+      <c r="CH281"/>
+      <c r="CI281"/>
+      <c r="CJ281"/>
+      <c r="CK281"/>
+      <c r="CL281"/>
+      <c r="CM281"/>
+      <c r="CN281"/>
+      <c r="CO281"/>
+      <c r="CP281"/>
+      <c r="CQ281"/>
+      <c r="CR281"/>
+      <c r="CS281"/>
+    </row>
+    <row r="282" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A282" s="33"/>
+      <c r="B282" s="18"/>
+      <c r="C282" s="12"/>
+      <c r="D282" s="12"/>
+      <c r="E282" s="18"/>
+      <c r="F282" s="18"/>
+      <c r="G282" s="13"/>
+      <c r="H282" s="19"/>
+      <c r="I282" s="12"/>
+      <c r="J282" s="12"/>
+      <c r="K282" s="12"/>
+      <c r="L282" s="23"/>
+      <c r="O282" s="34"/>
+      <c r="P282"/>
+      <c r="Q282"/>
+      <c r="R282"/>
+      <c r="S282"/>
+      <c r="T282"/>
+      <c r="U282"/>
+      <c r="V282"/>
+      <c r="W282"/>
+      <c r="X282"/>
+      <c r="Y282"/>
+      <c r="Z282"/>
+      <c r="AA282"/>
+      <c r="AB282"/>
+      <c r="AC282"/>
+      <c r="AD282"/>
+      <c r="AE282"/>
+      <c r="AF282"/>
+      <c r="AG282"/>
+      <c r="AH282"/>
+      <c r="AI282"/>
+      <c r="AJ282"/>
+      <c r="AK282"/>
+      <c r="AL282"/>
+      <c r="AM282"/>
+      <c r="AN282"/>
+      <c r="AO282"/>
+      <c r="AP282"/>
+      <c r="AQ282"/>
+      <c r="AR282"/>
+      <c r="AS282"/>
+      <c r="AT282"/>
+      <c r="AU282"/>
+      <c r="AV282"/>
+      <c r="AW282"/>
+      <c r="AX282"/>
+      <c r="AY282"/>
+      <c r="AZ282"/>
+      <c r="BA282"/>
+      <c r="BB282"/>
+      <c r="BC282"/>
+      <c r="BD282"/>
+      <c r="BE282"/>
+      <c r="BF282"/>
+      <c r="BG282"/>
+      <c r="BH282"/>
+      <c r="BI282"/>
+      <c r="BJ282"/>
+      <c r="BK282"/>
+      <c r="BL282"/>
+      <c r="BM282"/>
+      <c r="BN282"/>
+      <c r="BO282"/>
+      <c r="BP282"/>
+      <c r="BQ282"/>
+      <c r="BR282"/>
+      <c r="BS282"/>
+      <c r="BT282"/>
+      <c r="BU282"/>
+      <c r="BV282"/>
+      <c r="BW282"/>
+      <c r="BX282"/>
+      <c r="BY282"/>
+      <c r="BZ282"/>
+      <c r="CA282"/>
+      <c r="CB282"/>
+      <c r="CC282"/>
+      <c r="CD282"/>
+      <c r="CE282"/>
+      <c r="CF282"/>
+      <c r="CG282"/>
+      <c r="CH282"/>
+      <c r="CI282"/>
+      <c r="CJ282"/>
+      <c r="CK282"/>
+      <c r="CL282"/>
+      <c r="CM282"/>
+      <c r="CN282"/>
+      <c r="CO282"/>
+      <c r="CP282"/>
+      <c r="CQ282"/>
+      <c r="CR282"/>
+      <c r="CS282"/>
+    </row>
+    <row r="283" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A283" s="33"/>
+      <c r="B283" s="18"/>
+      <c r="C283" s="12"/>
+      <c r="D283" s="12"/>
+      <c r="E283" s="18"/>
+      <c r="F283" s="18"/>
+      <c r="G283" s="13"/>
+      <c r="H283" s="19"/>
+      <c r="I283" s="12"/>
+      <c r="J283" s="12"/>
+      <c r="K283" s="12"/>
+      <c r="L283" s="23"/>
+      <c r="O283" s="34"/>
+      <c r="P283"/>
+      <c r="Q283"/>
+      <c r="R283"/>
+      <c r="S283"/>
+      <c r="T283"/>
+      <c r="U283"/>
+      <c r="V283"/>
+      <c r="W283"/>
+      <c r="X283"/>
+      <c r="Y283"/>
+      <c r="Z283"/>
+      <c r="AA283"/>
+      <c r="AB283"/>
+      <c r="AC283"/>
+      <c r="AD283"/>
+      <c r="AE283"/>
+      <c r="AF283"/>
+      <c r="AG283"/>
+      <c r="AH283"/>
+      <c r="AI283"/>
+      <c r="AJ283"/>
+      <c r="AK283"/>
+      <c r="AL283"/>
+      <c r="AM283"/>
+      <c r="AN283"/>
+      <c r="AO283"/>
+      <c r="AP283"/>
+      <c r="AQ283"/>
+      <c r="AR283"/>
+      <c r="AS283"/>
+      <c r="AT283"/>
+      <c r="AU283"/>
+      <c r="AV283"/>
+      <c r="AW283"/>
+      <c r="AX283"/>
+      <c r="AY283"/>
+      <c r="AZ283"/>
+      <c r="BA283"/>
+      <c r="BB283"/>
+      <c r="BC283"/>
+      <c r="BD283"/>
+      <c r="BE283"/>
+      <c r="BF283"/>
+      <c r="BG283"/>
+      <c r="BH283"/>
+      <c r="BI283"/>
+      <c r="BJ283"/>
+      <c r="BK283"/>
+      <c r="BL283"/>
+      <c r="BM283"/>
+      <c r="BN283"/>
+      <c r="BO283"/>
+      <c r="BP283"/>
+      <c r="BQ283"/>
+      <c r="BR283"/>
+      <c r="BS283"/>
+      <c r="BT283"/>
+      <c r="BU283"/>
+      <c r="BV283"/>
+      <c r="BW283"/>
+      <c r="BX283"/>
+      <c r="BY283"/>
+      <c r="BZ283"/>
+      <c r="CA283"/>
+      <c r="CB283"/>
+      <c r="CC283"/>
+      <c r="CD283"/>
+      <c r="CE283"/>
+      <c r="CF283"/>
+      <c r="CG283"/>
+      <c r="CH283"/>
+      <c r="CI283"/>
+      <c r="CJ283"/>
+      <c r="CK283"/>
+      <c r="CL283"/>
+      <c r="CM283"/>
+      <c r="CN283"/>
+      <c r="CO283"/>
+      <c r="CP283"/>
+      <c r="CQ283"/>
+      <c r="CR283"/>
+      <c r="CS283"/>
+    </row>
+    <row r="284" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A284" s="33"/>
+      <c r="B284" s="18"/>
+      <c r="C284" s="12"/>
+      <c r="D284" s="12"/>
+      <c r="E284" s="18"/>
+      <c r="F284" s="18"/>
+      <c r="G284" s="13"/>
+      <c r="H284" s="19"/>
+      <c r="I284" s="12"/>
+      <c r="J284" s="12"/>
+      <c r="K284" s="12"/>
+      <c r="L284" s="23"/>
+      <c r="O284" s="34"/>
+      <c r="P284"/>
+      <c r="Q284"/>
+      <c r="R284"/>
+      <c r="S284"/>
+      <c r="T284"/>
+      <c r="U284"/>
+      <c r="V284"/>
+      <c r="W284"/>
+      <c r="X284"/>
+      <c r="Y284"/>
+      <c r="Z284"/>
+      <c r="AA284"/>
+      <c r="AB284"/>
+      <c r="AC284"/>
+      <c r="AD284"/>
+      <c r="AE284"/>
+      <c r="AF284"/>
+      <c r="AG284"/>
+      <c r="AH284"/>
+      <c r="AI284"/>
+      <c r="AJ284"/>
+      <c r="AK284"/>
+      <c r="AL284"/>
+      <c r="AM284"/>
+      <c r="AN284"/>
+      <c r="AO284"/>
+      <c r="AP284"/>
+      <c r="AQ284"/>
+      <c r="AR284"/>
+      <c r="AS284"/>
+      <c r="AT284"/>
+      <c r="AU284"/>
+      <c r="AV284"/>
+      <c r="AW284"/>
+      <c r="AX284"/>
+      <c r="AY284"/>
+      <c r="AZ284"/>
+      <c r="BA284"/>
+      <c r="BB284"/>
+      <c r="BC284"/>
+      <c r="BD284"/>
+      <c r="BE284"/>
+      <c r="BF284"/>
+      <c r="BG284"/>
+      <c r="BH284"/>
+      <c r="BI284"/>
+      <c r="BJ284"/>
+      <c r="BK284"/>
+      <c r="BL284"/>
+      <c r="BM284"/>
+      <c r="BN284"/>
+      <c r="BO284"/>
+      <c r="BP284"/>
+      <c r="BQ284"/>
+      <c r="BR284"/>
+      <c r="BS284"/>
+      <c r="BT284"/>
+      <c r="BU284"/>
+      <c r="BV284"/>
+      <c r="BW284"/>
+      <c r="BX284"/>
+      <c r="BY284"/>
+      <c r="BZ284"/>
+      <c r="CA284"/>
+      <c r="CB284"/>
+      <c r="CC284"/>
+      <c r="CD284"/>
+      <c r="CE284"/>
+      <c r="CF284"/>
+      <c r="CG284"/>
+      <c r="CH284"/>
+      <c r="CI284"/>
+      <c r="CJ284"/>
+      <c r="CK284"/>
+      <c r="CL284"/>
+      <c r="CM284"/>
+      <c r="CN284"/>
+      <c r="CO284"/>
+      <c r="CP284"/>
+      <c r="CQ284"/>
+      <c r="CR284"/>
+      <c r="CS284"/>
+    </row>
+    <row r="285" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A285" s="33"/>
+      <c r="B285" s="18"/>
+      <c r="C285" s="12"/>
+      <c r="D285" s="12"/>
+      <c r="E285" s="18"/>
+      <c r="F285" s="18"/>
+      <c r="G285" s="13"/>
+      <c r="H285" s="19"/>
+      <c r="I285" s="12"/>
+      <c r="J285" s="12"/>
+      <c r="K285" s="12"/>
+      <c r="L285" s="23"/>
+      <c r="O285" s="34"/>
+      <c r="P285"/>
+      <c r="Q285"/>
+      <c r="R285"/>
+      <c r="S285"/>
+      <c r="T285"/>
+      <c r="U285"/>
+      <c r="V285"/>
+      <c r="W285"/>
+      <c r="X285"/>
+      <c r="Y285"/>
+      <c r="Z285"/>
+      <c r="AA285"/>
+      <c r="AB285"/>
+      <c r="AC285"/>
+      <c r="AD285"/>
+      <c r="AE285"/>
+      <c r="AF285"/>
+      <c r="AG285"/>
+      <c r="AH285"/>
+      <c r="AI285"/>
+      <c r="AJ285"/>
+      <c r="AK285"/>
+      <c r="AL285"/>
+      <c r="AM285"/>
+      <c r="AN285"/>
+      <c r="AO285"/>
+      <c r="AP285"/>
+      <c r="AQ285"/>
+      <c r="AR285"/>
+      <c r="AS285"/>
+      <c r="AT285"/>
+      <c r="AU285"/>
+      <c r="AV285"/>
+      <c r="AW285"/>
+      <c r="AX285"/>
+      <c r="AY285"/>
+      <c r="AZ285"/>
+      <c r="BA285"/>
+      <c r="BB285"/>
+      <c r="BC285"/>
+      <c r="BD285"/>
+      <c r="BE285"/>
+      <c r="BF285"/>
+      <c r="BG285"/>
+      <c r="BH285"/>
+      <c r="BI285"/>
+      <c r="BJ285"/>
+      <c r="BK285"/>
+      <c r="BL285"/>
+      <c r="BM285"/>
+      <c r="BN285"/>
+      <c r="BO285"/>
+      <c r="BP285"/>
+      <c r="BQ285"/>
+      <c r="BR285"/>
+      <c r="BS285"/>
+      <c r="BT285"/>
+      <c r="BU285"/>
+      <c r="BV285"/>
+      <c r="BW285"/>
+      <c r="BX285"/>
+      <c r="BY285"/>
+      <c r="BZ285"/>
+      <c r="CA285"/>
+      <c r="CB285"/>
+      <c r="CC285"/>
+      <c r="CD285"/>
+      <c r="CE285"/>
+      <c r="CF285"/>
+      <c r="CG285"/>
+      <c r="CH285"/>
+      <c r="CI285"/>
+      <c r="CJ285"/>
+      <c r="CK285"/>
+      <c r="CL285"/>
+      <c r="CM285"/>
+      <c r="CN285"/>
+      <c r="CO285"/>
+      <c r="CP285"/>
+      <c r="CQ285"/>
+      <c r="CR285"/>
+      <c r="CS285"/>
+    </row>
+    <row r="286" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A286" s="33"/>
+      <c r="B286" s="18"/>
+      <c r="C286" s="12"/>
+      <c r="D286" s="12"/>
+      <c r="E286" s="18"/>
+      <c r="F286" s="18"/>
+      <c r="G286" s="13"/>
+      <c r="H286" s="19"/>
+      <c r="I286" s="12"/>
+      <c r="J286" s="12"/>
+      <c r="K286" s="12"/>
+      <c r="L286" s="23"/>
+      <c r="O286" s="34"/>
+      <c r="P286"/>
+      <c r="Q286"/>
+      <c r="R286"/>
+      <c r="S286"/>
+      <c r="T286"/>
+      <c r="U286"/>
+      <c r="V286"/>
+      <c r="W286"/>
+      <c r="X286"/>
+      <c r="Y286"/>
+      <c r="Z286"/>
+      <c r="AA286"/>
+      <c r="AB286"/>
+      <c r="AC286"/>
+      <c r="AD286"/>
+      <c r="AE286"/>
+      <c r="AF286"/>
+      <c r="AG286"/>
+      <c r="AH286"/>
+      <c r="AI286"/>
+      <c r="AJ286"/>
+      <c r="AK286"/>
+      <c r="AL286"/>
+      <c r="AM286"/>
+      <c r="AN286"/>
+      <c r="AO286"/>
+      <c r="AP286"/>
+      <c r="AQ286"/>
+      <c r="AR286"/>
+      <c r="AS286"/>
+      <c r="AT286"/>
+      <c r="AU286"/>
+      <c r="AV286"/>
+      <c r="AW286"/>
+      <c r="AX286"/>
+      <c r="AY286"/>
+      <c r="AZ286"/>
+      <c r="BA286"/>
+      <c r="BB286"/>
+      <c r="BC286"/>
+      <c r="BD286"/>
+      <c r="BE286"/>
+      <c r="BF286"/>
+      <c r="BG286"/>
+      <c r="BH286"/>
+      <c r="BI286"/>
+      <c r="BJ286"/>
+      <c r="BK286"/>
+      <c r="BL286"/>
+      <c r="BM286"/>
+      <c r="BN286"/>
+      <c r="BO286"/>
+      <c r="BP286"/>
+      <c r="BQ286"/>
+      <c r="BR286"/>
+      <c r="BS286"/>
+      <c r="BT286"/>
+      <c r="BU286"/>
+      <c r="BV286"/>
+      <c r="BW286"/>
+      <c r="BX286"/>
+      <c r="BY286"/>
+      <c r="BZ286"/>
+      <c r="CA286"/>
+      <c r="CB286"/>
+      <c r="CC286"/>
+      <c r="CD286"/>
+      <c r="CE286"/>
+      <c r="CF286"/>
+      <c r="CG286"/>
+      <c r="CH286"/>
+      <c r="CI286"/>
+      <c r="CJ286"/>
+      <c r="CK286"/>
+      <c r="CL286"/>
+      <c r="CM286"/>
+      <c r="CN286"/>
+      <c r="CO286"/>
+      <c r="CP286"/>
+      <c r="CQ286"/>
+      <c r="CR286"/>
+      <c r="CS286"/>
+    </row>
+    <row r="287" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A287" s="33"/>
+      <c r="B287" s="18"/>
+      <c r="C287" s="12"/>
+      <c r="D287" s="12"/>
+      <c r="E287" s="18"/>
+      <c r="F287" s="18"/>
+      <c r="G287" s="13"/>
+      <c r="H287" s="19"/>
+      <c r="I287" s="12"/>
+      <c r="J287" s="12"/>
+      <c r="K287" s="12"/>
+      <c r="L287" s="23"/>
+      <c r="O287" s="34"/>
+      <c r="P287"/>
+      <c r="Q287"/>
+      <c r="R287"/>
+      <c r="S287"/>
+      <c r="T287"/>
+      <c r="U287"/>
+      <c r="V287"/>
+      <c r="W287"/>
+      <c r="X287"/>
+      <c r="Y287"/>
+      <c r="Z287"/>
+      <c r="AA287"/>
+      <c r="AB287"/>
+      <c r="AC287"/>
+      <c r="AD287"/>
+      <c r="AE287"/>
+      <c r="AF287"/>
+      <c r="AG287"/>
+      <c r="AH287"/>
+      <c r="AI287"/>
+      <c r="AJ287"/>
+      <c r="AK287"/>
+      <c r="AL287"/>
+      <c r="AM287"/>
+      <c r="AN287"/>
+      <c r="AO287"/>
+      <c r="AP287"/>
+      <c r="AQ287"/>
+      <c r="AR287"/>
+      <c r="AS287"/>
+      <c r="AT287"/>
+      <c r="AU287"/>
+      <c r="AV287"/>
+      <c r="AW287"/>
+      <c r="AX287"/>
+      <c r="AY287"/>
+      <c r="AZ287"/>
+      <c r="BA287"/>
+      <c r="BB287"/>
+      <c r="BC287"/>
+      <c r="BD287"/>
+      <c r="BE287"/>
+      <c r="BF287"/>
+      <c r="BG287"/>
+      <c r="BH287"/>
+      <c r="BI287"/>
+      <c r="BJ287"/>
+      <c r="BK287"/>
+      <c r="BL287"/>
+      <c r="BM287"/>
+      <c r="BN287"/>
+      <c r="BO287"/>
+      <c r="BP287"/>
+      <c r="BQ287"/>
+      <c r="BR287"/>
+      <c r="BS287"/>
+      <c r="BT287"/>
+      <c r="BU287"/>
+      <c r="BV287"/>
+      <c r="BW287"/>
+      <c r="BX287"/>
+      <c r="BY287"/>
+      <c r="BZ287"/>
+      <c r="CA287"/>
+      <c r="CB287"/>
+      <c r="CC287"/>
+      <c r="CD287"/>
+      <c r="CE287"/>
+      <c r="CF287"/>
+      <c r="CG287"/>
+      <c r="CH287"/>
+      <c r="CI287"/>
+      <c r="CJ287"/>
+      <c r="CK287"/>
+      <c r="CL287"/>
+      <c r="CM287"/>
+      <c r="CN287"/>
+      <c r="CO287"/>
+      <c r="CP287"/>
+      <c r="CQ287"/>
+      <c r="CR287"/>
+      <c r="CS287"/>
+    </row>
+    <row r="288" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A288" s="33"/>
+      <c r="B288" s="18"/>
+      <c r="C288" s="12"/>
+      <c r="D288" s="12"/>
+      <c r="E288" s="18"/>
+      <c r="F288" s="18"/>
+      <c r="G288" s="13"/>
+      <c r="H288" s="19"/>
+      <c r="I288" s="12"/>
+      <c r="J288" s="12"/>
+      <c r="K288" s="12"/>
+      <c r="L288" s="23"/>
+      <c r="O288" s="34"/>
+      <c r="P288"/>
+      <c r="Q288"/>
+      <c r="R288"/>
+      <c r="S288"/>
+      <c r="T288"/>
+      <c r="U288"/>
+      <c r="V288"/>
+      <c r="W288"/>
+      <c r="X288"/>
+      <c r="Y288"/>
+      <c r="Z288"/>
+      <c r="AA288"/>
+      <c r="AB288"/>
+      <c r="AC288"/>
+      <c r="AD288"/>
+      <c r="AE288"/>
+      <c r="AF288"/>
+      <c r="AG288"/>
+      <c r="AH288"/>
+      <c r="AI288"/>
+      <c r="AJ288"/>
+      <c r="AK288"/>
+      <c r="AL288"/>
+      <c r="AM288"/>
+      <c r="AN288"/>
+      <c r="AO288"/>
+      <c r="AP288"/>
+      <c r="AQ288"/>
+      <c r="AR288"/>
+      <c r="AS288"/>
+      <c r="AT288"/>
+      <c r="AU288"/>
+      <c r="AV288"/>
+      <c r="AW288"/>
+      <c r="AX288"/>
+      <c r="AY288"/>
+      <c r="AZ288"/>
+      <c r="BA288"/>
+      <c r="BB288"/>
+      <c r="BC288"/>
+      <c r="BD288"/>
+      <c r="BE288"/>
+      <c r="BF288"/>
+      <c r="BG288"/>
+      <c r="BH288"/>
+      <c r="BI288"/>
+      <c r="BJ288"/>
+      <c r="BK288"/>
+      <c r="BL288"/>
+      <c r="BM288"/>
+      <c r="BN288"/>
+      <c r="BO288"/>
+      <c r="BP288"/>
+      <c r="BQ288"/>
+      <c r="BR288"/>
+      <c r="BS288"/>
+      <c r="BT288"/>
+      <c r="BU288"/>
+      <c r="BV288"/>
+      <c r="BW288"/>
+      <c r="BX288"/>
+      <c r="BY288"/>
+      <c r="BZ288"/>
+      <c r="CA288"/>
+      <c r="CB288"/>
+      <c r="CC288"/>
+      <c r="CD288"/>
+      <c r="CE288"/>
+      <c r="CF288"/>
+      <c r="CG288"/>
+      <c r="CH288"/>
+      <c r="CI288"/>
+      <c r="CJ288"/>
+      <c r="CK288"/>
+      <c r="CL288"/>
+      <c r="CM288"/>
+      <c r="CN288"/>
+      <c r="CO288"/>
+      <c r="CP288"/>
+      <c r="CQ288"/>
+      <c r="CR288"/>
+      <c r="CS288"/>
+    </row>
+    <row r="289" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A289" s="33"/>
+      <c r="B289" s="18"/>
+      <c r="C289" s="12"/>
+      <c r="D289" s="12"/>
+      <c r="E289" s="18"/>
+      <c r="F289" s="18"/>
+      <c r="G289" s="13"/>
+      <c r="H289" s="19"/>
+      <c r="I289" s="12"/>
+      <c r="J289" s="12"/>
+      <c r="K289" s="12"/>
+      <c r="L289" s="23"/>
+      <c r="O289" s="34"/>
+      <c r="P289"/>
+      <c r="Q289"/>
+      <c r="R289"/>
+      <c r="S289"/>
+      <c r="T289"/>
+      <c r="U289"/>
+      <c r="V289"/>
+      <c r="W289"/>
+      <c r="X289"/>
+      <c r="Y289"/>
+      <c r="Z289"/>
+      <c r="AA289"/>
+      <c r="AB289"/>
+      <c r="AC289"/>
+      <c r="AD289"/>
+      <c r="AE289"/>
+      <c r="AF289"/>
+      <c r="AG289"/>
+      <c r="AH289"/>
+      <c r="AI289"/>
+      <c r="AJ289"/>
+      <c r="AK289"/>
+      <c r="AL289"/>
+      <c r="AM289"/>
+      <c r="AN289"/>
+      <c r="AO289"/>
+      <c r="AP289"/>
+      <c r="AQ289"/>
+      <c r="AR289"/>
+      <c r="AS289"/>
+      <c r="AT289"/>
+      <c r="AU289"/>
+      <c r="AV289"/>
+      <c r="AW289"/>
+      <c r="AX289"/>
+      <c r="AY289"/>
+      <c r="AZ289"/>
+      <c r="BA289"/>
+      <c r="BB289"/>
+      <c r="BC289"/>
+      <c r="BD289"/>
+      <c r="BE289"/>
+      <c r="BF289"/>
+      <c r="BG289"/>
+      <c r="BH289"/>
+      <c r="BI289"/>
+      <c r="BJ289"/>
+      <c r="BK289"/>
+      <c r="BL289"/>
+      <c r="BM289"/>
+      <c r="BN289"/>
+      <c r="BO289"/>
+      <c r="BP289"/>
+      <c r="BQ289"/>
+      <c r="BR289"/>
+      <c r="BS289"/>
+      <c r="BT289"/>
+      <c r="BU289"/>
+      <c r="BV289"/>
+      <c r="BW289"/>
+      <c r="BX289"/>
+      <c r="BY289"/>
+      <c r="BZ289"/>
+      <c r="CA289"/>
+      <c r="CB289"/>
+      <c r="CC289"/>
+      <c r="CD289"/>
+      <c r="CE289"/>
+      <c r="CF289"/>
+      <c r="CG289"/>
+      <c r="CH289"/>
+      <c r="CI289"/>
+      <c r="CJ289"/>
+      <c r="CK289"/>
+      <c r="CL289"/>
+      <c r="CM289"/>
+      <c r="CN289"/>
+      <c r="CO289"/>
+      <c r="CP289"/>
+      <c r="CQ289"/>
+      <c r="CR289"/>
+      <c r="CS289"/>
+    </row>
+    <row r="290" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A290" s="33"/>
+      <c r="B290" s="18"/>
+      <c r="C290" s="12"/>
+      <c r="D290" s="12"/>
+      <c r="E290" s="18"/>
+      <c r="F290" s="18"/>
+      <c r="G290" s="13"/>
+      <c r="H290" s="19"/>
+      <c r="I290" s="12"/>
+      <c r="J290" s="12"/>
+      <c r="K290" s="12"/>
+      <c r="L290" s="23"/>
+      <c r="O290" s="34"/>
+      <c r="P290"/>
+      <c r="Q290"/>
+      <c r="R290"/>
+      <c r="S290"/>
+      <c r="T290"/>
+      <c r="U290"/>
+      <c r="V290"/>
+      <c r="W290"/>
+      <c r="X290"/>
+      <c r="Y290"/>
+      <c r="Z290"/>
+      <c r="AA290"/>
+      <c r="AB290"/>
+      <c r="AC290"/>
+      <c r="AD290"/>
+      <c r="AE290"/>
+      <c r="AF290"/>
+      <c r="AG290"/>
+      <c r="AH290"/>
+      <c r="AI290"/>
+      <c r="AJ290"/>
+      <c r="AK290"/>
+      <c r="AL290"/>
+      <c r="AM290"/>
+      <c r="AN290"/>
+      <c r="AO290"/>
+      <c r="AP290"/>
+      <c r="AQ290"/>
+      <c r="AR290"/>
+      <c r="AS290"/>
+      <c r="AT290"/>
+      <c r="AU290"/>
+      <c r="AV290"/>
+      <c r="AW290"/>
+      <c r="AX290"/>
+      <c r="AY290"/>
+      <c r="AZ290"/>
+      <c r="BA290"/>
+      <c r="BB290"/>
+      <c r="BC290"/>
+      <c r="BD290"/>
+      <c r="BE290"/>
+      <c r="BF290"/>
+      <c r="BG290"/>
+      <c r="BH290"/>
+      <c r="BI290"/>
+      <c r="BJ290"/>
+      <c r="BK290"/>
+      <c r="BL290"/>
+      <c r="BM290"/>
+      <c r="BN290"/>
+      <c r="BO290"/>
+      <c r="BP290"/>
+      <c r="BQ290"/>
+      <c r="BR290"/>
+      <c r="BS290"/>
+      <c r="BT290"/>
+      <c r="BU290"/>
+      <c r="BV290"/>
+      <c r="BW290"/>
+      <c r="BX290"/>
+      <c r="BY290"/>
+      <c r="BZ290"/>
+      <c r="CA290"/>
+      <c r="CB290"/>
+      <c r="CC290"/>
+      <c r="CD290"/>
+      <c r="CE290"/>
+      <c r="CF290"/>
+      <c r="CG290"/>
+      <c r="CH290"/>
+      <c r="CI290"/>
+      <c r="CJ290"/>
+      <c r="CK290"/>
+      <c r="CL290"/>
+      <c r="CM290"/>
+      <c r="CN290"/>
+      <c r="CO290"/>
+      <c r="CP290"/>
+      <c r="CQ290"/>
+      <c r="CR290"/>
+      <c r="CS290"/>
+    </row>
+    <row r="291" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A291" s="33"/>
+      <c r="B291" s="18"/>
+      <c r="C291" s="12"/>
+      <c r="D291" s="12"/>
+      <c r="E291" s="18"/>
+      <c r="F291" s="18"/>
+      <c r="G291" s="13"/>
+      <c r="H291" s="19"/>
+      <c r="I291" s="12"/>
+      <c r="J291" s="12"/>
+      <c r="K291" s="12"/>
+      <c r="L291" s="23"/>
+      <c r="O291" s="34"/>
+      <c r="P291"/>
+      <c r="Q291"/>
+      <c r="R291"/>
+      <c r="S291"/>
+      <c r="T291"/>
+      <c r="U291"/>
+      <c r="V291"/>
+      <c r="W291"/>
+      <c r="X291"/>
+      <c r="Y291"/>
+      <c r="Z291"/>
+      <c r="AA291"/>
+      <c r="AB291"/>
+      <c r="AC291"/>
+      <c r="AD291"/>
+      <c r="AE291"/>
+      <c r="AF291"/>
+      <c r="AG291"/>
+      <c r="AH291"/>
+      <c r="AI291"/>
+      <c r="AJ291"/>
+      <c r="AK291"/>
+      <c r="AL291"/>
+      <c r="AM291"/>
+      <c r="AN291"/>
+      <c r="AO291"/>
+      <c r="AP291"/>
+      <c r="AQ291"/>
+      <c r="AR291"/>
+      <c r="AS291"/>
+      <c r="AT291"/>
+      <c r="AU291"/>
+      <c r="AV291"/>
+      <c r="AW291"/>
+      <c r="AX291"/>
+      <c r="AY291"/>
+      <c r="AZ291"/>
+      <c r="BA291"/>
+      <c r="BB291"/>
+      <c r="BC291"/>
+      <c r="BD291"/>
+      <c r="BE291"/>
+      <c r="BF291"/>
+      <c r="BG291"/>
+      <c r="BH291"/>
+      <c r="BI291"/>
+      <c r="BJ291"/>
+      <c r="BK291"/>
+      <c r="BL291"/>
+      <c r="BM291"/>
+      <c r="BN291"/>
+      <c r="BO291"/>
+      <c r="BP291"/>
+      <c r="BQ291"/>
+      <c r="BR291"/>
+      <c r="BS291"/>
+      <c r="BT291"/>
+      <c r="BU291"/>
+      <c r="BV291"/>
+      <c r="BW291"/>
+      <c r="BX291"/>
+      <c r="BY291"/>
+      <c r="BZ291"/>
+      <c r="CA291"/>
+      <c r="CB291"/>
+      <c r="CC291"/>
+      <c r="CD291"/>
+      <c r="CE291"/>
+      <c r="CF291"/>
+      <c r="CG291"/>
+      <c r="CH291"/>
+      <c r="CI291"/>
+      <c r="CJ291"/>
+      <c r="CK291"/>
+      <c r="CL291"/>
+      <c r="CM291"/>
+      <c r="CN291"/>
+      <c r="CO291"/>
+      <c r="CP291"/>
+      <c r="CQ291"/>
+      <c r="CR291"/>
+      <c r="CS291"/>
+    </row>
+    <row r="292" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A292" s="33"/>
+      <c r="B292" s="18"/>
+      <c r="C292" s="12"/>
+      <c r="D292" s="12"/>
+      <c r="E292" s="18"/>
+      <c r="F292" s="18"/>
+      <c r="G292" s="13"/>
+      <c r="H292" s="19"/>
+      <c r="I292" s="12"/>
+      <c r="J292" s="12"/>
+      <c r="K292" s="12"/>
+      <c r="L292" s="23"/>
+      <c r="O292" s="34"/>
+      <c r="P292"/>
+      <c r="Q292"/>
+      <c r="R292"/>
+      <c r="S292"/>
+      <c r="T292"/>
+      <c r="U292"/>
+      <c r="V292"/>
+      <c r="W292"/>
+      <c r="X292"/>
+      <c r="Y292"/>
+      <c r="Z292"/>
+      <c r="AA292"/>
+      <c r="AB292"/>
+      <c r="AC292"/>
+      <c r="AD292"/>
+      <c r="AE292"/>
+      <c r="AF292"/>
+      <c r="AG292"/>
+      <c r="AH292"/>
+      <c r="AI292"/>
+      <c r="AJ292"/>
+      <c r="AK292"/>
+      <c r="AL292"/>
+      <c r="AM292"/>
+      <c r="AN292"/>
+      <c r="AO292"/>
+      <c r="AP292"/>
+      <c r="AQ292"/>
+      <c r="AR292"/>
+      <c r="AS292"/>
+      <c r="AT292"/>
+      <c r="AU292"/>
+      <c r="AV292"/>
+      <c r="AW292"/>
+      <c r="AX292"/>
+      <c r="AY292"/>
+      <c r="AZ292"/>
+      <c r="BA292"/>
+      <c r="BB292"/>
+      <c r="BC292"/>
+      <c r="BD292"/>
+      <c r="BE292"/>
+      <c r="BF292"/>
+      <c r="BG292"/>
+      <c r="BH292"/>
+      <c r="BI292"/>
+      <c r="BJ292"/>
+      <c r="BK292"/>
+      <c r="BL292"/>
+      <c r="BM292"/>
+      <c r="BN292"/>
+      <c r="BO292"/>
+      <c r="BP292"/>
+      <c r="BQ292"/>
+      <c r="BR292"/>
+      <c r="BS292"/>
+      <c r="BT292"/>
+      <c r="BU292"/>
+      <c r="BV292"/>
+      <c r="BW292"/>
+      <c r="BX292"/>
+      <c r="BY292"/>
+      <c r="BZ292"/>
+      <c r="CA292"/>
+      <c r="CB292"/>
+      <c r="CC292"/>
+      <c r="CD292"/>
+      <c r="CE292"/>
+      <c r="CF292"/>
+      <c r="CG292"/>
+      <c r="CH292"/>
+      <c r="CI292"/>
+      <c r="CJ292"/>
+      <c r="CK292"/>
+      <c r="CL292"/>
+      <c r="CM292"/>
+      <c r="CN292"/>
+      <c r="CO292"/>
+      <c r="CP292"/>
+      <c r="CQ292"/>
+      <c r="CR292"/>
+      <c r="CS292"/>
+    </row>
+    <row r="293" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A293" s="33"/>
+      <c r="B293" s="18"/>
+      <c r="C293" s="12"/>
+      <c r="D293" s="12"/>
+      <c r="E293" s="18"/>
+      <c r="F293" s="18"/>
+      <c r="G293" s="13"/>
+      <c r="H293" s="19"/>
+      <c r="I293" s="12"/>
+      <c r="J293" s="12"/>
+      <c r="K293" s="12"/>
+      <c r="L293" s="23"/>
+      <c r="O293" s="34"/>
+      <c r="P293"/>
+      <c r="Q293"/>
+      <c r="R293"/>
+      <c r="S293"/>
+      <c r="T293"/>
+      <c r="U293"/>
+      <c r="V293"/>
+      <c r="W293"/>
+      <c r="X293"/>
+      <c r="Y293"/>
+      <c r="Z293"/>
+      <c r="AA293"/>
+      <c r="AB293"/>
+      <c r="AC293"/>
+      <c r="AD293"/>
+      <c r="AE293"/>
+      <c r="AF293"/>
+      <c r="AG293"/>
+      <c r="AH293"/>
+      <c r="AI293"/>
+      <c r="AJ293"/>
+      <c r="AK293"/>
+      <c r="AL293"/>
+      <c r="AM293"/>
+      <c r="AN293"/>
+      <c r="AO293"/>
+      <c r="AP293"/>
+      <c r="AQ293"/>
+      <c r="AR293"/>
+      <c r="AS293"/>
+      <c r="AT293"/>
+      <c r="AU293"/>
+      <c r="AV293"/>
+      <c r="AW293"/>
+      <c r="AX293"/>
+      <c r="AY293"/>
+      <c r="AZ293"/>
+      <c r="BA293"/>
+      <c r="BB293"/>
+      <c r="BC293"/>
+      <c r="BD293"/>
+      <c r="BE293"/>
+      <c r="BF293"/>
+      <c r="BG293"/>
+      <c r="BH293"/>
+      <c r="BI293"/>
+      <c r="BJ293"/>
+      <c r="BK293"/>
+      <c r="BL293"/>
+      <c r="BM293"/>
+      <c r="BN293"/>
+      <c r="BO293"/>
+      <c r="BP293"/>
+      <c r="BQ293"/>
+      <c r="BR293"/>
+      <c r="BS293"/>
+      <c r="BT293"/>
+      <c r="BU293"/>
+      <c r="BV293"/>
+      <c r="BW293"/>
+      <c r="BX293"/>
+      <c r="BY293"/>
+      <c r="BZ293"/>
+      <c r="CA293"/>
+      <c r="CB293"/>
+      <c r="CC293"/>
+      <c r="CD293"/>
+      <c r="CE293"/>
+      <c r="CF293"/>
+      <c r="CG293"/>
+      <c r="CH293"/>
+      <c r="CI293"/>
+      <c r="CJ293"/>
+      <c r="CK293"/>
+      <c r="CL293"/>
+      <c r="CM293"/>
+      <c r="CN293"/>
+      <c r="CO293"/>
+      <c r="CP293"/>
+      <c r="CQ293"/>
+      <c r="CR293"/>
+      <c r="CS293"/>
+    </row>
+    <row r="294" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A294" s="33"/>
+      <c r="B294" s="18"/>
+      <c r="C294" s="12"/>
+      <c r="D294" s="12"/>
+      <c r="E294" s="18"/>
+      <c r="F294" s="18"/>
+      <c r="G294" s="13"/>
+      <c r="H294" s="19"/>
+      <c r="I294" s="12"/>
+      <c r="J294" s="12"/>
+      <c r="K294" s="12"/>
+      <c r="L294" s="23"/>
+      <c r="O294" s="34"/>
+      <c r="P294"/>
+      <c r="Q294"/>
+      <c r="R294"/>
+      <c r="S294"/>
+      <c r="T294"/>
+      <c r="U294"/>
+      <c r="V294"/>
+      <c r="W294"/>
+      <c r="X294"/>
+      <c r="Y294"/>
+      <c r="Z294"/>
+      <c r="AA294"/>
+      <c r="AB294"/>
+      <c r="AC294"/>
+      <c r="AD294"/>
+      <c r="AE294"/>
+      <c r="AF294"/>
+      <c r="AG294"/>
+      <c r="AH294"/>
+      <c r="AI294"/>
+      <c r="AJ294"/>
+      <c r="AK294"/>
+      <c r="AL294"/>
+      <c r="AM294"/>
+      <c r="AN294"/>
+      <c r="AO294"/>
+      <c r="AP294"/>
+      <c r="AQ294"/>
+      <c r="AR294"/>
+      <c r="AS294"/>
+      <c r="AT294"/>
+      <c r="AU294"/>
+      <c r="AV294"/>
+      <c r="AW294"/>
+      <c r="AX294"/>
+      <c r="AY294"/>
+      <c r="AZ294"/>
+      <c r="BA294"/>
+      <c r="BB294"/>
+      <c r="BC294"/>
+      <c r="BD294"/>
+      <c r="BE294"/>
+      <c r="BF294"/>
+      <c r="BG294"/>
+      <c r="BH294"/>
+      <c r="BI294"/>
+      <c r="BJ294"/>
+      <c r="BK294"/>
+      <c r="BL294"/>
+      <c r="BM294"/>
+      <c r="BN294"/>
+      <c r="BO294"/>
+      <c r="BP294"/>
+      <c r="BQ294"/>
+      <c r="BR294"/>
+      <c r="BS294"/>
+      <c r="BT294"/>
+      <c r="BU294"/>
+      <c r="BV294"/>
+      <c r="BW294"/>
+      <c r="BX294"/>
+      <c r="BY294"/>
+      <c r="BZ294"/>
+      <c r="CA294"/>
+      <c r="CB294"/>
+      <c r="CC294"/>
+      <c r="CD294"/>
+      <c r="CE294"/>
+      <c r="CF294"/>
+      <c r="CG294"/>
+      <c r="CH294"/>
+      <c r="CI294"/>
+      <c r="CJ294"/>
+      <c r="CK294"/>
+      <c r="CL294"/>
+      <c r="CM294"/>
+      <c r="CN294"/>
+      <c r="CO294"/>
+      <c r="CP294"/>
+      <c r="CQ294"/>
+      <c r="CR294"/>
+      <c r="CS294"/>
+    </row>
+    <row r="295" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A295" s="33"/>
+      <c r="B295" s="18"/>
+      <c r="C295" s="12"/>
+      <c r="D295" s="12"/>
+      <c r="E295" s="18"/>
+      <c r="F295" s="18"/>
+      <c r="G295" s="13"/>
+      <c r="H295" s="19"/>
+      <c r="I295" s="12"/>
+      <c r="J295" s="12"/>
+      <c r="K295" s="12"/>
+      <c r="L295" s="23"/>
+      <c r="O295" s="34"/>
+      <c r="P295"/>
+      <c r="Q295"/>
+      <c r="R295"/>
+      <c r="S295"/>
+      <c r="T295"/>
+      <c r="U295"/>
+      <c r="V295"/>
+      <c r="W295"/>
+      <c r="X295"/>
+      <c r="Y295"/>
+      <c r="Z295"/>
+      <c r="AA295"/>
+      <c r="AB295"/>
+      <c r="AC295"/>
+      <c r="AD295"/>
+      <c r="AE295"/>
+      <c r="AF295"/>
+      <c r="AG295"/>
+      <c r="AH295"/>
+      <c r="AI295"/>
+      <c r="AJ295"/>
+      <c r="AK295"/>
+      <c r="AL295"/>
+      <c r="AM295"/>
+      <c r="AN295"/>
+      <c r="AO295"/>
+      <c r="AP295"/>
+      <c r="AQ295"/>
+      <c r="AR295"/>
+      <c r="AS295"/>
+      <c r="AT295"/>
+      <c r="AU295"/>
+      <c r="AV295"/>
+      <c r="AW295"/>
+      <c r="AX295"/>
+      <c r="AY295"/>
+      <c r="AZ295"/>
+      <c r="BA295"/>
+      <c r="BB295"/>
+      <c r="BC295"/>
+      <c r="BD295"/>
+      <c r="BE295"/>
+      <c r="BF295"/>
+      <c r="BG295"/>
+      <c r="BH295"/>
+      <c r="BI295"/>
+      <c r="BJ295"/>
+      <c r="BK295"/>
+      <c r="BL295"/>
+      <c r="BM295"/>
+      <c r="BN295"/>
+      <c r="BO295"/>
+      <c r="BP295"/>
+      <c r="BQ295"/>
+      <c r="BR295"/>
+      <c r="BS295"/>
+      <c r="BT295"/>
+      <c r="BU295"/>
+      <c r="BV295"/>
+      <c r="BW295"/>
+      <c r="BX295"/>
+      <c r="BY295"/>
+      <c r="BZ295"/>
+      <c r="CA295"/>
+      <c r="CB295"/>
+      <c r="CC295"/>
+      <c r="CD295"/>
+      <c r="CE295"/>
+      <c r="CF295"/>
+      <c r="CG295"/>
+      <c r="CH295"/>
+      <c r="CI295"/>
+      <c r="CJ295"/>
+      <c r="CK295"/>
+      <c r="CL295"/>
+      <c r="CM295"/>
+      <c r="CN295"/>
+      <c r="CO295"/>
+      <c r="CP295"/>
+      <c r="CQ295"/>
+      <c r="CR295"/>
+      <c r="CS295"/>
+    </row>
+    <row r="296" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A296" s="33"/>
+      <c r="B296" s="18"/>
+      <c r="C296" s="12"/>
+      <c r="D296" s="12"/>
+      <c r="E296" s="18"/>
+      <c r="F296" s="18"/>
+      <c r="G296" s="13"/>
+      <c r="H296" s="19"/>
+      <c r="I296" s="12"/>
+      <c r="J296" s="12"/>
+      <c r="K296" s="12"/>
+      <c r="L296" s="23"/>
+      <c r="O296" s="34"/>
+      <c r="P296"/>
+      <c r="Q296"/>
+      <c r="R296"/>
+      <c r="S296"/>
+      <c r="T296"/>
+      <c r="U296"/>
+      <c r="V296"/>
+      <c r="W296"/>
+      <c r="X296"/>
+      <c r="Y296"/>
+      <c r="Z296"/>
+      <c r="AA296"/>
+      <c r="AB296"/>
+      <c r="AC296"/>
+      <c r="AD296"/>
+      <c r="AE296"/>
+      <c r="AF296"/>
+      <c r="AG296"/>
+      <c r="AH296"/>
+      <c r="AI296"/>
+      <c r="AJ296"/>
+      <c r="AK296"/>
+      <c r="AL296"/>
+      <c r="AM296"/>
+      <c r="AN296"/>
+      <c r="AO296"/>
+      <c r="AP296"/>
+      <c r="AQ296"/>
+      <c r="AR296"/>
+      <c r="AS296"/>
+      <c r="AT296"/>
+      <c r="AU296"/>
+      <c r="AV296"/>
+      <c r="AW296"/>
+      <c r="AX296"/>
+      <c r="AY296"/>
+      <c r="AZ296"/>
+      <c r="BA296"/>
+      <c r="BB296"/>
+      <c r="BC296"/>
+      <c r="BD296"/>
+      <c r="BE296"/>
+      <c r="BF296"/>
+      <c r="BG296"/>
+      <c r="BH296"/>
+      <c r="BI296"/>
+      <c r="BJ296"/>
+      <c r="BK296"/>
+      <c r="BL296"/>
+      <c r="BM296"/>
+      <c r="BN296"/>
+      <c r="BO296"/>
+      <c r="BP296"/>
+      <c r="BQ296"/>
+      <c r="BR296"/>
+      <c r="BS296"/>
+      <c r="BT296"/>
+      <c r="BU296"/>
+      <c r="BV296"/>
+      <c r="BW296"/>
+      <c r="BX296"/>
+      <c r="BY296"/>
+      <c r="BZ296"/>
+      <c r="CA296"/>
+      <c r="CB296"/>
+      <c r="CC296"/>
+      <c r="CD296"/>
+      <c r="CE296"/>
+      <c r="CF296"/>
+      <c r="CG296"/>
+      <c r="CH296"/>
+      <c r="CI296"/>
+      <c r="CJ296"/>
+      <c r="CK296"/>
+      <c r="CL296"/>
+      <c r="CM296"/>
+      <c r="CN296"/>
+      <c r="CO296"/>
+      <c r="CP296"/>
+      <c r="CQ296"/>
+      <c r="CR296"/>
+      <c r="CS296"/>
+    </row>
+    <row r="297" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A297" s="33"/>
+      <c r="B297" s="18"/>
+      <c r="C297" s="12"/>
+      <c r="D297" s="12"/>
+      <c r="E297" s="18"/>
+      <c r="F297" s="18"/>
+      <c r="G297" s="13"/>
+      <c r="H297" s="19"/>
+      <c r="I297" s="12"/>
+      <c r="J297" s="12"/>
+      <c r="K297" s="12"/>
+      <c r="L297" s="23"/>
+      <c r="O297" s="34"/>
+      <c r="P297"/>
+      <c r="Q297"/>
+      <c r="R297"/>
+      <c r="S297"/>
+      <c r="T297"/>
+      <c r="U297"/>
+      <c r="V297"/>
+      <c r="W297"/>
+      <c r="X297"/>
+      <c r="Y297"/>
+      <c r="Z297"/>
+      <c r="AA297"/>
+      <c r="AB297"/>
+      <c r="AC297"/>
+      <c r="AD297"/>
+      <c r="AE297"/>
+      <c r="AF297"/>
+      <c r="AG297"/>
+      <c r="AH297"/>
+      <c r="AI297"/>
+      <c r="AJ297"/>
+      <c r="AK297"/>
+      <c r="AL297"/>
+      <c r="AM297"/>
+      <c r="AN297"/>
+      <c r="AO297"/>
+      <c r="AP297"/>
+      <c r="AQ297"/>
+      <c r="AR297"/>
+      <c r="AS297"/>
+      <c r="AT297"/>
+      <c r="AU297"/>
+      <c r="AV297"/>
+      <c r="AW297"/>
+      <c r="AX297"/>
+      <c r="AY297"/>
+      <c r="AZ297"/>
+      <c r="BA297"/>
+      <c r="BB297"/>
+      <c r="BC297"/>
+      <c r="BD297"/>
+      <c r="BE297"/>
+      <c r="BF297"/>
+      <c r="BG297"/>
+      <c r="BH297"/>
+      <c r="BI297"/>
+      <c r="BJ297"/>
+      <c r="BK297"/>
+      <c r="BL297"/>
+      <c r="BM297"/>
+      <c r="BN297"/>
+      <c r="BO297"/>
+      <c r="BP297"/>
+      <c r="BQ297"/>
+      <c r="BR297"/>
+      <c r="BS297"/>
+      <c r="BT297"/>
+      <c r="BU297"/>
+      <c r="BV297"/>
+      <c r="BW297"/>
+      <c r="BX297"/>
+      <c r="BY297"/>
+      <c r="BZ297"/>
+      <c r="CA297"/>
+      <c r="CB297"/>
+      <c r="CC297"/>
+      <c r="CD297"/>
+      <c r="CE297"/>
+      <c r="CF297"/>
+      <c r="CG297"/>
+      <c r="CH297"/>
+      <c r="CI297"/>
+      <c r="CJ297"/>
+      <c r="CK297"/>
+      <c r="CL297"/>
+      <c r="CM297"/>
+      <c r="CN297"/>
+      <c r="CO297"/>
+      <c r="CP297"/>
+      <c r="CQ297"/>
+      <c r="CR297"/>
+      <c r="CS297"/>
+    </row>
+    <row r="298" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A298" s="33"/>
+      <c r="B298" s="18"/>
+      <c r="C298" s="12"/>
+      <c r="D298" s="12"/>
+      <c r="E298" s="18"/>
+      <c r="F298" s="18"/>
+      <c r="G298" s="13"/>
+      <c r="H298" s="19"/>
+      <c r="I298" s="12"/>
+      <c r="J298" s="12"/>
+      <c r="K298" s="12"/>
+      <c r="L298" s="23"/>
+      <c r="O298" s="34"/>
+      <c r="P298"/>
+      <c r="Q298"/>
+      <c r="R298"/>
+      <c r="S298"/>
+      <c r="T298"/>
+      <c r="U298"/>
+      <c r="V298"/>
+      <c r="W298"/>
+      <c r="X298"/>
+      <c r="Y298"/>
+      <c r="Z298"/>
+      <c r="AA298"/>
+      <c r="AB298"/>
+      <c r="AC298"/>
+      <c r="AD298"/>
+      <c r="AE298"/>
+      <c r="AF298"/>
+      <c r="AG298"/>
+      <c r="AH298"/>
+      <c r="AI298"/>
+      <c r="AJ298"/>
+      <c r="AK298"/>
+      <c r="AL298"/>
+      <c r="AM298"/>
+      <c r="AN298"/>
+      <c r="AO298"/>
+      <c r="AP298"/>
+      <c r="AQ298"/>
+      <c r="AR298"/>
+      <c r="AS298"/>
+      <c r="AT298"/>
+      <c r="AU298"/>
+      <c r="AV298"/>
+      <c r="AW298"/>
+      <c r="AX298"/>
+      <c r="AY298"/>
+      <c r="AZ298"/>
+      <c r="BA298"/>
+      <c r="BB298"/>
+      <c r="BC298"/>
+      <c r="BD298"/>
+      <c r="BE298"/>
+      <c r="BF298"/>
+      <c r="BG298"/>
+      <c r="BH298"/>
+      <c r="BI298"/>
+      <c r="BJ298"/>
+      <c r="BK298"/>
+      <c r="BL298"/>
+      <c r="BM298"/>
+      <c r="BN298"/>
+      <c r="BO298"/>
+      <c r="BP298"/>
+      <c r="BQ298"/>
+      <c r="BR298"/>
+      <c r="BS298"/>
+      <c r="BT298"/>
+      <c r="BU298"/>
+      <c r="BV298"/>
+      <c r="BW298"/>
+      <c r="BX298"/>
+      <c r="BY298"/>
+      <c r="BZ298"/>
+      <c r="CA298"/>
+      <c r="CB298"/>
+      <c r="CC298"/>
+      <c r="CD298"/>
+      <c r="CE298"/>
+      <c r="CF298"/>
+      <c r="CG298"/>
+      <c r="CH298"/>
+      <c r="CI298"/>
+      <c r="CJ298"/>
+      <c r="CK298"/>
+      <c r="CL298"/>
+      <c r="CM298"/>
+      <c r="CN298"/>
+      <c r="CO298"/>
+      <c r="CP298"/>
+      <c r="CQ298"/>
+      <c r="CR298"/>
+      <c r="CS298"/>
+    </row>
+    <row r="299" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A299" s="33"/>
+      <c r="B299" s="18"/>
+      <c r="C299" s="12"/>
+      <c r="D299" s="12"/>
+      <c r="E299" s="18"/>
+      <c r="F299" s="18"/>
+      <c r="G299" s="13"/>
+      <c r="H299" s="19"/>
+      <c r="I299" s="12"/>
+      <c r="J299" s="12"/>
+      <c r="K299" s="12"/>
+      <c r="L299" s="23"/>
+      <c r="O299" s="34"/>
+      <c r="P299"/>
+      <c r="Q299"/>
+      <c r="R299"/>
+      <c r="S299"/>
+      <c r="T299"/>
+      <c r="U299"/>
+      <c r="V299"/>
+      <c r="W299"/>
+      <c r="X299"/>
+      <c r="Y299"/>
+      <c r="Z299"/>
+      <c r="AA299"/>
+      <c r="AB299"/>
+      <c r="AC299"/>
+      <c r="AD299"/>
+      <c r="AE299"/>
+      <c r="AF299"/>
+      <c r="AG299"/>
+      <c r="AH299"/>
+      <c r="AI299"/>
+      <c r="AJ299"/>
+      <c r="AK299"/>
+      <c r="AL299"/>
+      <c r="AM299"/>
+      <c r="AN299"/>
+      <c r="AO299"/>
+      <c r="AP299"/>
+      <c r="AQ299"/>
+      <c r="AR299"/>
+      <c r="AS299"/>
+      <c r="AT299"/>
+      <c r="AU299"/>
+      <c r="AV299"/>
+      <c r="AW299"/>
+      <c r="AX299"/>
+      <c r="AY299"/>
+      <c r="AZ299"/>
+      <c r="BA299"/>
+      <c r="BB299"/>
+      <c r="BC299"/>
+      <c r="BD299"/>
+      <c r="BE299"/>
+      <c r="BF299"/>
+      <c r="BG299"/>
+      <c r="BH299"/>
+      <c r="BI299"/>
+      <c r="BJ299"/>
+      <c r="BK299"/>
+      <c r="BL299"/>
+      <c r="BM299"/>
+      <c r="BN299"/>
+      <c r="BO299"/>
+      <c r="BP299"/>
+      <c r="BQ299"/>
+      <c r="BR299"/>
+      <c r="BS299"/>
+      <c r="BT299"/>
+      <c r="BU299"/>
+      <c r="BV299"/>
+      <c r="BW299"/>
+      <c r="BX299"/>
+      <c r="BY299"/>
+      <c r="BZ299"/>
+      <c r="CA299"/>
+      <c r="CB299"/>
+      <c r="CC299"/>
+      <c r="CD299"/>
+      <c r="CE299"/>
+      <c r="CF299"/>
+      <c r="CG299"/>
+      <c r="CH299"/>
+      <c r="CI299"/>
+      <c r="CJ299"/>
+      <c r="CK299"/>
+      <c r="CL299"/>
+      <c r="CM299"/>
+      <c r="CN299"/>
+      <c r="CO299"/>
+      <c r="CP299"/>
+      <c r="CQ299"/>
+      <c r="CR299"/>
+      <c r="CS299"/>
+    </row>
+    <row r="300" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A300" s="33"/>
+      <c r="B300" s="18"/>
+      <c r="C300" s="12"/>
+      <c r="D300" s="12"/>
+      <c r="E300" s="18"/>
+      <c r="F300" s="18"/>
+      <c r="G300" s="13"/>
+      <c r="H300" s="19"/>
+      <c r="I300" s="12"/>
+      <c r="J300" s="12"/>
+      <c r="K300" s="12"/>
+      <c r="L300" s="23"/>
+      <c r="O300" s="34"/>
+      <c r="P300"/>
+      <c r="Q300"/>
+      <c r="R300"/>
+      <c r="S300"/>
+      <c r="T300"/>
+      <c r="U300"/>
+      <c r="V300"/>
+      <c r="W300"/>
+      <c r="X300"/>
+      <c r="Y300"/>
+      <c r="Z300"/>
+      <c r="AA300"/>
+      <c r="AB300"/>
+      <c r="AC300"/>
+      <c r="AD300"/>
+      <c r="AE300"/>
+      <c r="AF300"/>
+      <c r="AG300"/>
+      <c r="AH300"/>
+      <c r="AI300"/>
+      <c r="AJ300"/>
+      <c r="AK300"/>
+      <c r="AL300"/>
+      <c r="AM300"/>
+      <c r="AN300"/>
+      <c r="AO300"/>
+      <c r="AP300"/>
+      <c r="AQ300"/>
+      <c r="AR300"/>
+      <c r="AS300"/>
+      <c r="AT300"/>
+      <c r="AU300"/>
+      <c r="AV300"/>
+      <c r="AW300"/>
+      <c r="AX300"/>
+      <c r="AY300"/>
+      <c r="AZ300"/>
+      <c r="BA300"/>
+      <c r="BB300"/>
+      <c r="BC300"/>
+      <c r="BD300"/>
+      <c r="BE300"/>
+      <c r="BF300"/>
+      <c r="BG300"/>
+      <c r="BH300"/>
+      <c r="BI300"/>
+      <c r="BJ300"/>
+      <c r="BK300"/>
+      <c r="BL300"/>
+      <c r="BM300"/>
+      <c r="BN300"/>
+      <c r="BO300"/>
+      <c r="BP300"/>
+      <c r="BQ300"/>
+      <c r="BR300"/>
+      <c r="BS300"/>
+      <c r="BT300"/>
+      <c r="BU300"/>
+      <c r="BV300"/>
+      <c r="BW300"/>
+      <c r="BX300"/>
+      <c r="BY300"/>
+      <c r="BZ300"/>
+      <c r="CA300"/>
+      <c r="CB300"/>
+      <c r="CC300"/>
+      <c r="CD300"/>
+      <c r="CE300"/>
+      <c r="CF300"/>
+      <c r="CG300"/>
+      <c r="CH300"/>
+      <c r="CI300"/>
+      <c r="CJ300"/>
+      <c r="CK300"/>
+      <c r="CL300"/>
+      <c r="CM300"/>
+      <c r="CN300"/>
+      <c r="CO300"/>
+      <c r="CP300"/>
+      <c r="CQ300"/>
+      <c r="CR300"/>
+      <c r="CS300"/>
+    </row>
+    <row r="301" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A301" s="33"/>
+      <c r="B301" s="18"/>
+      <c r="C301" s="12"/>
+      <c r="D301" s="12"/>
+      <c r="E301" s="18"/>
+      <c r="F301" s="18"/>
+      <c r="G301" s="13"/>
+      <c r="H301" s="19"/>
+      <c r="I301" s="12"/>
+      <c r="J301" s="12"/>
+      <c r="K301" s="12"/>
+      <c r="L301" s="23"/>
+      <c r="O301" s="34"/>
+      <c r="P301"/>
+      <c r="Q301"/>
+      <c r="R301"/>
+      <c r="S301"/>
+      <c r="T301"/>
+      <c r="U301"/>
+      <c r="V301"/>
+      <c r="W301"/>
+      <c r="X301"/>
+      <c r="Y301"/>
+      <c r="Z301"/>
+      <c r="AA301"/>
+      <c r="AB301"/>
+      <c r="AC301"/>
+      <c r="AD301"/>
+      <c r="AE301"/>
+      <c r="AF301"/>
+      <c r="AG301"/>
+      <c r="AH301"/>
+      <c r="AI301"/>
+      <c r="AJ301"/>
+      <c r="AK301"/>
+      <c r="AL301"/>
+      <c r="AM301"/>
+      <c r="AN301"/>
+      <c r="AO301"/>
+      <c r="AP301"/>
+      <c r="AQ301"/>
+      <c r="AR301"/>
+      <c r="AS301"/>
+      <c r="AT301"/>
+      <c r="AU301"/>
+      <c r="AV301"/>
+      <c r="AW301"/>
+      <c r="AX301"/>
+      <c r="AY301"/>
+      <c r="AZ301"/>
+      <c r="BA301"/>
+      <c r="BB301"/>
+      <c r="BC301"/>
+      <c r="BD301"/>
+      <c r="BE301"/>
+      <c r="BF301"/>
+      <c r="BG301"/>
+      <c r="BH301"/>
+      <c r="BI301"/>
+      <c r="BJ301"/>
+      <c r="BK301"/>
+      <c r="BL301"/>
+      <c r="BM301"/>
+      <c r="BN301"/>
+      <c r="BO301"/>
+      <c r="BP301"/>
+      <c r="BQ301"/>
+      <c r="BR301"/>
+      <c r="BS301"/>
+      <c r="BT301"/>
+      <c r="BU301"/>
+      <c r="BV301"/>
+      <c r="BW301"/>
+      <c r="BX301"/>
+      <c r="BY301"/>
+      <c r="BZ301"/>
+      <c r="CA301"/>
+      <c r="CB301"/>
+      <c r="CC301"/>
+      <c r="CD301"/>
+      <c r="CE301"/>
+      <c r="CF301"/>
+      <c r="CG301"/>
+      <c r="CH301"/>
+      <c r="CI301"/>
+      <c r="CJ301"/>
+      <c r="CK301"/>
+      <c r="CL301"/>
+      <c r="CM301"/>
+      <c r="CN301"/>
+      <c r="CO301"/>
+      <c r="CP301"/>
+      <c r="CQ301"/>
+      <c r="CR301"/>
+      <c r="CS301"/>
+    </row>
+    <row r="302" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A302" s="33"/>
+      <c r="B302" s="18"/>
+      <c r="C302" s="12"/>
+      <c r="D302" s="12"/>
+      <c r="E302" s="18"/>
+      <c r="F302" s="18"/>
+      <c r="G302" s="13"/>
+      <c r="H302" s="19"/>
+      <c r="I302" s="12"/>
+      <c r="J302" s="12"/>
+      <c r="K302" s="12"/>
+      <c r="L302" s="23"/>
+      <c r="O302" s="34"/>
+      <c r="P302"/>
+      <c r="Q302"/>
+      <c r="R302"/>
+      <c r="S302"/>
+      <c r="T302"/>
+      <c r="U302"/>
+      <c r="V302"/>
+      <c r="W302"/>
+      <c r="X302"/>
+      <c r="Y302"/>
+      <c r="Z302"/>
+      <c r="AA302"/>
+      <c r="AB302"/>
+      <c r="AC302"/>
+      <c r="AD302"/>
+      <c r="AE302"/>
+      <c r="AF302"/>
+      <c r="AG302"/>
+      <c r="AH302"/>
+      <c r="AI302"/>
+      <c r="AJ302"/>
+      <c r="AK302"/>
+      <c r="AL302"/>
+      <c r="AM302"/>
+      <c r="AN302"/>
+      <c r="AO302"/>
+      <c r="AP302"/>
+      <c r="AQ302"/>
+      <c r="AR302"/>
+      <c r="AS302"/>
+      <c r="AT302"/>
+      <c r="AU302"/>
+      <c r="AV302"/>
+      <c r="AW302"/>
+      <c r="AX302"/>
+      <c r="AY302"/>
+      <c r="AZ302"/>
+      <c r="BA302"/>
+      <c r="BB302"/>
+      <c r="BC302"/>
+      <c r="BD302"/>
+      <c r="BE302"/>
+      <c r="BF302"/>
+      <c r="BG302"/>
+      <c r="BH302"/>
+      <c r="BI302"/>
+      <c r="BJ302"/>
+      <c r="BK302"/>
+      <c r="BL302"/>
+      <c r="BM302"/>
+      <c r="BN302"/>
+      <c r="BO302"/>
+      <c r="BP302"/>
+      <c r="BQ302"/>
+      <c r="BR302"/>
+      <c r="BS302"/>
+      <c r="BT302"/>
+      <c r="BU302"/>
+      <c r="BV302"/>
+      <c r="BW302"/>
+      <c r="BX302"/>
+      <c r="BY302"/>
+      <c r="BZ302"/>
+      <c r="CA302"/>
+      <c r="CB302"/>
+      <c r="CC302"/>
+      <c r="CD302"/>
+      <c r="CE302"/>
+      <c r="CF302"/>
+      <c r="CG302"/>
+      <c r="CH302"/>
+      <c r="CI302"/>
+      <c r="CJ302"/>
+      <c r="CK302"/>
+      <c r="CL302"/>
+      <c r="CM302"/>
+      <c r="CN302"/>
+      <c r="CO302"/>
+      <c r="CP302"/>
+      <c r="CQ302"/>
+      <c r="CR302"/>
+      <c r="CS302"/>
+    </row>
+    <row r="303" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A303" s="33"/>
+      <c r="B303" s="18"/>
+      <c r="C303" s="12"/>
+      <c r="D303" s="12"/>
+      <c r="E303" s="18"/>
+      <c r="F303" s="18"/>
+      <c r="G303" s="13"/>
+      <c r="H303" s="19"/>
+      <c r="I303" s="12"/>
+      <c r="J303" s="12"/>
+      <c r="K303" s="12"/>
+      <c r="L303" s="23"/>
+      <c r="O303" s="34"/>
+      <c r="P303"/>
+      <c r="Q303"/>
+      <c r="R303"/>
+      <c r="S303"/>
+      <c r="T303"/>
+      <c r="U303"/>
+      <c r="V303"/>
+      <c r="W303"/>
+      <c r="X303"/>
+      <c r="Y303"/>
+      <c r="Z303"/>
+      <c r="AA303"/>
+      <c r="AB303"/>
+      <c r="AC303"/>
+      <c r="AD303"/>
+      <c r="AE303"/>
+      <c r="AF303"/>
+      <c r="AG303"/>
+      <c r="AH303"/>
+      <c r="AI303"/>
+      <c r="AJ303"/>
+      <c r="AK303"/>
+      <c r="AL303"/>
+      <c r="AM303"/>
+      <c r="AN303"/>
+      <c r="AO303"/>
+      <c r="AP303"/>
+      <c r="AQ303"/>
+      <c r="AR303"/>
+      <c r="AS303"/>
+      <c r="AT303"/>
+      <c r="AU303"/>
+      <c r="AV303"/>
+      <c r="AW303"/>
+      <c r="AX303"/>
+      <c r="AY303"/>
+      <c r="AZ303"/>
+      <c r="BA303"/>
+      <c r="BB303"/>
+      <c r="BC303"/>
+      <c r="BD303"/>
+      <c r="BE303"/>
+      <c r="BF303"/>
+      <c r="BG303"/>
+      <c r="BH303"/>
+      <c r="BI303"/>
+      <c r="BJ303"/>
+      <c r="BK303"/>
+      <c r="BL303"/>
+      <c r="BM303"/>
+      <c r="BN303"/>
+      <c r="BO303"/>
+      <c r="BP303"/>
+      <c r="BQ303"/>
+      <c r="BR303"/>
+      <c r="BS303"/>
+      <c r="BT303"/>
+      <c r="BU303"/>
+      <c r="BV303"/>
+      <c r="BW303"/>
+      <c r="BX303"/>
+      <c r="BY303"/>
+      <c r="BZ303"/>
+      <c r="CA303"/>
+      <c r="CB303"/>
+      <c r="CC303"/>
+      <c r="CD303"/>
+      <c r="CE303"/>
+      <c r="CF303"/>
+      <c r="CG303"/>
+      <c r="CH303"/>
+      <c r="CI303"/>
+      <c r="CJ303"/>
+      <c r="CK303"/>
+      <c r="CL303"/>
+      <c r="CM303"/>
+      <c r="CN303"/>
+      <c r="CO303"/>
+      <c r="CP303"/>
+      <c r="CQ303"/>
+      <c r="CR303"/>
+      <c r="CS303"/>
+    </row>
+    <row r="304" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A304" s="33"/>
+      <c r="B304" s="18"/>
+      <c r="C304" s="12"/>
+      <c r="D304" s="12"/>
+      <c r="E304" s="18"/>
+      <c r="F304" s="18"/>
+      <c r="G304" s="13"/>
+      <c r="H304" s="19"/>
+      <c r="I304" s="12"/>
+      <c r="J304" s="12"/>
+      <c r="K304" s="12"/>
+      <c r="L304" s="23"/>
+      <c r="O304" s="34"/>
+      <c r="P304"/>
+      <c r="Q304"/>
+      <c r="R304"/>
+      <c r="S304"/>
+      <c r="T304"/>
+      <c r="U304"/>
+      <c r="V304"/>
+      <c r="W304"/>
+      <c r="X304"/>
+      <c r="Y304"/>
+      <c r="Z304"/>
+      <c r="AA304"/>
+      <c r="AB304"/>
+      <c r="AC304"/>
+      <c r="AD304"/>
+      <c r="AE304"/>
+      <c r="AF304"/>
+      <c r="AG304"/>
+      <c r="AH304"/>
+      <c r="AI304"/>
+      <c r="AJ304"/>
+      <c r="AK304"/>
+      <c r="AL304"/>
+      <c r="AM304"/>
+      <c r="AN304"/>
+      <c r="AO304"/>
+      <c r="AP304"/>
+      <c r="AQ304"/>
+      <c r="AR304"/>
+      <c r="AS304"/>
+      <c r="AT304"/>
+      <c r="AU304"/>
+      <c r="AV304"/>
+      <c r="AW304"/>
+      <c r="AX304"/>
+      <c r="AY304"/>
+      <c r="AZ304"/>
+      <c r="BA304"/>
+      <c r="BB304"/>
+      <c r="BC304"/>
+      <c r="BD304"/>
+      <c r="BE304"/>
+      <c r="BF304"/>
+      <c r="BG304"/>
+      <c r="BH304"/>
+      <c r="BI304"/>
+      <c r="BJ304"/>
+      <c r="BK304"/>
+      <c r="BL304"/>
+      <c r="BM304"/>
+      <c r="BN304"/>
+      <c r="BO304"/>
+      <c r="BP304"/>
+      <c r="BQ304"/>
+      <c r="BR304"/>
+      <c r="BS304"/>
+      <c r="BT304"/>
+      <c r="BU304"/>
+      <c r="BV304"/>
+      <c r="BW304"/>
+      <c r="BX304"/>
+      <c r="BY304"/>
+      <c r="BZ304"/>
+      <c r="CA304"/>
+      <c r="CB304"/>
+      <c r="CC304"/>
+      <c r="CD304"/>
+      <c r="CE304"/>
+      <c r="CF304"/>
+      <c r="CG304"/>
+      <c r="CH304"/>
+      <c r="CI304"/>
+      <c r="CJ304"/>
+      <c r="CK304"/>
+      <c r="CL304"/>
+      <c r="CM304"/>
+      <c r="CN304"/>
+      <c r="CO304"/>
+      <c r="CP304"/>
+      <c r="CQ304"/>
+      <c r="CR304"/>
+      <c r="CS304"/>
+    </row>
+    <row r="305" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A305" s="33"/>
+      <c r="B305" s="18"/>
+      <c r="C305" s="12"/>
+      <c r="D305" s="12"/>
+      <c r="E305" s="18"/>
+      <c r="F305" s="18"/>
+      <c r="G305" s="13"/>
+      <c r="H305" s="19"/>
+      <c r="I305" s="12"/>
+      <c r="J305" s="12"/>
+      <c r="K305" s="12"/>
+      <c r="L305" s="23"/>
+      <c r="O305" s="34"/>
+      <c r="P305"/>
+      <c r="Q305"/>
+      <c r="R305"/>
+      <c r="S305"/>
+      <c r="T305"/>
+      <c r="U305"/>
+      <c r="V305"/>
+      <c r="W305"/>
+      <c r="X305"/>
+      <c r="Y305"/>
+      <c r="Z305"/>
+      <c r="AA305"/>
+      <c r="AB305"/>
+      <c r="AC305"/>
+      <c r="AD305"/>
+      <c r="AE305"/>
+      <c r="AF305"/>
+      <c r="AG305"/>
+      <c r="AH305"/>
+      <c r="AI305"/>
+      <c r="AJ305"/>
+      <c r="AK305"/>
+      <c r="AL305"/>
+      <c r="AM305"/>
+      <c r="AN305"/>
+      <c r="AO305"/>
+      <c r="AP305"/>
+      <c r="AQ305"/>
+      <c r="AR305"/>
+      <c r="AS305"/>
+      <c r="AT305"/>
+      <c r="AU305"/>
+      <c r="AV305"/>
+      <c r="AW305"/>
+      <c r="AX305"/>
+      <c r="AY305"/>
+      <c r="AZ305"/>
+      <c r="BA305"/>
+      <c r="BB305"/>
+      <c r="BC305"/>
+      <c r="BD305"/>
+      <c r="BE305"/>
+      <c r="BF305"/>
+      <c r="BG305"/>
+      <c r="BH305"/>
+      <c r="BI305"/>
+      <c r="BJ305"/>
+      <c r="BK305"/>
+      <c r="BL305"/>
+      <c r="BM305"/>
+      <c r="BN305"/>
+      <c r="BO305"/>
+      <c r="BP305"/>
+      <c r="BQ305"/>
+      <c r="BR305"/>
+      <c r="BS305"/>
+      <c r="BT305"/>
+      <c r="BU305"/>
+      <c r="BV305"/>
+      <c r="BW305"/>
+      <c r="BX305"/>
+      <c r="BY305"/>
+      <c r="BZ305"/>
+      <c r="CA305"/>
+      <c r="CB305"/>
+      <c r="CC305"/>
+      <c r="CD305"/>
+      <c r="CE305"/>
+      <c r="CF305"/>
+      <c r="CG305"/>
+      <c r="CH305"/>
+      <c r="CI305"/>
+      <c r="CJ305"/>
+      <c r="CK305"/>
+      <c r="CL305"/>
+      <c r="CM305"/>
+      <c r="CN305"/>
+      <c r="CO305"/>
+      <c r="CP305"/>
+      <c r="CQ305"/>
+      <c r="CR305"/>
+      <c r="CS305"/>
+    </row>
+    <row r="306" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A306" s="33"/>
+      <c r="B306" s="18"/>
+      <c r="C306" s="12"/>
+      <c r="D306" s="12"/>
+      <c r="E306" s="18"/>
+      <c r="F306" s="18"/>
+      <c r="G306" s="13"/>
+      <c r="H306" s="19"/>
+      <c r="I306" s="12"/>
+      <c r="J306" s="12"/>
+      <c r="K306" s="12"/>
+      <c r="L306" s="23"/>
+      <c r="O306" s="34"/>
+      <c r="P306"/>
+      <c r="Q306"/>
+      <c r="R306"/>
+      <c r="S306"/>
+      <c r="T306"/>
+      <c r="U306"/>
+      <c r="V306"/>
+      <c r="W306"/>
+      <c r="X306"/>
+      <c r="Y306"/>
+      <c r="Z306"/>
+      <c r="AA306"/>
+      <c r="AB306"/>
+      <c r="AC306"/>
+      <c r="AD306"/>
+      <c r="AE306"/>
+      <c r="AF306"/>
+      <c r="AG306"/>
+      <c r="AH306"/>
+      <c r="AI306"/>
+      <c r="AJ306"/>
+      <c r="AK306"/>
+      <c r="AL306"/>
+      <c r="AM306"/>
+      <c r="AN306"/>
+      <c r="AO306"/>
+      <c r="AP306"/>
+      <c r="AQ306"/>
+      <c r="AR306"/>
+      <c r="AS306"/>
+      <c r="AT306"/>
+      <c r="AU306"/>
+      <c r="AV306"/>
+      <c r="AW306"/>
+      <c r="AX306"/>
+      <c r="AY306"/>
+      <c r="AZ306"/>
+      <c r="BA306"/>
+      <c r="BB306"/>
+      <c r="BC306"/>
+      <c r="BD306"/>
+      <c r="BE306"/>
+      <c r="BF306"/>
+      <c r="BG306"/>
+      <c r="BH306"/>
+      <c r="BI306"/>
+      <c r="BJ306"/>
+      <c r="BK306"/>
+      <c r="BL306"/>
+      <c r="BM306"/>
+      <c r="BN306"/>
+      <c r="BO306"/>
+      <c r="BP306"/>
+      <c r="BQ306"/>
+      <c r="BR306"/>
+      <c r="BS306"/>
+      <c r="BT306"/>
+      <c r="BU306"/>
+      <c r="BV306"/>
+      <c r="BW306"/>
+      <c r="BX306"/>
+      <c r="BY306"/>
+      <c r="BZ306"/>
+      <c r="CA306"/>
+      <c r="CB306"/>
+      <c r="CC306"/>
+      <c r="CD306"/>
+      <c r="CE306"/>
+      <c r="CF306"/>
+      <c r="CG306"/>
+      <c r="CH306"/>
+      <c r="CI306"/>
+      <c r="CJ306"/>
+      <c r="CK306"/>
+      <c r="CL306"/>
+      <c r="CM306"/>
+      <c r="CN306"/>
+      <c r="CO306"/>
+      <c r="CP306"/>
+      <c r="CQ306"/>
+      <c r="CR306"/>
+      <c r="CS306"/>
+    </row>
+    <row r="307" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A307" s="33"/>
+      <c r="B307" s="18"/>
+      <c r="C307" s="12"/>
+      <c r="D307" s="12"/>
+      <c r="E307" s="18"/>
+      <c r="F307" s="18"/>
+      <c r="G307" s="13"/>
+      <c r="H307" s="19"/>
+      <c r="I307" s="12"/>
+      <c r="J307" s="12"/>
+      <c r="K307" s="12"/>
+      <c r="L307" s="23"/>
+      <c r="O307" s="34"/>
+      <c r="P307"/>
+      <c r="Q307"/>
+      <c r="R307"/>
+      <c r="S307"/>
+      <c r="T307"/>
+      <c r="U307"/>
+      <c r="V307"/>
+      <c r="W307"/>
+      <c r="X307"/>
+      <c r="Y307"/>
+      <c r="Z307"/>
+      <c r="AA307"/>
+      <c r="AB307"/>
+      <c r="AC307"/>
+      <c r="AD307"/>
+      <c r="AE307"/>
+      <c r="AF307"/>
+      <c r="AG307"/>
+      <c r="AH307"/>
+      <c r="AI307"/>
+      <c r="AJ307"/>
+      <c r="AK307"/>
+      <c r="AL307"/>
+      <c r="AM307"/>
+      <c r="AN307"/>
+      <c r="AO307"/>
+      <c r="AP307"/>
+      <c r="AQ307"/>
+      <c r="AR307"/>
+      <c r="AS307"/>
+      <c r="AT307"/>
+      <c r="AU307"/>
+      <c r="AV307"/>
+      <c r="AW307"/>
+      <c r="AX307"/>
+      <c r="AY307"/>
+      <c r="AZ307"/>
+      <c r="BA307"/>
+      <c r="BB307"/>
+      <c r="BC307"/>
+      <c r="BD307"/>
+      <c r="BE307"/>
+      <c r="BF307"/>
+      <c r="BG307"/>
+      <c r="BH307"/>
+      <c r="BI307"/>
+      <c r="BJ307"/>
+      <c r="BK307"/>
+      <c r="BL307"/>
+      <c r="BM307"/>
+      <c r="BN307"/>
+      <c r="BO307"/>
+      <c r="BP307"/>
+      <c r="BQ307"/>
+      <c r="BR307"/>
+      <c r="BS307"/>
+      <c r="BT307"/>
+      <c r="BU307"/>
+      <c r="BV307"/>
+      <c r="BW307"/>
+      <c r="BX307"/>
+      <c r="BY307"/>
+      <c r="BZ307"/>
+      <c r="CA307"/>
+      <c r="CB307"/>
+      <c r="CC307"/>
+      <c r="CD307"/>
+      <c r="CE307"/>
+      <c r="CF307"/>
+      <c r="CG307"/>
+      <c r="CH307"/>
+      <c r="CI307"/>
+      <c r="CJ307"/>
+      <c r="CK307"/>
+      <c r="CL307"/>
+      <c r="CM307"/>
+      <c r="CN307"/>
+      <c r="CO307"/>
+      <c r="CP307"/>
+      <c r="CQ307"/>
+      <c r="CR307"/>
+      <c r="CS307"/>
+    </row>
+    <row r="308" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A308" s="33"/>
+      <c r="B308" s="18"/>
+      <c r="C308" s="12"/>
+      <c r="D308" s="12"/>
+      <c r="E308" s="18"/>
+      <c r="F308" s="18"/>
+      <c r="G308" s="13"/>
+      <c r="H308" s="19"/>
+      <c r="I308" s="12"/>
+      <c r="J308" s="12"/>
+      <c r="K308" s="12"/>
+      <c r="L308" s="23"/>
+      <c r="O308" s="34"/>
+      <c r="P308"/>
+      <c r="Q308"/>
+      <c r="R308"/>
+      <c r="S308"/>
+      <c r="T308"/>
+      <c r="U308"/>
+      <c r="V308"/>
+      <c r="W308"/>
+      <c r="X308"/>
+      <c r="Y308"/>
+      <c r="Z308"/>
+      <c r="AA308"/>
+      <c r="AB308"/>
+      <c r="AC308"/>
+      <c r="AD308"/>
+      <c r="AE308"/>
+      <c r="AF308"/>
+      <c r="AG308"/>
+      <c r="AH308"/>
+      <c r="AI308"/>
+      <c r="AJ308"/>
+      <c r="AK308"/>
+      <c r="AL308"/>
+      <c r="AM308"/>
+      <c r="AN308"/>
+      <c r="AO308"/>
+      <c r="AP308"/>
+      <c r="AQ308"/>
+      <c r="AR308"/>
+      <c r="AS308"/>
+      <c r="AT308"/>
+      <c r="AU308"/>
+      <c r="AV308"/>
+      <c r="AW308"/>
+      <c r="AX308"/>
+      <c r="AY308"/>
+      <c r="AZ308"/>
+      <c r="BA308"/>
+      <c r="BB308"/>
+      <c r="BC308"/>
+      <c r="BD308"/>
+      <c r="BE308"/>
+      <c r="BF308"/>
+      <c r="BG308"/>
+      <c r="BH308"/>
+      <c r="BI308"/>
+      <c r="BJ308"/>
+      <c r="BK308"/>
+      <c r="BL308"/>
+      <c r="BM308"/>
+      <c r="BN308"/>
+      <c r="BO308"/>
+      <c r="BP308"/>
+      <c r="BQ308"/>
+      <c r="BR308"/>
+      <c r="BS308"/>
+      <c r="BT308"/>
+      <c r="BU308"/>
+      <c r="BV308"/>
+      <c r="BW308"/>
+      <c r="BX308"/>
+      <c r="BY308"/>
+      <c r="BZ308"/>
+      <c r="CA308"/>
+      <c r="CB308"/>
+      <c r="CC308"/>
+      <c r="CD308"/>
+      <c r="CE308"/>
+      <c r="CF308"/>
+      <c r="CG308"/>
+      <c r="CH308"/>
+      <c r="CI308"/>
+      <c r="CJ308"/>
+      <c r="CK308"/>
+      <c r="CL308"/>
+      <c r="CM308"/>
+      <c r="CN308"/>
+      <c r="CO308"/>
+      <c r="CP308"/>
+      <c r="CQ308"/>
+      <c r="CR308"/>
+      <c r="CS308"/>
+    </row>
+    <row r="309" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A309" s="33"/>
+      <c r="B309" s="18"/>
+      <c r="C309" s="12"/>
+      <c r="D309" s="12"/>
+      <c r="E309" s="18"/>
+      <c r="F309" s="18"/>
+      <c r="G309" s="13"/>
+      <c r="H309" s="19"/>
+      <c r="I309" s="12"/>
+      <c r="J309" s="12"/>
+      <c r="K309" s="12"/>
+      <c r="L309" s="23"/>
+      <c r="O309" s="34"/>
+      <c r="P309"/>
+      <c r="Q309"/>
+      <c r="R309"/>
+      <c r="S309"/>
+      <c r="T309"/>
+      <c r="U309"/>
+      <c r="V309"/>
+      <c r="W309"/>
+      <c r="X309"/>
+      <c r="Y309"/>
+      <c r="Z309"/>
+      <c r="AA309"/>
+      <c r="AB309"/>
+      <c r="AC309"/>
+      <c r="AD309"/>
+      <c r="AE309"/>
+      <c r="AF309"/>
+      <c r="AG309"/>
+      <c r="AH309"/>
+      <c r="AI309"/>
+      <c r="AJ309"/>
+      <c r="AK309"/>
+      <c r="AL309"/>
+      <c r="AM309"/>
+      <c r="AN309"/>
+      <c r="AO309"/>
+      <c r="AP309"/>
+      <c r="AQ309"/>
+      <c r="AR309"/>
+      <c r="AS309"/>
+      <c r="AT309"/>
+      <c r="AU309"/>
+      <c r="AV309"/>
+      <c r="AW309"/>
+      <c r="AX309"/>
+      <c r="AY309"/>
+      <c r="AZ309"/>
+      <c r="BA309"/>
+      <c r="BB309"/>
+      <c r="BC309"/>
+      <c r="BD309"/>
+      <c r="BE309"/>
+      <c r="BF309"/>
+      <c r="BG309"/>
+      <c r="BH309"/>
+      <c r="BI309"/>
+      <c r="BJ309"/>
+      <c r="BK309"/>
+      <c r="BL309"/>
+      <c r="BM309"/>
+      <c r="BN309"/>
+      <c r="BO309"/>
+      <c r="BP309"/>
+      <c r="BQ309"/>
+      <c r="BR309"/>
+      <c r="BS309"/>
+      <c r="BT309"/>
+      <c r="BU309"/>
+      <c r="BV309"/>
+      <c r="BW309"/>
+      <c r="BX309"/>
+      <c r="BY309"/>
+      <c r="BZ309"/>
+      <c r="CA309"/>
+      <c r="CB309"/>
+      <c r="CC309"/>
+      <c r="CD309"/>
+      <c r="CE309"/>
+      <c r="CF309"/>
+      <c r="CG309"/>
+      <c r="CH309"/>
+      <c r="CI309"/>
+      <c r="CJ309"/>
+      <c r="CK309"/>
+      <c r="CL309"/>
+      <c r="CM309"/>
+      <c r="CN309"/>
+      <c r="CO309"/>
+      <c r="CP309"/>
+      <c r="CQ309"/>
+      <c r="CR309"/>
+      <c r="CS309"/>
+    </row>
+    <row r="310" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A310" s="33"/>
+      <c r="B310" s="18"/>
+      <c r="C310" s="12"/>
+      <c r="D310" s="12"/>
+      <c r="E310" s="18"/>
+      <c r="F310" s="18"/>
+      <c r="G310" s="13"/>
+      <c r="H310" s="19"/>
+      <c r="I310" s="12"/>
+      <c r="J310" s="12"/>
+      <c r="K310" s="12"/>
+      <c r="L310" s="23"/>
+      <c r="O310" s="34"/>
+      <c r="P310"/>
+      <c r="Q310"/>
+      <c r="R310"/>
+      <c r="S310"/>
+      <c r="T310"/>
+      <c r="U310"/>
+      <c r="V310"/>
+      <c r="W310"/>
+      <c r="X310"/>
+      <c r="Y310"/>
+      <c r="Z310"/>
+      <c r="AA310"/>
+      <c r="AB310"/>
+      <c r="AC310"/>
+      <c r="AD310"/>
+      <c r="AE310"/>
+      <c r="AF310"/>
+      <c r="AG310"/>
+      <c r="AH310"/>
+      <c r="AI310"/>
+      <c r="AJ310"/>
+      <c r="AK310"/>
+      <c r="AL310"/>
+      <c r="AM310"/>
+      <c r="AN310"/>
+      <c r="AO310"/>
+      <c r="AP310"/>
+      <c r="AQ310"/>
+      <c r="AR310"/>
+      <c r="AS310"/>
+      <c r="AT310"/>
+      <c r="AU310"/>
+      <c r="AV310"/>
+      <c r="AW310"/>
+      <c r="AX310"/>
+      <c r="AY310"/>
+      <c r="AZ310"/>
+      <c r="BA310"/>
+      <c r="BB310"/>
+      <c r="BC310"/>
+      <c r="BD310"/>
+      <c r="BE310"/>
+      <c r="BF310"/>
+      <c r="BG310"/>
+      <c r="BH310"/>
+      <c r="BI310"/>
+      <c r="BJ310"/>
+      <c r="BK310"/>
+      <c r="BL310"/>
+      <c r="BM310"/>
+      <c r="BN310"/>
+      <c r="BO310"/>
+      <c r="BP310"/>
+      <c r="BQ310"/>
+      <c r="BR310"/>
+      <c r="BS310"/>
+      <c r="BT310"/>
+      <c r="BU310"/>
+      <c r="BV310"/>
+      <c r="BW310"/>
+      <c r="BX310"/>
+      <c r="BY310"/>
+      <c r="BZ310"/>
+      <c r="CA310"/>
+      <c r="CB310"/>
+      <c r="CC310"/>
+      <c r="CD310"/>
+      <c r="CE310"/>
+      <c r="CF310"/>
+      <c r="CG310"/>
+      <c r="CH310"/>
+      <c r="CI310"/>
+      <c r="CJ310"/>
+      <c r="CK310"/>
+      <c r="CL310"/>
+      <c r="CM310"/>
+      <c r="CN310"/>
+      <c r="CO310"/>
+      <c r="CP310"/>
+      <c r="CQ310"/>
+      <c r="CR310"/>
+      <c r="CS310"/>
+    </row>
+    <row r="311" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A311" s="33"/>
+      <c r="B311" s="18"/>
+      <c r="C311" s="12"/>
+      <c r="D311" s="12"/>
+      <c r="E311" s="18"/>
+      <c r="F311" s="18"/>
+      <c r="G311" s="13"/>
+      <c r="H311" s="19"/>
+      <c r="I311" s="12"/>
+      <c r="J311" s="12"/>
+      <c r="K311" s="12"/>
+      <c r="L311" s="23"/>
+      <c r="O311" s="34"/>
+      <c r="P311"/>
+      <c r="Q311"/>
+      <c r="R311"/>
+      <c r="S311"/>
+      <c r="T311"/>
+      <c r="U311"/>
+      <c r="V311"/>
+      <c r="W311"/>
+      <c r="X311"/>
+      <c r="Y311"/>
+      <c r="Z311"/>
+      <c r="AA311"/>
+      <c r="AB311"/>
+      <c r="AC311"/>
+      <c r="AD311"/>
+      <c r="AE311"/>
+      <c r="AF311"/>
+      <c r="AG311"/>
+      <c r="AH311"/>
+      <c r="AI311"/>
+      <c r="AJ311"/>
+      <c r="AK311"/>
+      <c r="AL311"/>
+      <c r="AM311"/>
+      <c r="AN311"/>
+      <c r="AO311"/>
+      <c r="AP311"/>
+      <c r="AQ311"/>
+      <c r="AR311"/>
+      <c r="AS311"/>
+      <c r="AT311"/>
+      <c r="AU311"/>
+      <c r="AV311"/>
+      <c r="AW311"/>
+      <c r="AX311"/>
+      <c r="AY311"/>
+      <c r="AZ311"/>
+      <c r="BA311"/>
+      <c r="BB311"/>
+      <c r="BC311"/>
+      <c r="BD311"/>
+      <c r="BE311"/>
+      <c r="BF311"/>
+      <c r="BG311"/>
+      <c r="BH311"/>
+      <c r="BI311"/>
+      <c r="BJ311"/>
+      <c r="BK311"/>
+      <c r="BL311"/>
+      <c r="BM311"/>
+      <c r="BN311"/>
+      <c r="BO311"/>
+      <c r="BP311"/>
+      <c r="BQ311"/>
+      <c r="BR311"/>
+      <c r="BS311"/>
+      <c r="BT311"/>
+      <c r="BU311"/>
+      <c r="BV311"/>
+      <c r="BW311"/>
+      <c r="BX311"/>
+      <c r="BY311"/>
+      <c r="BZ311"/>
+      <c r="CA311"/>
+      <c r="CB311"/>
+      <c r="CC311"/>
+      <c r="CD311"/>
+      <c r="CE311"/>
+      <c r="CF311"/>
+      <c r="CG311"/>
+      <c r="CH311"/>
+      <c r="CI311"/>
+      <c r="CJ311"/>
+      <c r="CK311"/>
+      <c r="CL311"/>
+      <c r="CM311"/>
+      <c r="CN311"/>
+      <c r="CO311"/>
+      <c r="CP311"/>
+      <c r="CQ311"/>
+      <c r="CR311"/>
+      <c r="CS311"/>
+    </row>
+    <row r="312" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A312" s="33"/>
+      <c r="B312" s="18"/>
+      <c r="C312" s="12"/>
+      <c r="D312" s="12"/>
+      <c r="E312" s="18"/>
+      <c r="F312" s="18"/>
+      <c r="G312" s="13"/>
+      <c r="H312" s="19"/>
+      <c r="I312" s="12"/>
+      <c r="J312" s="12"/>
+      <c r="K312" s="12"/>
+      <c r="L312" s="23"/>
+      <c r="O312" s="34"/>
+      <c r="P312"/>
+      <c r="Q312"/>
+      <c r="R312"/>
+      <c r="S312"/>
+      <c r="T312"/>
+      <c r="U312"/>
+      <c r="V312"/>
+      <c r="W312"/>
+      <c r="X312"/>
+      <c r="Y312"/>
+      <c r="Z312"/>
+      <c r="AA312"/>
+      <c r="AB312"/>
+      <c r="AC312"/>
+      <c r="AD312"/>
+      <c r="AE312"/>
+      <c r="AF312"/>
+      <c r="AG312"/>
+      <c r="AH312"/>
+      <c r="AI312"/>
+      <c r="AJ312"/>
+      <c r="AK312"/>
+      <c r="AL312"/>
+      <c r="AM312"/>
+      <c r="AN312"/>
+      <c r="AO312"/>
+      <c r="AP312"/>
+      <c r="AQ312"/>
+      <c r="AR312"/>
+      <c r="AS312"/>
+      <c r="AT312"/>
+      <c r="AU312"/>
+      <c r="AV312"/>
+      <c r="AW312"/>
+      <c r="AX312"/>
+      <c r="AY312"/>
+      <c r="AZ312"/>
+      <c r="BA312"/>
+      <c r="BB312"/>
+      <c r="BC312"/>
+      <c r="BD312"/>
+      <c r="BE312"/>
+      <c r="BF312"/>
+      <c r="BG312"/>
+      <c r="BH312"/>
+      <c r="BI312"/>
+      <c r="BJ312"/>
+      <c r="BK312"/>
+      <c r="BL312"/>
+      <c r="BM312"/>
+      <c r="BN312"/>
+      <c r="BO312"/>
+      <c r="BP312"/>
+      <c r="BQ312"/>
+      <c r="BR312"/>
+      <c r="BS312"/>
+      <c r="BT312"/>
+      <c r="BU312"/>
+      <c r="BV312"/>
+      <c r="BW312"/>
+      <c r="BX312"/>
+      <c r="BY312"/>
+      <c r="BZ312"/>
+      <c r="CA312"/>
+      <c r="CB312"/>
+      <c r="CC312"/>
+      <c r="CD312"/>
+      <c r="CE312"/>
+      <c r="CF312"/>
+      <c r="CG312"/>
+      <c r="CH312"/>
+      <c r="CI312"/>
+      <c r="CJ312"/>
+      <c r="CK312"/>
+      <c r="CL312"/>
+      <c r="CM312"/>
+      <c r="CN312"/>
+      <c r="CO312"/>
+      <c r="CP312"/>
+      <c r="CQ312"/>
+      <c r="CR312"/>
+      <c r="CS312"/>
+    </row>
+    <row r="313" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A313" s="33"/>
+      <c r="B313" s="18"/>
+      <c r="C313" s="12"/>
+      <c r="D313" s="12"/>
+      <c r="E313" s="18"/>
+      <c r="F313" s="18"/>
+      <c r="G313" s="13"/>
+      <c r="H313" s="19"/>
+      <c r="I313" s="12"/>
+      <c r="J313" s="12"/>
+      <c r="K313" s="12"/>
+      <c r="L313" s="23"/>
+      <c r="O313" s="34"/>
+      <c r="P313"/>
+      <c r="Q313"/>
+      <c r="R313"/>
+      <c r="S313"/>
+      <c r="T313"/>
+      <c r="U313"/>
+      <c r="V313"/>
+      <c r="W313"/>
+      <c r="X313"/>
+      <c r="Y313"/>
+      <c r="Z313"/>
+      <c r="AA313"/>
+      <c r="AB313"/>
+      <c r="AC313"/>
+      <c r="AD313"/>
+      <c r="AE313"/>
+      <c r="AF313"/>
+      <c r="AG313"/>
+      <c r="AH313"/>
+      <c r="AI313"/>
+      <c r="AJ313"/>
+      <c r="AK313"/>
+      <c r="AL313"/>
+      <c r="AM313"/>
+      <c r="AN313"/>
+      <c r="AO313"/>
+      <c r="AP313"/>
+      <c r="AQ313"/>
+      <c r="AR313"/>
+      <c r="AS313"/>
+      <c r="AT313"/>
+      <c r="AU313"/>
+      <c r="AV313"/>
+      <c r="AW313"/>
+      <c r="AX313"/>
+      <c r="AY313"/>
+      <c r="AZ313"/>
+      <c r="BA313"/>
+      <c r="BB313"/>
+      <c r="BC313"/>
+      <c r="BD313"/>
+      <c r="BE313"/>
+      <c r="BF313"/>
+      <c r="BG313"/>
+      <c r="BH313"/>
+      <c r="BI313"/>
+      <c r="BJ313"/>
+      <c r="BK313"/>
+      <c r="BL313"/>
+      <c r="BM313"/>
+      <c r="BN313"/>
+      <c r="BO313"/>
+      <c r="BP313"/>
+      <c r="BQ313"/>
+      <c r="BR313"/>
+      <c r="BS313"/>
+      <c r="BT313"/>
+      <c r="BU313"/>
+      <c r="BV313"/>
+      <c r="BW313"/>
+      <c r="BX313"/>
+      <c r="BY313"/>
+      <c r="BZ313"/>
+      <c r="CA313"/>
+      <c r="CB313"/>
+      <c r="CC313"/>
+      <c r="CD313"/>
+      <c r="CE313"/>
+      <c r="CF313"/>
+      <c r="CG313"/>
+      <c r="CH313"/>
+      <c r="CI313"/>
+      <c r="CJ313"/>
+      <c r="CK313"/>
+      <c r="CL313"/>
+      <c r="CM313"/>
+      <c r="CN313"/>
+      <c r="CO313"/>
+      <c r="CP313"/>
+      <c r="CQ313"/>
+      <c r="CR313"/>
+      <c r="CS313"/>
+    </row>
+    <row r="314" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A314" s="33"/>
+      <c r="B314" s="18"/>
+      <c r="C314" s="12"/>
+      <c r="D314" s="12"/>
+      <c r="E314" s="18"/>
+      <c r="F314" s="18"/>
+      <c r="G314" s="13"/>
+      <c r="H314" s="19"/>
+      <c r="I314" s="12"/>
+      <c r="J314" s="12"/>
+      <c r="K314" s="12"/>
+      <c r="L314" s="23"/>
+      <c r="O314" s="34"/>
+      <c r="P314"/>
+      <c r="Q314"/>
+      <c r="R314"/>
+      <c r="S314"/>
+      <c r="T314"/>
+      <c r="U314"/>
+      <c r="V314"/>
+      <c r="W314"/>
+      <c r="X314"/>
+      <c r="Y314"/>
+      <c r="Z314"/>
+      <c r="AA314"/>
+      <c r="AB314"/>
+      <c r="AC314"/>
+      <c r="AD314"/>
+      <c r="AE314"/>
+      <c r="AF314"/>
+      <c r="AG314"/>
+      <c r="AH314"/>
+      <c r="AI314"/>
+      <c r="AJ314"/>
+      <c r="AK314"/>
+      <c r="AL314"/>
+      <c r="AM314"/>
+      <c r="AN314"/>
+      <c r="AO314"/>
+      <c r="AP314"/>
+      <c r="AQ314"/>
+      <c r="AR314"/>
+      <c r="AS314"/>
+      <c r="AT314"/>
+      <c r="AU314"/>
+      <c r="AV314"/>
+      <c r="AW314"/>
+      <c r="AX314"/>
+      <c r="AY314"/>
+      <c r="AZ314"/>
+      <c r="BA314"/>
+      <c r="BB314"/>
+      <c r="BC314"/>
+      <c r="BD314"/>
+      <c r="BE314"/>
+      <c r="BF314"/>
+      <c r="BG314"/>
+      <c r="BH314"/>
+      <c r="BI314"/>
+      <c r="BJ314"/>
+      <c r="BK314"/>
+      <c r="BL314"/>
+      <c r="BM314"/>
+      <c r="BN314"/>
+      <c r="BO314"/>
+      <c r="BP314"/>
+      <c r="BQ314"/>
+      <c r="BR314"/>
+      <c r="BS314"/>
+      <c r="BT314"/>
+      <c r="BU314"/>
+      <c r="BV314"/>
+      <c r="BW314"/>
+      <c r="BX314"/>
+      <c r="BY314"/>
+      <c r="BZ314"/>
+      <c r="CA314"/>
+      <c r="CB314"/>
+      <c r="CC314"/>
+      <c r="CD314"/>
+      <c r="CE314"/>
+      <c r="CF314"/>
+      <c r="CG314"/>
+      <c r="CH314"/>
+      <c r="CI314"/>
+      <c r="CJ314"/>
+      <c r="CK314"/>
+      <c r="CL314"/>
+      <c r="CM314"/>
+      <c r="CN314"/>
+      <c r="CO314"/>
+      <c r="CP314"/>
+      <c r="CQ314"/>
+      <c r="CR314"/>
+      <c r="CS314"/>
+    </row>
+    <row r="315" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A315" s="33"/>
+      <c r="B315" s="18"/>
+      <c r="C315" s="12"/>
+      <c r="D315" s="12"/>
+      <c r="E315" s="18"/>
+      <c r="F315" s="18"/>
+      <c r="G315" s="13"/>
+      <c r="H315" s="19"/>
+      <c r="I315" s="12"/>
+      <c r="J315" s="12"/>
+      <c r="K315" s="12"/>
+      <c r="L315" s="23"/>
+      <c r="O315" s="34"/>
+      <c r="P315"/>
+      <c r="Q315"/>
+      <c r="R315"/>
+      <c r="S315"/>
+      <c r="T315"/>
+      <c r="U315"/>
+      <c r="V315"/>
+      <c r="W315"/>
+      <c r="X315"/>
+      <c r="Y315"/>
+      <c r="Z315"/>
+      <c r="AA315"/>
+      <c r="AB315"/>
+      <c r="AC315"/>
+      <c r="AD315"/>
+      <c r="AE315"/>
+      <c r="AF315"/>
+      <c r="AG315"/>
+      <c r="AH315"/>
+      <c r="AI315"/>
+      <c r="AJ315"/>
+      <c r="AK315"/>
+      <c r="AL315"/>
+      <c r="AM315"/>
+      <c r="AN315"/>
+      <c r="AO315"/>
+      <c r="AP315"/>
+      <c r="AQ315"/>
+      <c r="AR315"/>
+      <c r="AS315"/>
+      <c r="AT315"/>
+      <c r="AU315"/>
+      <c r="AV315"/>
+      <c r="AW315"/>
+      <c r="AX315"/>
+      <c r="AY315"/>
+      <c r="AZ315"/>
+      <c r="BA315"/>
+      <c r="BB315"/>
+      <c r="BC315"/>
+      <c r="BD315"/>
+      <c r="BE315"/>
+      <c r="BF315"/>
+      <c r="BG315"/>
+      <c r="BH315"/>
+      <c r="BI315"/>
+      <c r="BJ315"/>
+      <c r="BK315"/>
+      <c r="BL315"/>
+      <c r="BM315"/>
+      <c r="BN315"/>
+      <c r="BO315"/>
+      <c r="BP315"/>
+      <c r="BQ315"/>
+      <c r="BR315"/>
+      <c r="BS315"/>
+      <c r="BT315"/>
+      <c r="BU315"/>
+      <c r="BV315"/>
+      <c r="BW315"/>
+      <c r="BX315"/>
+      <c r="BY315"/>
+      <c r="BZ315"/>
+      <c r="CA315"/>
+      <c r="CB315"/>
+      <c r="CC315"/>
+      <c r="CD315"/>
+      <c r="CE315"/>
+      <c r="CF315"/>
+      <c r="CG315"/>
+      <c r="CH315"/>
+      <c r="CI315"/>
+      <c r="CJ315"/>
+      <c r="CK315"/>
+      <c r="CL315"/>
+      <c r="CM315"/>
+      <c r="CN315"/>
+      <c r="CO315"/>
+      <c r="CP315"/>
+      <c r="CQ315"/>
+      <c r="CR315"/>
+      <c r="CS315"/>
+    </row>
+    <row r="316" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A316" s="33"/>
+      <c r="B316" s="18"/>
+      <c r="C316" s="12"/>
+      <c r="D316" s="12"/>
+      <c r="E316" s="18"/>
+      <c r="F316" s="18"/>
+      <c r="G316" s="13"/>
+      <c r="H316" s="19"/>
+      <c r="I316" s="12"/>
+      <c r="J316" s="12"/>
+      <c r="K316" s="12"/>
+      <c r="L316" s="23"/>
+      <c r="O316" s="34"/>
+      <c r="P316"/>
+      <c r="Q316"/>
+      <c r="R316"/>
+      <c r="S316"/>
+      <c r="T316"/>
+      <c r="U316"/>
+      <c r="V316"/>
+      <c r="W316"/>
+      <c r="X316"/>
+      <c r="Y316"/>
+      <c r="Z316"/>
+      <c r="AA316"/>
+      <c r="AB316"/>
+      <c r="AC316"/>
+      <c r="AD316"/>
+      <c r="AE316"/>
+      <c r="AF316"/>
+      <c r="AG316"/>
+      <c r="AH316"/>
+      <c r="AI316"/>
+      <c r="AJ316"/>
+      <c r="AK316"/>
+      <c r="AL316"/>
+      <c r="AM316"/>
+      <c r="AN316"/>
+      <c r="AO316"/>
+      <c r="AP316"/>
+      <c r="AQ316"/>
+      <c r="AR316"/>
+      <c r="AS316"/>
+      <c r="AT316"/>
+      <c r="AU316"/>
+      <c r="AV316"/>
+      <c r="AW316"/>
+      <c r="AX316"/>
+      <c r="AY316"/>
+      <c r="AZ316"/>
+      <c r="BA316"/>
+      <c r="BB316"/>
+      <c r="BC316"/>
+      <c r="BD316"/>
+      <c r="BE316"/>
+      <c r="BF316"/>
+      <c r="BG316"/>
+      <c r="BH316"/>
+      <c r="BI316"/>
+      <c r="BJ316"/>
+      <c r="BK316"/>
+      <c r="BL316"/>
+      <c r="BM316"/>
+      <c r="BN316"/>
+      <c r="BO316"/>
+      <c r="BP316"/>
+      <c r="BQ316"/>
+      <c r="BR316"/>
+      <c r="BS316"/>
+      <c r="BT316"/>
+      <c r="BU316"/>
+      <c r="BV316"/>
+      <c r="BW316"/>
+      <c r="BX316"/>
+      <c r="BY316"/>
+      <c r="BZ316"/>
+      <c r="CA316"/>
+      <c r="CB316"/>
+      <c r="CC316"/>
+      <c r="CD316"/>
+      <c r="CE316"/>
+      <c r="CF316"/>
+      <c r="CG316"/>
+      <c r="CH316"/>
+      <c r="CI316"/>
+      <c r="CJ316"/>
+      <c r="CK316"/>
+      <c r="CL316"/>
+      <c r="CM316"/>
+      <c r="CN316"/>
+      <c r="CO316"/>
+      <c r="CP316"/>
+      <c r="CQ316"/>
+      <c r="CR316"/>
+      <c r="CS316"/>
+    </row>
+    <row r="317" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A317" s="33"/>
+      <c r="B317" s="18"/>
+      <c r="C317" s="12"/>
+      <c r="D317" s="12"/>
+      <c r="E317" s="18"/>
+      <c r="F317" s="18"/>
+      <c r="G317" s="13"/>
+      <c r="H317" s="19"/>
+      <c r="I317" s="12"/>
+      <c r="J317" s="12"/>
+      <c r="K317" s="12"/>
+      <c r="L317" s="23"/>
+      <c r="O317" s="34"/>
+      <c r="P317"/>
+      <c r="Q317"/>
+      <c r="R317"/>
+      <c r="S317"/>
+      <c r="T317"/>
+      <c r="U317"/>
+      <c r="V317"/>
+      <c r="W317"/>
+      <c r="X317"/>
+      <c r="Y317"/>
+      <c r="Z317"/>
+      <c r="AA317"/>
+      <c r="AB317"/>
+      <c r="AC317"/>
+      <c r="AD317"/>
+      <c r="AE317"/>
+      <c r="AF317"/>
+      <c r="AG317"/>
+      <c r="AH317"/>
+      <c r="AI317"/>
+      <c r="AJ317"/>
+      <c r="AK317"/>
+      <c r="AL317"/>
+      <c r="AM317"/>
+      <c r="AN317"/>
+      <c r="AO317"/>
+      <c r="AP317"/>
+      <c r="AQ317"/>
+      <c r="AR317"/>
+      <c r="AS317"/>
+      <c r="AT317"/>
+      <c r="AU317"/>
+      <c r="AV317"/>
+      <c r="AW317"/>
+      <c r="AX317"/>
+      <c r="AY317"/>
+      <c r="AZ317"/>
+      <c r="BA317"/>
+      <c r="BB317"/>
+      <c r="BC317"/>
+      <c r="BD317"/>
+      <c r="BE317"/>
+      <c r="BF317"/>
+      <c r="BG317"/>
+      <c r="BH317"/>
+      <c r="BI317"/>
+      <c r="BJ317"/>
+      <c r="BK317"/>
+      <c r="BL317"/>
+      <c r="BM317"/>
+      <c r="BN317"/>
+      <c r="BO317"/>
+      <c r="BP317"/>
+      <c r="BQ317"/>
+      <c r="BR317"/>
+      <c r="BS317"/>
+      <c r="BT317"/>
+      <c r="BU317"/>
+      <c r="BV317"/>
+      <c r="BW317"/>
+      <c r="BX317"/>
+      <c r="BY317"/>
+      <c r="BZ317"/>
+      <c r="CA317"/>
+      <c r="CB317"/>
+      <c r="CC317"/>
+      <c r="CD317"/>
+      <c r="CE317"/>
+      <c r="CF317"/>
+      <c r="CG317"/>
+      <c r="CH317"/>
+      <c r="CI317"/>
+      <c r="CJ317"/>
+      <c r="CK317"/>
+      <c r="CL317"/>
+      <c r="CM317"/>
+      <c r="CN317"/>
+      <c r="CO317"/>
+      <c r="CP317"/>
+      <c r="CQ317"/>
+      <c r="CR317"/>
+      <c r="CS317"/>
+    </row>
+    <row r="318" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A318" s="33"/>
+      <c r="B318" s="18"/>
+      <c r="C318" s="12"/>
+      <c r="D318" s="12"/>
+      <c r="E318" s="18"/>
+      <c r="F318" s="18"/>
+      <c r="G318" s="13"/>
+      <c r="H318" s="19"/>
+      <c r="I318" s="12"/>
+      <c r="J318" s="12"/>
+      <c r="K318" s="12"/>
+      <c r="L318" s="23"/>
+      <c r="O318" s="34"/>
+      <c r="P318"/>
+      <c r="Q318"/>
+      <c r="R318"/>
+      <c r="S318"/>
+      <c r="T318"/>
+      <c r="U318"/>
+      <c r="V318"/>
+      <c r="W318"/>
+      <c r="X318"/>
+      <c r="Y318"/>
+      <c r="Z318"/>
+      <c r="AA318"/>
+      <c r="AB318"/>
+      <c r="AC318"/>
+      <c r="AD318"/>
+      <c r="AE318"/>
+      <c r="AF318"/>
+      <c r="AG318"/>
+      <c r="AH318"/>
+      <c r="AI318"/>
+      <c r="AJ318"/>
+      <c r="AK318"/>
+      <c r="AL318"/>
+      <c r="AM318"/>
+      <c r="AN318"/>
+      <c r="AO318"/>
+      <c r="AP318"/>
+      <c r="AQ318"/>
+      <c r="AR318"/>
+      <c r="AS318"/>
+      <c r="AT318"/>
+      <c r="AU318"/>
+      <c r="AV318"/>
+      <c r="AW318"/>
+      <c r="AX318"/>
+      <c r="AY318"/>
+      <c r="AZ318"/>
+      <c r="BA318"/>
+      <c r="BB318"/>
+      <c r="BC318"/>
+      <c r="BD318"/>
+      <c r="BE318"/>
+      <c r="BF318"/>
+      <c r="BG318"/>
+      <c r="BH318"/>
+      <c r="BI318"/>
+      <c r="BJ318"/>
+      <c r="BK318"/>
+      <c r="BL318"/>
+      <c r="BM318"/>
+      <c r="BN318"/>
+      <c r="BO318"/>
+      <c r="BP318"/>
+      <c r="BQ318"/>
+      <c r="BR318"/>
+      <c r="BS318"/>
+      <c r="BT318"/>
+      <c r="BU318"/>
+      <c r="BV318"/>
+      <c r="BW318"/>
+      <c r="BX318"/>
+      <c r="BY318"/>
+      <c r="BZ318"/>
+      <c r="CA318"/>
+      <c r="CB318"/>
+      <c r="CC318"/>
+      <c r="CD318"/>
+      <c r="CE318"/>
+      <c r="CF318"/>
+      <c r="CG318"/>
+      <c r="CH318"/>
+      <c r="CI318"/>
+      <c r="CJ318"/>
+      <c r="CK318"/>
+      <c r="CL318"/>
+      <c r="CM318"/>
+      <c r="CN318"/>
+      <c r="CO318"/>
+      <c r="CP318"/>
+      <c r="CQ318"/>
+      <c r="CR318"/>
+      <c r="CS318"/>
+    </row>
+    <row r="319" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A319" s="33"/>
+      <c r="B319" s="18"/>
+      <c r="C319" s="12"/>
+      <c r="D319" s="12"/>
+      <c r="E319" s="18"/>
+      <c r="F319" s="18"/>
+      <c r="G319" s="13"/>
+      <c r="H319" s="19"/>
+      <c r="I319" s="12"/>
+      <c r="J319" s="12"/>
+      <c r="K319" s="12"/>
+      <c r="L319" s="23"/>
+      <c r="O319" s="34"/>
+      <c r="P319"/>
+      <c r="Q319"/>
+      <c r="R319"/>
+      <c r="S319"/>
+      <c r="T319"/>
+      <c r="U319"/>
+      <c r="V319"/>
+      <c r="W319"/>
+      <c r="X319"/>
+      <c r="Y319"/>
+      <c r="Z319"/>
+      <c r="AA319"/>
+      <c r="AB319"/>
+      <c r="AC319"/>
+      <c r="AD319"/>
+      <c r="AE319"/>
+      <c r="AF319"/>
+      <c r="AG319"/>
+      <c r="AH319"/>
+      <c r="AI319"/>
+      <c r="AJ319"/>
+      <c r="AK319"/>
+      <c r="AL319"/>
+      <c r="AM319"/>
+      <c r="AN319"/>
+      <c r="AO319"/>
+      <c r="AP319"/>
+      <c r="AQ319"/>
+      <c r="AR319"/>
+      <c r="AS319"/>
+      <c r="AT319"/>
+      <c r="AU319"/>
+      <c r="AV319"/>
+      <c r="AW319"/>
+      <c r="AX319"/>
+      <c r="AY319"/>
+      <c r="AZ319"/>
+      <c r="BA319"/>
+      <c r="BB319"/>
+      <c r="BC319"/>
+      <c r="BD319"/>
+      <c r="BE319"/>
+      <c r="BF319"/>
+      <c r="BG319"/>
+      <c r="BH319"/>
+      <c r="BI319"/>
+      <c r="BJ319"/>
+      <c r="BK319"/>
+      <c r="BL319"/>
+      <c r="BM319"/>
+      <c r="BN319"/>
+      <c r="BO319"/>
+      <c r="BP319"/>
+      <c r="BQ319"/>
+      <c r="BR319"/>
+      <c r="BS319"/>
+      <c r="BT319"/>
+      <c r="BU319"/>
+      <c r="BV319"/>
+      <c r="BW319"/>
+      <c r="BX319"/>
+      <c r="BY319"/>
+      <c r="BZ319"/>
+      <c r="CA319"/>
+      <c r="CB319"/>
+      <c r="CC319"/>
+      <c r="CD319"/>
+      <c r="CE319"/>
+      <c r="CF319"/>
+      <c r="CG319"/>
+      <c r="CH319"/>
+      <c r="CI319"/>
+      <c r="CJ319"/>
+      <c r="CK319"/>
+      <c r="CL319"/>
+      <c r="CM319"/>
+      <c r="CN319"/>
+      <c r="CO319"/>
+      <c r="CP319"/>
+      <c r="CQ319"/>
+      <c r="CR319"/>
+      <c r="CS319"/>
+    </row>
+    <row r="320" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A320" s="33"/>
+      <c r="B320" s="18"/>
+      <c r="C320" s="12"/>
+      <c r="D320" s="12"/>
+      <c r="E320" s="18"/>
+      <c r="F320" s="18"/>
+      <c r="G320" s="13"/>
+      <c r="H320" s="19"/>
+      <c r="I320" s="12"/>
+      <c r="J320" s="12"/>
+      <c r="K320" s="12"/>
+      <c r="L320" s="23"/>
+      <c r="O320" s="34"/>
+      <c r="P320"/>
+      <c r="Q320"/>
+      <c r="R320"/>
+      <c r="S320"/>
+      <c r="T320"/>
+      <c r="U320"/>
+      <c r="V320"/>
+      <c r="W320"/>
+      <c r="X320"/>
+      <c r="Y320"/>
+      <c r="Z320"/>
+      <c r="AA320"/>
+      <c r="AB320"/>
+      <c r="AC320"/>
+      <c r="AD320"/>
+      <c r="AE320"/>
+      <c r="AF320"/>
+      <c r="AG320"/>
+      <c r="AH320"/>
+      <c r="AI320"/>
+      <c r="AJ320"/>
+      <c r="AK320"/>
+      <c r="AL320"/>
+      <c r="AM320"/>
+      <c r="AN320"/>
+      <c r="AO320"/>
+      <c r="AP320"/>
+      <c r="AQ320"/>
+      <c r="AR320"/>
+      <c r="AS320"/>
+      <c r="AT320"/>
+      <c r="AU320"/>
+      <c r="AV320"/>
+      <c r="AW320"/>
+      <c r="AX320"/>
+      <c r="AY320"/>
+      <c r="AZ320"/>
+      <c r="BA320"/>
+      <c r="BB320"/>
+      <c r="BC320"/>
+      <c r="BD320"/>
+      <c r="BE320"/>
+      <c r="BF320"/>
+      <c r="BG320"/>
+      <c r="BH320"/>
+      <c r="BI320"/>
+      <c r="BJ320"/>
+      <c r="BK320"/>
+      <c r="BL320"/>
+      <c r="BM320"/>
+      <c r="BN320"/>
+      <c r="BO320"/>
+      <c r="BP320"/>
+      <c r="BQ320"/>
+      <c r="BR320"/>
+      <c r="BS320"/>
+      <c r="BT320"/>
+      <c r="BU320"/>
+      <c r="BV320"/>
+      <c r="BW320"/>
+      <c r="BX320"/>
+      <c r="BY320"/>
+      <c r="BZ320"/>
+      <c r="CA320"/>
+      <c r="CB320"/>
+      <c r="CC320"/>
+      <c r="CD320"/>
+      <c r="CE320"/>
+      <c r="CF320"/>
+      <c r="CG320"/>
+      <c r="CH320"/>
+      <c r="CI320"/>
+      <c r="CJ320"/>
+      <c r="CK320"/>
+      <c r="CL320"/>
+      <c r="CM320"/>
+      <c r="CN320"/>
+      <c r="CO320"/>
+      <c r="CP320"/>
+      <c r="CQ320"/>
+      <c r="CR320"/>
+      <c r="CS320"/>
+    </row>
+    <row r="321" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A321" s="33"/>
+      <c r="B321" s="18"/>
+      <c r="C321" s="12"/>
+      <c r="D321" s="12"/>
+      <c r="E321" s="18"/>
+      <c r="F321" s="18"/>
+      <c r="G321" s="13"/>
+      <c r="H321" s="19"/>
+      <c r="I321" s="12"/>
+      <c r="J321" s="12"/>
+      <c r="K321" s="12"/>
+      <c r="L321" s="23"/>
+      <c r="O321" s="34"/>
+      <c r="P321"/>
+      <c r="Q321"/>
+      <c r="R321"/>
+      <c r="S321"/>
+      <c r="T321"/>
+      <c r="U321"/>
+      <c r="V321"/>
+      <c r="W321"/>
+      <c r="X321"/>
+      <c r="Y321"/>
+      <c r="Z321"/>
+      <c r="AA321"/>
+      <c r="AB321"/>
+      <c r="AC321"/>
+      <c r="AD321"/>
+      <c r="AE321"/>
+      <c r="AF321"/>
+      <c r="AG321"/>
+      <c r="AH321"/>
+      <c r="AI321"/>
+      <c r="AJ321"/>
+      <c r="AK321"/>
+      <c r="AL321"/>
+      <c r="AM321"/>
+      <c r="AN321"/>
+      <c r="AO321"/>
+      <c r="AP321"/>
+      <c r="AQ321"/>
+      <c r="AR321"/>
+      <c r="AS321"/>
+      <c r="AT321"/>
+      <c r="AU321"/>
+      <c r="AV321"/>
+      <c r="AW321"/>
+      <c r="AX321"/>
+      <c r="AY321"/>
+      <c r="AZ321"/>
+      <c r="BA321"/>
+      <c r="BB321"/>
+      <c r="BC321"/>
+      <c r="BD321"/>
+      <c r="BE321"/>
+      <c r="BF321"/>
+      <c r="BG321"/>
+      <c r="BH321"/>
+      <c r="BI321"/>
+      <c r="BJ321"/>
+      <c r="BK321"/>
+      <c r="BL321"/>
+      <c r="BM321"/>
+      <c r="BN321"/>
+      <c r="BO321"/>
+      <c r="BP321"/>
+      <c r="BQ321"/>
+      <c r="BR321"/>
+      <c r="BS321"/>
+      <c r="BT321"/>
+      <c r="BU321"/>
+      <c r="BV321"/>
+      <c r="BW321"/>
+      <c r="BX321"/>
+      <c r="BY321"/>
+      <c r="BZ321"/>
+      <c r="CA321"/>
+      <c r="CB321"/>
+      <c r="CC321"/>
+      <c r="CD321"/>
+      <c r="CE321"/>
+      <c r="CF321"/>
+      <c r="CG321"/>
+      <c r="CH321"/>
+      <c r="CI321"/>
+      <c r="CJ321"/>
+      <c r="CK321"/>
+      <c r="CL321"/>
+      <c r="CM321"/>
+      <c r="CN321"/>
+      <c r="CO321"/>
+      <c r="CP321"/>
+      <c r="CQ321"/>
+      <c r="CR321"/>
+      <c r="CS321"/>
+    </row>
+    <row r="322" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A322" s="33"/>
+      <c r="B322" s="18"/>
+      <c r="C322" s="12"/>
+      <c r="D322" s="12"/>
+      <c r="E322" s="18"/>
+      <c r="F322" s="18"/>
+      <c r="G322" s="13"/>
+      <c r="H322" s="19"/>
+      <c r="I322" s="12"/>
+      <c r="J322" s="12"/>
+      <c r="K322" s="12"/>
+      <c r="L322" s="23"/>
+      <c r="O322" s="34"/>
+      <c r="P322"/>
+      <c r="Q322"/>
+      <c r="R322"/>
+      <c r="S322"/>
+      <c r="T322"/>
+      <c r="U322"/>
+      <c r="V322"/>
+      <c r="W322"/>
+      <c r="X322"/>
+      <c r="Y322"/>
+      <c r="Z322"/>
+      <c r="AA322"/>
+      <c r="AB322"/>
+      <c r="AC322"/>
+      <c r="AD322"/>
+      <c r="AE322"/>
+      <c r="AF322"/>
+      <c r="AG322"/>
+      <c r="AH322"/>
+      <c r="AI322"/>
+      <c r="AJ322"/>
+      <c r="AK322"/>
+      <c r="AL322"/>
+      <c r="AM322"/>
+      <c r="AN322"/>
+      <c r="AO322"/>
+      <c r="AP322"/>
+      <c r="AQ322"/>
+      <c r="AR322"/>
+      <c r="AS322"/>
+      <c r="AT322"/>
+      <c r="AU322"/>
+      <c r="AV322"/>
+      <c r="AW322"/>
+      <c r="AX322"/>
+      <c r="AY322"/>
+      <c r="AZ322"/>
+      <c r="BA322"/>
+      <c r="BB322"/>
+      <c r="BC322"/>
+      <c r="BD322"/>
+      <c r="BE322"/>
+      <c r="BF322"/>
+      <c r="BG322"/>
+      <c r="BH322"/>
+      <c r="BI322"/>
+      <c r="BJ322"/>
+      <c r="BK322"/>
+      <c r="BL322"/>
+      <c r="BM322"/>
+      <c r="BN322"/>
+      <c r="BO322"/>
+      <c r="BP322"/>
+      <c r="BQ322"/>
+      <c r="BR322"/>
+      <c r="BS322"/>
+      <c r="BT322"/>
+      <c r="BU322"/>
+      <c r="BV322"/>
+      <c r="BW322"/>
+      <c r="BX322"/>
+      <c r="BY322"/>
+      <c r="BZ322"/>
+      <c r="CA322"/>
+      <c r="CB322"/>
+      <c r="CC322"/>
+      <c r="CD322"/>
+      <c r="CE322"/>
+      <c r="CF322"/>
+      <c r="CG322"/>
+      <c r="CH322"/>
+      <c r="CI322"/>
+      <c r="CJ322"/>
+      <c r="CK322"/>
+      <c r="CL322"/>
+      <c r="CM322"/>
+      <c r="CN322"/>
+      <c r="CO322"/>
+      <c r="CP322"/>
+      <c r="CQ322"/>
+      <c r="CR322"/>
+      <c r="CS322"/>
+    </row>
+    <row r="323" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A323" s="33"/>
+      <c r="B323" s="18"/>
+      <c r="C323" s="12"/>
+      <c r="D323" s="12"/>
+      <c r="E323" s="18"/>
+      <c r="F323" s="18"/>
+      <c r="G323" s="13"/>
+      <c r="H323" s="19"/>
+      <c r="I323" s="12"/>
+      <c r="J323" s="12"/>
+      <c r="K323" s="12"/>
+      <c r="L323" s="23"/>
+      <c r="O323" s="34"/>
+      <c r="P323"/>
+      <c r="Q323"/>
+      <c r="R323"/>
+      <c r="S323"/>
+      <c r="T323"/>
+      <c r="U323"/>
+      <c r="V323"/>
+      <c r="W323"/>
+      <c r="X323"/>
+      <c r="Y323"/>
+      <c r="Z323"/>
+      <c r="AA323"/>
+      <c r="AB323"/>
+      <c r="AC323"/>
+      <c r="AD323"/>
+      <c r="AE323"/>
+      <c r="AF323"/>
+      <c r="AG323"/>
+      <c r="AH323"/>
+      <c r="AI323"/>
+      <c r="AJ323"/>
+      <c r="AK323"/>
+      <c r="AL323"/>
+      <c r="AM323"/>
+      <c r="AN323"/>
+      <c r="AO323"/>
+      <c r="AP323"/>
+      <c r="AQ323"/>
+      <c r="AR323"/>
+      <c r="AS323"/>
+      <c r="AT323"/>
+      <c r="AU323"/>
+      <c r="AV323"/>
+      <c r="AW323"/>
+      <c r="AX323"/>
+      <c r="AY323"/>
+      <c r="AZ323"/>
+      <c r="BA323"/>
+      <c r="BB323"/>
+      <c r="BC323"/>
+      <c r="BD323"/>
+      <c r="BE323"/>
+      <c r="BF323"/>
+      <c r="BG323"/>
+      <c r="BH323"/>
+      <c r="BI323"/>
+      <c r="BJ323"/>
+      <c r="BK323"/>
+      <c r="BL323"/>
+      <c r="BM323"/>
+      <c r="BN323"/>
+      <c r="BO323"/>
+      <c r="BP323"/>
+      <c r="BQ323"/>
+      <c r="BR323"/>
+      <c r="BS323"/>
+      <c r="BT323"/>
+      <c r="BU323"/>
+      <c r="BV323"/>
+      <c r="BW323"/>
+      <c r="BX323"/>
+      <c r="BY323"/>
+      <c r="BZ323"/>
+      <c r="CA323"/>
+      <c r="CB323"/>
+      <c r="CC323"/>
+      <c r="CD323"/>
+      <c r="CE323"/>
+      <c r="CF323"/>
+      <c r="CG323"/>
+      <c r="CH323"/>
+      <c r="CI323"/>
+      <c r="CJ323"/>
+      <c r="CK323"/>
+      <c r="CL323"/>
+      <c r="CM323"/>
+      <c r="CN323"/>
+      <c r="CO323"/>
+      <c r="CP323"/>
+      <c r="CQ323"/>
+      <c r="CR323"/>
+      <c r="CS323"/>
+    </row>
+    <row r="324" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A324" s="33"/>
+      <c r="B324" s="18"/>
+      <c r="C324" s="12"/>
+      <c r="D324" s="12"/>
+      <c r="E324" s="18"/>
+      <c r="F324" s="18"/>
+      <c r="G324" s="13"/>
+      <c r="H324" s="19"/>
+      <c r="I324" s="12"/>
+      <c r="J324" s="12"/>
+      <c r="K324" s="12"/>
+      <c r="L324" s="23"/>
+      <c r="O324" s="34"/>
+      <c r="P324"/>
+      <c r="Q324"/>
+      <c r="R324"/>
+      <c r="S324"/>
+      <c r="T324"/>
+      <c r="U324"/>
+      <c r="V324"/>
+      <c r="W324"/>
+      <c r="X324"/>
+      <c r="Y324"/>
+      <c r="Z324"/>
+      <c r="AA324"/>
+      <c r="AB324"/>
+      <c r="AC324"/>
+      <c r="AD324"/>
+      <c r="AE324"/>
+      <c r="AF324"/>
+      <c r="AG324"/>
+      <c r="AH324"/>
+      <c r="AI324"/>
+      <c r="AJ324"/>
+      <c r="AK324"/>
+      <c r="AL324"/>
+      <c r="AM324"/>
+      <c r="AN324"/>
+      <c r="AO324"/>
+      <c r="AP324"/>
+      <c r="AQ324"/>
+      <c r="AR324"/>
+      <c r="AS324"/>
+      <c r="AT324"/>
+      <c r="AU324"/>
+      <c r="AV324"/>
+      <c r="AW324"/>
+      <c r="AX324"/>
+      <c r="AY324"/>
+      <c r="AZ324"/>
+      <c r="BA324"/>
+      <c r="BB324"/>
+      <c r="BC324"/>
+      <c r="BD324"/>
+      <c r="BE324"/>
+      <c r="BF324"/>
+      <c r="BG324"/>
+      <c r="BH324"/>
+      <c r="BI324"/>
+      <c r="BJ324"/>
+      <c r="BK324"/>
+      <c r="BL324"/>
+      <c r="BM324"/>
+      <c r="BN324"/>
+      <c r="BO324"/>
+      <c r="BP324"/>
+      <c r="BQ324"/>
+      <c r="BR324"/>
+      <c r="BS324"/>
+      <c r="BT324"/>
+      <c r="BU324"/>
+      <c r="BV324"/>
+      <c r="BW324"/>
+      <c r="BX324"/>
+      <c r="BY324"/>
+      <c r="BZ324"/>
+      <c r="CA324"/>
+      <c r="CB324"/>
+      <c r="CC324"/>
+      <c r="CD324"/>
+      <c r="CE324"/>
+      <c r="CF324"/>
+      <c r="CG324"/>
+      <c r="CH324"/>
+      <c r="CI324"/>
+      <c r="CJ324"/>
+      <c r="CK324"/>
+      <c r="CL324"/>
+      <c r="CM324"/>
+      <c r="CN324"/>
+      <c r="CO324"/>
+      <c r="CP324"/>
+      <c r="CQ324"/>
+      <c r="CR324"/>
+      <c r="CS324"/>
+    </row>
+    <row r="325" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A325" s="33"/>
+      <c r="B325" s="18"/>
+      <c r="C325" s="12"/>
+      <c r="D325" s="12"/>
+      <c r="E325" s="18"/>
+      <c r="F325" s="18"/>
+      <c r="G325" s="13"/>
+      <c r="H325" s="19"/>
+      <c r="I325" s="12"/>
+      <c r="J325" s="12"/>
+      <c r="K325" s="12"/>
+      <c r="L325" s="23"/>
+      <c r="O325" s="34"/>
+      <c r="P325"/>
+      <c r="Q325"/>
+      <c r="R325"/>
+      <c r="S325"/>
+      <c r="T325"/>
+      <c r="U325"/>
+      <c r="V325"/>
+      <c r="W325"/>
+      <c r="X325"/>
+      <c r="Y325"/>
+      <c r="Z325"/>
+      <c r="AA325"/>
+      <c r="AB325"/>
+      <c r="AC325"/>
+      <c r="AD325"/>
+      <c r="AE325"/>
+      <c r="AF325"/>
+      <c r="AG325"/>
+      <c r="AH325"/>
+      <c r="AI325"/>
+      <c r="AJ325"/>
+      <c r="AK325"/>
+      <c r="AL325"/>
+      <c r="AM325"/>
+      <c r="AN325"/>
+      <c r="AO325"/>
+      <c r="AP325"/>
+      <c r="AQ325"/>
+      <c r="AR325"/>
+      <c r="AS325"/>
+      <c r="AT325"/>
+      <c r="AU325"/>
+      <c r="AV325"/>
+      <c r="AW325"/>
+      <c r="AX325"/>
+      <c r="AY325"/>
+      <c r="AZ325"/>
+      <c r="BA325"/>
+      <c r="BB325"/>
+      <c r="BC325"/>
+      <c r="BD325"/>
+      <c r="BE325"/>
+      <c r="BF325"/>
+      <c r="BG325"/>
+      <c r="BH325"/>
+      <c r="BI325"/>
+      <c r="BJ325"/>
+      <c r="BK325"/>
+      <c r="BL325"/>
+      <c r="BM325"/>
+      <c r="BN325"/>
+      <c r="BO325"/>
+      <c r="BP325"/>
+      <c r="BQ325"/>
+      <c r="BR325"/>
+      <c r="BS325"/>
+      <c r="BT325"/>
+      <c r="BU325"/>
+      <c r="BV325"/>
+      <c r="BW325"/>
+      <c r="BX325"/>
+      <c r="BY325"/>
+      <c r="BZ325"/>
+      <c r="CA325"/>
+      <c r="CB325"/>
+      <c r="CC325"/>
+      <c r="CD325"/>
+      <c r="CE325"/>
+      <c r="CF325"/>
+      <c r="CG325"/>
+      <c r="CH325"/>
+      <c r="CI325"/>
+      <c r="CJ325"/>
+      <c r="CK325"/>
+      <c r="CL325"/>
+      <c r="CM325"/>
+      <c r="CN325"/>
+      <c r="CO325"/>
+      <c r="CP325"/>
+      <c r="CQ325"/>
+      <c r="CR325"/>
+      <c r="CS325"/>
+    </row>
+    <row r="326" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A326" s="33"/>
+      <c r="B326" s="18"/>
+      <c r="C326" s="12"/>
+      <c r="D326" s="12"/>
+      <c r="E326" s="18"/>
+      <c r="F326" s="18"/>
+      <c r="G326" s="13"/>
+      <c r="H326" s="19"/>
+      <c r="I326" s="12"/>
+      <c r="J326" s="12"/>
+      <c r="K326" s="12"/>
+      <c r="L326" s="23"/>
+      <c r="O326" s="34"/>
+      <c r="P326"/>
+      <c r="Q326"/>
+      <c r="R326"/>
+      <c r="S326"/>
+      <c r="T326"/>
+      <c r="U326"/>
+      <c r="V326"/>
+      <c r="W326"/>
+      <c r="X326"/>
+      <c r="Y326"/>
+      <c r="Z326"/>
+      <c r="AA326"/>
+      <c r="AB326"/>
+      <c r="AC326"/>
+      <c r="AD326"/>
+      <c r="AE326"/>
+      <c r="AF326"/>
+      <c r="AG326"/>
+      <c r="AH326"/>
+      <c r="AI326"/>
+      <c r="AJ326"/>
+      <c r="AK326"/>
+      <c r="AL326"/>
+      <c r="AM326"/>
+      <c r="AN326"/>
+      <c r="AO326"/>
+      <c r="AP326"/>
+      <c r="AQ326"/>
+      <c r="AR326"/>
+      <c r="AS326"/>
+      <c r="AT326"/>
+      <c r="AU326"/>
+      <c r="AV326"/>
+      <c r="AW326"/>
+      <c r="AX326"/>
+      <c r="AY326"/>
+      <c r="AZ326"/>
+      <c r="BA326"/>
+      <c r="BB326"/>
+      <c r="BC326"/>
+      <c r="BD326"/>
+      <c r="BE326"/>
+      <c r="BF326"/>
+      <c r="BG326"/>
+      <c r="BH326"/>
+      <c r="BI326"/>
+      <c r="BJ326"/>
+      <c r="BK326"/>
+      <c r="BL326"/>
+      <c r="BM326"/>
+      <c r="BN326"/>
+      <c r="BO326"/>
+      <c r="BP326"/>
+      <c r="BQ326"/>
+      <c r="BR326"/>
+      <c r="BS326"/>
+      <c r="BT326"/>
+      <c r="BU326"/>
+      <c r="BV326"/>
+      <c r="BW326"/>
+      <c r="BX326"/>
+      <c r="BY326"/>
+      <c r="BZ326"/>
+      <c r="CA326"/>
+      <c r="CB326"/>
+      <c r="CC326"/>
+      <c r="CD326"/>
+      <c r="CE326"/>
+      <c r="CF326"/>
+      <c r="CG326"/>
+      <c r="CH326"/>
+      <c r="CI326"/>
+      <c r="CJ326"/>
+      <c r="CK326"/>
+      <c r="CL326"/>
+      <c r="CM326"/>
+      <c r="CN326"/>
+      <c r="CO326"/>
+      <c r="CP326"/>
+      <c r="CQ326"/>
+      <c r="CR326"/>
+      <c r="CS326"/>
+    </row>
+    <row r="327" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A327" s="33"/>
+      <c r="B327" s="18"/>
+      <c r="C327" s="12"/>
+      <c r="D327" s="12"/>
+      <c r="E327" s="18"/>
+      <c r="F327" s="18"/>
+      <c r="G327" s="13"/>
+      <c r="H327" s="19"/>
+      <c r="I327" s="12"/>
+      <c r="J327" s="12"/>
+      <c r="K327" s="12"/>
+      <c r="L327" s="23"/>
+      <c r="O327" s="34"/>
+      <c r="P327"/>
+      <c r="Q327"/>
+      <c r="R327"/>
+      <c r="S327"/>
+      <c r="T327"/>
+      <c r="U327"/>
+      <c r="V327"/>
+      <c r="W327"/>
+      <c r="X327"/>
+      <c r="Y327"/>
+      <c r="Z327"/>
+      <c r="AA327"/>
+      <c r="AB327"/>
+      <c r="AC327"/>
+      <c r="AD327"/>
+      <c r="AE327"/>
+      <c r="AF327"/>
+      <c r="AG327"/>
+      <c r="AH327"/>
+      <c r="AI327"/>
+      <c r="AJ327"/>
+      <c r="AK327"/>
+      <c r="AL327"/>
+      <c r="AM327"/>
+      <c r="AN327"/>
+      <c r="AO327"/>
+      <c r="AP327"/>
+      <c r="AQ327"/>
+      <c r="AR327"/>
+      <c r="AS327"/>
+      <c r="AT327"/>
+      <c r="AU327"/>
+      <c r="AV327"/>
+      <c r="AW327"/>
+      <c r="AX327"/>
+      <c r="AY327"/>
+      <c r="AZ327"/>
+      <c r="BA327"/>
+      <c r="BB327"/>
+      <c r="BC327"/>
+      <c r="BD327"/>
+      <c r="BE327"/>
+      <c r="BF327"/>
+      <c r="BG327"/>
+      <c r="BH327"/>
+      <c r="BI327"/>
+      <c r="BJ327"/>
+      <c r="BK327"/>
+      <c r="BL327"/>
+      <c r="BM327"/>
+      <c r="BN327"/>
+      <c r="BO327"/>
+      <c r="BP327"/>
+      <c r="BQ327"/>
+      <c r="BR327"/>
+      <c r="BS327"/>
+      <c r="BT327"/>
+      <c r="BU327"/>
+      <c r="BV327"/>
+      <c r="BW327"/>
+      <c r="BX327"/>
+      <c r="BY327"/>
+      <c r="BZ327"/>
+      <c r="CA327"/>
+      <c r="CB327"/>
+      <c r="CC327"/>
+      <c r="CD327"/>
+      <c r="CE327"/>
+      <c r="CF327"/>
+      <c r="CG327"/>
+      <c r="CH327"/>
+      <c r="CI327"/>
+      <c r="CJ327"/>
+      <c r="CK327"/>
+      <c r="CL327"/>
+      <c r="CM327"/>
+      <c r="CN327"/>
+      <c r="CO327"/>
+      <c r="CP327"/>
+      <c r="CQ327"/>
+      <c r="CR327"/>
+      <c r="CS327"/>
+    </row>
+    <row r="328" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A328" s="33"/>
+      <c r="B328" s="18"/>
+      <c r="C328" s="12"/>
+      <c r="D328" s="12"/>
+      <c r="E328" s="18"/>
+      <c r="F328" s="18"/>
+      <c r="G328" s="13"/>
+      <c r="H328" s="19"/>
+      <c r="I328" s="12"/>
+      <c r="J328" s="12"/>
+      <c r="K328" s="12"/>
+      <c r="L328" s="23"/>
+      <c r="O328" s="34"/>
+      <c r="P328"/>
+      <c r="Q328"/>
+      <c r="R328"/>
+      <c r="S328"/>
+      <c r="T328"/>
+      <c r="U328"/>
+      <c r="V328"/>
+      <c r="W328"/>
+      <c r="X328"/>
+      <c r="Y328"/>
+      <c r="Z328"/>
+      <c r="AA328"/>
+      <c r="AB328"/>
+      <c r="AC328"/>
+      <c r="AD328"/>
+      <c r="AE328"/>
+      <c r="AF328"/>
+      <c r="AG328"/>
+      <c r="AH328"/>
+      <c r="AI328"/>
+      <c r="AJ328"/>
+      <c r="AK328"/>
+      <c r="AL328"/>
+      <c r="AM328"/>
+      <c r="AN328"/>
+      <c r="AO328"/>
+      <c r="AP328"/>
+      <c r="AQ328"/>
+      <c r="AR328"/>
+      <c r="AS328"/>
+      <c r="AT328"/>
+      <c r="AU328"/>
+      <c r="AV328"/>
+      <c r="AW328"/>
+      <c r="AX328"/>
+      <c r="AY328"/>
+      <c r="AZ328"/>
+      <c r="BA328"/>
+      <c r="BB328"/>
+      <c r="BC328"/>
+      <c r="BD328"/>
+      <c r="BE328"/>
+      <c r="BF328"/>
+      <c r="BG328"/>
+      <c r="BH328"/>
+      <c r="BI328"/>
+      <c r="BJ328"/>
+      <c r="BK328"/>
+      <c r="BL328"/>
+      <c r="BM328"/>
+      <c r="BN328"/>
+      <c r="BO328"/>
+      <c r="BP328"/>
+      <c r="BQ328"/>
+      <c r="BR328"/>
+      <c r="BS328"/>
+      <c r="BT328"/>
+      <c r="BU328"/>
+      <c r="BV328"/>
+      <c r="BW328"/>
+      <c r="BX328"/>
+      <c r="BY328"/>
+      <c r="BZ328"/>
+      <c r="CA328"/>
+      <c r="CB328"/>
+      <c r="CC328"/>
+      <c r="CD328"/>
+      <c r="CE328"/>
+      <c r="CF328"/>
+      <c r="CG328"/>
+      <c r="CH328"/>
+      <c r="CI328"/>
+      <c r="CJ328"/>
+      <c r="CK328"/>
+      <c r="CL328"/>
+      <c r="CM328"/>
+      <c r="CN328"/>
+      <c r="CO328"/>
+      <c r="CP328"/>
+      <c r="CQ328"/>
+      <c r="CR328"/>
+      <c r="CS328"/>
+    </row>
+    <row r="329" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A329" s="33"/>
+      <c r="B329" s="18"/>
+      <c r="C329" s="12"/>
+      <c r="D329" s="12"/>
+      <c r="E329" s="18"/>
+      <c r="F329" s="18"/>
+      <c r="G329" s="13"/>
+      <c r="H329" s="19"/>
+      <c r="I329" s="12"/>
+      <c r="J329" s="12"/>
+      <c r="K329" s="12"/>
+      <c r="L329" s="23"/>
+      <c r="O329" s="34"/>
+      <c r="P329"/>
+      <c r="Q329"/>
+      <c r="R329"/>
+      <c r="S329"/>
+      <c r="T329"/>
+      <c r="U329"/>
+      <c r="V329"/>
+      <c r="W329"/>
+      <c r="X329"/>
+      <c r="Y329"/>
+      <c r="Z329"/>
+      <c r="AA329"/>
+      <c r="AB329"/>
+      <c r="AC329"/>
+      <c r="AD329"/>
+      <c r="AE329"/>
+      <c r="AF329"/>
+      <c r="AG329"/>
+      <c r="AH329"/>
+      <c r="AI329"/>
+      <c r="AJ329"/>
+      <c r="AK329"/>
+      <c r="AL329"/>
+      <c r="AM329"/>
+      <c r="AN329"/>
+      <c r="AO329"/>
+      <c r="AP329"/>
+      <c r="AQ329"/>
+      <c r="AR329"/>
+      <c r="AS329"/>
+      <c r="AT329"/>
+      <c r="AU329"/>
+      <c r="AV329"/>
+      <c r="AW329"/>
+      <c r="AX329"/>
+      <c r="AY329"/>
+      <c r="AZ329"/>
+      <c r="BA329"/>
+      <c r="BB329"/>
+      <c r="BC329"/>
+      <c r="BD329"/>
+      <c r="BE329"/>
+      <c r="BF329"/>
+      <c r="BG329"/>
+      <c r="BH329"/>
+      <c r="BI329"/>
+      <c r="BJ329"/>
+      <c r="BK329"/>
+      <c r="BL329"/>
+      <c r="BM329"/>
+      <c r="BN329"/>
+      <c r="BO329"/>
+      <c r="BP329"/>
+      <c r="BQ329"/>
+      <c r="BR329"/>
+      <c r="BS329"/>
+      <c r="BT329"/>
+      <c r="BU329"/>
+      <c r="BV329"/>
+      <c r="BW329"/>
+      <c r="BX329"/>
+      <c r="BY329"/>
+      <c r="BZ329"/>
+      <c r="CA329"/>
+      <c r="CB329"/>
+      <c r="CC329"/>
+      <c r="CD329"/>
+      <c r="CE329"/>
+      <c r="CF329"/>
+      <c r="CG329"/>
+      <c r="CH329"/>
+      <c r="CI329"/>
+      <c r="CJ329"/>
+      <c r="CK329"/>
+      <c r="CL329"/>
+      <c r="CM329"/>
+      <c r="CN329"/>
+      <c r="CO329"/>
+      <c r="CP329"/>
+      <c r="CQ329"/>
+      <c r="CR329"/>
+      <c r="CS329"/>
+    </row>
+    <row r="330" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A330" s="33"/>
+      <c r="B330" s="18"/>
+      <c r="C330" s="12"/>
+      <c r="D330" s="12"/>
+      <c r="E330" s="18"/>
+      <c r="F330" s="18"/>
+      <c r="G330" s="13"/>
+      <c r="H330" s="19"/>
+      <c r="I330" s="12"/>
+      <c r="J330" s="12"/>
+      <c r="K330" s="12"/>
+      <c r="L330" s="23"/>
+      <c r="O330" s="34"/>
+      <c r="P330"/>
+      <c r="Q330"/>
+      <c r="R330"/>
+      <c r="S330"/>
+      <c r="T330"/>
+      <c r="U330"/>
+      <c r="V330"/>
+      <c r="W330"/>
+      <c r="X330"/>
+      <c r="Y330"/>
+      <c r="Z330"/>
+      <c r="AA330"/>
+      <c r="AB330"/>
+      <c r="AC330"/>
+      <c r="AD330"/>
+      <c r="AE330"/>
+      <c r="AF330"/>
+      <c r="AG330"/>
+      <c r="AH330"/>
+      <c r="AI330"/>
+      <c r="AJ330"/>
+      <c r="AK330"/>
+      <c r="AL330"/>
+      <c r="AM330"/>
+      <c r="AN330"/>
+      <c r="AO330"/>
+      <c r="AP330"/>
+      <c r="AQ330"/>
+      <c r="AR330"/>
+      <c r="AS330"/>
+      <c r="AT330"/>
+      <c r="AU330"/>
+      <c r="AV330"/>
+      <c r="AW330"/>
+      <c r="AX330"/>
+      <c r="AY330"/>
+      <c r="AZ330"/>
+      <c r="BA330"/>
+      <c r="BB330"/>
+      <c r="BC330"/>
+      <c r="BD330"/>
+      <c r="BE330"/>
+      <c r="BF330"/>
+      <c r="BG330"/>
+      <c r="BH330"/>
+      <c r="BI330"/>
+      <c r="BJ330"/>
+      <c r="BK330"/>
+      <c r="BL330"/>
+      <c r="BM330"/>
+      <c r="BN330"/>
+      <c r="BO330"/>
+      <c r="BP330"/>
+      <c r="BQ330"/>
+      <c r="BR330"/>
+      <c r="BS330"/>
+      <c r="BT330"/>
+      <c r="BU330"/>
+      <c r="BV330"/>
+      <c r="BW330"/>
+      <c r="BX330"/>
+      <c r="BY330"/>
+      <c r="BZ330"/>
+      <c r="CA330"/>
+      <c r="CB330"/>
+      <c r="CC330"/>
+      <c r="CD330"/>
+      <c r="CE330"/>
+      <c r="CF330"/>
+      <c r="CG330"/>
+      <c r="CH330"/>
+      <c r="CI330"/>
+      <c r="CJ330"/>
+      <c r="CK330"/>
+      <c r="CL330"/>
+      <c r="CM330"/>
+      <c r="CN330"/>
+      <c r="CO330"/>
+      <c r="CP330"/>
+      <c r="CQ330"/>
+      <c r="CR330"/>
+      <c r="CS330"/>
+    </row>
+    <row r="331" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A331" s="33"/>
+      <c r="B331" s="18"/>
+      <c r="C331" s="12"/>
+      <c r="D331" s="12"/>
+      <c r="E331" s="18"/>
+      <c r="F331" s="18"/>
+      <c r="G331" s="13"/>
+      <c r="H331" s="19"/>
+      <c r="I331" s="12"/>
+      <c r="J331" s="12"/>
+      <c r="K331" s="12"/>
+      <c r="L331" s="23"/>
+      <c r="O331" s="34"/>
+      <c r="P331"/>
+      <c r="Q331"/>
+      <c r="R331"/>
+      <c r="S331"/>
+      <c r="T331"/>
+      <c r="U331"/>
+      <c r="V331"/>
+      <c r="W331"/>
+      <c r="X331"/>
+      <c r="Y331"/>
+      <c r="Z331"/>
+      <c r="AA331"/>
+      <c r="AB331"/>
+      <c r="AC331"/>
+      <c r="AD331"/>
+      <c r="AE331"/>
+      <c r="AF331"/>
+      <c r="AG331"/>
+      <c r="AH331"/>
+      <c r="AI331"/>
+      <c r="AJ331"/>
+      <c r="AK331"/>
+      <c r="AL331"/>
+      <c r="AM331"/>
+      <c r="AN331"/>
+      <c r="AO331"/>
+      <c r="AP331"/>
+      <c r="AQ331"/>
+      <c r="AR331"/>
+      <c r="AS331"/>
+      <c r="AT331"/>
+      <c r="AU331"/>
+      <c r="AV331"/>
+      <c r="AW331"/>
+      <c r="AX331"/>
+      <c r="AY331"/>
+      <c r="AZ331"/>
+      <c r="BA331"/>
+      <c r="BB331"/>
+      <c r="BC331"/>
+      <c r="BD331"/>
+      <c r="BE331"/>
+      <c r="BF331"/>
+      <c r="BG331"/>
+      <c r="BH331"/>
+      <c r="BI331"/>
+      <c r="BJ331"/>
+      <c r="BK331"/>
+      <c r="BL331"/>
+      <c r="BM331"/>
+      <c r="BN331"/>
+      <c r="BO331"/>
+      <c r="BP331"/>
+      <c r="BQ331"/>
+      <c r="BR331"/>
+      <c r="BS331"/>
+      <c r="BT331"/>
+      <c r="BU331"/>
+      <c r="BV331"/>
+      <c r="BW331"/>
+      <c r="BX331"/>
+      <c r="BY331"/>
+      <c r="BZ331"/>
+      <c r="CA331"/>
+      <c r="CB331"/>
+      <c r="CC331"/>
+      <c r="CD331"/>
+      <c r="CE331"/>
+      <c r="CF331"/>
+      <c r="CG331"/>
+      <c r="CH331"/>
+      <c r="CI331"/>
+      <c r="CJ331"/>
+      <c r="CK331"/>
+      <c r="CL331"/>
+      <c r="CM331"/>
+      <c r="CN331"/>
+      <c r="CO331"/>
+      <c r="CP331"/>
+      <c r="CQ331"/>
+      <c r="CR331"/>
+      <c r="CS331"/>
+    </row>
+    <row r="332" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A332" s="33"/>
+      <c r="B332" s="18"/>
+      <c r="C332" s="12"/>
+      <c r="D332" s="12"/>
+      <c r="E332" s="18"/>
+      <c r="F332" s="18"/>
+      <c r="G332" s="13"/>
+      <c r="H332" s="19"/>
+      <c r="I332" s="12"/>
+      <c r="J332" s="12"/>
+      <c r="K332" s="12"/>
+      <c r="L332" s="23"/>
+      <c r="O332" s="34"/>
+      <c r="P332"/>
+      <c r="Q332"/>
+      <c r="R332"/>
+      <c r="S332"/>
+      <c r="T332"/>
+      <c r="U332"/>
+      <c r="V332"/>
+      <c r="W332"/>
+      <c r="X332"/>
+      <c r="Y332"/>
+      <c r="Z332"/>
+      <c r="AA332"/>
+      <c r="AB332"/>
+      <c r="AC332"/>
+      <c r="AD332"/>
+      <c r="AE332"/>
+      <c r="AF332"/>
+      <c r="AG332"/>
+      <c r="AH332"/>
+      <c r="AI332"/>
+      <c r="AJ332"/>
+      <c r="AK332"/>
+      <c r="AL332"/>
+      <c r="AM332"/>
+      <c r="AN332"/>
+      <c r="AO332"/>
+      <c r="AP332"/>
+      <c r="AQ332"/>
+      <c r="AR332"/>
+      <c r="AS332"/>
+      <c r="AT332"/>
+      <c r="AU332"/>
+      <c r="AV332"/>
+      <c r="AW332"/>
+      <c r="AX332"/>
+      <c r="AY332"/>
+      <c r="AZ332"/>
+      <c r="BA332"/>
+      <c r="BB332"/>
+      <c r="BC332"/>
+      <c r="BD332"/>
+      <c r="BE332"/>
+      <c r="BF332"/>
+      <c r="BG332"/>
+      <c r="BH332"/>
+      <c r="BI332"/>
+      <c r="BJ332"/>
+      <c r="BK332"/>
+      <c r="BL332"/>
+      <c r="BM332"/>
+      <c r="BN332"/>
+      <c r="BO332"/>
+      <c r="BP332"/>
+      <c r="BQ332"/>
+      <c r="BR332"/>
+      <c r="BS332"/>
+      <c r="BT332"/>
+      <c r="BU332"/>
+      <c r="BV332"/>
+      <c r="BW332"/>
+      <c r="BX332"/>
+      <c r="BY332"/>
+      <c r="BZ332"/>
+      <c r="CA332"/>
+      <c r="CB332"/>
+      <c r="CC332"/>
+      <c r="CD332"/>
+      <c r="CE332"/>
+      <c r="CF332"/>
+      <c r="CG332"/>
+      <c r="CH332"/>
+      <c r="CI332"/>
+      <c r="CJ332"/>
+      <c r="CK332"/>
+      <c r="CL332"/>
+      <c r="CM332"/>
+      <c r="CN332"/>
+      <c r="CO332"/>
+      <c r="CP332"/>
+      <c r="CQ332"/>
+      <c r="CR332"/>
+      <c r="CS332"/>
+    </row>
+    <row r="333" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A333" s="33"/>
+      <c r="B333" s="18"/>
+      <c r="C333" s="12"/>
+      <c r="D333" s="12"/>
+      <c r="E333" s="18"/>
+      <c r="F333" s="18"/>
+      <c r="G333" s="13"/>
+      <c r="H333" s="19"/>
+      <c r="I333" s="12"/>
+      <c r="J333" s="12"/>
+      <c r="K333" s="12"/>
+      <c r="L333" s="23"/>
+      <c r="O333" s="34"/>
+      <c r="P333"/>
+      <c r="Q333"/>
+      <c r="R333"/>
+      <c r="S333"/>
+      <c r="T333"/>
+      <c r="U333"/>
+      <c r="V333"/>
+      <c r="W333"/>
+      <c r="X333"/>
+      <c r="Y333"/>
+      <c r="Z333"/>
+      <c r="AA333"/>
+      <c r="AB333"/>
+      <c r="AC333"/>
+      <c r="AD333"/>
+      <c r="AE333"/>
+      <c r="AF333"/>
+      <c r="AG333"/>
+      <c r="AH333"/>
+      <c r="AI333"/>
+      <c r="AJ333"/>
+      <c r="AK333"/>
+      <c r="AL333"/>
+      <c r="AM333"/>
+      <c r="AN333"/>
+      <c r="AO333"/>
+      <c r="AP333"/>
+      <c r="AQ333"/>
+      <c r="AR333"/>
+      <c r="AS333"/>
+      <c r="AT333"/>
+      <c r="AU333"/>
+      <c r="AV333"/>
+      <c r="AW333"/>
+      <c r="AX333"/>
+      <c r="AY333"/>
+      <c r="AZ333"/>
+      <c r="BA333"/>
+      <c r="BB333"/>
+      <c r="BC333"/>
+      <c r="BD333"/>
+      <c r="BE333"/>
+      <c r="BF333"/>
+      <c r="BG333"/>
+      <c r="BH333"/>
+      <c r="BI333"/>
+      <c r="BJ333"/>
+      <c r="BK333"/>
+      <c r="BL333"/>
+      <c r="BM333"/>
+      <c r="BN333"/>
+      <c r="BO333"/>
+      <c r="BP333"/>
+      <c r="BQ333"/>
+      <c r="BR333"/>
+      <c r="BS333"/>
+      <c r="BT333"/>
+      <c r="BU333"/>
+      <c r="BV333"/>
+      <c r="BW333"/>
+      <c r="BX333"/>
+      <c r="BY333"/>
+      <c r="BZ333"/>
+      <c r="CA333"/>
+      <c r="CB333"/>
+      <c r="CC333"/>
+      <c r="CD333"/>
+      <c r="CE333"/>
+      <c r="CF333"/>
+      <c r="CG333"/>
+      <c r="CH333"/>
+      <c r="CI333"/>
+      <c r="CJ333"/>
+      <c r="CK333"/>
+      <c r="CL333"/>
+      <c r="CM333"/>
+      <c r="CN333"/>
+      <c r="CO333"/>
+      <c r="CP333"/>
+      <c r="CQ333"/>
+      <c r="CR333"/>
+      <c r="CS333"/>
+    </row>
+    <row r="334" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A334" s="33"/>
+      <c r="B334" s="18"/>
+      <c r="C334" s="12"/>
+      <c r="D334" s="12"/>
+      <c r="E334" s="18"/>
+      <c r="F334" s="18"/>
+      <c r="G334" s="13"/>
+      <c r="H334" s="19"/>
+      <c r="I334" s="12"/>
+      <c r="J334" s="12"/>
+      <c r="K334" s="12"/>
+      <c r="L334" s="23"/>
+      <c r="O334" s="34"/>
+      <c r="P334"/>
+      <c r="Q334"/>
+      <c r="R334"/>
+      <c r="S334"/>
+      <c r="T334"/>
+      <c r="U334"/>
+      <c r="V334"/>
+      <c r="W334"/>
+      <c r="X334"/>
+      <c r="Y334"/>
+      <c r="Z334"/>
+      <c r="AA334"/>
+      <c r="AB334"/>
+      <c r="AC334"/>
+      <c r="AD334"/>
+      <c r="AE334"/>
+      <c r="AF334"/>
+      <c r="AG334"/>
+      <c r="AH334"/>
+      <c r="AI334"/>
+      <c r="AJ334"/>
+      <c r="AK334"/>
+      <c r="AL334"/>
+      <c r="AM334"/>
+      <c r="AN334"/>
+      <c r="AO334"/>
+      <c r="AP334"/>
+      <c r="AQ334"/>
+      <c r="AR334"/>
+      <c r="AS334"/>
+      <c r="AT334"/>
+      <c r="AU334"/>
+      <c r="AV334"/>
+      <c r="AW334"/>
+      <c r="AX334"/>
+      <c r="AY334"/>
+      <c r="AZ334"/>
+      <c r="BA334"/>
+      <c r="BB334"/>
+      <c r="BC334"/>
+      <c r="BD334"/>
+      <c r="BE334"/>
+      <c r="BF334"/>
+      <c r="BG334"/>
+      <c r="BH334"/>
+      <c r="BI334"/>
+      <c r="BJ334"/>
+      <c r="BK334"/>
+      <c r="BL334"/>
+      <c r="BM334"/>
+      <c r="BN334"/>
+      <c r="BO334"/>
+      <c r="BP334"/>
+      <c r="BQ334"/>
+      <c r="BR334"/>
+      <c r="BS334"/>
+      <c r="BT334"/>
+      <c r="BU334"/>
+      <c r="BV334"/>
+      <c r="BW334"/>
+      <c r="BX334"/>
+      <c r="BY334"/>
+      <c r="BZ334"/>
+      <c r="CA334"/>
+      <c r="CB334"/>
+      <c r="CC334"/>
+      <c r="CD334"/>
+      <c r="CE334"/>
+      <c r="CF334"/>
+      <c r="CG334"/>
+      <c r="CH334"/>
+      <c r="CI334"/>
+      <c r="CJ334"/>
+      <c r="CK334"/>
+      <c r="CL334"/>
+      <c r="CM334"/>
+      <c r="CN334"/>
+      <c r="CO334"/>
+      <c r="CP334"/>
+      <c r="CQ334"/>
+      <c r="CR334"/>
+      <c r="CS334"/>
+    </row>
+    <row r="335" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A335" s="33"/>
+      <c r="B335" s="18"/>
+      <c r="C335" s="12"/>
+      <c r="D335" s="12"/>
+      <c r="E335" s="18"/>
+      <c r="F335" s="18"/>
+      <c r="G335" s="13"/>
+      <c r="H335" s="19"/>
+      <c r="I335" s="12"/>
+      <c r="J335" s="12"/>
+      <c r="K335" s="12"/>
+      <c r="L335" s="23"/>
+      <c r="O335" s="34"/>
+      <c r="P335"/>
+      <c r="Q335"/>
+      <c r="R335"/>
+      <c r="S335"/>
+      <c r="T335"/>
+      <c r="U335"/>
+      <c r="V335"/>
+      <c r="W335"/>
+      <c r="X335"/>
+      <c r="Y335"/>
+      <c r="Z335"/>
+      <c r="AA335"/>
+      <c r="AB335"/>
+      <c r="AC335"/>
+      <c r="AD335"/>
+      <c r="AE335"/>
+      <c r="AF335"/>
+      <c r="AG335"/>
+      <c r="AH335"/>
+      <c r="AI335"/>
+      <c r="AJ335"/>
+      <c r="AK335"/>
+      <c r="AL335"/>
+      <c r="AM335"/>
+      <c r="AN335"/>
+      <c r="AO335"/>
+      <c r="AP335"/>
+      <c r="AQ335"/>
+      <c r="AR335"/>
+      <c r="AS335"/>
+      <c r="AT335"/>
+      <c r="AU335"/>
+      <c r="AV335"/>
+      <c r="AW335"/>
+      <c r="AX335"/>
+      <c r="AY335"/>
+      <c r="AZ335"/>
+      <c r="BA335"/>
+      <c r="BB335"/>
+      <c r="BC335"/>
+      <c r="BD335"/>
+      <c r="BE335"/>
+      <c r="BF335"/>
+      <c r="BG335"/>
+      <c r="BH335"/>
+      <c r="BI335"/>
+      <c r="BJ335"/>
+      <c r="BK335"/>
+      <c r="BL335"/>
+      <c r="BM335"/>
+      <c r="BN335"/>
+      <c r="BO335"/>
+      <c r="BP335"/>
+      <c r="BQ335"/>
+      <c r="BR335"/>
+      <c r="BS335"/>
+      <c r="BT335"/>
+      <c r="BU335"/>
+      <c r="BV335"/>
+      <c r="BW335"/>
+      <c r="BX335"/>
+      <c r="BY335"/>
+      <c r="BZ335"/>
+      <c r="CA335"/>
+      <c r="CB335"/>
+      <c r="CC335"/>
+      <c r="CD335"/>
+      <c r="CE335"/>
+      <c r="CF335"/>
+      <c r="CG335"/>
+      <c r="CH335"/>
+      <c r="CI335"/>
+      <c r="CJ335"/>
+      <c r="CK335"/>
+      <c r="CL335"/>
+      <c r="CM335"/>
+      <c r="CN335"/>
+      <c r="CO335"/>
+      <c r="CP335"/>
+      <c r="CQ335"/>
+      <c r="CR335"/>
+      <c r="CS335"/>
+    </row>
+    <row r="336" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A336" s="33"/>
+      <c r="B336" s="18"/>
+      <c r="C336" s="12"/>
+      <c r="D336" s="12"/>
+      <c r="E336" s="18"/>
+      <c r="F336" s="18"/>
+      <c r="G336" s="13"/>
+      <c r="H336" s="19"/>
+      <c r="I336" s="12"/>
+      <c r="J336" s="12"/>
+      <c r="K336" s="12"/>
+      <c r="L336" s="23"/>
+      <c r="O336" s="34"/>
+      <c r="P336"/>
+      <c r="Q336"/>
+      <c r="R336"/>
+      <c r="S336"/>
+      <c r="T336"/>
+      <c r="U336"/>
+      <c r="V336"/>
+      <c r="W336"/>
+      <c r="X336"/>
+      <c r="Y336"/>
+      <c r="Z336"/>
+      <c r="AA336"/>
+      <c r="AB336"/>
+      <c r="AC336"/>
+      <c r="AD336"/>
+      <c r="AE336"/>
+      <c r="AF336"/>
+      <c r="AG336"/>
+      <c r="AH336"/>
+      <c r="AI336"/>
+      <c r="AJ336"/>
+      <c r="AK336"/>
+      <c r="AL336"/>
+      <c r="AM336"/>
+      <c r="AN336"/>
+      <c r="AO336"/>
+      <c r="AP336"/>
+      <c r="AQ336"/>
+      <c r="AR336"/>
+      <c r="AS336"/>
+      <c r="AT336"/>
+      <c r="AU336"/>
+      <c r="AV336"/>
+      <c r="AW336"/>
+      <c r="AX336"/>
+      <c r="AY336"/>
+      <c r="AZ336"/>
+      <c r="BA336"/>
+      <c r="BB336"/>
+      <c r="BC336"/>
+      <c r="BD336"/>
+      <c r="BE336"/>
+      <c r="BF336"/>
+      <c r="BG336"/>
+      <c r="BH336"/>
+      <c r="BI336"/>
+      <c r="BJ336"/>
+      <c r="BK336"/>
+      <c r="BL336"/>
+      <c r="BM336"/>
+      <c r="BN336"/>
+      <c r="BO336"/>
+      <c r="BP336"/>
+      <c r="BQ336"/>
+      <c r="BR336"/>
+      <c r="BS336"/>
+      <c r="BT336"/>
+      <c r="BU336"/>
+      <c r="BV336"/>
+      <c r="BW336"/>
+      <c r="BX336"/>
+      <c r="BY336"/>
+      <c r="BZ336"/>
+      <c r="CA336"/>
+      <c r="CB336"/>
+      <c r="CC336"/>
+      <c r="CD336"/>
+      <c r="CE336"/>
+      <c r="CF336"/>
+      <c r="CG336"/>
+      <c r="CH336"/>
+      <c r="CI336"/>
+      <c r="CJ336"/>
+      <c r="CK336"/>
+      <c r="CL336"/>
+      <c r="CM336"/>
+      <c r="CN336"/>
+      <c r="CO336"/>
+      <c r="CP336"/>
+      <c r="CQ336"/>
+      <c r="CR336"/>
+      <c r="CS336"/>
+    </row>
+    <row r="337" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A337" s="33"/>
+      <c r="B337" s="18"/>
+      <c r="C337" s="12"/>
+      <c r="D337" s="12"/>
+      <c r="E337" s="18"/>
+      <c r="F337" s="18"/>
+      <c r="G337" s="13"/>
+      <c r="H337" s="19"/>
+      <c r="I337" s="12"/>
+      <c r="J337" s="12"/>
+      <c r="K337" s="12"/>
+      <c r="L337" s="23"/>
+      <c r="O337" s="34"/>
+      <c r="P337"/>
+      <c r="Q337"/>
+      <c r="R337"/>
+      <c r="S337"/>
+      <c r="T337"/>
+      <c r="U337"/>
+      <c r="V337"/>
+      <c r="W337"/>
+      <c r="X337"/>
+      <c r="Y337"/>
+      <c r="Z337"/>
+      <c r="AA337"/>
+      <c r="AB337"/>
+      <c r="AC337"/>
+      <c r="AD337"/>
+      <c r="AE337"/>
+      <c r="AF337"/>
+      <c r="AG337"/>
+      <c r="AH337"/>
+      <c r="AI337"/>
+      <c r="AJ337"/>
+      <c r="AK337"/>
+      <c r="AL337"/>
+      <c r="AM337"/>
+      <c r="AN337"/>
+      <c r="AO337"/>
+      <c r="AP337"/>
+      <c r="AQ337"/>
+      <c r="AR337"/>
+      <c r="AS337"/>
+      <c r="AT337"/>
+      <c r="AU337"/>
+      <c r="AV337"/>
+      <c r="AW337"/>
+      <c r="AX337"/>
+      <c r="AY337"/>
+      <c r="AZ337"/>
+      <c r="BA337"/>
+      <c r="BB337"/>
+      <c r="BC337"/>
+      <c r="BD337"/>
+      <c r="BE337"/>
+      <c r="BF337"/>
+      <c r="BG337"/>
+      <c r="BH337"/>
+      <c r="BI337"/>
+      <c r="BJ337"/>
+      <c r="BK337"/>
+      <c r="BL337"/>
+      <c r="BM337"/>
+      <c r="BN337"/>
+      <c r="BO337"/>
+      <c r="BP337"/>
+      <c r="BQ337"/>
+      <c r="BR337"/>
+      <c r="BS337"/>
+      <c r="BT337"/>
+      <c r="BU337"/>
+      <c r="BV337"/>
+      <c r="BW337"/>
+      <c r="BX337"/>
+      <c r="BY337"/>
+      <c r="BZ337"/>
+      <c r="CA337"/>
+      <c r="CB337"/>
+      <c r="CC337"/>
+      <c r="CD337"/>
+      <c r="CE337"/>
+      <c r="CF337"/>
+      <c r="CG337"/>
+      <c r="CH337"/>
+      <c r="CI337"/>
+      <c r="CJ337"/>
+      <c r="CK337"/>
+      <c r="CL337"/>
+      <c r="CM337"/>
+      <c r="CN337"/>
+      <c r="CO337"/>
+      <c r="CP337"/>
+      <c r="CQ337"/>
+      <c r="CR337"/>
+      <c r="CS337"/>
+    </row>
+    <row r="338" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A338" s="33"/>
+      <c r="B338" s="18"/>
+      <c r="C338" s="12"/>
+      <c r="D338" s="12"/>
+      <c r="E338" s="18"/>
+      <c r="F338" s="18"/>
+      <c r="G338" s="13"/>
+      <c r="H338" s="19"/>
+      <c r="I338" s="12"/>
+      <c r="J338" s="12"/>
+      <c r="K338" s="12"/>
+      <c r="L338" s="23"/>
+      <c r="O338" s="34"/>
+      <c r="P338"/>
+      <c r="Q338"/>
+      <c r="R338"/>
+      <c r="S338"/>
+      <c r="T338"/>
+      <c r="U338"/>
+      <c r="V338"/>
+      <c r="W338"/>
+      <c r="X338"/>
+      <c r="Y338"/>
+      <c r="Z338"/>
+      <c r="AA338"/>
+      <c r="AB338"/>
+      <c r="AC338"/>
+      <c r="AD338"/>
+      <c r="AE338"/>
+      <c r="AF338"/>
+      <c r="AG338"/>
+      <c r="AH338"/>
+      <c r="AI338"/>
+      <c r="AJ338"/>
+      <c r="AK338"/>
+      <c r="AL338"/>
+      <c r="AM338"/>
+      <c r="AN338"/>
+      <c r="AO338"/>
+      <c r="AP338"/>
+      <c r="AQ338"/>
+      <c r="AR338"/>
+      <c r="AS338"/>
+      <c r="AT338"/>
+      <c r="AU338"/>
+      <c r="AV338"/>
+      <c r="AW338"/>
+      <c r="AX338"/>
+      <c r="AY338"/>
+      <c r="AZ338"/>
+      <c r="BA338"/>
+      <c r="BB338"/>
+      <c r="BC338"/>
+      <c r="BD338"/>
+      <c r="BE338"/>
+      <c r="BF338"/>
+      <c r="BG338"/>
+      <c r="BH338"/>
+      <c r="BI338"/>
+      <c r="BJ338"/>
+      <c r="BK338"/>
+      <c r="BL338"/>
+      <c r="BM338"/>
+      <c r="BN338"/>
+      <c r="BO338"/>
+      <c r="BP338"/>
+      <c r="BQ338"/>
+      <c r="BR338"/>
+      <c r="BS338"/>
+      <c r="BT338"/>
+      <c r="BU338"/>
+      <c r="BV338"/>
+      <c r="BW338"/>
+      <c r="BX338"/>
+      <c r="BY338"/>
+      <c r="BZ338"/>
+      <c r="CA338"/>
+      <c r="CB338"/>
+      <c r="CC338"/>
+      <c r="CD338"/>
+      <c r="CE338"/>
+      <c r="CF338"/>
+      <c r="CG338"/>
+      <c r="CH338"/>
+      <c r="CI338"/>
+      <c r="CJ338"/>
+      <c r="CK338"/>
+      <c r="CL338"/>
+      <c r="CM338"/>
+      <c r="CN338"/>
+      <c r="CO338"/>
+      <c r="CP338"/>
+      <c r="CQ338"/>
+      <c r="CR338"/>
+      <c r="CS338"/>
+    </row>
+    <row r="339" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A339" s="33"/>
+      <c r="B339" s="18"/>
+      <c r="C339" s="12"/>
+      <c r="D339" s="12"/>
+      <c r="E339" s="18"/>
+      <c r="F339" s="18"/>
+      <c r="G339" s="13"/>
+      <c r="H339" s="19"/>
+      <c r="I339" s="12"/>
+      <c r="J339" s="12"/>
+      <c r="K339" s="12"/>
+      <c r="L339" s="23"/>
+      <c r="O339" s="34"/>
+      <c r="P339"/>
+      <c r="Q339"/>
+      <c r="R339"/>
+      <c r="S339"/>
+      <c r="T339"/>
+      <c r="U339"/>
+      <c r="V339"/>
+      <c r="W339"/>
+      <c r="X339"/>
+      <c r="Y339"/>
+      <c r="Z339"/>
+      <c r="AA339"/>
+      <c r="AB339"/>
+      <c r="AC339"/>
+      <c r="AD339"/>
+      <c r="AE339"/>
+      <c r="AF339"/>
+      <c r="AG339"/>
+      <c r="AH339"/>
+      <c r="AI339"/>
+      <c r="AJ339"/>
+      <c r="AK339"/>
+      <c r="AL339"/>
+      <c r="AM339"/>
+      <c r="AN339"/>
+      <c r="AO339"/>
+      <c r="AP339"/>
+      <c r="AQ339"/>
+      <c r="AR339"/>
+      <c r="AS339"/>
+      <c r="AT339"/>
+      <c r="AU339"/>
+      <c r="AV339"/>
+      <c r="AW339"/>
+      <c r="AX339"/>
+      <c r="AY339"/>
+      <c r="AZ339"/>
+      <c r="BA339"/>
+      <c r="BB339"/>
+      <c r="BC339"/>
+      <c r="BD339"/>
+      <c r="BE339"/>
+      <c r="BF339"/>
+      <c r="BG339"/>
+      <c r="BH339"/>
+      <c r="BI339"/>
+      <c r="BJ339"/>
+      <c r="BK339"/>
+      <c r="BL339"/>
+      <c r="BM339"/>
+      <c r="BN339"/>
+      <c r="BO339"/>
+      <c r="BP339"/>
+      <c r="BQ339"/>
+      <c r="BR339"/>
+      <c r="BS339"/>
+      <c r="BT339"/>
+      <c r="BU339"/>
+      <c r="BV339"/>
+      <c r="BW339"/>
+      <c r="BX339"/>
+      <c r="BY339"/>
+      <c r="BZ339"/>
+      <c r="CA339"/>
+      <c r="CB339"/>
+      <c r="CC339"/>
+      <c r="CD339"/>
+      <c r="CE339"/>
+      <c r="CF339"/>
+      <c r="CG339"/>
+      <c r="CH339"/>
+      <c r="CI339"/>
+      <c r="CJ339"/>
+      <c r="CK339"/>
+      <c r="CL339"/>
+      <c r="CM339"/>
+      <c r="CN339"/>
+      <c r="CO339"/>
+      <c r="CP339"/>
+      <c r="CQ339"/>
+      <c r="CR339"/>
+      <c r="CS339"/>
+    </row>
+    <row r="340" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A340" s="33"/>
+      <c r="B340" s="18"/>
+      <c r="C340" s="12"/>
+      <c r="D340" s="12"/>
+      <c r="E340" s="18"/>
+      <c r="F340" s="18"/>
+      <c r="G340" s="13"/>
+      <c r="H340" s="19"/>
+      <c r="I340" s="12"/>
+      <c r="J340" s="12"/>
+      <c r="K340" s="12"/>
+      <c r="L340" s="23"/>
+      <c r="O340" s="34"/>
+      <c r="P340"/>
+      <c r="Q340"/>
+      <c r="R340"/>
+      <c r="S340"/>
+      <c r="T340"/>
+      <c r="U340"/>
+      <c r="V340"/>
+      <c r="W340"/>
+      <c r="X340"/>
+      <c r="Y340"/>
+      <c r="Z340"/>
+      <c r="AA340"/>
+      <c r="AB340"/>
+      <c r="AC340"/>
+      <c r="AD340"/>
+      <c r="AE340"/>
+      <c r="AF340"/>
+      <c r="AG340"/>
+      <c r="AH340"/>
+      <c r="AI340"/>
+      <c r="AJ340"/>
+      <c r="AK340"/>
+      <c r="AL340"/>
+      <c r="AM340"/>
+      <c r="AN340"/>
+      <c r="AO340"/>
+      <c r="AP340"/>
+      <c r="AQ340"/>
+      <c r="AR340"/>
+      <c r="AS340"/>
+      <c r="AT340"/>
+      <c r="AU340"/>
+      <c r="AV340"/>
+      <c r="AW340"/>
+      <c r="AX340"/>
+      <c r="AY340"/>
+      <c r="AZ340"/>
+      <c r="BA340"/>
+      <c r="BB340"/>
+      <c r="BC340"/>
+      <c r="BD340"/>
+      <c r="BE340"/>
+      <c r="BF340"/>
+      <c r="BG340"/>
+      <c r="BH340"/>
+      <c r="BI340"/>
+      <c r="BJ340"/>
+      <c r="BK340"/>
+      <c r="BL340"/>
+      <c r="BM340"/>
+      <c r="BN340"/>
+      <c r="BO340"/>
+      <c r="BP340"/>
+      <c r="BQ340"/>
+      <c r="BR340"/>
+      <c r="BS340"/>
+      <c r="BT340"/>
+      <c r="BU340"/>
+      <c r="BV340"/>
+      <c r="BW340"/>
+      <c r="BX340"/>
+      <c r="BY340"/>
+      <c r="BZ340"/>
+      <c r="CA340"/>
+      <c r="CB340"/>
+      <c r="CC340"/>
+      <c r="CD340"/>
+      <c r="CE340"/>
+      <c r="CF340"/>
+      <c r="CG340"/>
+      <c r="CH340"/>
+      <c r="CI340"/>
+      <c r="CJ340"/>
+      <c r="CK340"/>
+      <c r="CL340"/>
+      <c r="CM340"/>
+      <c r="CN340"/>
+      <c r="CO340"/>
+      <c r="CP340"/>
+      <c r="CQ340"/>
+      <c r="CR340"/>
+      <c r="CS340"/>
+    </row>
+    <row r="341" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A341" s="33"/>
+      <c r="B341" s="18"/>
+      <c r="C341" s="12"/>
+      <c r="D341" s="12"/>
+      <c r="E341" s="18"/>
+      <c r="F341" s="18"/>
+      <c r="G341" s="13"/>
+      <c r="H341" s="19"/>
+      <c r="I341" s="12"/>
+      <c r="J341" s="12"/>
+      <c r="K341" s="12"/>
+      <c r="L341" s="23"/>
+      <c r="O341" s="34"/>
+      <c r="P341"/>
+      <c r="Q341"/>
+      <c r="R341"/>
+      <c r="S341"/>
+      <c r="T341"/>
+      <c r="U341"/>
+      <c r="V341"/>
+      <c r="W341"/>
+      <c r="X341"/>
+      <c r="Y341"/>
+      <c r="Z341"/>
+      <c r="AA341"/>
+      <c r="AB341"/>
+      <c r="AC341"/>
+      <c r="AD341"/>
+      <c r="AE341"/>
+      <c r="AF341"/>
+      <c r="AG341"/>
+      <c r="AH341"/>
+      <c r="AI341"/>
+      <c r="AJ341"/>
+      <c r="AK341"/>
+      <c r="AL341"/>
+      <c r="AM341"/>
+      <c r="AN341"/>
+      <c r="AO341"/>
+      <c r="AP341"/>
+      <c r="AQ341"/>
+      <c r="AR341"/>
+      <c r="AS341"/>
+      <c r="AT341"/>
+      <c r="AU341"/>
+      <c r="AV341"/>
+      <c r="AW341"/>
+      <c r="AX341"/>
+      <c r="AY341"/>
+      <c r="AZ341"/>
+      <c r="BA341"/>
+      <c r="BB341"/>
+      <c r="BC341"/>
+      <c r="BD341"/>
+      <c r="BE341"/>
+      <c r="BF341"/>
+      <c r="BG341"/>
+      <c r="BH341"/>
+      <c r="BI341"/>
+      <c r="BJ341"/>
+      <c r="BK341"/>
+      <c r="BL341"/>
+      <c r="BM341"/>
+      <c r="BN341"/>
+      <c r="BO341"/>
+      <c r="BP341"/>
+      <c r="BQ341"/>
+      <c r="BR341"/>
+      <c r="BS341"/>
+      <c r="BT341"/>
+      <c r="BU341"/>
+      <c r="BV341"/>
+      <c r="BW341"/>
+      <c r="BX341"/>
+      <c r="BY341"/>
+      <c r="BZ341"/>
+      <c r="CA341"/>
+      <c r="CB341"/>
+      <c r="CC341"/>
+      <c r="CD341"/>
+      <c r="CE341"/>
+      <c r="CF341"/>
+      <c r="CG341"/>
+      <c r="CH341"/>
+      <c r="CI341"/>
+      <c r="CJ341"/>
+      <c r="CK341"/>
+      <c r="CL341"/>
+      <c r="CM341"/>
+      <c r="CN341"/>
+      <c r="CO341"/>
+      <c r="CP341"/>
+      <c r="CQ341"/>
+      <c r="CR341"/>
+      <c r="CS341"/>
+    </row>
+    <row r="342" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A342" s="33"/>
+      <c r="B342" s="18"/>
+      <c r="C342" s="12"/>
+      <c r="D342" s="12"/>
+      <c r="E342" s="18"/>
+      <c r="F342" s="18"/>
+      <c r="G342" s="13"/>
+      <c r="H342" s="19"/>
+      <c r="I342" s="12"/>
+      <c r="J342" s="12"/>
+      <c r="K342" s="12"/>
+      <c r="L342" s="23"/>
+      <c r="O342" s="34"/>
+      <c r="P342"/>
+      <c r="Q342"/>
+      <c r="R342"/>
+      <c r="S342"/>
+      <c r="T342"/>
+      <c r="U342"/>
+      <c r="V342"/>
+      <c r="W342"/>
+      <c r="X342"/>
+      <c r="Y342"/>
+      <c r="Z342"/>
+      <c r="AA342"/>
+      <c r="AB342"/>
+      <c r="AC342"/>
+      <c r="AD342"/>
+      <c r="AE342"/>
+      <c r="AF342"/>
+      <c r="AG342"/>
+      <c r="AH342"/>
+      <c r="AI342"/>
+      <c r="AJ342"/>
+      <c r="AK342"/>
+      <c r="AL342"/>
+      <c r="AM342"/>
+      <c r="AN342"/>
+      <c r="AO342"/>
+      <c r="AP342"/>
+      <c r="AQ342"/>
+      <c r="AR342"/>
+      <c r="AS342"/>
+      <c r="AT342"/>
+      <c r="AU342"/>
+      <c r="AV342"/>
+      <c r="AW342"/>
+      <c r="AX342"/>
+      <c r="AY342"/>
+      <c r="AZ342"/>
+      <c r="BA342"/>
+      <c r="BB342"/>
+      <c r="BC342"/>
+      <c r="BD342"/>
+      <c r="BE342"/>
+      <c r="BF342"/>
+      <c r="BG342"/>
+      <c r="BH342"/>
+      <c r="BI342"/>
+      <c r="BJ342"/>
+      <c r="BK342"/>
+      <c r="BL342"/>
+      <c r="BM342"/>
+      <c r="BN342"/>
+      <c r="BO342"/>
+      <c r="BP342"/>
+      <c r="BQ342"/>
+      <c r="BR342"/>
+      <c r="BS342"/>
+      <c r="BT342"/>
+      <c r="BU342"/>
+      <c r="BV342"/>
+      <c r="BW342"/>
+      <c r="BX342"/>
+      <c r="BY342"/>
+      <c r="BZ342"/>
+      <c r="CA342"/>
+      <c r="CB342"/>
+      <c r="CC342"/>
+      <c r="CD342"/>
+      <c r="CE342"/>
+      <c r="CF342"/>
+      <c r="CG342"/>
+      <c r="CH342"/>
+      <c r="CI342"/>
+      <c r="CJ342"/>
+      <c r="CK342"/>
+      <c r="CL342"/>
+      <c r="CM342"/>
+      <c r="CN342"/>
+      <c r="CO342"/>
+      <c r="CP342"/>
+      <c r="CQ342"/>
+      <c r="CR342"/>
+      <c r="CS342"/>
+    </row>
+    <row r="343" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A343" s="33"/>
+      <c r="B343" s="18"/>
+      <c r="C343" s="12"/>
+      <c r="D343" s="12"/>
+      <c r="E343" s="18"/>
+      <c r="F343" s="18"/>
+      <c r="G343" s="13"/>
+      <c r="H343" s="19"/>
+      <c r="I343" s="12"/>
+      <c r="J343" s="12"/>
+      <c r="K343" s="12"/>
+      <c r="L343" s="23"/>
+      <c r="O343" s="34"/>
+      <c r="P343"/>
+      <c r="Q343"/>
+      <c r="R343"/>
+      <c r="S343"/>
+      <c r="T343"/>
+      <c r="U343"/>
+      <c r="V343"/>
+      <c r="W343"/>
+      <c r="X343"/>
+      <c r="Y343"/>
+      <c r="Z343"/>
+      <c r="AA343"/>
+      <c r="AB343"/>
+      <c r="AC343"/>
+      <c r="AD343"/>
+      <c r="AE343"/>
+      <c r="AF343"/>
+      <c r="AG343"/>
+      <c r="AH343"/>
+      <c r="AI343"/>
+      <c r="AJ343"/>
+      <c r="AK343"/>
+      <c r="AL343"/>
+      <c r="AM343"/>
+      <c r="AN343"/>
+      <c r="AO343"/>
+      <c r="AP343"/>
+      <c r="AQ343"/>
+      <c r="AR343"/>
+      <c r="AS343"/>
+      <c r="AT343"/>
+      <c r="AU343"/>
+      <c r="AV343"/>
+      <c r="AW343"/>
+      <c r="AX343"/>
+      <c r="AY343"/>
+      <c r="AZ343"/>
+      <c r="BA343"/>
+      <c r="BB343"/>
+      <c r="BC343"/>
+      <c r="BD343"/>
+      <c r="BE343"/>
+      <c r="BF343"/>
+      <c r="BG343"/>
+      <c r="BH343"/>
+      <c r="BI343"/>
+      <c r="BJ343"/>
+      <c r="BK343"/>
+      <c r="BL343"/>
+      <c r="BM343"/>
+      <c r="BN343"/>
+      <c r="BO343"/>
+      <c r="BP343"/>
+      <c r="BQ343"/>
+      <c r="BR343"/>
+      <c r="BS343"/>
+      <c r="BT343"/>
+      <c r="BU343"/>
+      <c r="BV343"/>
+      <c r="BW343"/>
+      <c r="BX343"/>
+      <c r="BY343"/>
+      <c r="BZ343"/>
+      <c r="CA343"/>
+      <c r="CB343"/>
+      <c r="CC343"/>
+      <c r="CD343"/>
+      <c r="CE343"/>
+      <c r="CF343"/>
+      <c r="CG343"/>
+      <c r="CH343"/>
+      <c r="CI343"/>
+      <c r="CJ343"/>
+      <c r="CK343"/>
+      <c r="CL343"/>
+      <c r="CM343"/>
+      <c r="CN343"/>
+      <c r="CO343"/>
+      <c r="CP343"/>
+      <c r="CQ343"/>
+      <c r="CR343"/>
+      <c r="CS343"/>
+    </row>
+    <row r="344" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A344" s="33"/>
+      <c r="B344" s="18"/>
+      <c r="C344" s="12"/>
+      <c r="D344" s="12"/>
+      <c r="E344" s="18"/>
+      <c r="F344" s="18"/>
+      <c r="G344" s="13"/>
+      <c r="H344" s="19"/>
+      <c r="I344" s="12"/>
+      <c r="J344" s="12"/>
+      <c r="K344" s="12"/>
+      <c r="L344" s="23"/>
+      <c r="O344" s="34"/>
+      <c r="P344"/>
+      <c r="Q344"/>
+      <c r="R344"/>
+      <c r="S344"/>
+      <c r="T344"/>
+      <c r="U344"/>
+      <c r="V344"/>
+      <c r="W344"/>
+      <c r="X344"/>
+      <c r="Y344"/>
+      <c r="Z344"/>
+      <c r="AA344"/>
+      <c r="AB344"/>
+      <c r="AC344"/>
+      <c r="AD344"/>
+      <c r="AE344"/>
+      <c r="AF344"/>
+      <c r="AG344"/>
+      <c r="AH344"/>
+      <c r="AI344"/>
+      <c r="AJ344"/>
+      <c r="AK344"/>
+      <c r="AL344"/>
+      <c r="AM344"/>
+      <c r="AN344"/>
+      <c r="AO344"/>
+      <c r="AP344"/>
+      <c r="AQ344"/>
+      <c r="AR344"/>
+      <c r="AS344"/>
+      <c r="AT344"/>
+      <c r="AU344"/>
+      <c r="AV344"/>
+      <c r="AW344"/>
+      <c r="AX344"/>
+      <c r="AY344"/>
+      <c r="AZ344"/>
+      <c r="BA344"/>
+      <c r="BB344"/>
+      <c r="BC344"/>
+      <c r="BD344"/>
+      <c r="BE344"/>
+      <c r="BF344"/>
+      <c r="BG344"/>
+      <c r="BH344"/>
+      <c r="BI344"/>
+      <c r="BJ344"/>
+      <c r="BK344"/>
+      <c r="BL344"/>
+      <c r="BM344"/>
+      <c r="BN344"/>
+      <c r="BO344"/>
+      <c r="BP344"/>
+      <c r="BQ344"/>
+      <c r="BR344"/>
+      <c r="BS344"/>
+      <c r="BT344"/>
+      <c r="BU344"/>
+      <c r="BV344"/>
+      <c r="BW344"/>
+      <c r="BX344"/>
+      <c r="BY344"/>
+      <c r="BZ344"/>
+      <c r="CA344"/>
+      <c r="CB344"/>
+      <c r="CC344"/>
+      <c r="CD344"/>
+      <c r="CE344"/>
+      <c r="CF344"/>
+      <c r="CG344"/>
+      <c r="CH344"/>
+      <c r="CI344"/>
+      <c r="CJ344"/>
+      <c r="CK344"/>
+      <c r="CL344"/>
+      <c r="CM344"/>
+      <c r="CN344"/>
+      <c r="CO344"/>
+      <c r="CP344"/>
+      <c r="CQ344"/>
+      <c r="CR344"/>
+      <c r="CS344"/>
+    </row>
+    <row r="345" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A345" s="33"/>
+      <c r="B345" s="18"/>
+      <c r="C345" s="12"/>
+      <c r="D345" s="12"/>
+      <c r="E345" s="18"/>
+      <c r="F345" s="18"/>
+      <c r="G345" s="13"/>
+      <c r="H345" s="19"/>
+      <c r="I345" s="12"/>
+      <c r="J345" s="12"/>
+      <c r="K345" s="12"/>
+      <c r="L345" s="23"/>
+      <c r="O345" s="34"/>
+      <c r="P345"/>
+      <c r="Q345"/>
+      <c r="R345"/>
+      <c r="S345"/>
+      <c r="T345"/>
+      <c r="U345"/>
+      <c r="V345"/>
+      <c r="W345"/>
+      <c r="X345"/>
+      <c r="Y345"/>
+      <c r="Z345"/>
+      <c r="AA345"/>
+      <c r="AB345"/>
+      <c r="AC345"/>
+      <c r="AD345"/>
+      <c r="AE345"/>
+      <c r="AF345"/>
+      <c r="AG345"/>
+      <c r="AH345"/>
+      <c r="AI345"/>
+      <c r="AJ345"/>
+      <c r="AK345"/>
+      <c r="AL345"/>
+      <c r="AM345"/>
+      <c r="AN345"/>
+      <c r="AO345"/>
+      <c r="AP345"/>
+      <c r="AQ345"/>
+      <c r="AR345"/>
+      <c r="AS345"/>
+      <c r="AT345"/>
+      <c r="AU345"/>
+      <c r="AV345"/>
+      <c r="AW345"/>
+      <c r="AX345"/>
+      <c r="AY345"/>
+      <c r="AZ345"/>
+      <c r="BA345"/>
+      <c r="BB345"/>
+      <c r="BC345"/>
+      <c r="BD345"/>
+      <c r="BE345"/>
+      <c r="BF345"/>
+      <c r="BG345"/>
+      <c r="BH345"/>
+      <c r="BI345"/>
+      <c r="BJ345"/>
+      <c r="BK345"/>
+      <c r="BL345"/>
+      <c r="BM345"/>
+      <c r="BN345"/>
+      <c r="BO345"/>
+      <c r="BP345"/>
+      <c r="BQ345"/>
+      <c r="BR345"/>
+      <c r="BS345"/>
+      <c r="BT345"/>
+      <c r="BU345"/>
+      <c r="BV345"/>
+      <c r="BW345"/>
+      <c r="BX345"/>
+      <c r="BY345"/>
+      <c r="BZ345"/>
+      <c r="CA345"/>
+      <c r="CB345"/>
+      <c r="CC345"/>
+      <c r="CD345"/>
+      <c r="CE345"/>
+      <c r="CF345"/>
+      <c r="CG345"/>
+      <c r="CH345"/>
+      <c r="CI345"/>
+      <c r="CJ345"/>
+      <c r="CK345"/>
+      <c r="CL345"/>
+      <c r="CM345"/>
+      <c r="CN345"/>
+      <c r="CO345"/>
+      <c r="CP345"/>
+      <c r="CQ345"/>
+      <c r="CR345"/>
+      <c r="CS345"/>
+    </row>
+    <row r="346" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A346" s="33"/>
+      <c r="B346" s="18"/>
+      <c r="C346" s="12"/>
+      <c r="D346" s="12"/>
+      <c r="E346" s="18"/>
+      <c r="F346" s="18"/>
+      <c r="G346" s="13"/>
+      <c r="H346" s="19"/>
+      <c r="I346" s="12"/>
+      <c r="J346" s="12"/>
+      <c r="K346" s="12"/>
+      <c r="L346" s="23"/>
+      <c r="O346" s="34"/>
+      <c r="P346"/>
+      <c r="Q346"/>
+      <c r="R346"/>
+      <c r="S346"/>
+      <c r="T346"/>
+      <c r="U346"/>
+      <c r="V346"/>
+      <c r="W346"/>
+      <c r="X346"/>
+      <c r="Y346"/>
+      <c r="Z346"/>
+      <c r="AA346"/>
+      <c r="AB346"/>
+      <c r="AC346"/>
+      <c r="AD346"/>
+      <c r="AE346"/>
+      <c r="AF346"/>
+      <c r="AG346"/>
+      <c r="AH346"/>
+      <c r="AI346"/>
+      <c r="AJ346"/>
+      <c r="AK346"/>
+      <c r="AL346"/>
+      <c r="AM346"/>
+      <c r="AN346"/>
+      <c r="AO346"/>
+      <c r="AP346"/>
+      <c r="AQ346"/>
+      <c r="AR346"/>
+      <c r="AS346"/>
+      <c r="AT346"/>
+      <c r="AU346"/>
+      <c r="AV346"/>
+      <c r="AW346"/>
+      <c r="AX346"/>
+      <c r="AY346"/>
+      <c r="AZ346"/>
+      <c r="BA346"/>
+      <c r="BB346"/>
+      <c r="BC346"/>
+      <c r="BD346"/>
+      <c r="BE346"/>
+      <c r="BF346"/>
+      <c r="BG346"/>
+      <c r="BH346"/>
+      <c r="BI346"/>
+      <c r="BJ346"/>
+      <c r="BK346"/>
+      <c r="BL346"/>
+      <c r="BM346"/>
+      <c r="BN346"/>
+      <c r="BO346"/>
+      <c r="BP346"/>
+      <c r="BQ346"/>
+      <c r="BR346"/>
+      <c r="BS346"/>
+      <c r="BT346"/>
+      <c r="BU346"/>
+      <c r="BV346"/>
+      <c r="BW346"/>
+      <c r="BX346"/>
+      <c r="BY346"/>
+      <c r="BZ346"/>
+      <c r="CA346"/>
+      <c r="CB346"/>
+      <c r="CC346"/>
+      <c r="CD346"/>
+      <c r="CE346"/>
+      <c r="CF346"/>
+      <c r="CG346"/>
+      <c r="CH346"/>
+      <c r="CI346"/>
+      <c r="CJ346"/>
+      <c r="CK346"/>
+      <c r="CL346"/>
+      <c r="CM346"/>
+      <c r="CN346"/>
+      <c r="CO346"/>
+      <c r="CP346"/>
+      <c r="CQ346"/>
+      <c r="CR346"/>
+      <c r="CS346"/>
+    </row>
+    <row r="347" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A347" s="33"/>
+      <c r="B347" s="18"/>
+      <c r="C347" s="12"/>
+      <c r="D347" s="12"/>
+      <c r="E347" s="18"/>
+      <c r="F347" s="18"/>
+      <c r="G347" s="13"/>
+      <c r="H347" s="19"/>
+      <c r="I347" s="12"/>
+      <c r="J347" s="12"/>
+      <c r="K347" s="12"/>
+      <c r="L347" s="23"/>
+      <c r="O347" s="34"/>
+      <c r="P347"/>
+      <c r="Q347"/>
+      <c r="R347"/>
+      <c r="S347"/>
+      <c r="T347"/>
+      <c r="U347"/>
+      <c r="V347"/>
+      <c r="W347"/>
+      <c r="X347"/>
+      <c r="Y347"/>
+      <c r="Z347"/>
+      <c r="AA347"/>
+      <c r="AB347"/>
+      <c r="AC347"/>
+      <c r="AD347"/>
+      <c r="AE347"/>
+      <c r="AF347"/>
+      <c r="AG347"/>
+      <c r="AH347"/>
+      <c r="AI347"/>
+      <c r="AJ347"/>
+      <c r="AK347"/>
+      <c r="AL347"/>
+      <c r="AM347"/>
+      <c r="AN347"/>
+      <c r="AO347"/>
+      <c r="AP347"/>
+      <c r="AQ347"/>
+      <c r="AR347"/>
+      <c r="AS347"/>
+      <c r="AT347"/>
+      <c r="AU347"/>
+      <c r="AV347"/>
+      <c r="AW347"/>
+      <c r="AX347"/>
+      <c r="AY347"/>
+      <c r="AZ347"/>
+      <c r="BA347"/>
+      <c r="BB347"/>
+      <c r="BC347"/>
+      <c r="BD347"/>
+      <c r="BE347"/>
+      <c r="BF347"/>
+      <c r="BG347"/>
+      <c r="BH347"/>
+      <c r="BI347"/>
+      <c r="BJ347"/>
+      <c r="BK347"/>
+      <c r="BL347"/>
+      <c r="BM347"/>
+      <c r="BN347"/>
+      <c r="BO347"/>
+      <c r="BP347"/>
+      <c r="BQ347"/>
+      <c r="BR347"/>
+      <c r="BS347"/>
+      <c r="BT347"/>
+      <c r="BU347"/>
+      <c r="BV347"/>
+      <c r="BW347"/>
+      <c r="BX347"/>
+      <c r="BY347"/>
+      <c r="BZ347"/>
+      <c r="CA347"/>
+      <c r="CB347"/>
+      <c r="CC347"/>
+      <c r="CD347"/>
+      <c r="CE347"/>
+      <c r="CF347"/>
+      <c r="CG347"/>
+      <c r="CH347"/>
+      <c r="CI347"/>
+      <c r="CJ347"/>
+      <c r="CK347"/>
+      <c r="CL347"/>
+      <c r="CM347"/>
+      <c r="CN347"/>
+      <c r="CO347"/>
+      <c r="CP347"/>
+      <c r="CQ347"/>
+      <c r="CR347"/>
+      <c r="CS347"/>
+    </row>
+    <row r="348" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A348" s="33"/>
+      <c r="B348" s="18"/>
+      <c r="C348" s="12"/>
+      <c r="D348" s="12"/>
+      <c r="E348" s="18"/>
+      <c r="F348" s="18"/>
+      <c r="G348" s="13"/>
+      <c r="H348" s="19"/>
+      <c r="I348" s="12"/>
+      <c r="J348" s="12"/>
+      <c r="K348" s="12"/>
+      <c r="L348" s="23"/>
+      <c r="O348" s="34"/>
+      <c r="P348"/>
+      <c r="Q348"/>
+      <c r="R348"/>
+      <c r="S348"/>
+      <c r="T348"/>
+      <c r="U348"/>
+      <c r="V348"/>
+      <c r="W348"/>
+      <c r="X348"/>
+      <c r="Y348"/>
+      <c r="Z348"/>
+      <c r="AA348"/>
+      <c r="AB348"/>
+      <c r="AC348"/>
+      <c r="AD348"/>
+      <c r="AE348"/>
+      <c r="AF348"/>
+      <c r="AG348"/>
+      <c r="AH348"/>
+      <c r="AI348"/>
+      <c r="AJ348"/>
+      <c r="AK348"/>
+      <c r="AL348"/>
+      <c r="AM348"/>
+      <c r="AN348"/>
+      <c r="AO348"/>
+      <c r="AP348"/>
+      <c r="AQ348"/>
+      <c r="AR348"/>
+      <c r="AS348"/>
+      <c r="AT348"/>
+      <c r="AU348"/>
+      <c r="AV348"/>
+      <c r="AW348"/>
+      <c r="AX348"/>
+      <c r="AY348"/>
+      <c r="AZ348"/>
+      <c r="BA348"/>
+      <c r="BB348"/>
+      <c r="BC348"/>
+      <c r="BD348"/>
+      <c r="BE348"/>
+      <c r="BF348"/>
+      <c r="BG348"/>
+      <c r="BH348"/>
+      <c r="BI348"/>
+      <c r="BJ348"/>
+      <c r="BK348"/>
+      <c r="BL348"/>
+      <c r="BM348"/>
+      <c r="BN348"/>
+      <c r="BO348"/>
+      <c r="BP348"/>
+      <c r="BQ348"/>
+      <c r="BR348"/>
+      <c r="BS348"/>
+      <c r="BT348"/>
+      <c r="BU348"/>
+      <c r="BV348"/>
+      <c r="BW348"/>
+      <c r="BX348"/>
+      <c r="BY348"/>
+      <c r="BZ348"/>
+      <c r="CA348"/>
+      <c r="CB348"/>
+      <c r="CC348"/>
+      <c r="CD348"/>
+      <c r="CE348"/>
+      <c r="CF348"/>
+      <c r="CG348"/>
+      <c r="CH348"/>
+      <c r="CI348"/>
+      <c r="CJ348"/>
+      <c r="CK348"/>
+      <c r="CL348"/>
+      <c r="CM348"/>
+      <c r="CN348"/>
+      <c r="CO348"/>
+      <c r="CP348"/>
+      <c r="CQ348"/>
+      <c r="CR348"/>
+      <c r="CS348"/>
+    </row>
+    <row r="349" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A349" s="33"/>
+      <c r="B349" s="18"/>
+      <c r="C349" s="12"/>
+      <c r="D349" s="12"/>
+      <c r="E349" s="18"/>
+      <c r="F349" s="18"/>
+      <c r="G349" s="13"/>
+      <c r="H349" s="19"/>
+      <c r="I349" s="12"/>
+      <c r="J349" s="12"/>
+      <c r="K349" s="12"/>
+      <c r="L349" s="23"/>
+      <c r="O349" s="34"/>
+      <c r="P349"/>
+      <c r="Q349"/>
+      <c r="R349"/>
+      <c r="S349"/>
+      <c r="T349"/>
+      <c r="U349"/>
+      <c r="V349"/>
+      <c r="W349"/>
+      <c r="X349"/>
+      <c r="Y349"/>
+      <c r="Z349"/>
+      <c r="AA349"/>
+      <c r="AB349"/>
+      <c r="AC349"/>
+      <c r="AD349"/>
+      <c r="AE349"/>
+      <c r="AF349"/>
+      <c r="AG349"/>
+      <c r="AH349"/>
+      <c r="AI349"/>
+      <c r="AJ349"/>
+      <c r="AK349"/>
+      <c r="AL349"/>
+      <c r="AM349"/>
+      <c r="AN349"/>
+      <c r="AO349"/>
+      <c r="AP349"/>
+      <c r="AQ349"/>
+      <c r="AR349"/>
+      <c r="AS349"/>
+      <c r="AT349"/>
+      <c r="AU349"/>
+      <c r="AV349"/>
+      <c r="AW349"/>
+      <c r="AX349"/>
+      <c r="AY349"/>
+      <c r="AZ349"/>
+      <c r="BA349"/>
+      <c r="BB349"/>
+      <c r="BC349"/>
+      <c r="BD349"/>
+      <c r="BE349"/>
+      <c r="BF349"/>
+      <c r="BG349"/>
+      <c r="BH349"/>
+      <c r="BI349"/>
+      <c r="BJ349"/>
+      <c r="BK349"/>
+      <c r="BL349"/>
+      <c r="BM349"/>
+      <c r="BN349"/>
+      <c r="BO349"/>
+      <c r="BP349"/>
+      <c r="BQ349"/>
+      <c r="BR349"/>
+      <c r="BS349"/>
+      <c r="BT349"/>
+      <c r="BU349"/>
+      <c r="BV349"/>
+      <c r="BW349"/>
+      <c r="BX349"/>
+      <c r="BY349"/>
+      <c r="BZ349"/>
+      <c r="CA349"/>
+      <c r="CB349"/>
+      <c r="CC349"/>
+      <c r="CD349"/>
+      <c r="CE349"/>
+      <c r="CF349"/>
+      <c r="CG349"/>
+      <c r="CH349"/>
+      <c r="CI349"/>
+      <c r="CJ349"/>
+      <c r="CK349"/>
+      <c r="CL349"/>
+      <c r="CM349"/>
+      <c r="CN349"/>
+      <c r="CO349"/>
+      <c r="CP349"/>
+      <c r="CQ349"/>
+      <c r="CR349"/>
+      <c r="CS349"/>
+    </row>
+    <row r="350" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A350" s="33"/>
+      <c r="B350" s="18"/>
+      <c r="C350" s="12"/>
+      <c r="D350" s="12"/>
+      <c r="E350" s="18"/>
+      <c r="F350" s="18"/>
+      <c r="G350" s="13"/>
+      <c r="H350" s="19"/>
+      <c r="I350" s="12"/>
+      <c r="J350" s="12"/>
+      <c r="K350" s="12"/>
+      <c r="L350" s="23"/>
+      <c r="O350" s="34"/>
+      <c r="P350"/>
+      <c r="Q350"/>
+      <c r="R350"/>
+      <c r="S350"/>
+      <c r="T350"/>
+      <c r="U350"/>
+      <c r="V350"/>
+      <c r="W350"/>
+      <c r="X350"/>
+      <c r="Y350"/>
+      <c r="Z350"/>
+      <c r="AA350"/>
+      <c r="AB350"/>
+      <c r="AC350"/>
+      <c r="AD350"/>
+      <c r="AE350"/>
+      <c r="AF350"/>
+      <c r="AG350"/>
+      <c r="AH350"/>
+      <c r="AI350"/>
+      <c r="AJ350"/>
+      <c r="AK350"/>
+      <c r="AL350"/>
+      <c r="AM350"/>
+      <c r="AN350"/>
+      <c r="AO350"/>
+      <c r="AP350"/>
+      <c r="AQ350"/>
+      <c r="AR350"/>
+      <c r="AS350"/>
+      <c r="AT350"/>
+      <c r="AU350"/>
+      <c r="AV350"/>
+      <c r="AW350"/>
+      <c r="AX350"/>
+      <c r="AY350"/>
+      <c r="AZ350"/>
+      <c r="BA350"/>
+      <c r="BB350"/>
+      <c r="BC350"/>
+      <c r="BD350"/>
+      <c r="BE350"/>
+      <c r="BF350"/>
+      <c r="BG350"/>
+      <c r="BH350"/>
+      <c r="BI350"/>
+      <c r="BJ350"/>
+      <c r="BK350"/>
+      <c r="BL350"/>
+      <c r="BM350"/>
+      <c r="BN350"/>
+      <c r="BO350"/>
+      <c r="BP350"/>
+      <c r="BQ350"/>
+      <c r="BR350"/>
+      <c r="BS350"/>
+      <c r="BT350"/>
+      <c r="BU350"/>
+      <c r="BV350"/>
+      <c r="BW350"/>
+      <c r="BX350"/>
+      <c r="BY350"/>
+      <c r="BZ350"/>
+      <c r="CA350"/>
+      <c r="CB350"/>
+      <c r="CC350"/>
+      <c r="CD350"/>
+      <c r="CE350"/>
+      <c r="CF350"/>
+      <c r="CG350"/>
+      <c r="CH350"/>
+      <c r="CI350"/>
+      <c r="CJ350"/>
+      <c r="CK350"/>
+      <c r="CL350"/>
+      <c r="CM350"/>
+      <c r="CN350"/>
+      <c r="CO350"/>
+      <c r="CP350"/>
+      <c r="CQ350"/>
+      <c r="CR350"/>
+      <c r="CS350"/>
+    </row>
+    <row r="351" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A351" s="33"/>
+      <c r="B351" s="18"/>
+      <c r="C351" s="12"/>
+      <c r="D351" s="12"/>
+      <c r="E351" s="18"/>
+      <c r="F351" s="18"/>
+      <c r="G351" s="13"/>
+      <c r="H351" s="19"/>
+      <c r="I351" s="12"/>
+      <c r="J351" s="12"/>
+      <c r="K351" s="12"/>
+      <c r="L351" s="23"/>
+      <c r="O351" s="34"/>
+      <c r="P351"/>
+      <c r="Q351"/>
+      <c r="R351"/>
+      <c r="S351"/>
+      <c r="T351"/>
+      <c r="U351"/>
+      <c r="V351"/>
+      <c r="W351"/>
+      <c r="X351"/>
+      <c r="Y351"/>
+      <c r="Z351"/>
+      <c r="AA351"/>
+      <c r="AB351"/>
+      <c r="AC351"/>
+      <c r="AD351"/>
+      <c r="AE351"/>
+      <c r="AF351"/>
+      <c r="AG351"/>
+      <c r="AH351"/>
+      <c r="AI351"/>
+      <c r="AJ351"/>
+      <c r="AK351"/>
+      <c r="AL351"/>
+      <c r="AM351"/>
+      <c r="AN351"/>
+      <c r="AO351"/>
+      <c r="AP351"/>
+      <c r="AQ351"/>
+      <c r="AR351"/>
+      <c r="AS351"/>
+      <c r="AT351"/>
+      <c r="AU351"/>
+      <c r="AV351"/>
+      <c r="AW351"/>
+      <c r="AX351"/>
+      <c r="AY351"/>
+      <c r="AZ351"/>
+      <c r="BA351"/>
+      <c r="BB351"/>
+      <c r="BC351"/>
+      <c r="BD351"/>
+      <c r="BE351"/>
+      <c r="BF351"/>
+      <c r="BG351"/>
+      <c r="BH351"/>
+      <c r="BI351"/>
+      <c r="BJ351"/>
+      <c r="BK351"/>
+      <c r="BL351"/>
+      <c r="BM351"/>
+      <c r="BN351"/>
+      <c r="BO351"/>
+      <c r="BP351"/>
+      <c r="BQ351"/>
+      <c r="BR351"/>
+      <c r="BS351"/>
+      <c r="BT351"/>
+      <c r="BU351"/>
+      <c r="BV351"/>
+      <c r="BW351"/>
+      <c r="BX351"/>
+      <c r="BY351"/>
+      <c r="BZ351"/>
+      <c r="CA351"/>
+      <c r="CB351"/>
+      <c r="CC351"/>
+      <c r="CD351"/>
+      <c r="CE351"/>
+      <c r="CF351"/>
+      <c r="CG351"/>
+      <c r="CH351"/>
+      <c r="CI351"/>
+      <c r="CJ351"/>
+      <c r="CK351"/>
+      <c r="CL351"/>
+      <c r="CM351"/>
+      <c r="CN351"/>
+      <c r="CO351"/>
+      <c r="CP351"/>
+      <c r="CQ351"/>
+      <c r="CR351"/>
+      <c r="CS351"/>
+    </row>
+    <row r="352" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A352" s="33"/>
+      <c r="B352" s="18"/>
+      <c r="C352" s="12"/>
+      <c r="D352" s="12"/>
+      <c r="E352" s="18"/>
+      <c r="F352" s="18"/>
+      <c r="G352" s="13"/>
+      <c r="H352" s="19"/>
+      <c r="I352" s="12"/>
+      <c r="J352" s="12"/>
+      <c r="K352" s="12"/>
+      <c r="L352" s="23"/>
+      <c r="O352" s="34"/>
+      <c r="P352"/>
+      <c r="Q352"/>
+      <c r="R352"/>
+      <c r="S352"/>
+      <c r="T352"/>
+      <c r="U352"/>
+      <c r="V352"/>
+      <c r="W352"/>
+      <c r="X352"/>
+      <c r="Y352"/>
+      <c r="Z352"/>
+      <c r="AA352"/>
+      <c r="AB352"/>
+      <c r="AC352"/>
+      <c r="AD352"/>
+      <c r="AE352"/>
+      <c r="AF352"/>
+      <c r="AG352"/>
+      <c r="AH352"/>
+      <c r="AI352"/>
+      <c r="AJ352"/>
+      <c r="AK352"/>
+      <c r="AL352"/>
+      <c r="AM352"/>
+      <c r="AN352"/>
+      <c r="AO352"/>
+      <c r="AP352"/>
+      <c r="AQ352"/>
+      <c r="AR352"/>
+      <c r="AS352"/>
+      <c r="AT352"/>
+      <c r="AU352"/>
+      <c r="AV352"/>
+      <c r="AW352"/>
+      <c r="AX352"/>
+      <c r="AY352"/>
+      <c r="AZ352"/>
+      <c r="BA352"/>
+      <c r="BB352"/>
+      <c r="BC352"/>
+      <c r="BD352"/>
+      <c r="BE352"/>
+      <c r="BF352"/>
+      <c r="BG352"/>
+      <c r="BH352"/>
+      <c r="BI352"/>
+      <c r="BJ352"/>
+      <c r="BK352"/>
+      <c r="BL352"/>
+      <c r="BM352"/>
+      <c r="BN352"/>
+      <c r="BO352"/>
+      <c r="BP352"/>
+      <c r="BQ352"/>
+      <c r="BR352"/>
+      <c r="BS352"/>
+      <c r="BT352"/>
+      <c r="BU352"/>
+      <c r="BV352"/>
+      <c r="BW352"/>
+      <c r="BX352"/>
+      <c r="BY352"/>
+      <c r="BZ352"/>
+      <c r="CA352"/>
+      <c r="CB352"/>
+      <c r="CC352"/>
+      <c r="CD352"/>
+      <c r="CE352"/>
+      <c r="CF352"/>
+      <c r="CG352"/>
+      <c r="CH352"/>
+      <c r="CI352"/>
+      <c r="CJ352"/>
+      <c r="CK352"/>
+      <c r="CL352"/>
+      <c r="CM352"/>
+      <c r="CN352"/>
+      <c r="CO352"/>
+      <c r="CP352"/>
+      <c r="CQ352"/>
+      <c r="CR352"/>
+      <c r="CS352"/>
+    </row>
+    <row r="353" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A353" s="33"/>
+      <c r="B353" s="18"/>
+      <c r="C353" s="12"/>
+      <c r="D353" s="12"/>
+      <c r="E353" s="18"/>
+      <c r="F353" s="18"/>
+      <c r="G353" s="13"/>
+      <c r="H353" s="19"/>
+      <c r="I353" s="12"/>
+      <c r="J353" s="12"/>
+      <c r="K353" s="12"/>
+      <c r="L353" s="23"/>
+      <c r="O353" s="34"/>
+      <c r="P353"/>
+      <c r="Q353"/>
+      <c r="R353"/>
+      <c r="S353"/>
+      <c r="T353"/>
+      <c r="U353"/>
+      <c r="V353"/>
+      <c r="W353"/>
+      <c r="X353"/>
+      <c r="Y353"/>
+      <c r="Z353"/>
+      <c r="AA353"/>
+      <c r="AB353"/>
+      <c r="AC353"/>
+      <c r="AD353"/>
+      <c r="AE353"/>
+      <c r="AF353"/>
+      <c r="AG353"/>
+      <c r="AH353"/>
+      <c r="AI353"/>
+      <c r="AJ353"/>
+      <c r="AK353"/>
+      <c r="AL353"/>
+      <c r="AM353"/>
+      <c r="AN353"/>
+      <c r="AO353"/>
+      <c r="AP353"/>
+      <c r="AQ353"/>
+      <c r="AR353"/>
+      <c r="AS353"/>
+      <c r="AT353"/>
+      <c r="AU353"/>
+      <c r="AV353"/>
+      <c r="AW353"/>
+      <c r="AX353"/>
+      <c r="AY353"/>
+      <c r="AZ353"/>
+      <c r="BA353"/>
+      <c r="BB353"/>
+      <c r="BC353"/>
+      <c r="BD353"/>
+      <c r="BE353"/>
+      <c r="BF353"/>
+      <c r="BG353"/>
+      <c r="BH353"/>
+      <c r="BI353"/>
+      <c r="BJ353"/>
+      <c r="BK353"/>
+      <c r="BL353"/>
+      <c r="BM353"/>
+      <c r="BN353"/>
+      <c r="BO353"/>
+      <c r="BP353"/>
+      <c r="BQ353"/>
+      <c r="BR353"/>
+      <c r="BS353"/>
+      <c r="BT353"/>
+      <c r="BU353"/>
+      <c r="BV353"/>
+      <c r="BW353"/>
+      <c r="BX353"/>
+      <c r="BY353"/>
+      <c r="BZ353"/>
+      <c r="CA353"/>
+      <c r="CB353"/>
+      <c r="CC353"/>
+      <c r="CD353"/>
+      <c r="CE353"/>
+      <c r="CF353"/>
+      <c r="CG353"/>
+      <c r="CH353"/>
+      <c r="CI353"/>
+      <c r="CJ353"/>
+      <c r="CK353"/>
+      <c r="CL353"/>
+      <c r="CM353"/>
+      <c r="CN353"/>
+      <c r="CO353"/>
+      <c r="CP353"/>
+      <c r="CQ353"/>
+      <c r="CR353"/>
+      <c r="CS353"/>
+    </row>
+    <row r="354" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A354" s="33"/>
+      <c r="B354" s="18"/>
+      <c r="C354" s="12"/>
+      <c r="D354" s="12"/>
+      <c r="E354" s="18"/>
+      <c r="F354" s="18"/>
+      <c r="G354" s="13"/>
+      <c r="H354" s="19"/>
+      <c r="I354" s="12"/>
+      <c r="J354" s="12"/>
+      <c r="K354" s="12"/>
+      <c r="L354" s="23"/>
+      <c r="O354" s="34"/>
+      <c r="P354"/>
+      <c r="Q354"/>
+      <c r="R354"/>
+      <c r="S354"/>
+      <c r="T354"/>
+      <c r="U354"/>
+      <c r="V354"/>
+      <c r="W354"/>
+      <c r="X354"/>
+      <c r="Y354"/>
+      <c r="Z354"/>
+      <c r="AA354"/>
+      <c r="AB354"/>
+      <c r="AC354"/>
+      <c r="AD354"/>
+      <c r="AE354"/>
+      <c r="AF354"/>
+      <c r="AG354"/>
+      <c r="AH354"/>
+      <c r="AI354"/>
+      <c r="AJ354"/>
+      <c r="AK354"/>
+      <c r="AL354"/>
+      <c r="AM354"/>
+      <c r="AN354"/>
+      <c r="AO354"/>
+      <c r="AP354"/>
+      <c r="AQ354"/>
+      <c r="AR354"/>
+      <c r="AS354"/>
+      <c r="AT354"/>
+      <c r="AU354"/>
+      <c r="AV354"/>
+      <c r="AW354"/>
+      <c r="AX354"/>
+      <c r="AY354"/>
+      <c r="AZ354"/>
+      <c r="BA354"/>
+      <c r="BB354"/>
+      <c r="BC354"/>
+      <c r="BD354"/>
+      <c r="BE354"/>
+      <c r="BF354"/>
+      <c r="BG354"/>
+      <c r="BH354"/>
+      <c r="BI354"/>
+      <c r="BJ354"/>
+      <c r="BK354"/>
+      <c r="BL354"/>
+      <c r="BM354"/>
+      <c r="BN354"/>
+      <c r="BO354"/>
+      <c r="BP354"/>
+      <c r="BQ354"/>
+      <c r="BR354"/>
+      <c r="BS354"/>
+      <c r="BT354"/>
+      <c r="BU354"/>
+      <c r="BV354"/>
+      <c r="BW354"/>
+      <c r="BX354"/>
+      <c r="BY354"/>
+      <c r="BZ354"/>
+      <c r="CA354"/>
+      <c r="CB354"/>
+      <c r="CC354"/>
+      <c r="CD354"/>
+      <c r="CE354"/>
+      <c r="CF354"/>
+      <c r="CG354"/>
+      <c r="CH354"/>
+      <c r="CI354"/>
+      <c r="CJ354"/>
+      <c r="CK354"/>
+      <c r="CL354"/>
+      <c r="CM354"/>
+      <c r="CN354"/>
+      <c r="CO354"/>
+      <c r="CP354"/>
+      <c r="CQ354"/>
+      <c r="CR354"/>
+      <c r="CS354"/>
+    </row>
+    <row r="355" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A355" s="33"/>
+      <c r="B355" s="18"/>
+      <c r="C355" s="12"/>
+      <c r="D355" s="12"/>
+      <c r="E355" s="18"/>
+      <c r="F355" s="18"/>
+      <c r="G355" s="13"/>
+      <c r="H355" s="19"/>
+      <c r="I355" s="12"/>
+      <c r="J355" s="12"/>
+      <c r="K355" s="12"/>
+      <c r="L355" s="23"/>
+      <c r="O355" s="34"/>
+      <c r="P355"/>
+      <c r="Q355"/>
+      <c r="R355"/>
+      <c r="S355"/>
+      <c r="T355"/>
+      <c r="U355"/>
+      <c r="V355"/>
+      <c r="W355"/>
+      <c r="X355"/>
+      <c r="Y355"/>
+      <c r="Z355"/>
+      <c r="AA355"/>
+      <c r="AB355"/>
+      <c r="AC355"/>
+      <c r="AD355"/>
+      <c r="AE355"/>
+      <c r="AF355"/>
+      <c r="AG355"/>
+      <c r="AH355"/>
+      <c r="AI355"/>
+      <c r="AJ355"/>
+      <c r="AK355"/>
+      <c r="AL355"/>
+      <c r="AM355"/>
+      <c r="AN355"/>
+      <c r="AO355"/>
+      <c r="AP355"/>
+      <c r="AQ355"/>
+      <c r="AR355"/>
+      <c r="AS355"/>
+      <c r="AT355"/>
+      <c r="AU355"/>
+      <c r="AV355"/>
+      <c r="AW355"/>
+      <c r="AX355"/>
+      <c r="AY355"/>
+      <c r="AZ355"/>
+      <c r="BA355"/>
+      <c r="BB355"/>
+      <c r="BC355"/>
+      <c r="BD355"/>
+      <c r="BE355"/>
+      <c r="BF355"/>
+      <c r="BG355"/>
+      <c r="BH355"/>
+      <c r="BI355"/>
+      <c r="BJ355"/>
+      <c r="BK355"/>
+      <c r="BL355"/>
+      <c r="BM355"/>
+      <c r="BN355"/>
+      <c r="BO355"/>
+      <c r="BP355"/>
+      <c r="BQ355"/>
+      <c r="BR355"/>
+      <c r="BS355"/>
+      <c r="BT355"/>
+      <c r="BU355"/>
+      <c r="BV355"/>
+      <c r="BW355"/>
+      <c r="BX355"/>
+      <c r="BY355"/>
+      <c r="BZ355"/>
+      <c r="CA355"/>
+      <c r="CB355"/>
+      <c r="CC355"/>
+      <c r="CD355"/>
+      <c r="CE355"/>
+      <c r="CF355"/>
+      <c r="CG355"/>
+      <c r="CH355"/>
+      <c r="CI355"/>
+      <c r="CJ355"/>
+      <c r="CK355"/>
+      <c r="CL355"/>
+      <c r="CM355"/>
+      <c r="CN355"/>
+      <c r="CO355"/>
+      <c r="CP355"/>
+      <c r="CQ355"/>
+      <c r="CR355"/>
+      <c r="CS355"/>
+    </row>
+    <row r="356" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A356" s="33"/>
+      <c r="B356" s="18"/>
+      <c r="C356" s="12"/>
+      <c r="D356" s="12"/>
+      <c r="E356" s="18"/>
+      <c r="F356" s="18"/>
+      <c r="G356" s="13"/>
+      <c r="H356" s="19"/>
+      <c r="I356" s="12"/>
+      <c r="J356" s="12"/>
+      <c r="K356" s="12"/>
+      <c r="L356" s="23"/>
+      <c r="O356" s="34"/>
+      <c r="P356"/>
+      <c r="Q356"/>
+      <c r="R356"/>
+      <c r="S356"/>
+      <c r="T356"/>
+      <c r="U356"/>
+      <c r="V356"/>
+      <c r="W356"/>
+      <c r="X356"/>
+      <c r="Y356"/>
+      <c r="Z356"/>
+      <c r="AA356"/>
+      <c r="AB356"/>
+      <c r="AC356"/>
+      <c r="AD356"/>
+      <c r="AE356"/>
+      <c r="AF356"/>
+      <c r="AG356"/>
+      <c r="AH356"/>
+      <c r="AI356"/>
+      <c r="AJ356"/>
+      <c r="AK356"/>
+      <c r="AL356"/>
+      <c r="AM356"/>
+      <c r="AN356"/>
+      <c r="AO356"/>
+      <c r="AP356"/>
+      <c r="AQ356"/>
+      <c r="AR356"/>
+      <c r="AS356"/>
+      <c r="AT356"/>
+      <c r="AU356"/>
+      <c r="AV356"/>
+      <c r="AW356"/>
+      <c r="AX356"/>
+      <c r="AY356"/>
+      <c r="AZ356"/>
+      <c r="BA356"/>
+      <c r="BB356"/>
+      <c r="BC356"/>
+      <c r="BD356"/>
+      <c r="BE356"/>
+      <c r="BF356"/>
+      <c r="BG356"/>
+      <c r="BH356"/>
+      <c r="BI356"/>
+      <c r="BJ356"/>
+      <c r="BK356"/>
+      <c r="BL356"/>
+      <c r="BM356"/>
+      <c r="BN356"/>
+      <c r="BO356"/>
+      <c r="BP356"/>
+      <c r="BQ356"/>
+      <c r="BR356"/>
+      <c r="BS356"/>
+      <c r="BT356"/>
+      <c r="BU356"/>
+      <c r="BV356"/>
+      <c r="BW356"/>
+      <c r="BX356"/>
+      <c r="BY356"/>
+      <c r="BZ356"/>
+      <c r="CA356"/>
+      <c r="CB356"/>
+      <c r="CC356"/>
+      <c r="CD356"/>
+      <c r="CE356"/>
+      <c r="CF356"/>
+      <c r="CG356"/>
+      <c r="CH356"/>
+      <c r="CI356"/>
+      <c r="CJ356"/>
+      <c r="CK356"/>
+      <c r="CL356"/>
+      <c r="CM356"/>
+      <c r="CN356"/>
+      <c r="CO356"/>
+      <c r="CP356"/>
+      <c r="CQ356"/>
+      <c r="CR356"/>
+      <c r="CS356"/>
+    </row>
+    <row r="357" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A357" s="33"/>
+      <c r="B357" s="18"/>
+      <c r="C357" s="12"/>
+      <c r="D357" s="12"/>
+      <c r="E357" s="18"/>
+      <c r="F357" s="18"/>
+      <c r="G357" s="13"/>
+      <c r="H357" s="19"/>
+      <c r="I357" s="12"/>
+      <c r="J357" s="12"/>
+      <c r="K357" s="12"/>
+      <c r="L357" s="23"/>
+      <c r="O357" s="34"/>
+      <c r="P357"/>
+      <c r="Q357"/>
+      <c r="R357"/>
+      <c r="S357"/>
+      <c r="T357"/>
+      <c r="U357"/>
+      <c r="V357"/>
+      <c r="W357"/>
+      <c r="X357"/>
+      <c r="Y357"/>
+      <c r="Z357"/>
+      <c r="AA357"/>
+      <c r="AB357"/>
+      <c r="AC357"/>
+      <c r="AD357"/>
+      <c r="AE357"/>
+      <c r="AF357"/>
+      <c r="AG357"/>
+      <c r="AH357"/>
+      <c r="AI357"/>
+      <c r="AJ357"/>
+      <c r="AK357"/>
+      <c r="AL357"/>
+      <c r="AM357"/>
+      <c r="AN357"/>
+      <c r="AO357"/>
+      <c r="AP357"/>
+      <c r="AQ357"/>
+      <c r="AR357"/>
+      <c r="AS357"/>
+      <c r="AT357"/>
+      <c r="AU357"/>
+      <c r="AV357"/>
+      <c r="AW357"/>
+      <c r="AX357"/>
+      <c r="AY357"/>
+      <c r="AZ357"/>
+      <c r="BA357"/>
+      <c r="BB357"/>
+      <c r="BC357"/>
+      <c r="BD357"/>
+      <c r="BE357"/>
+      <c r="BF357"/>
+      <c r="BG357"/>
+      <c r="BH357"/>
+      <c r="BI357"/>
+      <c r="BJ357"/>
+      <c r="BK357"/>
+      <c r="BL357"/>
+      <c r="BM357"/>
+      <c r="BN357"/>
+      <c r="BO357"/>
+      <c r="BP357"/>
+      <c r="BQ357"/>
+      <c r="BR357"/>
+      <c r="BS357"/>
+      <c r="BT357"/>
+      <c r="BU357"/>
+      <c r="BV357"/>
+      <c r="BW357"/>
+      <c r="BX357"/>
+      <c r="BY357"/>
+      <c r="BZ357"/>
+      <c r="CA357"/>
+      <c r="CB357"/>
+      <c r="CC357"/>
+      <c r="CD357"/>
+      <c r="CE357"/>
+      <c r="CF357"/>
+      <c r="CG357"/>
+      <c r="CH357"/>
+      <c r="CI357"/>
+      <c r="CJ357"/>
+      <c r="CK357"/>
+      <c r="CL357"/>
+      <c r="CM357"/>
+      <c r="CN357"/>
+      <c r="CO357"/>
+      <c r="CP357"/>
+      <c r="CQ357"/>
+      <c r="CR357"/>
+      <c r="CS357"/>
+    </row>
+    <row r="358" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A358" s="33"/>
+      <c r="B358" s="18"/>
+      <c r="C358" s="12"/>
+      <c r="D358" s="12"/>
+      <c r="E358" s="18"/>
+      <c r="F358" s="18"/>
+      <c r="G358" s="13"/>
+      <c r="H358" s="19"/>
+      <c r="I358" s="12"/>
+      <c r="J358" s="12"/>
+      <c r="K358" s="12"/>
+      <c r="L358" s="23"/>
+      <c r="O358" s="34"/>
+      <c r="P358"/>
+      <c r="Q358"/>
+      <c r="R358"/>
+      <c r="S358"/>
+      <c r="T358"/>
+      <c r="U358"/>
+      <c r="V358"/>
+      <c r="W358"/>
+      <c r="X358"/>
+      <c r="Y358"/>
+      <c r="Z358"/>
+      <c r="AA358"/>
+      <c r="AB358"/>
+      <c r="AC358"/>
+      <c r="AD358"/>
+      <c r="AE358"/>
+      <c r="AF358"/>
+      <c r="AG358"/>
+      <c r="AH358"/>
+      <c r="AI358"/>
+      <c r="AJ358"/>
+      <c r="AK358"/>
+      <c r="AL358"/>
+      <c r="AM358"/>
+      <c r="AN358"/>
+      <c r="AO358"/>
+      <c r="AP358"/>
+      <c r="AQ358"/>
+      <c r="AR358"/>
+      <c r="AS358"/>
+      <c r="AT358"/>
+      <c r="AU358"/>
+      <c r="AV358"/>
+      <c r="AW358"/>
+      <c r="AX358"/>
+      <c r="AY358"/>
+      <c r="AZ358"/>
+      <c r="BA358"/>
+      <c r="BB358"/>
+      <c r="BC358"/>
+      <c r="BD358"/>
+      <c r="BE358"/>
+      <c r="BF358"/>
+      <c r="BG358"/>
+      <c r="BH358"/>
+      <c r="BI358"/>
+      <c r="BJ358"/>
+      <c r="BK358"/>
+      <c r="BL358"/>
+      <c r="BM358"/>
+      <c r="BN358"/>
+      <c r="BO358"/>
+      <c r="BP358"/>
+      <c r="BQ358"/>
+      <c r="BR358"/>
+      <c r="BS358"/>
+      <c r="BT358"/>
+      <c r="BU358"/>
+      <c r="BV358"/>
+      <c r="BW358"/>
+      <c r="BX358"/>
+      <c r="BY358"/>
+      <c r="BZ358"/>
+      <c r="CA358"/>
+      <c r="CB358"/>
+      <c r="CC358"/>
+      <c r="CD358"/>
+      <c r="CE358"/>
+      <c r="CF358"/>
+      <c r="CG358"/>
+      <c r="CH358"/>
+      <c r="CI358"/>
+      <c r="CJ358"/>
+      <c r="CK358"/>
+      <c r="CL358"/>
+      <c r="CM358"/>
+      <c r="CN358"/>
+      <c r="CO358"/>
+      <c r="CP358"/>
+      <c r="CQ358"/>
+      <c r="CR358"/>
+      <c r="CS358"/>
+    </row>
+    <row r="359" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A359" s="33"/>
+      <c r="B359" s="18"/>
+      <c r="C359" s="12"/>
+      <c r="D359" s="12"/>
+      <c r="E359" s="18"/>
+      <c r="F359" s="18"/>
+      <c r="G359" s="13"/>
+      <c r="H359" s="19"/>
+      <c r="I359" s="12"/>
+      <c r="J359" s="12"/>
+      <c r="K359" s="12"/>
+      <c r="L359" s="23"/>
+      <c r="O359" s="34"/>
+      <c r="P359"/>
+      <c r="Q359"/>
+      <c r="R359"/>
+      <c r="S359"/>
+      <c r="T359"/>
+      <c r="U359"/>
+      <c r="V359"/>
+      <c r="W359"/>
+      <c r="X359"/>
+      <c r="Y359"/>
+      <c r="Z359"/>
+      <c r="AA359"/>
+      <c r="AB359"/>
+      <c r="AC359"/>
+      <c r="AD359"/>
+      <c r="AE359"/>
+      <c r="AF359"/>
+      <c r="AG359"/>
+      <c r="AH359"/>
+      <c r="AI359"/>
+      <c r="AJ359"/>
+      <c r="AK359"/>
+      <c r="AL359"/>
+      <c r="AM359"/>
+      <c r="AN359"/>
+      <c r="AO359"/>
+      <c r="AP359"/>
+      <c r="AQ359"/>
+      <c r="AR359"/>
+      <c r="AS359"/>
+      <c r="AT359"/>
+      <c r="AU359"/>
+      <c r="AV359"/>
+      <c r="AW359"/>
+      <c r="AX359"/>
+      <c r="AY359"/>
+      <c r="AZ359"/>
+      <c r="BA359"/>
+      <c r="BB359"/>
+      <c r="BC359"/>
+      <c r="BD359"/>
+      <c r="BE359"/>
+      <c r="BF359"/>
+      <c r="BG359"/>
+      <c r="BH359"/>
+      <c r="BI359"/>
+      <c r="BJ359"/>
+      <c r="BK359"/>
+      <c r="BL359"/>
+      <c r="BM359"/>
+      <c r="BN359"/>
+      <c r="BO359"/>
+      <c r="BP359"/>
+      <c r="BQ359"/>
+      <c r="BR359"/>
+      <c r="BS359"/>
+      <c r="BT359"/>
+      <c r="BU359"/>
+      <c r="BV359"/>
+      <c r="BW359"/>
+      <c r="BX359"/>
+      <c r="BY359"/>
+      <c r="BZ359"/>
+      <c r="CA359"/>
+      <c r="CB359"/>
+      <c r="CC359"/>
+      <c r="CD359"/>
+      <c r="CE359"/>
+      <c r="CF359"/>
+      <c r="CG359"/>
+      <c r="CH359"/>
+      <c r="CI359"/>
+      <c r="CJ359"/>
+      <c r="CK359"/>
+      <c r="CL359"/>
+      <c r="CM359"/>
+      <c r="CN359"/>
+      <c r="CO359"/>
+      <c r="CP359"/>
+      <c r="CQ359"/>
+      <c r="CR359"/>
+      <c r="CS359"/>
+    </row>
+    <row r="360" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A360" s="33"/>
+      <c r="B360" s="18"/>
+      <c r="C360" s="12"/>
+      <c r="D360" s="12"/>
+      <c r="E360" s="18"/>
+      <c r="F360" s="18"/>
+      <c r="G360" s="13"/>
+      <c r="H360" s="19"/>
+      <c r="I360" s="12"/>
+      <c r="J360" s="12"/>
+      <c r="K360" s="12"/>
+      <c r="L360" s="23"/>
+      <c r="O360" s="34"/>
+      <c r="P360"/>
+      <c r="Q360"/>
+      <c r="R360"/>
+      <c r="S360"/>
+      <c r="T360"/>
+      <c r="U360"/>
+      <c r="V360"/>
+      <c r="W360"/>
+      <c r="X360"/>
+      <c r="Y360"/>
+      <c r="Z360"/>
+      <c r="AA360"/>
+      <c r="AB360"/>
+      <c r="AC360"/>
+      <c r="AD360"/>
+      <c r="AE360"/>
+      <c r="AF360"/>
+      <c r="AG360"/>
+      <c r="AH360"/>
+      <c r="AI360"/>
+      <c r="AJ360"/>
+      <c r="AK360"/>
+      <c r="AL360"/>
+      <c r="AM360"/>
+      <c r="AN360"/>
+      <c r="AO360"/>
+      <c r="AP360"/>
+      <c r="AQ360"/>
+      <c r="AR360"/>
+      <c r="AS360"/>
+      <c r="AT360"/>
+      <c r="AU360"/>
+      <c r="AV360"/>
+      <c r="AW360"/>
+      <c r="AX360"/>
+      <c r="AY360"/>
+      <c r="AZ360"/>
+      <c r="BA360"/>
+      <c r="BB360"/>
+      <c r="BC360"/>
+      <c r="BD360"/>
+      <c r="BE360"/>
+      <c r="BF360"/>
+      <c r="BG360"/>
+      <c r="BH360"/>
+      <c r="BI360"/>
+      <c r="BJ360"/>
+      <c r="BK360"/>
+      <c r="BL360"/>
+      <c r="BM360"/>
+      <c r="BN360"/>
+      <c r="BO360"/>
+      <c r="BP360"/>
+      <c r="BQ360"/>
+      <c r="BR360"/>
+      <c r="BS360"/>
+      <c r="BT360"/>
+      <c r="BU360"/>
+      <c r="BV360"/>
+      <c r="BW360"/>
+      <c r="BX360"/>
+      <c r="BY360"/>
+      <c r="BZ360"/>
+      <c r="CA360"/>
+      <c r="CB360"/>
+      <c r="CC360"/>
+      <c r="CD360"/>
+      <c r="CE360"/>
+      <c r="CF360"/>
+      <c r="CG360"/>
+      <c r="CH360"/>
+      <c r="CI360"/>
+      <c r="CJ360"/>
+      <c r="CK360"/>
+      <c r="CL360"/>
+      <c r="CM360"/>
+      <c r="CN360"/>
+      <c r="CO360"/>
+      <c r="CP360"/>
+      <c r="CQ360"/>
+      <c r="CR360"/>
+      <c r="CS360"/>
+    </row>
+    <row r="361" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A361" s="33"/>
+      <c r="B361" s="18"/>
+      <c r="C361" s="12"/>
+      <c r="D361" s="12"/>
+      <c r="E361" s="18"/>
+      <c r="F361" s="18"/>
+      <c r="G361" s="13"/>
+      <c r="H361" s="19"/>
+      <c r="I361" s="12"/>
+      <c r="J361" s="12"/>
+      <c r="K361" s="12"/>
+      <c r="L361" s="23"/>
+      <c r="O361" s="34"/>
+      <c r="P361"/>
+      <c r="Q361"/>
+      <c r="R361"/>
+      <c r="S361"/>
+      <c r="T361"/>
+      <c r="U361"/>
+      <c r="V361"/>
+      <c r="W361"/>
+      <c r="X361"/>
+      <c r="Y361"/>
+      <c r="Z361"/>
+      <c r="AA361"/>
+      <c r="AB361"/>
+      <c r="AC361"/>
+      <c r="AD361"/>
+      <c r="AE361"/>
+      <c r="AF361"/>
+      <c r="AG361"/>
+      <c r="AH361"/>
+      <c r="AI361"/>
+      <c r="AJ361"/>
+      <c r="AK361"/>
+      <c r="AL361"/>
+      <c r="AM361"/>
+      <c r="AN361"/>
+      <c r="AO361"/>
+      <c r="AP361"/>
+      <c r="AQ361"/>
+      <c r="AR361"/>
+      <c r="AS361"/>
+      <c r="AT361"/>
+      <c r="AU361"/>
+      <c r="AV361"/>
+      <c r="AW361"/>
+      <c r="AX361"/>
+      <c r="AY361"/>
+      <c r="AZ361"/>
+      <c r="BA361"/>
+      <c r="BB361"/>
+      <c r="BC361"/>
+      <c r="BD361"/>
+      <c r="BE361"/>
+      <c r="BF361"/>
+      <c r="BG361"/>
+      <c r="BH361"/>
+      <c r="BI361"/>
+      <c r="BJ361"/>
+      <c r="BK361"/>
+      <c r="BL361"/>
+      <c r="BM361"/>
+      <c r="BN361"/>
+      <c r="BO361"/>
+      <c r="BP361"/>
+      <c r="BQ361"/>
+      <c r="BR361"/>
+      <c r="BS361"/>
+      <c r="BT361"/>
+      <c r="BU361"/>
+      <c r="BV361"/>
+      <c r="BW361"/>
+      <c r="BX361"/>
+      <c r="BY361"/>
+      <c r="BZ361"/>
+      <c r="CA361"/>
+      <c r="CB361"/>
+      <c r="CC361"/>
+      <c r="CD361"/>
+      <c r="CE361"/>
+      <c r="CF361"/>
+      <c r="CG361"/>
+      <c r="CH361"/>
+      <c r="CI361"/>
+      <c r="CJ361"/>
+      <c r="CK361"/>
+      <c r="CL361"/>
+      <c r="CM361"/>
+      <c r="CN361"/>
+      <c r="CO361"/>
+      <c r="CP361"/>
+      <c r="CQ361"/>
+      <c r="CR361"/>
+      <c r="CS361"/>
+    </row>
+    <row r="362" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A362" s="33"/>
+      <c r="B362" s="18"/>
+      <c r="C362" s="12"/>
+      <c r="D362" s="12"/>
+      <c r="E362" s="18"/>
+      <c r="F362" s="18"/>
+      <c r="G362" s="13"/>
+      <c r="H362" s="19"/>
+      <c r="I362" s="12"/>
+      <c r="J362" s="12"/>
+      <c r="K362" s="12"/>
+      <c r="L362" s="23"/>
+      <c r="O362" s="34"/>
+      <c r="P362"/>
+      <c r="Q362"/>
+      <c r="R362"/>
+      <c r="S362"/>
+      <c r="T362"/>
+      <c r="U362"/>
+      <c r="V362"/>
+      <c r="W362"/>
+      <c r="X362"/>
+      <c r="Y362"/>
+      <c r="Z362"/>
+      <c r="AA362"/>
+      <c r="AB362"/>
+      <c r="AC362"/>
+      <c r="AD362"/>
+      <c r="AE362"/>
+      <c r="AF362"/>
+      <c r="AG362"/>
+      <c r="AH362"/>
+      <c r="AI362"/>
+      <c r="AJ362"/>
+      <c r="AK362"/>
+      <c r="AL362"/>
+      <c r="AM362"/>
+      <c r="AN362"/>
+      <c r="AO362"/>
+      <c r="AP362"/>
+      <c r="AQ362"/>
+      <c r="AR362"/>
+      <c r="AS362"/>
+      <c r="AT362"/>
+      <c r="AU362"/>
+      <c r="AV362"/>
+      <c r="AW362"/>
+      <c r="AX362"/>
+      <c r="AY362"/>
+      <c r="AZ362"/>
+      <c r="BA362"/>
+      <c r="BB362"/>
+      <c r="BC362"/>
+      <c r="BD362"/>
+      <c r="BE362"/>
+      <c r="BF362"/>
+      <c r="BG362"/>
+      <c r="BH362"/>
+      <c r="BI362"/>
+      <c r="BJ362"/>
+      <c r="BK362"/>
+      <c r="BL362"/>
+      <c r="BM362"/>
+      <c r="BN362"/>
+      <c r="BO362"/>
+      <c r="BP362"/>
+      <c r="BQ362"/>
+      <c r="BR362"/>
+      <c r="BS362"/>
+      <c r="BT362"/>
+      <c r="BU362"/>
+      <c r="BV362"/>
+      <c r="BW362"/>
+      <c r="BX362"/>
+      <c r="BY362"/>
+      <c r="BZ362"/>
+      <c r="CA362"/>
+      <c r="CB362"/>
+      <c r="CC362"/>
+      <c r="CD362"/>
+      <c r="CE362"/>
+      <c r="CF362"/>
+      <c r="CG362"/>
+      <c r="CH362"/>
+      <c r="CI362"/>
+      <c r="CJ362"/>
+      <c r="CK362"/>
+      <c r="CL362"/>
+      <c r="CM362"/>
+      <c r="CN362"/>
+      <c r="CO362"/>
+      <c r="CP362"/>
+      <c r="CQ362"/>
+      <c r="CR362"/>
+      <c r="CS362"/>
+    </row>
+    <row r="363" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A363" s="33"/>
+      <c r="B363" s="18"/>
+      <c r="C363" s="12"/>
+      <c r="D363" s="12"/>
+      <c r="E363" s="18"/>
+      <c r="F363" s="18"/>
+      <c r="G363" s="13"/>
+      <c r="H363" s="19"/>
+      <c r="I363" s="12"/>
+      <c r="J363" s="12"/>
+      <c r="K363" s="12"/>
+      <c r="L363" s="23"/>
+      <c r="O363" s="34"/>
+      <c r="P363"/>
+      <c r="Q363"/>
+      <c r="R363"/>
+      <c r="S363"/>
+      <c r="T363"/>
+      <c r="U363"/>
+      <c r="V363"/>
+      <c r="W363"/>
+      <c r="X363"/>
+      <c r="Y363"/>
+      <c r="Z363"/>
+      <c r="AA363"/>
+      <c r="AB363"/>
+      <c r="AC363"/>
+      <c r="AD363"/>
+      <c r="AE363"/>
+      <c r="AF363"/>
+      <c r="AG363"/>
+      <c r="AH363"/>
+      <c r="AI363"/>
+      <c r="AJ363"/>
+      <c r="AK363"/>
+      <c r="AL363"/>
+      <c r="AM363"/>
+      <c r="AN363"/>
+      <c r="AO363"/>
+      <c r="AP363"/>
+      <c r="AQ363"/>
+      <c r="AR363"/>
+      <c r="AS363"/>
+      <c r="AT363"/>
+      <c r="AU363"/>
+      <c r="AV363"/>
+      <c r="AW363"/>
+      <c r="AX363"/>
+      <c r="AY363"/>
+      <c r="AZ363"/>
+      <c r="BA363"/>
+      <c r="BB363"/>
+      <c r="BC363"/>
+      <c r="BD363"/>
+      <c r="BE363"/>
+      <c r="BF363"/>
+      <c r="BG363"/>
+      <c r="BH363"/>
+      <c r="BI363"/>
+      <c r="BJ363"/>
+      <c r="BK363"/>
+      <c r="BL363"/>
+      <c r="BM363"/>
+      <c r="BN363"/>
+      <c r="BO363"/>
+      <c r="BP363"/>
+      <c r="BQ363"/>
+      <c r="BR363"/>
+      <c r="BS363"/>
+      <c r="BT363"/>
+      <c r="BU363"/>
+      <c r="BV363"/>
+      <c r="BW363"/>
+      <c r="BX363"/>
+      <c r="BY363"/>
+      <c r="BZ363"/>
+      <c r="CA363"/>
+      <c r="CB363"/>
+      <c r="CC363"/>
+      <c r="CD363"/>
+      <c r="CE363"/>
+      <c r="CF363"/>
+      <c r="CG363"/>
+      <c r="CH363"/>
+      <c r="CI363"/>
+      <c r="CJ363"/>
+      <c r="CK363"/>
+      <c r="CL363"/>
+      <c r="CM363"/>
+      <c r="CN363"/>
+      <c r="CO363"/>
+      <c r="CP363"/>
+      <c r="CQ363"/>
+      <c r="CR363"/>
+      <c r="CS363"/>
+    </row>
+    <row r="364" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A364" s="33"/>
+      <c r="B364" s="18"/>
+      <c r="C364" s="12"/>
+      <c r="D364" s="12"/>
+      <c r="E364" s="18"/>
+      <c r="F364" s="18"/>
+      <c r="G364" s="13"/>
+      <c r="H364" s="19"/>
+      <c r="I364" s="12"/>
+      <c r="J364" s="12"/>
+      <c r="K364" s="12"/>
+      <c r="L364" s="23"/>
+      <c r="O364" s="34"/>
+      <c r="P364"/>
+      <c r="Q364"/>
+      <c r="R364"/>
+      <c r="S364"/>
+      <c r="T364"/>
+      <c r="U364"/>
+      <c r="V364"/>
+      <c r="W364"/>
+      <c r="X364"/>
+      <c r="Y364"/>
+      <c r="Z364"/>
+      <c r="AA364"/>
+      <c r="AB364"/>
+      <c r="AC364"/>
+      <c r="AD364"/>
+      <c r="AE364"/>
+      <c r="AF364"/>
+      <c r="AG364"/>
+      <c r="AH364"/>
+      <c r="AI364"/>
+      <c r="AJ364"/>
+      <c r="AK364"/>
+      <c r="AL364"/>
+      <c r="AM364"/>
+      <c r="AN364"/>
+      <c r="AO364"/>
+      <c r="AP364"/>
+      <c r="AQ364"/>
+      <c r="AR364"/>
+      <c r="AS364"/>
+      <c r="AT364"/>
+      <c r="AU364"/>
+      <c r="AV364"/>
+      <c r="AW364"/>
+      <c r="AX364"/>
+      <c r="AY364"/>
+      <c r="AZ364"/>
+      <c r="BA364"/>
+      <c r="BB364"/>
+      <c r="BC364"/>
+      <c r="BD364"/>
+      <c r="BE364"/>
+      <c r="BF364"/>
+      <c r="BG364"/>
+      <c r="BH364"/>
+      <c r="BI364"/>
+      <c r="BJ364"/>
+      <c r="BK364"/>
+      <c r="BL364"/>
+      <c r="BM364"/>
+      <c r="BN364"/>
+      <c r="BO364"/>
+      <c r="BP364"/>
+      <c r="BQ364"/>
+      <c r="BR364"/>
+      <c r="BS364"/>
+      <c r="BT364"/>
+      <c r="BU364"/>
+      <c r="BV364"/>
+      <c r="BW364"/>
+      <c r="BX364"/>
+      <c r="BY364"/>
+      <c r="BZ364"/>
+      <c r="CA364"/>
+      <c r="CB364"/>
+      <c r="CC364"/>
+      <c r="CD364"/>
+      <c r="CE364"/>
+      <c r="CF364"/>
+      <c r="CG364"/>
+      <c r="CH364"/>
+      <c r="CI364"/>
+      <c r="CJ364"/>
+      <c r="CK364"/>
+      <c r="CL364"/>
+      <c r="CM364"/>
+      <c r="CN364"/>
+      <c r="CO364"/>
+      <c r="CP364"/>
+      <c r="CQ364"/>
+      <c r="CR364"/>
+      <c r="CS364"/>
+    </row>
+    <row r="365" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A365" s="33"/>
+      <c r="B365" s="18"/>
+      <c r="C365" s="12"/>
+      <c r="D365" s="12"/>
+      <c r="E365" s="18"/>
+      <c r="F365" s="18"/>
+      <c r="G365" s="13"/>
+      <c r="H365" s="19"/>
+      <c r="I365" s="12"/>
+      <c r="J365" s="12"/>
+      <c r="K365" s="12"/>
+      <c r="L365" s="23"/>
+      <c r="O365" s="34"/>
+      <c r="P365"/>
+      <c r="Q365"/>
+      <c r="R365"/>
+      <c r="S365"/>
+      <c r="T365"/>
+      <c r="U365"/>
+      <c r="V365"/>
+      <c r="W365"/>
+      <c r="X365"/>
+      <c r="Y365"/>
+      <c r="Z365"/>
+      <c r="AA365"/>
+      <c r="AB365"/>
+      <c r="AC365"/>
+      <c r="AD365"/>
+      <c r="AE365"/>
+      <c r="AF365"/>
+      <c r="AG365"/>
+      <c r="AH365"/>
+      <c r="AI365"/>
+      <c r="AJ365"/>
+      <c r="AK365"/>
+      <c r="AL365"/>
+      <c r="AM365"/>
+      <c r="AN365"/>
+      <c r="AO365"/>
+      <c r="AP365"/>
+      <c r="AQ365"/>
+      <c r="AR365"/>
+      <c r="AS365"/>
+      <c r="AT365"/>
+      <c r="AU365"/>
+      <c r="AV365"/>
+      <c r="AW365"/>
+      <c r="AX365"/>
+      <c r="AY365"/>
+      <c r="AZ365"/>
+      <c r="BA365"/>
+      <c r="BB365"/>
+      <c r="BC365"/>
+      <c r="BD365"/>
+      <c r="BE365"/>
+      <c r="BF365"/>
+      <c r="BG365"/>
+      <c r="BH365"/>
+      <c r="BI365"/>
+      <c r="BJ365"/>
+      <c r="BK365"/>
+      <c r="BL365"/>
+      <c r="BM365"/>
+      <c r="BN365"/>
+      <c r="BO365"/>
+      <c r="BP365"/>
+      <c r="BQ365"/>
+      <c r="BR365"/>
+      <c r="BS365"/>
+      <c r="BT365"/>
+      <c r="BU365"/>
+      <c r="BV365"/>
+      <c r="BW365"/>
+      <c r="BX365"/>
+      <c r="BY365"/>
+      <c r="BZ365"/>
+      <c r="CA365"/>
+      <c r="CB365"/>
+      <c r="CC365"/>
+      <c r="CD365"/>
+      <c r="CE365"/>
+      <c r="CF365"/>
+      <c r="CG365"/>
+      <c r="CH365"/>
+      <c r="CI365"/>
+      <c r="CJ365"/>
+      <c r="CK365"/>
+      <c r="CL365"/>
+      <c r="CM365"/>
+      <c r="CN365"/>
+      <c r="CO365"/>
+      <c r="CP365"/>
+      <c r="CQ365"/>
+      <c r="CR365"/>
+      <c r="CS365"/>
+    </row>
+    <row r="366" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A366" s="33"/>
+      <c r="B366" s="18"/>
+      <c r="C366" s="12"/>
+      <c r="D366" s="12"/>
+      <c r="E366" s="18"/>
+      <c r="F366" s="18"/>
+      <c r="G366" s="13"/>
+      <c r="H366" s="19"/>
+      <c r="I366" s="12"/>
+      <c r="J366" s="12"/>
+      <c r="K366" s="12"/>
+      <c r="L366" s="23"/>
+      <c r="O366" s="34"/>
+      <c r="P366"/>
+      <c r="Q366"/>
+      <c r="R366"/>
+      <c r="S366"/>
+      <c r="T366"/>
+      <c r="U366"/>
+      <c r="V366"/>
+      <c r="W366"/>
+      <c r="X366"/>
+      <c r="Y366"/>
+      <c r="Z366"/>
+      <c r="AA366"/>
+      <c r="AB366"/>
+      <c r="AC366"/>
+      <c r="AD366"/>
+      <c r="AE366"/>
+      <c r="AF366"/>
+      <c r="AG366"/>
+      <c r="AH366"/>
+      <c r="AI366"/>
+      <c r="AJ366"/>
+      <c r="AK366"/>
+      <c r="AL366"/>
+      <c r="AM366"/>
+      <c r="AN366"/>
+      <c r="AO366"/>
+      <c r="AP366"/>
+      <c r="AQ366"/>
+      <c r="AR366"/>
+      <c r="AS366"/>
+      <c r="AT366"/>
+      <c r="AU366"/>
+      <c r="AV366"/>
+      <c r="AW366"/>
+      <c r="AX366"/>
+      <c r="AY366"/>
+      <c r="AZ366"/>
+      <c r="BA366"/>
+      <c r="BB366"/>
+      <c r="BC366"/>
+      <c r="BD366"/>
+      <c r="BE366"/>
+      <c r="BF366"/>
+      <c r="BG366"/>
+      <c r="BH366"/>
+      <c r="BI366"/>
+      <c r="BJ366"/>
+      <c r="BK366"/>
+      <c r="BL366"/>
+      <c r="BM366"/>
+      <c r="BN366"/>
+      <c r="BO366"/>
+      <c r="BP366"/>
+      <c r="BQ366"/>
+      <c r="BR366"/>
+      <c r="BS366"/>
+      <c r="BT366"/>
+      <c r="BU366"/>
+      <c r="BV366"/>
+      <c r="BW366"/>
+      <c r="BX366"/>
+      <c r="BY366"/>
+      <c r="BZ366"/>
+      <c r="CA366"/>
+      <c r="CB366"/>
+      <c r="CC366"/>
+      <c r="CD366"/>
+      <c r="CE366"/>
+      <c r="CF366"/>
+      <c r="CG366"/>
+      <c r="CH366"/>
+      <c r="CI366"/>
+      <c r="CJ366"/>
+      <c r="CK366"/>
+      <c r="CL366"/>
+      <c r="CM366"/>
+      <c r="CN366"/>
+      <c r="CO366"/>
+      <c r="CP366"/>
+      <c r="CQ366"/>
+      <c r="CR366"/>
+      <c r="CS366"/>
+    </row>
+    <row r="367" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A367" s="33"/>
+      <c r="B367" s="18"/>
+      <c r="C367" s="12"/>
+      <c r="D367" s="12"/>
+      <c r="E367" s="18"/>
+      <c r="F367" s="18"/>
+      <c r="G367" s="13"/>
+      <c r="H367" s="19"/>
+      <c r="I367" s="12"/>
+      <c r="J367" s="12"/>
+      <c r="K367" s="12"/>
+      <c r="L367" s="23"/>
+      <c r="O367" s="34"/>
+      <c r="P367"/>
+      <c r="Q367"/>
+      <c r="R367"/>
+      <c r="S367"/>
+      <c r="T367"/>
+      <c r="U367"/>
+      <c r="V367"/>
+      <c r="W367"/>
+      <c r="X367"/>
+      <c r="Y367"/>
+      <c r="Z367"/>
+      <c r="AA367"/>
+      <c r="AB367"/>
+      <c r="AC367"/>
+      <c r="AD367"/>
+      <c r="AE367"/>
+      <c r="AF367"/>
+      <c r="AG367"/>
+      <c r="AH367"/>
+      <c r="AI367"/>
+      <c r="AJ367"/>
+      <c r="AK367"/>
+      <c r="AL367"/>
+      <c r="AM367"/>
+      <c r="AN367"/>
+      <c r="AO367"/>
+      <c r="AP367"/>
+      <c r="AQ367"/>
+      <c r="AR367"/>
+      <c r="AS367"/>
+      <c r="AT367"/>
+      <c r="AU367"/>
+      <c r="AV367"/>
+      <c r="AW367"/>
+      <c r="AX367"/>
+      <c r="AY367"/>
+      <c r="AZ367"/>
+      <c r="BA367"/>
+      <c r="BB367"/>
+      <c r="BC367"/>
+      <c r="BD367"/>
+      <c r="BE367"/>
+      <c r="BF367"/>
+      <c r="BG367"/>
+      <c r="BH367"/>
+      <c r="BI367"/>
+      <c r="BJ367"/>
+      <c r="BK367"/>
+      <c r="BL367"/>
+      <c r="BM367"/>
+      <c r="BN367"/>
+      <c r="BO367"/>
+      <c r="BP367"/>
+      <c r="BQ367"/>
+      <c r="BR367"/>
+      <c r="BS367"/>
+      <c r="BT367"/>
+      <c r="BU367"/>
+      <c r="BV367"/>
+      <c r="BW367"/>
+      <c r="BX367"/>
+      <c r="BY367"/>
+      <c r="BZ367"/>
+      <c r="CA367"/>
+      <c r="CB367"/>
+      <c r="CC367"/>
+      <c r="CD367"/>
+      <c r="CE367"/>
+      <c r="CF367"/>
+      <c r="CG367"/>
+      <c r="CH367"/>
+      <c r="CI367"/>
+      <c r="CJ367"/>
+      <c r="CK367"/>
+      <c r="CL367"/>
+      <c r="CM367"/>
+      <c r="CN367"/>
+      <c r="CO367"/>
+      <c r="CP367"/>
+      <c r="CQ367"/>
+      <c r="CR367"/>
+      <c r="CS367"/>
+    </row>
+    <row r="368" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A368" s="33"/>
+      <c r="B368" s="18"/>
+      <c r="C368" s="12"/>
+      <c r="D368" s="12"/>
+      <c r="E368" s="18"/>
+      <c r="F368" s="18"/>
+      <c r="G368" s="13"/>
+      <c r="H368" s="19"/>
+      <c r="I368" s="12"/>
+      <c r="J368" s="12"/>
+      <c r="K368" s="12"/>
+      <c r="L368" s="23"/>
+      <c r="O368" s="34"/>
+      <c r="P368"/>
+      <c r="Q368"/>
+      <c r="R368"/>
+      <c r="S368"/>
+      <c r="T368"/>
+      <c r="U368"/>
+      <c r="V368"/>
+      <c r="W368"/>
+      <c r="X368"/>
+      <c r="Y368"/>
+      <c r="Z368"/>
+      <c r="AA368"/>
+      <c r="AB368"/>
+      <c r="AC368"/>
+      <c r="AD368"/>
+      <c r="AE368"/>
+      <c r="AF368"/>
+      <c r="AG368"/>
+      <c r="AH368"/>
+      <c r="AI368"/>
+      <c r="AJ368"/>
+      <c r="AK368"/>
+      <c r="AL368"/>
+      <c r="AM368"/>
+      <c r="AN368"/>
+      <c r="AO368"/>
+      <c r="AP368"/>
+      <c r="AQ368"/>
+      <c r="AR368"/>
+      <c r="AS368"/>
+      <c r="AT368"/>
+      <c r="AU368"/>
+      <c r="AV368"/>
+      <c r="AW368"/>
+      <c r="AX368"/>
+      <c r="AY368"/>
+      <c r="AZ368"/>
+      <c r="BA368"/>
+      <c r="BB368"/>
+      <c r="BC368"/>
+      <c r="BD368"/>
+      <c r="BE368"/>
+      <c r="BF368"/>
+      <c r="BG368"/>
+      <c r="BH368"/>
+      <c r="BI368"/>
+      <c r="BJ368"/>
+      <c r="BK368"/>
+      <c r="BL368"/>
+      <c r="BM368"/>
+      <c r="BN368"/>
+      <c r="BO368"/>
+      <c r="BP368"/>
+      <c r="BQ368"/>
+      <c r="BR368"/>
+      <c r="BS368"/>
+      <c r="BT368"/>
+      <c r="BU368"/>
+      <c r="BV368"/>
+      <c r="BW368"/>
+      <c r="BX368"/>
+      <c r="BY368"/>
+      <c r="BZ368"/>
+      <c r="CA368"/>
+      <c r="CB368"/>
+      <c r="CC368"/>
+      <c r="CD368"/>
+      <c r="CE368"/>
+      <c r="CF368"/>
+      <c r="CG368"/>
+      <c r="CH368"/>
+      <c r="CI368"/>
+      <c r="CJ368"/>
+      <c r="CK368"/>
+      <c r="CL368"/>
+      <c r="CM368"/>
+      <c r="CN368"/>
+      <c r="CO368"/>
+      <c r="CP368"/>
+      <c r="CQ368"/>
+      <c r="CR368"/>
+      <c r="CS368"/>
+    </row>
+    <row r="369" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A369" s="33"/>
+      <c r="B369" s="18"/>
+      <c r="C369" s="12"/>
+      <c r="D369" s="12"/>
+      <c r="E369" s="18"/>
+      <c r="F369" s="18"/>
+      <c r="G369" s="13"/>
+      <c r="H369" s="19"/>
+      <c r="I369" s="12"/>
+      <c r="J369" s="12"/>
+      <c r="K369" s="12"/>
+      <c r="L369" s="23"/>
+      <c r="O369" s="34"/>
+      <c r="P369"/>
+      <c r="Q369"/>
+      <c r="R369"/>
+      <c r="S369"/>
+      <c r="T369"/>
+      <c r="U369"/>
+      <c r="V369"/>
+      <c r="W369"/>
+      <c r="X369"/>
+      <c r="Y369"/>
+      <c r="Z369"/>
+      <c r="AA369"/>
+      <c r="AB369"/>
+      <c r="AC369"/>
+      <c r="AD369"/>
+      <c r="AE369"/>
+      <c r="AF369"/>
+      <c r="AG369"/>
+      <c r="AH369"/>
+      <c r="AI369"/>
+      <c r="AJ369"/>
+      <c r="AK369"/>
+      <c r="AL369"/>
+      <c r="AM369"/>
+      <c r="AN369"/>
+      <c r="AO369"/>
+      <c r="AP369"/>
+      <c r="AQ369"/>
+      <c r="AR369"/>
+      <c r="AS369"/>
+      <c r="AT369"/>
+      <c r="AU369"/>
+      <c r="AV369"/>
+      <c r="AW369"/>
+      <c r="AX369"/>
+      <c r="AY369"/>
+      <c r="AZ369"/>
+      <c r="BA369"/>
+      <c r="BB369"/>
+      <c r="BC369"/>
+      <c r="BD369"/>
+      <c r="BE369"/>
+      <c r="BF369"/>
+      <c r="BG369"/>
+      <c r="BH369"/>
+      <c r="BI369"/>
+      <c r="BJ369"/>
+      <c r="BK369"/>
+      <c r="BL369"/>
+      <c r="BM369"/>
+      <c r="BN369"/>
+      <c r="BO369"/>
+      <c r="BP369"/>
+      <c r="BQ369"/>
+      <c r="BR369"/>
+      <c r="BS369"/>
+      <c r="BT369"/>
+      <c r="BU369"/>
+      <c r="BV369"/>
+      <c r="BW369"/>
+      <c r="BX369"/>
+      <c r="BY369"/>
+      <c r="BZ369"/>
+      <c r="CA369"/>
+      <c r="CB369"/>
+      <c r="CC369"/>
+      <c r="CD369"/>
+      <c r="CE369"/>
+      <c r="CF369"/>
+      <c r="CG369"/>
+      <c r="CH369"/>
+      <c r="CI369"/>
+      <c r="CJ369"/>
+      <c r="CK369"/>
+      <c r="CL369"/>
+      <c r="CM369"/>
+      <c r="CN369"/>
+      <c r="CO369"/>
+      <c r="CP369"/>
+      <c r="CQ369"/>
+      <c r="CR369"/>
+      <c r="CS369"/>
+    </row>
+    <row r="370" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A370" s="33"/>
+      <c r="B370" s="18"/>
+      <c r="C370" s="12"/>
+      <c r="D370" s="12"/>
+      <c r="E370" s="18"/>
+      <c r="F370" s="18"/>
+      <c r="G370" s="13"/>
+      <c r="H370" s="19"/>
+      <c r="I370" s="12"/>
+      <c r="J370" s="12"/>
+      <c r="K370" s="12"/>
+      <c r="L370" s="23"/>
+      <c r="O370" s="34"/>
+      <c r="P370"/>
+      <c r="Q370"/>
+      <c r="R370"/>
+      <c r="S370"/>
+      <c r="T370"/>
+      <c r="U370"/>
+      <c r="V370"/>
+      <c r="W370"/>
+      <c r="X370"/>
+      <c r="Y370"/>
+      <c r="Z370"/>
+      <c r="AA370"/>
+      <c r="AB370"/>
+      <c r="AC370"/>
+      <c r="AD370"/>
+      <c r="AE370"/>
+      <c r="AF370"/>
+      <c r="AG370"/>
+      <c r="AH370"/>
+      <c r="AI370"/>
+      <c r="AJ370"/>
+      <c r="AK370"/>
+      <c r="AL370"/>
+      <c r="AM370"/>
+      <c r="AN370"/>
+      <c r="AO370"/>
+      <c r="AP370"/>
+      <c r="AQ370"/>
+      <c r="AR370"/>
+      <c r="AS370"/>
+      <c r="AT370"/>
+      <c r="AU370"/>
+      <c r="AV370"/>
+      <c r="AW370"/>
+      <c r="AX370"/>
+      <c r="AY370"/>
+      <c r="AZ370"/>
+      <c r="BA370"/>
+      <c r="BB370"/>
+      <c r="BC370"/>
+      <c r="BD370"/>
+      <c r="BE370"/>
+      <c r="BF370"/>
+      <c r="BG370"/>
+      <c r="BH370"/>
+      <c r="BI370"/>
+      <c r="BJ370"/>
+      <c r="BK370"/>
+      <c r="BL370"/>
+      <c r="BM370"/>
+      <c r="BN370"/>
+      <c r="BO370"/>
+      <c r="BP370"/>
+      <c r="BQ370"/>
+      <c r="BR370"/>
+      <c r="BS370"/>
+      <c r="BT370"/>
+      <c r="BU370"/>
+      <c r="BV370"/>
+      <c r="BW370"/>
+      <c r="BX370"/>
+      <c r="BY370"/>
+      <c r="BZ370"/>
+      <c r="CA370"/>
+      <c r="CB370"/>
+      <c r="CC370"/>
+      <c r="CD370"/>
+      <c r="CE370"/>
+      <c r="CF370"/>
+      <c r="CG370"/>
+      <c r="CH370"/>
+      <c r="CI370"/>
+      <c r="CJ370"/>
+      <c r="CK370"/>
+      <c r="CL370"/>
+      <c r="CM370"/>
+      <c r="CN370"/>
+      <c r="CO370"/>
+      <c r="CP370"/>
+      <c r="CQ370"/>
+      <c r="CR370"/>
+      <c r="CS370"/>
+    </row>
+    <row r="371" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A371" s="33"/>
+      <c r="B371" s="18"/>
+      <c r="C371" s="12"/>
+      <c r="D371" s="12"/>
+      <c r="E371" s="18"/>
+      <c r="F371" s="18"/>
+      <c r="G371" s="13"/>
+      <c r="H371" s="19"/>
+      <c r="I371" s="12"/>
+      <c r="J371" s="12"/>
+      <c r="K371" s="12"/>
+      <c r="L371" s="23"/>
+      <c r="O371" s="34"/>
+      <c r="P371"/>
+      <c r="Q371"/>
+      <c r="R371"/>
+      <c r="S371"/>
+      <c r="T371"/>
+      <c r="U371"/>
+      <c r="V371"/>
+      <c r="W371"/>
+      <c r="X371"/>
+      <c r="Y371"/>
+      <c r="Z371"/>
+      <c r="AA371"/>
+      <c r="AB371"/>
+      <c r="AC371"/>
+      <c r="AD371"/>
+      <c r="AE371"/>
+      <c r="AF371"/>
+      <c r="AG371"/>
+      <c r="AH371"/>
+      <c r="AI371"/>
+      <c r="AJ371"/>
+      <c r="AK371"/>
+      <c r="AL371"/>
+      <c r="AM371"/>
+      <c r="AN371"/>
+      <c r="AO371"/>
+      <c r="AP371"/>
+      <c r="AQ371"/>
+      <c r="AR371"/>
+      <c r="AS371"/>
+      <c r="AT371"/>
+      <c r="AU371"/>
+      <c r="AV371"/>
+      <c r="AW371"/>
+      <c r="AX371"/>
+      <c r="AY371"/>
+      <c r="AZ371"/>
+      <c r="BA371"/>
+      <c r="BB371"/>
+      <c r="BC371"/>
+      <c r="BD371"/>
+      <c r="BE371"/>
+      <c r="BF371"/>
+      <c r="BG371"/>
+      <c r="BH371"/>
+      <c r="BI371"/>
+      <c r="BJ371"/>
+      <c r="BK371"/>
+      <c r="BL371"/>
+      <c r="BM371"/>
+      <c r="BN371"/>
+      <c r="BO371"/>
+      <c r="BP371"/>
+      <c r="BQ371"/>
+      <c r="BR371"/>
+      <c r="BS371"/>
+      <c r="BT371"/>
+      <c r="BU371"/>
+      <c r="BV371"/>
+      <c r="BW371"/>
+      <c r="BX371"/>
+      <c r="BY371"/>
+      <c r="BZ371"/>
+      <c r="CA371"/>
+      <c r="CB371"/>
+      <c r="CC371"/>
+      <c r="CD371"/>
+      <c r="CE371"/>
+      <c r="CF371"/>
+      <c r="CG371"/>
+      <c r="CH371"/>
+      <c r="CI371"/>
+      <c r="CJ371"/>
+      <c r="CK371"/>
+      <c r="CL371"/>
+      <c r="CM371"/>
+      <c r="CN371"/>
+      <c r="CO371"/>
+      <c r="CP371"/>
+      <c r="CQ371"/>
+      <c r="CR371"/>
+      <c r="CS371"/>
+    </row>
+    <row r="372" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A372" s="33"/>
+      <c r="B372" s="18"/>
+      <c r="C372" s="12"/>
+      <c r="D372" s="12"/>
+      <c r="E372" s="18"/>
+      <c r="F372" s="18"/>
+      <c r="G372" s="13"/>
+      <c r="H372" s="19"/>
+      <c r="I372" s="12"/>
+      <c r="J372" s="12"/>
+      <c r="K372" s="12"/>
+      <c r="L372" s="23"/>
+      <c r="O372" s="34"/>
+      <c r="P372"/>
+      <c r="Q372"/>
+      <c r="R372"/>
+      <c r="S372"/>
+      <c r="T372"/>
+      <c r="U372"/>
+      <c r="V372"/>
+      <c r="W372"/>
+      <c r="X372"/>
+      <c r="Y372"/>
+      <c r="Z372"/>
+      <c r="AA372"/>
+      <c r="AB372"/>
+      <c r="AC372"/>
+      <c r="AD372"/>
+      <c r="AE372"/>
+      <c r="AF372"/>
+      <c r="AG372"/>
+      <c r="AH372"/>
+      <c r="AI372"/>
+      <c r="AJ372"/>
+      <c r="AK372"/>
+      <c r="AL372"/>
+      <c r="AM372"/>
+      <c r="AN372"/>
+      <c r="AO372"/>
+      <c r="AP372"/>
+      <c r="AQ372"/>
+      <c r="AR372"/>
+      <c r="AS372"/>
+      <c r="AT372"/>
+      <c r="AU372"/>
+      <c r="AV372"/>
+      <c r="AW372"/>
+      <c r="AX372"/>
+      <c r="AY372"/>
+      <c r="AZ372"/>
+      <c r="BA372"/>
+      <c r="BB372"/>
+      <c r="BC372"/>
+      <c r="BD372"/>
+      <c r="BE372"/>
+      <c r="BF372"/>
+      <c r="BG372"/>
+      <c r="BH372"/>
+      <c r="BI372"/>
+      <c r="BJ372"/>
+      <c r="BK372"/>
+      <c r="BL372"/>
+      <c r="BM372"/>
+      <c r="BN372"/>
+      <c r="BO372"/>
+      <c r="BP372"/>
+      <c r="BQ372"/>
+      <c r="BR372"/>
+      <c r="BS372"/>
+      <c r="BT372"/>
+      <c r="BU372"/>
+      <c r="BV372"/>
+      <c r="BW372"/>
+      <c r="BX372"/>
+      <c r="BY372"/>
+      <c r="BZ372"/>
+      <c r="CA372"/>
+      <c r="CB372"/>
+      <c r="CC372"/>
+      <c r="CD372"/>
+      <c r="CE372"/>
+      <c r="CF372"/>
+      <c r="CG372"/>
+      <c r="CH372"/>
+      <c r="CI372"/>
+      <c r="CJ372"/>
+      <c r="CK372"/>
+      <c r="CL372"/>
+      <c r="CM372"/>
+      <c r="CN372"/>
+      <c r="CO372"/>
+      <c r="CP372"/>
+      <c r="CQ372"/>
+      <c r="CR372"/>
+      <c r="CS372"/>
+    </row>
+    <row r="373" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A373" s="33"/>
+      <c r="B373" s="18"/>
+      <c r="C373" s="12"/>
+      <c r="D373" s="12"/>
+      <c r="E373" s="18"/>
+      <c r="F373" s="18"/>
+      <c r="G373" s="13"/>
+      <c r="H373" s="19"/>
+      <c r="I373" s="12"/>
+      <c r="J373" s="12"/>
+      <c r="K373" s="12"/>
+      <c r="L373" s="23"/>
+      <c r="O373" s="34"/>
+      <c r="P373"/>
+      <c r="Q373"/>
+      <c r="R373"/>
+      <c r="S373"/>
+      <c r="T373"/>
+      <c r="U373"/>
+      <c r="V373"/>
+      <c r="W373"/>
+      <c r="X373"/>
+      <c r="Y373"/>
+      <c r="Z373"/>
+      <c r="AA373"/>
+      <c r="AB373"/>
+      <c r="AC373"/>
+      <c r="AD373"/>
+      <c r="AE373"/>
+      <c r="AF373"/>
+      <c r="AG373"/>
+      <c r="AH373"/>
+      <c r="AI373"/>
+      <c r="AJ373"/>
+      <c r="AK373"/>
+      <c r="AL373"/>
+      <c r="AM373"/>
+      <c r="AN373"/>
+      <c r="AO373"/>
+      <c r="AP373"/>
+      <c r="AQ373"/>
+      <c r="AR373"/>
+      <c r="AS373"/>
+      <c r="AT373"/>
+      <c r="AU373"/>
+      <c r="AV373"/>
+      <c r="AW373"/>
+      <c r="AX373"/>
+      <c r="AY373"/>
+      <c r="AZ373"/>
+      <c r="BA373"/>
+      <c r="BB373"/>
+      <c r="BC373"/>
+      <c r="BD373"/>
+      <c r="BE373"/>
+      <c r="BF373"/>
+      <c r="BG373"/>
+      <c r="BH373"/>
+      <c r="BI373"/>
+      <c r="BJ373"/>
+      <c r="BK373"/>
+      <c r="BL373"/>
+      <c r="BM373"/>
+      <c r="BN373"/>
+      <c r="BO373"/>
+      <c r="BP373"/>
+      <c r="BQ373"/>
+      <c r="BR373"/>
+      <c r="BS373"/>
+      <c r="BT373"/>
+      <c r="BU373"/>
+      <c r="BV373"/>
+      <c r="BW373"/>
+      <c r="BX373"/>
+      <c r="BY373"/>
+      <c r="BZ373"/>
+      <c r="CA373"/>
+      <c r="CB373"/>
+      <c r="CC373"/>
+      <c r="CD373"/>
+      <c r="CE373"/>
+      <c r="CF373"/>
+      <c r="CG373"/>
+      <c r="CH373"/>
+      <c r="CI373"/>
+      <c r="CJ373"/>
+      <c r="CK373"/>
+      <c r="CL373"/>
+      <c r="CM373"/>
+      <c r="CN373"/>
+      <c r="CO373"/>
+      <c r="CP373"/>
+      <c r="CQ373"/>
+      <c r="CR373"/>
+      <c r="CS373"/>
+    </row>
+    <row r="374" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A374" s="33"/>
+      <c r="B374" s="18"/>
+      <c r="C374" s="12"/>
+      <c r="D374" s="12"/>
+      <c r="E374" s="18"/>
+      <c r="F374" s="18"/>
+      <c r="G374" s="13"/>
+      <c r="H374" s="19"/>
+      <c r="I374" s="12"/>
+      <c r="J374" s="12"/>
+      <c r="K374" s="12"/>
+      <c r="L374" s="23"/>
+      <c r="O374" s="34"/>
+      <c r="P374"/>
+      <c r="Q374"/>
+      <c r="R374"/>
+      <c r="S374"/>
+      <c r="T374"/>
+      <c r="U374"/>
+      <c r="V374"/>
+      <c r="W374"/>
+      <c r="X374"/>
+      <c r="Y374"/>
+      <c r="Z374"/>
+      <c r="AA374"/>
+      <c r="AB374"/>
+      <c r="AC374"/>
+      <c r="AD374"/>
+      <c r="AE374"/>
+      <c r="AF374"/>
+      <c r="AG374"/>
+      <c r="AH374"/>
+      <c r="AI374"/>
+      <c r="AJ374"/>
+      <c r="AK374"/>
+      <c r="AL374"/>
+      <c r="AM374"/>
+      <c r="AN374"/>
+      <c r="AO374"/>
+      <c r="AP374"/>
+      <c r="AQ374"/>
+      <c r="AR374"/>
+      <c r="AS374"/>
+      <c r="AT374"/>
+      <c r="AU374"/>
+      <c r="AV374"/>
+      <c r="AW374"/>
+      <c r="AX374"/>
+      <c r="AY374"/>
+      <c r="AZ374"/>
+      <c r="BA374"/>
+      <c r="BB374"/>
+      <c r="BC374"/>
+      <c r="BD374"/>
+      <c r="BE374"/>
+      <c r="BF374"/>
+      <c r="BG374"/>
+      <c r="BH374"/>
+      <c r="BI374"/>
+      <c r="BJ374"/>
+      <c r="BK374"/>
+      <c r="BL374"/>
+      <c r="BM374"/>
+      <c r="BN374"/>
+      <c r="BO374"/>
+      <c r="BP374"/>
+      <c r="BQ374"/>
+      <c r="BR374"/>
+      <c r="BS374"/>
+      <c r="BT374"/>
+      <c r="BU374"/>
+      <c r="BV374"/>
+      <c r="BW374"/>
+      <c r="BX374"/>
+      <c r="BY374"/>
+      <c r="BZ374"/>
+      <c r="CA374"/>
+      <c r="CB374"/>
+      <c r="CC374"/>
+      <c r="CD374"/>
+      <c r="CE374"/>
+      <c r="CF374"/>
+      <c r="CG374"/>
+      <c r="CH374"/>
+      <c r="CI374"/>
+      <c r="CJ374"/>
+      <c r="CK374"/>
+      <c r="CL374"/>
+      <c r="CM374"/>
+      <c r="CN374"/>
+      <c r="CO374"/>
+      <c r="CP374"/>
+      <c r="CQ374"/>
+      <c r="CR374"/>
+      <c r="CS374"/>
+    </row>
+    <row r="375" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A375" s="33"/>
+      <c r="B375" s="18"/>
+      <c r="C375" s="12"/>
+      <c r="D375" s="12"/>
+      <c r="E375" s="18"/>
+      <c r="F375" s="18"/>
+      <c r="G375" s="13"/>
+      <c r="H375" s="19"/>
+      <c r="I375" s="12"/>
+      <c r="J375" s="12"/>
+      <c r="K375" s="12"/>
+      <c r="L375" s="23"/>
+      <c r="O375" s="34"/>
+      <c r="P375"/>
+      <c r="Q375"/>
+      <c r="R375"/>
+      <c r="S375"/>
+      <c r="T375"/>
+      <c r="U375"/>
+      <c r="V375"/>
+      <c r="W375"/>
+      <c r="X375"/>
+      <c r="Y375"/>
+      <c r="Z375"/>
+      <c r="AA375"/>
+      <c r="AB375"/>
+      <c r="AC375"/>
+      <c r="AD375"/>
+      <c r="AE375"/>
+      <c r="AF375"/>
+      <c r="AG375"/>
+      <c r="AH375"/>
+      <c r="AI375"/>
+      <c r="AJ375"/>
+      <c r="AK375"/>
+      <c r="AL375"/>
+      <c r="AM375"/>
+      <c r="AN375"/>
+      <c r="AO375"/>
+      <c r="AP375"/>
+      <c r="AQ375"/>
+      <c r="AR375"/>
+      <c r="AS375"/>
+      <c r="AT375"/>
+      <c r="AU375"/>
+      <c r="AV375"/>
+      <c r="AW375"/>
+      <c r="AX375"/>
+      <c r="AY375"/>
+      <c r="AZ375"/>
+      <c r="BA375"/>
+      <c r="BB375"/>
+      <c r="BC375"/>
+      <c r="BD375"/>
+      <c r="BE375"/>
+      <c r="BF375"/>
+      <c r="BG375"/>
+      <c r="BH375"/>
+      <c r="BI375"/>
+      <c r="BJ375"/>
+      <c r="BK375"/>
+      <c r="BL375"/>
+      <c r="BM375"/>
+      <c r="BN375"/>
+      <c r="BO375"/>
+      <c r="BP375"/>
+      <c r="BQ375"/>
+      <c r="BR375"/>
+      <c r="BS375"/>
+      <c r="BT375"/>
+      <c r="BU375"/>
+      <c r="BV375"/>
+      <c r="BW375"/>
+      <c r="BX375"/>
+      <c r="BY375"/>
+      <c r="BZ375"/>
+      <c r="CA375"/>
+      <c r="CB375"/>
+      <c r="CC375"/>
+      <c r="CD375"/>
+      <c r="CE375"/>
+      <c r="CF375"/>
+      <c r="CG375"/>
+      <c r="CH375"/>
+      <c r="CI375"/>
+      <c r="CJ375"/>
+      <c r="CK375"/>
+      <c r="CL375"/>
+      <c r="CM375"/>
+      <c r="CN375"/>
+      <c r="CO375"/>
+      <c r="CP375"/>
+      <c r="CQ375"/>
+      <c r="CR375"/>
+      <c r="CS375"/>
+    </row>
+    <row r="376" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A376" s="33"/>
+      <c r="B376" s="18"/>
+      <c r="C376" s="12"/>
+      <c r="D376" s="12"/>
+      <c r="E376" s="18"/>
+      <c r="F376" s="18"/>
+      <c r="G376" s="13"/>
+      <c r="H376" s="19"/>
+      <c r="I376" s="12"/>
+      <c r="J376" s="12"/>
+      <c r="K376" s="12"/>
+      <c r="L376" s="23"/>
+      <c r="O376" s="34"/>
+      <c r="P376"/>
+      <c r="Q376"/>
+      <c r="R376"/>
+      <c r="S376"/>
+      <c r="T376"/>
+      <c r="U376"/>
+      <c r="V376"/>
+      <c r="W376"/>
+      <c r="X376"/>
+      <c r="Y376"/>
+      <c r="Z376"/>
+      <c r="AA376"/>
+      <c r="AB376"/>
+      <c r="AC376"/>
+      <c r="AD376"/>
+      <c r="AE376"/>
+      <c r="AF376"/>
+      <c r="AG376"/>
+      <c r="AH376"/>
+      <c r="AI376"/>
+      <c r="AJ376"/>
+      <c r="AK376"/>
+      <c r="AL376"/>
+      <c r="AM376"/>
+      <c r="AN376"/>
+      <c r="AO376"/>
+      <c r="AP376"/>
+      <c r="AQ376"/>
+      <c r="AR376"/>
+      <c r="AS376"/>
+      <c r="AT376"/>
+      <c r="AU376"/>
+      <c r="AV376"/>
+      <c r="AW376"/>
+      <c r="AX376"/>
+      <c r="AY376"/>
+      <c r="AZ376"/>
+      <c r="BA376"/>
+      <c r="BB376"/>
+      <c r="BC376"/>
+      <c r="BD376"/>
+      <c r="BE376"/>
+      <c r="BF376"/>
+      <c r="BG376"/>
+      <c r="BH376"/>
+      <c r="BI376"/>
+      <c r="BJ376"/>
+      <c r="BK376"/>
+      <c r="BL376"/>
+      <c r="BM376"/>
+      <c r="BN376"/>
+      <c r="BO376"/>
+      <c r="BP376"/>
+      <c r="BQ376"/>
+      <c r="BR376"/>
+      <c r="BS376"/>
+      <c r="BT376"/>
+      <c r="BU376"/>
+      <c r="BV376"/>
+      <c r="BW376"/>
+      <c r="BX376"/>
+      <c r="BY376"/>
+      <c r="BZ376"/>
+      <c r="CA376"/>
+      <c r="CB376"/>
+      <c r="CC376"/>
+      <c r="CD376"/>
+      <c r="CE376"/>
+      <c r="CF376"/>
+      <c r="CG376"/>
+      <c r="CH376"/>
+      <c r="CI376"/>
+      <c r="CJ376"/>
+      <c r="CK376"/>
+      <c r="CL376"/>
+      <c r="CM376"/>
+      <c r="CN376"/>
+      <c r="CO376"/>
+      <c r="CP376"/>
+      <c r="CQ376"/>
+      <c r="CR376"/>
+      <c r="CS376"/>
+    </row>
+    <row r="377" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A377" s="33"/>
+      <c r="B377" s="18"/>
+      <c r="C377" s="12"/>
+      <c r="D377" s="12"/>
+      <c r="E377" s="18"/>
+      <c r="F377" s="18"/>
+      <c r="G377" s="13"/>
+      <c r="H377" s="19"/>
+      <c r="I377" s="12"/>
+      <c r="J377" s="12"/>
+      <c r="K377" s="12"/>
+      <c r="L377" s="23"/>
+      <c r="O377" s="34"/>
+      <c r="P377"/>
+      <c r="Q377"/>
+      <c r="R377"/>
+      <c r="S377"/>
+      <c r="T377"/>
+      <c r="U377"/>
+      <c r="V377"/>
+      <c r="W377"/>
+      <c r="X377"/>
+      <c r="Y377"/>
+      <c r="Z377"/>
+      <c r="AA377"/>
+      <c r="AB377"/>
+      <c r="AC377"/>
+      <c r="AD377"/>
+      <c r="AE377"/>
+      <c r="AF377"/>
+      <c r="AG377"/>
+      <c r="AH377"/>
+      <c r="AI377"/>
+      <c r="AJ377"/>
+      <c r="AK377"/>
+      <c r="AL377"/>
+      <c r="AM377"/>
+      <c r="AN377"/>
+      <c r="AO377"/>
+      <c r="AP377"/>
+      <c r="AQ377"/>
+      <c r="AR377"/>
+      <c r="AS377"/>
+      <c r="AT377"/>
+      <c r="AU377"/>
+      <c r="AV377"/>
+      <c r="AW377"/>
+      <c r="AX377"/>
+      <c r="AY377"/>
+      <c r="AZ377"/>
+      <c r="BA377"/>
+      <c r="BB377"/>
+      <c r="BC377"/>
+      <c r="BD377"/>
+      <c r="BE377"/>
+      <c r="BF377"/>
+      <c r="BG377"/>
+      <c r="BH377"/>
+      <c r="BI377"/>
+      <c r="BJ377"/>
+      <c r="BK377"/>
+      <c r="BL377"/>
+      <c r="BM377"/>
+      <c r="BN377"/>
+      <c r="BO377"/>
+      <c r="BP377"/>
+      <c r="BQ377"/>
+      <c r="BR377"/>
+      <c r="BS377"/>
+      <c r="BT377"/>
+      <c r="BU377"/>
+      <c r="BV377"/>
+      <c r="BW377"/>
+      <c r="BX377"/>
+      <c r="BY377"/>
+      <c r="BZ377"/>
+      <c r="CA377"/>
+      <c r="CB377"/>
+      <c r="CC377"/>
+      <c r="CD377"/>
+      <c r="CE377"/>
+      <c r="CF377"/>
+      <c r="CG377"/>
+      <c r="CH377"/>
+      <c r="CI377"/>
+      <c r="CJ377"/>
+      <c r="CK377"/>
+      <c r="CL377"/>
+      <c r="CM377"/>
+      <c r="CN377"/>
+      <c r="CO377"/>
+      <c r="CP377"/>
+      <c r="CQ377"/>
+      <c r="CR377"/>
+      <c r="CS377"/>
+    </row>
+    <row r="378" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A378" s="33"/>
+      <c r="B378" s="18"/>
+      <c r="C378" s="12"/>
+      <c r="D378" s="12"/>
+      <c r="E378" s="18"/>
+      <c r="F378" s="18"/>
+      <c r="G378" s="13"/>
+      <c r="H378" s="19"/>
+      <c r="I378" s="12"/>
+      <c r="J378" s="12"/>
+      <c r="K378" s="12"/>
+      <c r="L378" s="23"/>
+      <c r="O378" s="34"/>
+      <c r="P378"/>
+      <c r="Q378"/>
+      <c r="R378"/>
+      <c r="S378"/>
+      <c r="T378"/>
+      <c r="U378"/>
+      <c r="V378"/>
+      <c r="W378"/>
+      <c r="X378"/>
+      <c r="Y378"/>
+      <c r="Z378"/>
+      <c r="AA378"/>
+      <c r="AB378"/>
+      <c r="AC378"/>
+      <c r="AD378"/>
+      <c r="AE378"/>
+      <c r="AF378"/>
+      <c r="AG378"/>
+      <c r="AH378"/>
+      <c r="AI378"/>
+      <c r="AJ378"/>
+      <c r="AK378"/>
+      <c r="AL378"/>
+      <c r="AM378"/>
+      <c r="AN378"/>
+      <c r="AO378"/>
+      <c r="AP378"/>
+      <c r="AQ378"/>
+      <c r="AR378"/>
+      <c r="AS378"/>
+      <c r="AT378"/>
+      <c r="AU378"/>
+      <c r="AV378"/>
+      <c r="AW378"/>
+      <c r="AX378"/>
+      <c r="AY378"/>
+      <c r="AZ378"/>
+      <c r="BA378"/>
+      <c r="BB378"/>
+      <c r="BC378"/>
+      <c r="BD378"/>
+      <c r="BE378"/>
+      <c r="BF378"/>
+      <c r="BG378"/>
+      <c r="BH378"/>
+      <c r="BI378"/>
+      <c r="BJ378"/>
+      <c r="BK378"/>
+      <c r="BL378"/>
+      <c r="BM378"/>
+      <c r="BN378"/>
+      <c r="BO378"/>
+      <c r="BP378"/>
+      <c r="BQ378"/>
+      <c r="BR378"/>
+      <c r="BS378"/>
+      <c r="BT378"/>
+      <c r="BU378"/>
+      <c r="BV378"/>
+      <c r="BW378"/>
+      <c r="BX378"/>
+      <c r="BY378"/>
+      <c r="BZ378"/>
+      <c r="CA378"/>
+      <c r="CB378"/>
+      <c r="CC378"/>
+      <c r="CD378"/>
+      <c r="CE378"/>
+      <c r="CF378"/>
+      <c r="CG378"/>
+      <c r="CH378"/>
+      <c r="CI378"/>
+      <c r="CJ378"/>
+      <c r="CK378"/>
+      <c r="CL378"/>
+      <c r="CM378"/>
+      <c r="CN378"/>
+      <c r="CO378"/>
+      <c r="CP378"/>
+      <c r="CQ378"/>
+      <c r="CR378"/>
+      <c r="CS378"/>
+    </row>
+    <row r="379" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A379" s="33"/>
+      <c r="B379" s="18"/>
+      <c r="C379" s="12"/>
+      <c r="D379" s="12"/>
+      <c r="E379" s="18"/>
+      <c r="F379" s="18"/>
+      <c r="G379" s="13"/>
+      <c r="H379" s="19"/>
+      <c r="I379" s="12"/>
+      <c r="J379" s="12"/>
+      <c r="K379" s="12"/>
+      <c r="L379" s="23"/>
+      <c r="O379" s="34"/>
+      <c r="P379"/>
+      <c r="Q379"/>
+      <c r="R379"/>
+      <c r="S379"/>
+      <c r="T379"/>
+      <c r="U379"/>
+      <c r="V379"/>
+      <c r="W379"/>
+      <c r="X379"/>
+      <c r="Y379"/>
+      <c r="Z379"/>
+      <c r="AA379"/>
+      <c r="AB379"/>
+      <c r="AC379"/>
+      <c r="AD379"/>
+      <c r="AE379"/>
+      <c r="AF379"/>
+      <c r="AG379"/>
+      <c r="AH379"/>
+      <c r="AI379"/>
+      <c r="AJ379"/>
+      <c r="AK379"/>
+      <c r="AL379"/>
+      <c r="AM379"/>
+      <c r="AN379"/>
+      <c r="AO379"/>
+      <c r="AP379"/>
+      <c r="AQ379"/>
+      <c r="AR379"/>
+      <c r="AS379"/>
+      <c r="AT379"/>
+      <c r="AU379"/>
+      <c r="AV379"/>
+      <c r="AW379"/>
+      <c r="AX379"/>
+      <c r="AY379"/>
+      <c r="AZ379"/>
+      <c r="BA379"/>
+      <c r="BB379"/>
+      <c r="BC379"/>
+      <c r="BD379"/>
+      <c r="BE379"/>
+      <c r="BF379"/>
+      <c r="BG379"/>
+      <c r="BH379"/>
+      <c r="BI379"/>
+      <c r="BJ379"/>
+      <c r="BK379"/>
+      <c r="BL379"/>
+      <c r="BM379"/>
+      <c r="BN379"/>
+      <c r="BO379"/>
+      <c r="BP379"/>
+      <c r="BQ379"/>
+      <c r="BR379"/>
+      <c r="BS379"/>
+      <c r="BT379"/>
+      <c r="BU379"/>
+      <c r="BV379"/>
+      <c r="BW379"/>
+      <c r="BX379"/>
+      <c r="BY379"/>
+      <c r="BZ379"/>
+      <c r="CA379"/>
+      <c r="CB379"/>
+      <c r="CC379"/>
+      <c r="CD379"/>
+      <c r="CE379"/>
+      <c r="CF379"/>
+      <c r="CG379"/>
+      <c r="CH379"/>
+      <c r="CI379"/>
+      <c r="CJ379"/>
+      <c r="CK379"/>
+      <c r="CL379"/>
+      <c r="CM379"/>
+      <c r="CN379"/>
+      <c r="CO379"/>
+      <c r="CP379"/>
+      <c r="CQ379"/>
+      <c r="CR379"/>
+      <c r="CS379"/>
+    </row>
+    <row r="380" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A380" s="33"/>
+      <c r="B380" s="18"/>
+      <c r="C380" s="12"/>
+      <c r="D380" s="12"/>
+      <c r="E380" s="18"/>
+      <c r="F380" s="18"/>
+      <c r="G380" s="13"/>
+      <c r="H380" s="19"/>
+      <c r="I380" s="12"/>
+      <c r="J380" s="12"/>
+      <c r="K380" s="12"/>
+      <c r="L380" s="23"/>
+      <c r="O380" s="34"/>
+      <c r="P380"/>
+      <c r="Q380"/>
+      <c r="R380"/>
+      <c r="S380"/>
+      <c r="T380"/>
+      <c r="U380"/>
+      <c r="V380"/>
+      <c r="W380"/>
+      <c r="X380"/>
+      <c r="Y380"/>
+      <c r="Z380"/>
+      <c r="AA380"/>
+      <c r="AB380"/>
+      <c r="AC380"/>
+      <c r="AD380"/>
+      <c r="AE380"/>
+      <c r="AF380"/>
+      <c r="AG380"/>
+      <c r="AH380"/>
+      <c r="AI380"/>
+      <c r="AJ380"/>
+      <c r="AK380"/>
+      <c r="AL380"/>
+      <c r="AM380"/>
+      <c r="AN380"/>
+      <c r="AO380"/>
+      <c r="AP380"/>
+      <c r="AQ380"/>
+      <c r="AR380"/>
+      <c r="AS380"/>
+      <c r="AT380"/>
+      <c r="AU380"/>
+      <c r="AV380"/>
+      <c r="AW380"/>
+      <c r="AX380"/>
+      <c r="AY380"/>
+      <c r="AZ380"/>
+      <c r="BA380"/>
+      <c r="BB380"/>
+      <c r="BC380"/>
+      <c r="BD380"/>
+      <c r="BE380"/>
+      <c r="BF380"/>
+      <c r="BG380"/>
+      <c r="BH380"/>
+      <c r="BI380"/>
+      <c r="BJ380"/>
+      <c r="BK380"/>
+      <c r="BL380"/>
+      <c r="BM380"/>
+      <c r="BN380"/>
+      <c r="BO380"/>
+      <c r="BP380"/>
+      <c r="BQ380"/>
+      <c r="BR380"/>
+      <c r="BS380"/>
+      <c r="BT380"/>
+      <c r="BU380"/>
+      <c r="BV380"/>
+      <c r="BW380"/>
+      <c r="BX380"/>
+      <c r="BY380"/>
+      <c r="BZ380"/>
+      <c r="CA380"/>
+      <c r="CB380"/>
+      <c r="CC380"/>
+      <c r="CD380"/>
+      <c r="CE380"/>
+      <c r="CF380"/>
+      <c r="CG380"/>
+      <c r="CH380"/>
+      <c r="CI380"/>
+      <c r="CJ380"/>
+      <c r="CK380"/>
+      <c r="CL380"/>
+      <c r="CM380"/>
+      <c r="CN380"/>
+      <c r="CO380"/>
+      <c r="CP380"/>
+      <c r="CQ380"/>
+      <c r="CR380"/>
+      <c r="CS380"/>
+    </row>
+    <row r="381" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A381" s="33"/>
+      <c r="B381" s="18"/>
+      <c r="C381" s="12"/>
+      <c r="D381" s="12"/>
+      <c r="E381" s="18"/>
+      <c r="F381" s="18"/>
+      <c r="G381" s="13"/>
+      <c r="H381" s="19"/>
+      <c r="I381" s="12"/>
+      <c r="J381" s="12"/>
+      <c r="K381" s="12"/>
+      <c r="L381" s="23"/>
+      <c r="O381" s="34"/>
+      <c r="P381"/>
+      <c r="Q381"/>
+      <c r="R381"/>
+      <c r="S381"/>
+      <c r="T381"/>
+      <c r="U381"/>
+      <c r="V381"/>
+      <c r="W381"/>
+      <c r="X381"/>
+      <c r="Y381"/>
+      <c r="Z381"/>
+      <c r="AA381"/>
+      <c r="AB381"/>
+      <c r="AC381"/>
+      <c r="AD381"/>
+      <c r="AE381"/>
+      <c r="AF381"/>
+      <c r="AG381"/>
+      <c r="AH381"/>
+      <c r="AI381"/>
+      <c r="AJ381"/>
+      <c r="AK381"/>
+      <c r="AL381"/>
+      <c r="AM381"/>
+      <c r="AN381"/>
+      <c r="AO381"/>
+      <c r="AP381"/>
+      <c r="AQ381"/>
+      <c r="AR381"/>
+      <c r="AS381"/>
+      <c r="AT381"/>
+      <c r="AU381"/>
+      <c r="AV381"/>
+      <c r="AW381"/>
+      <c r="AX381"/>
+      <c r="AY381"/>
+      <c r="AZ381"/>
+      <c r="BA381"/>
+      <c r="BB381"/>
+      <c r="BC381"/>
+      <c r="BD381"/>
+      <c r="BE381"/>
+      <c r="BF381"/>
+      <c r="BG381"/>
+      <c r="BH381"/>
+      <c r="BI381"/>
+      <c r="BJ381"/>
+      <c r="BK381"/>
+      <c r="BL381"/>
+      <c r="BM381"/>
+      <c r="BN381"/>
+      <c r="BO381"/>
+      <c r="BP381"/>
+      <c r="BQ381"/>
+      <c r="BR381"/>
+      <c r="BS381"/>
+      <c r="BT381"/>
+      <c r="BU381"/>
+      <c r="BV381"/>
+      <c r="BW381"/>
+      <c r="BX381"/>
+      <c r="BY381"/>
+      <c r="BZ381"/>
+      <c r="CA381"/>
+      <c r="CB381"/>
+      <c r="CC381"/>
+      <c r="CD381"/>
+      <c r="CE381"/>
+      <c r="CF381"/>
+      <c r="CG381"/>
+      <c r="CH381"/>
+      <c r="CI381"/>
+      <c r="CJ381"/>
+      <c r="CK381"/>
+      <c r="CL381"/>
+      <c r="CM381"/>
+      <c r="CN381"/>
+      <c r="CO381"/>
+      <c r="CP381"/>
+      <c r="CQ381"/>
+      <c r="CR381"/>
+      <c r="CS381"/>
+    </row>
+    <row r="382" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A382" s="33"/>
+      <c r="B382" s="18"/>
+      <c r="C382" s="12"/>
+      <c r="D382" s="12"/>
+      <c r="E382" s="18"/>
+      <c r="F382" s="18"/>
+      <c r="G382" s="13"/>
+      <c r="H382" s="19"/>
+      <c r="I382" s="12"/>
+      <c r="J382" s="12"/>
+      <c r="K382" s="12"/>
+      <c r="L382" s="23"/>
+      <c r="O382" s="34"/>
+      <c r="P382"/>
+      <c r="Q382"/>
+      <c r="R382"/>
+      <c r="S382"/>
+      <c r="T382"/>
+      <c r="U382"/>
+      <c r="V382"/>
+      <c r="W382"/>
+      <c r="X382"/>
+      <c r="Y382"/>
+      <c r="Z382"/>
+      <c r="AA382"/>
+      <c r="AB382"/>
+      <c r="AC382"/>
+      <c r="AD382"/>
+      <c r="AE382"/>
+      <c r="AF382"/>
+      <c r="AG382"/>
+      <c r="AH382"/>
+      <c r="AI382"/>
+      <c r="AJ382"/>
+      <c r="AK382"/>
+      <c r="AL382"/>
+      <c r="AM382"/>
+      <c r="AN382"/>
+      <c r="AO382"/>
+      <c r="AP382"/>
+      <c r="AQ382"/>
+      <c r="AR382"/>
+      <c r="AS382"/>
+      <c r="AT382"/>
+      <c r="AU382"/>
+      <c r="AV382"/>
+      <c r="AW382"/>
+      <c r="AX382"/>
+      <c r="AY382"/>
+      <c r="AZ382"/>
+      <c r="BA382"/>
+      <c r="BB382"/>
+      <c r="BC382"/>
+      <c r="BD382"/>
+      <c r="BE382"/>
+      <c r="BF382"/>
+      <c r="BG382"/>
+      <c r="BH382"/>
+      <c r="BI382"/>
+      <c r="BJ382"/>
+      <c r="BK382"/>
+      <c r="BL382"/>
+      <c r="BM382"/>
+      <c r="BN382"/>
+      <c r="BO382"/>
+      <c r="BP382"/>
+      <c r="BQ382"/>
+      <c r="BR382"/>
+      <c r="BS382"/>
+      <c r="BT382"/>
+      <c r="BU382"/>
+      <c r="BV382"/>
+      <c r="BW382"/>
+      <c r="BX382"/>
+      <c r="BY382"/>
+      <c r="BZ382"/>
+      <c r="CA382"/>
+      <c r="CB382"/>
+      <c r="CC382"/>
+      <c r="CD382"/>
+      <c r="CE382"/>
+      <c r="CF382"/>
+      <c r="CG382"/>
+      <c r="CH382"/>
+      <c r="CI382"/>
+      <c r="CJ382"/>
+      <c r="CK382"/>
+      <c r="CL382"/>
+      <c r="CM382"/>
+      <c r="CN382"/>
+      <c r="CO382"/>
+      <c r="CP382"/>
+      <c r="CQ382"/>
+      <c r="CR382"/>
+      <c r="CS382"/>
+    </row>
+    <row r="383" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A383" s="33"/>
+      <c r="B383" s="18"/>
+      <c r="C383" s="12"/>
+      <c r="D383" s="12"/>
+      <c r="E383" s="18"/>
+      <c r="F383" s="18"/>
+      <c r="G383" s="13"/>
+      <c r="H383" s="19"/>
+      <c r="I383" s="12"/>
+      <c r="J383" s="12"/>
+      <c r="K383" s="12"/>
+      <c r="L383" s="23"/>
+      <c r="O383" s="34"/>
+      <c r="P383"/>
+      <c r="Q383"/>
+      <c r="R383"/>
+      <c r="S383"/>
+      <c r="T383"/>
+      <c r="U383"/>
+      <c r="V383"/>
+      <c r="W383"/>
+      <c r="X383"/>
+      <c r="Y383"/>
+      <c r="Z383"/>
+      <c r="AA383"/>
+      <c r="AB383"/>
+      <c r="AC383"/>
+      <c r="AD383"/>
+      <c r="AE383"/>
+      <c r="AF383"/>
+      <c r="AG383"/>
+      <c r="AH383"/>
+      <c r="AI383"/>
+      <c r="AJ383"/>
+      <c r="AK383"/>
+      <c r="AL383"/>
+      <c r="AM383"/>
+      <c r="AN383"/>
+      <c r="AO383"/>
+      <c r="AP383"/>
+      <c r="AQ383"/>
+      <c r="AR383"/>
+      <c r="AS383"/>
+      <c r="AT383"/>
+      <c r="AU383"/>
+      <c r="AV383"/>
+      <c r="AW383"/>
+      <c r="AX383"/>
+      <c r="AY383"/>
+      <c r="AZ383"/>
+      <c r="BA383"/>
+      <c r="BB383"/>
+      <c r="BC383"/>
+      <c r="BD383"/>
+      <c r="BE383"/>
+      <c r="BF383"/>
+      <c r="BG383"/>
+      <c r="BH383"/>
+      <c r="BI383"/>
+      <c r="BJ383"/>
+      <c r="BK383"/>
+      <c r="BL383"/>
+      <c r="BM383"/>
+      <c r="BN383"/>
+      <c r="BO383"/>
+      <c r="BP383"/>
+      <c r="BQ383"/>
+      <c r="BR383"/>
+      <c r="BS383"/>
+      <c r="BT383"/>
+      <c r="BU383"/>
+      <c r="BV383"/>
+      <c r="BW383"/>
+      <c r="BX383"/>
+      <c r="BY383"/>
+      <c r="BZ383"/>
+      <c r="CA383"/>
+      <c r="CB383"/>
+      <c r="CC383"/>
+      <c r="CD383"/>
+      <c r="CE383"/>
+      <c r="CF383"/>
+      <c r="CG383"/>
+      <c r="CH383"/>
+      <c r="CI383"/>
+      <c r="CJ383"/>
+      <c r="CK383"/>
+      <c r="CL383"/>
+      <c r="CM383"/>
+      <c r="CN383"/>
+      <c r="CO383"/>
+      <c r="CP383"/>
+      <c r="CQ383"/>
+      <c r="CR383"/>
+      <c r="CS383"/>
+    </row>
+    <row r="384" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A384" s="33"/>
+      <c r="B384" s="18"/>
+      <c r="C384" s="12"/>
+      <c r="D384" s="12"/>
+      <c r="E384" s="18"/>
+      <c r="F384" s="18"/>
+      <c r="G384" s="13"/>
+      <c r="H384" s="19"/>
+      <c r="I384" s="12"/>
+      <c r="J384" s="12"/>
+      <c r="K384" s="12"/>
+      <c r="L384" s="23"/>
+      <c r="O384" s="34"/>
+      <c r="P384"/>
+      <c r="Q384"/>
+      <c r="R384"/>
+      <c r="S384"/>
+      <c r="T384"/>
+      <c r="U384"/>
+      <c r="V384"/>
+      <c r="W384"/>
+      <c r="X384"/>
+      <c r="Y384"/>
+      <c r="Z384"/>
+      <c r="AA384"/>
+      <c r="AB384"/>
+      <c r="AC384"/>
+      <c r="AD384"/>
+      <c r="AE384"/>
+      <c r="AF384"/>
+      <c r="AG384"/>
+      <c r="AH384"/>
+      <c r="AI384"/>
+      <c r="AJ384"/>
+      <c r="AK384"/>
+      <c r="AL384"/>
+      <c r="AM384"/>
+      <c r="AN384"/>
+      <c r="AO384"/>
+      <c r="AP384"/>
+      <c r="AQ384"/>
+      <c r="AR384"/>
+      <c r="AS384"/>
+      <c r="AT384"/>
+      <c r="AU384"/>
+      <c r="AV384"/>
+      <c r="AW384"/>
+      <c r="AX384"/>
+      <c r="AY384"/>
+      <c r="AZ384"/>
+      <c r="BA384"/>
+      <c r="BB384"/>
+      <c r="BC384"/>
+      <c r="BD384"/>
+      <c r="BE384"/>
+      <c r="BF384"/>
+      <c r="BG384"/>
+      <c r="BH384"/>
+      <c r="BI384"/>
+      <c r="BJ384"/>
+      <c r="BK384"/>
+      <c r="BL384"/>
+      <c r="BM384"/>
+      <c r="BN384"/>
+      <c r="BO384"/>
+      <c r="BP384"/>
+      <c r="BQ384"/>
+      <c r="BR384"/>
+      <c r="BS384"/>
+      <c r="BT384"/>
+      <c r="BU384"/>
+      <c r="BV384"/>
+      <c r="BW384"/>
+      <c r="BX384"/>
+      <c r="BY384"/>
+      <c r="BZ384"/>
+      <c r="CA384"/>
+      <c r="CB384"/>
+      <c r="CC384"/>
+      <c r="CD384"/>
+      <c r="CE384"/>
+      <c r="CF384"/>
+      <c r="CG384"/>
+      <c r="CH384"/>
+      <c r="CI384"/>
+      <c r="CJ384"/>
+      <c r="CK384"/>
+      <c r="CL384"/>
+      <c r="CM384"/>
+      <c r="CN384"/>
+      <c r="CO384"/>
+      <c r="CP384"/>
+      <c r="CQ384"/>
+      <c r="CR384"/>
+      <c r="CS384"/>
+    </row>
+    <row r="385" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A385" s="33"/>
+      <c r="B385" s="18"/>
+      <c r="C385" s="12"/>
+      <c r="D385" s="12"/>
+      <c r="E385" s="18"/>
+      <c r="F385" s="18"/>
+      <c r="G385" s="13"/>
+      <c r="H385" s="19"/>
+      <c r="I385" s="12"/>
+      <c r="J385" s="12"/>
+      <c r="K385" s="12"/>
+      <c r="L385" s="23"/>
+      <c r="O385" s="34"/>
+      <c r="P385"/>
+      <c r="Q385"/>
+      <c r="R385"/>
+      <c r="S385"/>
+      <c r="T385"/>
+      <c r="U385"/>
+      <c r="V385"/>
+      <c r="W385"/>
+      <c r="X385"/>
+      <c r="Y385"/>
+      <c r="Z385"/>
+      <c r="AA385"/>
+      <c r="AB385"/>
+      <c r="AC385"/>
+      <c r="AD385"/>
+      <c r="AE385"/>
+      <c r="AF385"/>
+      <c r="AG385"/>
+      <c r="AH385"/>
+      <c r="AI385"/>
+      <c r="AJ385"/>
+      <c r="AK385"/>
+      <c r="AL385"/>
+      <c r="AM385"/>
+      <c r="AN385"/>
+      <c r="AO385"/>
+      <c r="AP385"/>
+      <c r="AQ385"/>
+      <c r="AR385"/>
+      <c r="AS385"/>
+      <c r="AT385"/>
+      <c r="AU385"/>
+      <c r="AV385"/>
+      <c r="AW385"/>
+      <c r="AX385"/>
+      <c r="AY385"/>
+      <c r="AZ385"/>
+      <c r="BA385"/>
+      <c r="BB385"/>
+      <c r="BC385"/>
+      <c r="BD385"/>
+      <c r="BE385"/>
+      <c r="BF385"/>
+      <c r="BG385"/>
+      <c r="BH385"/>
+      <c r="BI385"/>
+      <c r="BJ385"/>
+      <c r="BK385"/>
+      <c r="BL385"/>
+      <c r="BM385"/>
+      <c r="BN385"/>
+      <c r="BO385"/>
+      <c r="BP385"/>
+      <c r="BQ385"/>
+      <c r="BR385"/>
+      <c r="BS385"/>
+      <c r="BT385"/>
+      <c r="BU385"/>
+      <c r="BV385"/>
+      <c r="BW385"/>
+      <c r="BX385"/>
+      <c r="BY385"/>
+      <c r="BZ385"/>
+      <c r="CA385"/>
+      <c r="CB385"/>
+      <c r="CC385"/>
+      <c r="CD385"/>
+      <c r="CE385"/>
+      <c r="CF385"/>
+      <c r="CG385"/>
+      <c r="CH385"/>
+      <c r="CI385"/>
+      <c r="CJ385"/>
+      <c r="CK385"/>
+      <c r="CL385"/>
+      <c r="CM385"/>
+      <c r="CN385"/>
+      <c r="CO385"/>
+      <c r="CP385"/>
+      <c r="CQ385"/>
+      <c r="CR385"/>
+      <c r="CS385"/>
+    </row>
+    <row r="386" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A386" s="33"/>
+      <c r="B386" s="18"/>
+      <c r="C386" s="12"/>
+      <c r="D386" s="12"/>
+      <c r="E386" s="18"/>
+      <c r="F386" s="18"/>
+      <c r="G386" s="13"/>
+      <c r="H386" s="19"/>
+      <c r="I386" s="12"/>
+      <c r="J386" s="12"/>
+      <c r="K386" s="12"/>
+      <c r="L386" s="23"/>
+      <c r="O386" s="34"/>
+      <c r="P386"/>
+      <c r="Q386"/>
+      <c r="R386"/>
+      <c r="S386"/>
+      <c r="T386"/>
+      <c r="U386"/>
+      <c r="V386"/>
+      <c r="W386"/>
+      <c r="X386"/>
+      <c r="Y386"/>
+      <c r="Z386"/>
+      <c r="AA386"/>
+      <c r="AB386"/>
+      <c r="AC386"/>
+      <c r="AD386"/>
+      <c r="AE386"/>
+      <c r="AF386"/>
+      <c r="AG386"/>
+      <c r="AH386"/>
+      <c r="AI386"/>
+      <c r="AJ386"/>
+      <c r="AK386"/>
+      <c r="AL386"/>
+      <c r="AM386"/>
+      <c r="AN386"/>
+      <c r="AO386"/>
+      <c r="AP386"/>
+      <c r="AQ386"/>
+      <c r="AR386"/>
+      <c r="AS386"/>
+      <c r="AT386"/>
+      <c r="AU386"/>
+      <c r="AV386"/>
+      <c r="AW386"/>
+      <c r="AX386"/>
+      <c r="AY386"/>
+      <c r="AZ386"/>
+      <c r="BA386"/>
+      <c r="BB386"/>
+      <c r="BC386"/>
+      <c r="BD386"/>
+      <c r="BE386"/>
+      <c r="BF386"/>
+      <c r="BG386"/>
+      <c r="BH386"/>
+      <c r="BI386"/>
+      <c r="BJ386"/>
+      <c r="BK386"/>
+      <c r="BL386"/>
+      <c r="BM386"/>
+      <c r="BN386"/>
+      <c r="BO386"/>
+      <c r="BP386"/>
+      <c r="BQ386"/>
+      <c r="BR386"/>
+      <c r="BS386"/>
+      <c r="BT386"/>
+      <c r="BU386"/>
+      <c r="BV386"/>
+      <c r="BW386"/>
+      <c r="BX386"/>
+      <c r="BY386"/>
+      <c r="BZ386"/>
+      <c r="CA386"/>
+      <c r="CB386"/>
+      <c r="CC386"/>
+      <c r="CD386"/>
+      <c r="CE386"/>
+      <c r="CF386"/>
+      <c r="CG386"/>
+      <c r="CH386"/>
+      <c r="CI386"/>
+      <c r="CJ386"/>
+      <c r="CK386"/>
+      <c r="CL386"/>
+      <c r="CM386"/>
+      <c r="CN386"/>
+      <c r="CO386"/>
+      <c r="CP386"/>
+      <c r="CQ386"/>
+      <c r="CR386"/>
+      <c r="CS386"/>
+    </row>
+    <row r="387" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A387" s="33"/>
+      <c r="B387" s="18"/>
+      <c r="C387" s="12"/>
+      <c r="D387" s="12"/>
+      <c r="E387" s="18"/>
+      <c r="F387" s="18"/>
+      <c r="G387" s="13"/>
+      <c r="H387" s="19"/>
+      <c r="I387" s="12"/>
+      <c r="J387" s="12"/>
+      <c r="K387" s="12"/>
+      <c r="L387" s="23"/>
+      <c r="O387" s="34"/>
+      <c r="P387"/>
+      <c r="Q387"/>
+      <c r="R387"/>
+      <c r="S387"/>
+      <c r="T387"/>
+      <c r="U387"/>
+      <c r="V387"/>
+      <c r="W387"/>
+      <c r="X387"/>
+      <c r="Y387"/>
+      <c r="Z387"/>
+      <c r="AA387"/>
+      <c r="AB387"/>
+      <c r="AC387"/>
+      <c r="AD387"/>
+      <c r="AE387"/>
+      <c r="AF387"/>
+      <c r="AG387"/>
+      <c r="AH387"/>
+      <c r="AI387"/>
+      <c r="AJ387"/>
+      <c r="AK387"/>
+      <c r="AL387"/>
+      <c r="AM387"/>
+      <c r="AN387"/>
+      <c r="AO387"/>
+      <c r="AP387"/>
+      <c r="AQ387"/>
+      <c r="AR387"/>
+      <c r="AS387"/>
+      <c r="AT387"/>
+      <c r="AU387"/>
+      <c r="AV387"/>
+      <c r="AW387"/>
+      <c r="AX387"/>
+      <c r="AY387"/>
+      <c r="AZ387"/>
+      <c r="BA387"/>
+      <c r="BB387"/>
+      <c r="BC387"/>
+      <c r="BD387"/>
+      <c r="BE387"/>
+      <c r="BF387"/>
+      <c r="BG387"/>
+      <c r="BH387"/>
+      <c r="BI387"/>
+      <c r="BJ387"/>
+      <c r="BK387"/>
+      <c r="BL387"/>
+      <c r="BM387"/>
+      <c r="BN387"/>
+      <c r="BO387"/>
+      <c r="BP387"/>
+      <c r="BQ387"/>
+      <c r="BR387"/>
+      <c r="BS387"/>
+      <c r="BT387"/>
+      <c r="BU387"/>
+      <c r="BV387"/>
+      <c r="BW387"/>
+      <c r="BX387"/>
+      <c r="BY387"/>
+      <c r="BZ387"/>
+      <c r="CA387"/>
+      <c r="CB387"/>
+      <c r="CC387"/>
+      <c r="CD387"/>
+      <c r="CE387"/>
+      <c r="CF387"/>
+      <c r="CG387"/>
+      <c r="CH387"/>
+      <c r="CI387"/>
+      <c r="CJ387"/>
+      <c r="CK387"/>
+      <c r="CL387"/>
+      <c r="CM387"/>
+      <c r="CN387"/>
+      <c r="CO387"/>
+      <c r="CP387"/>
+      <c r="CQ387"/>
+      <c r="CR387"/>
+      <c r="CS387"/>
+    </row>
+    <row r="388" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A388" s="33"/>
+      <c r="B388" s="18"/>
+      <c r="C388" s="12"/>
+      <c r="D388" s="12"/>
+      <c r="E388" s="18"/>
+      <c r="F388" s="18"/>
+      <c r="G388" s="13"/>
+      <c r="H388" s="19"/>
+      <c r="I388" s="12"/>
+      <c r="J388" s="12"/>
+      <c r="K388" s="12"/>
+      <c r="L388" s="23"/>
+      <c r="O388" s="34"/>
+      <c r="P388"/>
+      <c r="Q388"/>
+      <c r="R388"/>
+      <c r="S388"/>
+      <c r="T388"/>
+      <c r="U388"/>
+      <c r="V388"/>
+      <c r="W388"/>
+      <c r="X388"/>
+      <c r="Y388"/>
+      <c r="Z388"/>
+      <c r="AA388"/>
+      <c r="AB388"/>
+      <c r="AC388"/>
+      <c r="AD388"/>
+      <c r="AE388"/>
+      <c r="AF388"/>
+      <c r="AG388"/>
+      <c r="AH388"/>
+      <c r="AI388"/>
+      <c r="AJ388"/>
+      <c r="AK388"/>
+      <c r="AL388"/>
+      <c r="AM388"/>
+      <c r="AN388"/>
+      <c r="AO388"/>
+      <c r="AP388"/>
+      <c r="AQ388"/>
+      <c r="AR388"/>
+      <c r="AS388"/>
+      <c r="AT388"/>
+      <c r="AU388"/>
+      <c r="AV388"/>
+      <c r="AW388"/>
+      <c r="AX388"/>
+      <c r="AY388"/>
+      <c r="AZ388"/>
+      <c r="BA388"/>
+      <c r="BB388"/>
+      <c r="BC388"/>
+      <c r="BD388"/>
+      <c r="BE388"/>
+      <c r="BF388"/>
+      <c r="BG388"/>
+      <c r="BH388"/>
+      <c r="BI388"/>
+      <c r="BJ388"/>
+      <c r="BK388"/>
+      <c r="BL388"/>
+      <c r="BM388"/>
+      <c r="BN388"/>
+      <c r="BO388"/>
+      <c r="BP388"/>
+      <c r="BQ388"/>
+      <c r="BR388"/>
+      <c r="BS388"/>
+      <c r="BT388"/>
+      <c r="BU388"/>
+      <c r="BV388"/>
+      <c r="BW388"/>
+      <c r="BX388"/>
+      <c r="BY388"/>
+      <c r="BZ388"/>
+      <c r="CA388"/>
+      <c r="CB388"/>
+      <c r="CC388"/>
+      <c r="CD388"/>
+      <c r="CE388"/>
+      <c r="CF388"/>
+      <c r="CG388"/>
+      <c r="CH388"/>
+      <c r="CI388"/>
+      <c r="CJ388"/>
+      <c r="CK388"/>
+      <c r="CL388"/>
+      <c r="CM388"/>
+      <c r="CN388"/>
+      <c r="CO388"/>
+      <c r="CP388"/>
+      <c r="CQ388"/>
+      <c r="CR388"/>
+      <c r="CS388"/>
+    </row>
+    <row r="389" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A389" s="33"/>
+      <c r="B389" s="18"/>
+      <c r="C389" s="12"/>
+      <c r="D389" s="12"/>
+      <c r="E389" s="18"/>
+      <c r="F389" s="18"/>
+      <c r="G389" s="13"/>
+      <c r="H389" s="19"/>
+      <c r="I389" s="12"/>
+      <c r="J389" s="12"/>
+      <c r="K389" s="12"/>
+      <c r="L389" s="23"/>
+      <c r="O389" s="34"/>
+      <c r="P389"/>
+      <c r="Q389"/>
+      <c r="R389"/>
+      <c r="S389"/>
+      <c r="T389"/>
+      <c r="U389"/>
+      <c r="V389"/>
+      <c r="W389"/>
+      <c r="X389"/>
+      <c r="Y389"/>
+      <c r="Z389"/>
+      <c r="AA389"/>
+      <c r="AB389"/>
+      <c r="AC389"/>
+      <c r="AD389"/>
+      <c r="AE389"/>
+      <c r="AF389"/>
+      <c r="AG389"/>
+      <c r="AH389"/>
+      <c r="AI389"/>
+      <c r="AJ389"/>
+      <c r="AK389"/>
+      <c r="AL389"/>
+      <c r="AM389"/>
+      <c r="AN389"/>
+      <c r="AO389"/>
+      <c r="AP389"/>
+      <c r="AQ389"/>
+      <c r="AR389"/>
+      <c r="AS389"/>
+      <c r="AT389"/>
+      <c r="AU389"/>
+      <c r="AV389"/>
+      <c r="AW389"/>
+      <c r="AX389"/>
+      <c r="AY389"/>
+      <c r="AZ389"/>
+      <c r="BA389"/>
+      <c r="BB389"/>
+      <c r="BC389"/>
+      <c r="BD389"/>
+      <c r="BE389"/>
+      <c r="BF389"/>
+      <c r="BG389"/>
+      <c r="BH389"/>
+      <c r="BI389"/>
+      <c r="BJ389"/>
+      <c r="BK389"/>
+      <c r="BL389"/>
+      <c r="BM389"/>
+      <c r="BN389"/>
+      <c r="BO389"/>
+      <c r="BP389"/>
+      <c r="BQ389"/>
+      <c r="BR389"/>
+      <c r="BS389"/>
+      <c r="BT389"/>
+      <c r="BU389"/>
+      <c r="BV389"/>
+      <c r="BW389"/>
+      <c r="BX389"/>
+      <c r="BY389"/>
+      <c r="BZ389"/>
+      <c r="CA389"/>
+      <c r="CB389"/>
+      <c r="CC389"/>
+      <c r="CD389"/>
+      <c r="CE389"/>
+      <c r="CF389"/>
+      <c r="CG389"/>
+      <c r="CH389"/>
+      <c r="CI389"/>
+      <c r="CJ389"/>
+      <c r="CK389"/>
+      <c r="CL389"/>
+      <c r="CM389"/>
+      <c r="CN389"/>
+      <c r="CO389"/>
+      <c r="CP389"/>
+      <c r="CQ389"/>
+      <c r="CR389"/>
+      <c r="CS389"/>
+    </row>
+    <row r="390" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A390" s="33"/>
+      <c r="B390" s="18"/>
+      <c r="C390" s="12"/>
+      <c r="D390" s="12"/>
+      <c r="E390" s="18"/>
+      <c r="F390" s="18"/>
+      <c r="G390" s="13"/>
+      <c r="H390" s="19"/>
+      <c r="I390" s="12"/>
+      <c r="J390" s="12"/>
+      <c r="K390" s="12"/>
+      <c r="L390" s="23"/>
+      <c r="O390" s="34"/>
+      <c r="P390"/>
+      <c r="Q390"/>
+      <c r="R390"/>
+      <c r="S390"/>
+      <c r="T390"/>
+      <c r="U390"/>
+      <c r="V390"/>
+      <c r="W390"/>
+      <c r="X390"/>
+      <c r="Y390"/>
+      <c r="Z390"/>
+      <c r="AA390"/>
+      <c r="AB390"/>
+      <c r="AC390"/>
+      <c r="AD390"/>
+      <c r="AE390"/>
+      <c r="AF390"/>
+      <c r="AG390"/>
+      <c r="AH390"/>
+      <c r="AI390"/>
+      <c r="AJ390"/>
+      <c r="AK390"/>
+      <c r="AL390"/>
+      <c r="AM390"/>
+      <c r="AN390"/>
+      <c r="AO390"/>
+      <c r="AP390"/>
+      <c r="AQ390"/>
+      <c r="AR390"/>
+      <c r="AS390"/>
+      <c r="AT390"/>
+      <c r="AU390"/>
+      <c r="AV390"/>
+      <c r="AW390"/>
+      <c r="AX390"/>
+      <c r="AY390"/>
+      <c r="AZ390"/>
+      <c r="BA390"/>
+      <c r="BB390"/>
+      <c r="BC390"/>
+      <c r="BD390"/>
+      <c r="BE390"/>
+      <c r="BF390"/>
+      <c r="BG390"/>
+      <c r="BH390"/>
+      <c r="BI390"/>
+      <c r="BJ390"/>
+      <c r="BK390"/>
+      <c r="BL390"/>
+      <c r="BM390"/>
+      <c r="BN390"/>
+      <c r="BO390"/>
+      <c r="BP390"/>
+      <c r="BQ390"/>
+      <c r="BR390"/>
+      <c r="BS390"/>
+      <c r="BT390"/>
+      <c r="BU390"/>
+      <c r="BV390"/>
+      <c r="BW390"/>
+      <c r="BX390"/>
+      <c r="BY390"/>
+      <c r="BZ390"/>
+      <c r="CA390"/>
+      <c r="CB390"/>
+      <c r="CC390"/>
+      <c r="CD390"/>
+      <c r="CE390"/>
+      <c r="CF390"/>
+      <c r="CG390"/>
+      <c r="CH390"/>
+      <c r="CI390"/>
+      <c r="CJ390"/>
+      <c r="CK390"/>
+      <c r="CL390"/>
+      <c r="CM390"/>
+      <c r="CN390"/>
+      <c r="CO390"/>
+      <c r="CP390"/>
+      <c r="CQ390"/>
+      <c r="CR390"/>
+      <c r="CS390"/>
+    </row>
+    <row r="391" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A391" s="33"/>
+      <c r="B391" s="18"/>
+      <c r="C391" s="12"/>
+      <c r="D391" s="12"/>
+      <c r="E391" s="18"/>
+      <c r="F391" s="18"/>
+      <c r="G391" s="13"/>
+      <c r="H391" s="19"/>
+      <c r="I391" s="12"/>
+      <c r="J391" s="12"/>
+      <c r="K391" s="12"/>
+      <c r="L391" s="23"/>
+      <c r="O391" s="34"/>
+      <c r="P391"/>
+      <c r="Q391"/>
+      <c r="R391"/>
+      <c r="S391"/>
+      <c r="T391"/>
+      <c r="U391"/>
+      <c r="V391"/>
+      <c r="W391"/>
+      <c r="X391"/>
+      <c r="Y391"/>
+      <c r="Z391"/>
+      <c r="AA391"/>
+      <c r="AB391"/>
+      <c r="AC391"/>
+      <c r="AD391"/>
+      <c r="AE391"/>
+      <c r="AF391"/>
+      <c r="AG391"/>
+      <c r="AH391"/>
+      <c r="AI391"/>
+      <c r="AJ391"/>
+      <c r="AK391"/>
+      <c r="AL391"/>
+      <c r="AM391"/>
+      <c r="AN391"/>
+      <c r="AO391"/>
+      <c r="AP391"/>
+      <c r="AQ391"/>
+      <c r="AR391"/>
+      <c r="AS391"/>
+      <c r="AT391"/>
+      <c r="AU391"/>
+      <c r="AV391"/>
+      <c r="AW391"/>
+      <c r="AX391"/>
+      <c r="AY391"/>
+      <c r="AZ391"/>
+      <c r="BA391"/>
+      <c r="BB391"/>
+      <c r="BC391"/>
+      <c r="BD391"/>
+      <c r="BE391"/>
+      <c r="BF391"/>
+      <c r="BG391"/>
+      <c r="BH391"/>
+      <c r="BI391"/>
+      <c r="BJ391"/>
+      <c r="BK391"/>
+      <c r="BL391"/>
+      <c r="BM391"/>
+      <c r="BN391"/>
+      <c r="BO391"/>
+      <c r="BP391"/>
+      <c r="BQ391"/>
+      <c r="BR391"/>
+      <c r="BS391"/>
+      <c r="BT391"/>
+      <c r="BU391"/>
+      <c r="BV391"/>
+      <c r="BW391"/>
+      <c r="BX391"/>
+      <c r="BY391"/>
+      <c r="BZ391"/>
+      <c r="CA391"/>
+      <c r="CB391"/>
+      <c r="CC391"/>
+      <c r="CD391"/>
+      <c r="CE391"/>
+      <c r="CF391"/>
+      <c r="CG391"/>
+      <c r="CH391"/>
+      <c r="CI391"/>
+      <c r="CJ391"/>
+      <c r="CK391"/>
+      <c r="CL391"/>
+      <c r="CM391"/>
+      <c r="CN391"/>
+      <c r="CO391"/>
+      <c r="CP391"/>
+      <c r="CQ391"/>
+      <c r="CR391"/>
+      <c r="CS391"/>
+    </row>
+    <row r="392" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A392" s="33"/>
+      <c r="B392" s="18"/>
+      <c r="C392" s="12"/>
+      <c r="D392" s="12"/>
+      <c r="E392" s="18"/>
+      <c r="F392" s="18"/>
+      <c r="G392" s="13"/>
+      <c r="H392" s="19"/>
+      <c r="I392" s="12"/>
+      <c r="J392" s="12"/>
+      <c r="K392" s="12"/>
+      <c r="L392" s="23"/>
+      <c r="O392" s="34"/>
+      <c r="P392"/>
+      <c r="Q392"/>
+      <c r="R392"/>
+      <c r="S392"/>
+      <c r="T392"/>
+      <c r="U392"/>
+      <c r="V392"/>
+      <c r="W392"/>
+      <c r="X392"/>
+      <c r="Y392"/>
+      <c r="Z392"/>
+      <c r="AA392"/>
+      <c r="AB392"/>
+      <c r="AC392"/>
+      <c r="AD392"/>
+      <c r="AE392"/>
+      <c r="AF392"/>
+      <c r="AG392"/>
+      <c r="AH392"/>
+      <c r="AI392"/>
+      <c r="AJ392"/>
+      <c r="AK392"/>
+      <c r="AL392"/>
+      <c r="AM392"/>
+      <c r="AN392"/>
+      <c r="AO392"/>
+      <c r="AP392"/>
+      <c r="AQ392"/>
+      <c r="AR392"/>
+      <c r="AS392"/>
+      <c r="AT392"/>
+      <c r="AU392"/>
+      <c r="AV392"/>
+      <c r="AW392"/>
+      <c r="AX392"/>
+      <c r="AY392"/>
+      <c r="AZ392"/>
+      <c r="BA392"/>
+      <c r="BB392"/>
+      <c r="BC392"/>
+      <c r="BD392"/>
+      <c r="BE392"/>
+      <c r="BF392"/>
+      <c r="BG392"/>
+      <c r="BH392"/>
+      <c r="BI392"/>
+      <c r="BJ392"/>
+      <c r="BK392"/>
+      <c r="BL392"/>
+      <c r="BM392"/>
+      <c r="BN392"/>
+      <c r="BO392"/>
+      <c r="BP392"/>
+      <c r="BQ392"/>
+      <c r="BR392"/>
+      <c r="BS392"/>
+      <c r="BT392"/>
+      <c r="BU392"/>
+      <c r="BV392"/>
+      <c r="BW392"/>
+      <c r="BX392"/>
+      <c r="BY392"/>
+      <c r="BZ392"/>
+      <c r="CA392"/>
+      <c r="CB392"/>
+      <c r="CC392"/>
+      <c r="CD392"/>
+      <c r="CE392"/>
+      <c r="CF392"/>
+      <c r="CG392"/>
+      <c r="CH392"/>
+      <c r="CI392"/>
+      <c r="CJ392"/>
+      <c r="CK392"/>
+      <c r="CL392"/>
+      <c r="CM392"/>
+      <c r="CN392"/>
+      <c r="CO392"/>
+      <c r="CP392"/>
+      <c r="CQ392"/>
+      <c r="CR392"/>
+      <c r="CS392"/>
+    </row>
+    <row r="393" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A393" s="33"/>
+      <c r="B393" s="19"/>
+      <c r="C393" s="12"/>
+      <c r="D393" s="12"/>
+      <c r="E393" s="18"/>
+      <c r="F393" s="18"/>
+      <c r="G393" s="13"/>
+      <c r="H393" s="19"/>
+      <c r="I393" s="12"/>
+      <c r="J393" s="12"/>
+      <c r="K393" s="12"/>
+      <c r="L393" s="23"/>
+      <c r="O393" s="34"/>
+      <c r="P393"/>
+      <c r="Q393"/>
+      <c r="R393"/>
+      <c r="S393"/>
+      <c r="T393"/>
+      <c r="U393"/>
+      <c r="V393"/>
+      <c r="W393"/>
+      <c r="X393"/>
+      <c r="Y393"/>
+      <c r="Z393"/>
+      <c r="AA393"/>
+      <c r="AB393"/>
+      <c r="AC393"/>
+      <c r="AD393"/>
+      <c r="AE393"/>
+      <c r="AF393"/>
+      <c r="AG393"/>
+      <c r="AH393"/>
+      <c r="AI393"/>
+      <c r="AJ393"/>
+      <c r="AK393"/>
+      <c r="AL393"/>
+      <c r="AM393"/>
+      <c r="AN393"/>
+      <c r="AO393"/>
+      <c r="AP393"/>
+      <c r="AQ393"/>
+      <c r="AR393"/>
+      <c r="AS393"/>
+      <c r="AT393"/>
+      <c r="AU393"/>
+      <c r="AV393"/>
+      <c r="AW393"/>
+      <c r="AX393"/>
+      <c r="AY393"/>
+      <c r="AZ393"/>
+      <c r="BA393"/>
+      <c r="BB393"/>
+      <c r="BC393"/>
+      <c r="BD393"/>
+      <c r="BE393"/>
+      <c r="BF393"/>
+      <c r="BG393"/>
+      <c r="BH393"/>
+      <c r="BI393"/>
+      <c r="BJ393"/>
+      <c r="BK393"/>
+      <c r="BL393"/>
+      <c r="BM393"/>
+      <c r="BN393"/>
+      <c r="BO393"/>
+      <c r="BP393"/>
+      <c r="BQ393"/>
+      <c r="BR393"/>
+      <c r="BS393"/>
+      <c r="BT393"/>
+      <c r="BU393"/>
+      <c r="BV393"/>
+      <c r="BW393"/>
+      <c r="BX393"/>
+      <c r="BY393"/>
+      <c r="BZ393"/>
+      <c r="CA393"/>
+      <c r="CB393"/>
+      <c r="CC393"/>
+      <c r="CD393"/>
+      <c r="CE393"/>
+      <c r="CF393"/>
+      <c r="CG393"/>
+      <c r="CH393"/>
+      <c r="CI393"/>
+      <c r="CJ393"/>
+      <c r="CK393"/>
+      <c r="CL393"/>
+      <c r="CM393"/>
+      <c r="CN393"/>
+      <c r="CO393"/>
+      <c r="CP393"/>
+      <c r="CQ393"/>
+      <c r="CR393"/>
+      <c r="CS393"/>
+    </row>
+    <row r="394" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A394" s="33"/>
+      <c r="B394" s="19"/>
+      <c r="C394" s="12"/>
+      <c r="D394" s="12"/>
+      <c r="E394" s="18"/>
+      <c r="F394" s="18"/>
+      <c r="G394" s="13"/>
+      <c r="H394" s="19"/>
+      <c r="I394" s="12"/>
+      <c r="J394" s="12"/>
+      <c r="K394" s="12"/>
+      <c r="L394" s="23"/>
+      <c r="O394" s="34"/>
+      <c r="P394"/>
+      <c r="Q394"/>
+      <c r="R394"/>
+      <c r="S394"/>
+      <c r="T394"/>
+      <c r="U394"/>
+      <c r="V394"/>
+      <c r="W394"/>
+      <c r="X394"/>
+      <c r="Y394"/>
+      <c r="Z394"/>
+      <c r="AA394"/>
+      <c r="AB394"/>
+      <c r="AC394"/>
+      <c r="AD394"/>
+      <c r="AE394"/>
+      <c r="AF394"/>
+      <c r="AG394"/>
+      <c r="AH394"/>
+      <c r="AI394"/>
+      <c r="AJ394"/>
+      <c r="AK394"/>
+      <c r="AL394"/>
+      <c r="AM394"/>
+      <c r="AN394"/>
+      <c r="AO394"/>
+      <c r="AP394"/>
+      <c r="AQ394"/>
+      <c r="AR394"/>
+      <c r="AS394"/>
+      <c r="AT394"/>
+      <c r="AU394"/>
+      <c r="AV394"/>
+      <c r="AW394"/>
+      <c r="AX394"/>
+      <c r="AY394"/>
+      <c r="AZ394"/>
+      <c r="BA394"/>
+      <c r="BB394"/>
+      <c r="BC394"/>
+      <c r="BD394"/>
+      <c r="BE394"/>
+      <c r="BF394"/>
+      <c r="BG394"/>
+      <c r="BH394"/>
+      <c r="BI394"/>
+      <c r="BJ394"/>
+      <c r="BK394"/>
+      <c r="BL394"/>
+      <c r="BM394"/>
+      <c r="BN394"/>
+      <c r="BO394"/>
+      <c r="BP394"/>
+      <c r="BQ394"/>
+      <c r="BR394"/>
+      <c r="BS394"/>
+      <c r="BT394"/>
+      <c r="BU394"/>
+      <c r="BV394"/>
+      <c r="BW394"/>
+      <c r="BX394"/>
+      <c r="BY394"/>
+      <c r="BZ394"/>
+      <c r="CA394"/>
+      <c r="CB394"/>
+      <c r="CC394"/>
+      <c r="CD394"/>
+      <c r="CE394"/>
+      <c r="CF394"/>
+      <c r="CG394"/>
+      <c r="CH394"/>
+      <c r="CI394"/>
+      <c r="CJ394"/>
+      <c r="CK394"/>
+      <c r="CL394"/>
+      <c r="CM394"/>
+      <c r="CN394"/>
+      <c r="CO394"/>
+      <c r="CP394"/>
+      <c r="CQ394"/>
+      <c r="CR394"/>
+      <c r="CS394"/>
+    </row>
+    <row r="395" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A395" s="33"/>
+      <c r="B395" s="19"/>
+      <c r="C395" s="12"/>
+      <c r="D395" s="12"/>
+      <c r="E395" s="18"/>
+      <c r="F395" s="18"/>
+      <c r="G395" s="13"/>
+      <c r="H395" s="19"/>
+      <c r="I395" s="12"/>
+      <c r="J395" s="12"/>
+      <c r="K395" s="12"/>
+      <c r="L395" s="23"/>
+      <c r="O395" s="34"/>
+      <c r="P395"/>
+      <c r="Q395"/>
+      <c r="R395"/>
+      <c r="S395"/>
+      <c r="T395"/>
+      <c r="U395"/>
+      <c r="V395"/>
+      <c r="W395"/>
+      <c r="X395"/>
+      <c r="Y395"/>
+      <c r="Z395"/>
+      <c r="AA395"/>
+      <c r="AB395"/>
+      <c r="AC395"/>
+      <c r="AD395"/>
+      <c r="AE395"/>
+      <c r="AF395"/>
+      <c r="AG395"/>
+      <c r="AH395"/>
+      <c r="AI395"/>
+      <c r="AJ395"/>
+      <c r="AK395"/>
+      <c r="AL395"/>
+      <c r="AM395"/>
+      <c r="AN395"/>
+      <c r="AO395"/>
+      <c r="AP395"/>
+      <c r="AQ395"/>
+      <c r="AR395"/>
+      <c r="AS395"/>
+      <c r="AT395"/>
+      <c r="AU395"/>
+      <c r="AV395"/>
+      <c r="AW395"/>
+      <c r="AX395"/>
+      <c r="AY395"/>
+      <c r="AZ395"/>
+      <c r="BA395"/>
+      <c r="BB395"/>
+      <c r="BC395"/>
+      <c r="BD395"/>
+      <c r="BE395"/>
+      <c r="BF395"/>
+      <c r="BG395"/>
+      <c r="BH395"/>
+      <c r="BI395"/>
+      <c r="BJ395"/>
+      <c r="BK395"/>
+      <c r="BL395"/>
+      <c r="BM395"/>
+      <c r="BN395"/>
+      <c r="BO395"/>
+      <c r="BP395"/>
+      <c r="BQ395"/>
+      <c r="BR395"/>
+      <c r="BS395"/>
+      <c r="BT395"/>
+      <c r="BU395"/>
+      <c r="BV395"/>
+      <c r="BW395"/>
+      <c r="BX395"/>
+      <c r="BY395"/>
+      <c r="BZ395"/>
+      <c r="CA395"/>
+      <c r="CB395"/>
+      <c r="CC395"/>
+      <c r="CD395"/>
+      <c r="CE395"/>
+      <c r="CF395"/>
+      <c r="CG395"/>
+      <c r="CH395"/>
+      <c r="CI395"/>
+      <c r="CJ395"/>
+      <c r="CK395"/>
+      <c r="CL395"/>
+      <c r="CM395"/>
+      <c r="CN395"/>
+      <c r="CO395"/>
+      <c r="CP395"/>
+      <c r="CQ395"/>
+      <c r="CR395"/>
+      <c r="CS395"/>
+    </row>
+    <row r="396" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A396" s="33"/>
+      <c r="B396" s="19"/>
+      <c r="C396" s="12"/>
+      <c r="D396" s="12"/>
+      <c r="E396" s="18"/>
+      <c r="F396" s="18"/>
+      <c r="G396" s="13"/>
+      <c r="H396" s="19"/>
+      <c r="I396" s="12"/>
+      <c r="J396" s="12"/>
+      <c r="K396" s="12"/>
+      <c r="L396" s="23"/>
+      <c r="O396" s="34"/>
+      <c r="P396"/>
+      <c r="Q396"/>
+      <c r="R396"/>
+      <c r="S396"/>
+      <c r="T396"/>
+      <c r="U396"/>
+      <c r="V396"/>
+      <c r="W396"/>
+      <c r="X396"/>
+      <c r="Y396"/>
+      <c r="Z396"/>
+      <c r="AA396"/>
+      <c r="AB396"/>
+      <c r="AC396"/>
+      <c r="AD396"/>
+      <c r="AE396"/>
+      <c r="AF396"/>
+      <c r="AG396"/>
+      <c r="AH396"/>
+      <c r="AI396"/>
+      <c r="AJ396"/>
+      <c r="AK396"/>
+      <c r="AL396"/>
+      <c r="AM396"/>
+      <c r="AN396"/>
+      <c r="AO396"/>
+      <c r="AP396"/>
+      <c r="AQ396"/>
+      <c r="AR396"/>
+      <c r="AS396"/>
+      <c r="AT396"/>
+      <c r="AU396"/>
+      <c r="AV396"/>
+      <c r="AW396"/>
+      <c r="AX396"/>
+      <c r="AY396"/>
+      <c r="AZ396"/>
+      <c r="BA396"/>
+      <c r="BB396"/>
+      <c r="BC396"/>
+      <c r="BD396"/>
+      <c r="BE396"/>
+      <c r="BF396"/>
+      <c r="BG396"/>
+      <c r="BH396"/>
+      <c r="BI396"/>
+      <c r="BJ396"/>
+      <c r="BK396"/>
+      <c r="BL396"/>
+      <c r="BM396"/>
+      <c r="BN396"/>
+      <c r="BO396"/>
+      <c r="BP396"/>
+      <c r="BQ396"/>
+      <c r="BR396"/>
+      <c r="BS396"/>
+      <c r="BT396"/>
+      <c r="BU396"/>
+      <c r="BV396"/>
+      <c r="BW396"/>
+      <c r="BX396"/>
+      <c r="BY396"/>
+      <c r="BZ396"/>
+      <c r="CA396"/>
+      <c r="CB396"/>
+      <c r="CC396"/>
+      <c r="CD396"/>
+      <c r="CE396"/>
+      <c r="CF396"/>
+      <c r="CG396"/>
+      <c r="CH396"/>
+      <c r="CI396"/>
+      <c r="CJ396"/>
+      <c r="CK396"/>
+      <c r="CL396"/>
+      <c r="CM396"/>
+      <c r="CN396"/>
+      <c r="CO396"/>
+      <c r="CP396"/>
+      <c r="CQ396"/>
+      <c r="CR396"/>
+      <c r="CS396"/>
+    </row>
+    <row r="397" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A397" s="33"/>
+      <c r="B397" s="19"/>
+      <c r="C397" s="12"/>
+      <c r="D397" s="12"/>
+      <c r="E397" s="18"/>
+      <c r="F397" s="18"/>
+      <c r="G397" s="13"/>
+      <c r="H397" s="19"/>
+      <c r="I397" s="12"/>
+      <c r="J397" s="12"/>
+      <c r="K397" s="12"/>
+      <c r="L397" s="23"/>
+      <c r="O397" s="34"/>
+      <c r="P397"/>
+      <c r="Q397"/>
+      <c r="R397"/>
+      <c r="S397"/>
+      <c r="T397"/>
+      <c r="U397"/>
+      <c r="V397"/>
+      <c r="W397"/>
+      <c r="X397"/>
+      <c r="Y397"/>
+      <c r="Z397"/>
+      <c r="AA397"/>
+      <c r="AB397"/>
+      <c r="AC397"/>
+      <c r="AD397"/>
+      <c r="AE397"/>
+      <c r="AF397"/>
+      <c r="AG397"/>
+      <c r="AH397"/>
+      <c r="AI397"/>
+      <c r="AJ397"/>
+      <c r="AK397"/>
+      <c r="AL397"/>
+      <c r="AM397"/>
+      <c r="AN397"/>
+      <c r="AO397"/>
+      <c r="AP397"/>
+      <c r="AQ397"/>
+      <c r="AR397"/>
+      <c r="AS397"/>
+      <c r="AT397"/>
+      <c r="AU397"/>
+      <c r="AV397"/>
+      <c r="AW397"/>
+      <c r="AX397"/>
+      <c r="AY397"/>
+      <c r="AZ397"/>
+      <c r="BA397"/>
+      <c r="BB397"/>
+      <c r="BC397"/>
+      <c r="BD397"/>
+      <c r="BE397"/>
+      <c r="BF397"/>
+      <c r="BG397"/>
+      <c r="BH397"/>
+      <c r="BI397"/>
+      <c r="BJ397"/>
+      <c r="BK397"/>
+      <c r="BL397"/>
+      <c r="BM397"/>
+      <c r="BN397"/>
+      <c r="BO397"/>
+      <c r="BP397"/>
+      <c r="BQ397"/>
+      <c r="BR397"/>
+      <c r="BS397"/>
+      <c r="BT397"/>
+      <c r="BU397"/>
+      <c r="BV397"/>
+      <c r="BW397"/>
+      <c r="BX397"/>
+      <c r="BY397"/>
+      <c r="BZ397"/>
+      <c r="CA397"/>
+      <c r="CB397"/>
+      <c r="CC397"/>
+      <c r="CD397"/>
+      <c r="CE397"/>
+      <c r="CF397"/>
+      <c r="CG397"/>
+      <c r="CH397"/>
+      <c r="CI397"/>
+      <c r="CJ397"/>
+      <c r="CK397"/>
+      <c r="CL397"/>
+      <c r="CM397"/>
+      <c r="CN397"/>
+      <c r="CO397"/>
+      <c r="CP397"/>
+      <c r="CQ397"/>
+      <c r="CR397"/>
+      <c r="CS397"/>
+    </row>
+    <row r="398" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A398" s="33"/>
+      <c r="B398" s="19"/>
+      <c r="C398" s="12"/>
+      <c r="D398" s="12"/>
+      <c r="E398" s="18"/>
+      <c r="F398" s="18"/>
+      <c r="G398" s="13"/>
+      <c r="H398" s="19"/>
+      <c r="I398" s="12"/>
+      <c r="J398" s="12"/>
+      <c r="K398" s="12"/>
+      <c r="L398" s="23"/>
+      <c r="O398" s="34"/>
+      <c r="P398"/>
+      <c r="Q398"/>
+      <c r="R398"/>
+      <c r="S398"/>
+      <c r="T398"/>
+      <c r="U398"/>
+      <c r="V398"/>
+      <c r="W398"/>
+      <c r="X398"/>
+      <c r="Y398"/>
+      <c r="Z398"/>
+      <c r="AA398"/>
+      <c r="AB398"/>
+      <c r="AC398"/>
+      <c r="AD398"/>
+      <c r="AE398"/>
+      <c r="AF398"/>
+      <c r="AG398"/>
+      <c r="AH398"/>
+      <c r="AI398"/>
+      <c r="AJ398"/>
+      <c r="AK398"/>
+      <c r="AL398"/>
+      <c r="AM398"/>
+      <c r="AN398"/>
+      <c r="AO398"/>
+      <c r="AP398"/>
+      <c r="AQ398"/>
+      <c r="AR398"/>
+      <c r="AS398"/>
+      <c r="AT398"/>
+      <c r="AU398"/>
+      <c r="AV398"/>
+      <c r="AW398"/>
+      <c r="AX398"/>
+      <c r="AY398"/>
+      <c r="AZ398"/>
+      <c r="BA398"/>
+      <c r="BB398"/>
+      <c r="BC398"/>
+      <c r="BD398"/>
+      <c r="BE398"/>
+      <c r="BF398"/>
+      <c r="BG398"/>
+      <c r="BH398"/>
+      <c r="BI398"/>
+      <c r="BJ398"/>
+      <c r="BK398"/>
+      <c r="BL398"/>
+      <c r="BM398"/>
+      <c r="BN398"/>
+      <c r="BO398"/>
+      <c r="BP398"/>
+      <c r="BQ398"/>
+      <c r="BR398"/>
+      <c r="BS398"/>
+      <c r="BT398"/>
+      <c r="BU398"/>
+      <c r="BV398"/>
+      <c r="BW398"/>
+      <c r="BX398"/>
+      <c r="BY398"/>
+      <c r="BZ398"/>
+      <c r="CA398"/>
+      <c r="CB398"/>
+      <c r="CC398"/>
+      <c r="CD398"/>
+      <c r="CE398"/>
+      <c r="CF398"/>
+      <c r="CG398"/>
+      <c r="CH398"/>
+      <c r="CI398"/>
+      <c r="CJ398"/>
+      <c r="CK398"/>
+      <c r="CL398"/>
+      <c r="CM398"/>
+      <c r="CN398"/>
+      <c r="CO398"/>
+      <c r="CP398"/>
+      <c r="CQ398"/>
+      <c r="CR398"/>
+      <c r="CS398"/>
+    </row>
+    <row r="399" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A399" s="36"/>
+      <c r="C399" s="8"/>
+      <c r="D399" s="8"/>
+      <c r="E399" s="10"/>
+      <c r="F399" s="10"/>
       <c r="G399" s="6"/>
-      <c r="K399" s="9"/>
-[...7 lines deleted...]
-      <c r="E400" s="11"/>
+      <c r="I399" s="8"/>
+      <c r="J399" s="12"/>
+      <c r="K399" s="12"/>
+      <c r="L399" s="4"/>
+      <c r="O399" s="34"/>
+      <c r="P399"/>
+      <c r="Q399"/>
+      <c r="R399"/>
+      <c r="S399"/>
+      <c r="T399"/>
+      <c r="U399"/>
+      <c r="V399"/>
+      <c r="W399"/>
+      <c r="X399"/>
+      <c r="Y399"/>
+      <c r="Z399"/>
+      <c r="AA399"/>
+      <c r="AB399"/>
+      <c r="AC399"/>
+      <c r="AD399"/>
+      <c r="AE399"/>
+      <c r="AF399"/>
+      <c r="AG399"/>
+      <c r="AH399"/>
+      <c r="AI399"/>
+      <c r="AJ399"/>
+      <c r="AK399"/>
+      <c r="AL399"/>
+      <c r="AM399"/>
+      <c r="AN399"/>
+      <c r="AO399"/>
+      <c r="AP399"/>
+      <c r="AQ399"/>
+      <c r="AR399"/>
+      <c r="AS399"/>
+      <c r="AT399"/>
+      <c r="AU399"/>
+      <c r="AV399"/>
+      <c r="AW399"/>
+      <c r="AX399"/>
+      <c r="AY399"/>
+      <c r="AZ399"/>
+      <c r="BA399"/>
+      <c r="BB399"/>
+      <c r="BC399"/>
+      <c r="BD399"/>
+      <c r="BE399"/>
+      <c r="BF399"/>
+      <c r="BG399"/>
+      <c r="BH399"/>
+      <c r="BI399"/>
+      <c r="BJ399"/>
+      <c r="BK399"/>
+      <c r="BL399"/>
+      <c r="BM399"/>
+      <c r="BN399"/>
+      <c r="BO399"/>
+      <c r="BP399"/>
+      <c r="BQ399"/>
+      <c r="BR399"/>
+      <c r="BS399"/>
+      <c r="BT399"/>
+      <c r="BU399"/>
+      <c r="BV399"/>
+      <c r="BW399"/>
+      <c r="BX399"/>
+      <c r="BY399"/>
+      <c r="BZ399"/>
+      <c r="CA399"/>
+      <c r="CB399"/>
+      <c r="CC399"/>
+      <c r="CD399"/>
+      <c r="CE399"/>
+      <c r="CF399"/>
+      <c r="CG399"/>
+      <c r="CH399"/>
+      <c r="CI399"/>
+      <c r="CJ399"/>
+      <c r="CK399"/>
+      <c r="CL399"/>
+      <c r="CM399"/>
+      <c r="CN399"/>
+      <c r="CO399"/>
+      <c r="CP399"/>
+      <c r="CQ399"/>
+      <c r="CR399"/>
+      <c r="CS399"/>
+    </row>
+    <row r="400" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A400" s="36"/>
+      <c r="C400" s="8"/>
+      <c r="D400" s="8"/>
+      <c r="E400" s="10"/>
+      <c r="F400" s="10"/>
       <c r="G400" s="6"/>
-      <c r="K400" s="9"/>
-[...7 lines deleted...]
-      <c r="E401" s="11"/>
+      <c r="I400" s="8"/>
+      <c r="J400" s="12"/>
+      <c r="K400" s="12"/>
+      <c r="L400" s="4"/>
+      <c r="O400" s="34"/>
+      <c r="P400"/>
+      <c r="Q400"/>
+      <c r="R400"/>
+      <c r="S400"/>
+      <c r="T400"/>
+      <c r="U400"/>
+      <c r="V400"/>
+      <c r="W400"/>
+      <c r="X400"/>
+      <c r="Y400"/>
+      <c r="Z400"/>
+      <c r="AA400"/>
+      <c r="AB400"/>
+      <c r="AC400"/>
+      <c r="AD400"/>
+      <c r="AE400"/>
+      <c r="AF400"/>
+      <c r="AG400"/>
+      <c r="AH400"/>
+      <c r="AI400"/>
+      <c r="AJ400"/>
+      <c r="AK400"/>
+      <c r="AL400"/>
+      <c r="AM400"/>
+      <c r="AN400"/>
+      <c r="AO400"/>
+      <c r="AP400"/>
+      <c r="AQ400"/>
+      <c r="AR400"/>
+      <c r="AS400"/>
+      <c r="AT400"/>
+      <c r="AU400"/>
+      <c r="AV400"/>
+      <c r="AW400"/>
+      <c r="AX400"/>
+      <c r="AY400"/>
+      <c r="AZ400"/>
+      <c r="BA400"/>
+      <c r="BB400"/>
+      <c r="BC400"/>
+      <c r="BD400"/>
+      <c r="BE400"/>
+      <c r="BF400"/>
+      <c r="BG400"/>
+      <c r="BH400"/>
+      <c r="BI400"/>
+      <c r="BJ400"/>
+      <c r="BK400"/>
+      <c r="BL400"/>
+      <c r="BM400"/>
+      <c r="BN400"/>
+      <c r="BO400"/>
+      <c r="BP400"/>
+      <c r="BQ400"/>
+      <c r="BR400"/>
+      <c r="BS400"/>
+      <c r="BT400"/>
+      <c r="BU400"/>
+      <c r="BV400"/>
+      <c r="BW400"/>
+      <c r="BX400"/>
+      <c r="BY400"/>
+      <c r="BZ400"/>
+      <c r="CA400"/>
+      <c r="CB400"/>
+      <c r="CC400"/>
+      <c r="CD400"/>
+      <c r="CE400"/>
+      <c r="CF400"/>
+      <c r="CG400"/>
+      <c r="CH400"/>
+      <c r="CI400"/>
+      <c r="CJ400"/>
+      <c r="CK400"/>
+      <c r="CL400"/>
+      <c r="CM400"/>
+      <c r="CN400"/>
+      <c r="CO400"/>
+      <c r="CP400"/>
+      <c r="CQ400"/>
+      <c r="CR400"/>
+      <c r="CS400"/>
+    </row>
+    <row r="401" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A401" s="36"/>
+      <c r="C401" s="8"/>
+      <c r="D401" s="8"/>
+      <c r="E401" s="10"/>
+      <c r="F401" s="10"/>
       <c r="G401" s="6"/>
-      <c r="K401" s="9"/>
-[...7 lines deleted...]
-      <c r="E402" s="11"/>
+      <c r="I401" s="8"/>
+      <c r="J401" s="12"/>
+      <c r="K401" s="12"/>
+      <c r="L401" s="4"/>
+      <c r="O401" s="34"/>
+      <c r="P401"/>
+      <c r="Q401"/>
+      <c r="R401"/>
+      <c r="S401"/>
+      <c r="T401"/>
+      <c r="U401"/>
+      <c r="V401"/>
+      <c r="W401"/>
+      <c r="X401"/>
+      <c r="Y401"/>
+      <c r="Z401"/>
+      <c r="AA401"/>
+      <c r="AB401"/>
+      <c r="AC401"/>
+      <c r="AD401"/>
+      <c r="AE401"/>
+      <c r="AF401"/>
+      <c r="AG401"/>
+      <c r="AH401"/>
+      <c r="AI401"/>
+      <c r="AJ401"/>
+      <c r="AK401"/>
+      <c r="AL401"/>
+      <c r="AM401"/>
+      <c r="AN401"/>
+      <c r="AO401"/>
+      <c r="AP401"/>
+      <c r="AQ401"/>
+      <c r="AR401"/>
+      <c r="AS401"/>
+      <c r="AT401"/>
+      <c r="AU401"/>
+      <c r="AV401"/>
+      <c r="AW401"/>
+      <c r="AX401"/>
+      <c r="AY401"/>
+      <c r="AZ401"/>
+      <c r="BA401"/>
+      <c r="BB401"/>
+      <c r="BC401"/>
+      <c r="BD401"/>
+      <c r="BE401"/>
+      <c r="BF401"/>
+      <c r="BG401"/>
+      <c r="BH401"/>
+      <c r="BI401"/>
+      <c r="BJ401"/>
+      <c r="BK401"/>
+      <c r="BL401"/>
+      <c r="BM401"/>
+      <c r="BN401"/>
+      <c r="BO401"/>
+      <c r="BP401"/>
+      <c r="BQ401"/>
+      <c r="BR401"/>
+      <c r="BS401"/>
+      <c r="BT401"/>
+      <c r="BU401"/>
+      <c r="BV401"/>
+      <c r="BW401"/>
+      <c r="BX401"/>
+      <c r="BY401"/>
+      <c r="BZ401"/>
+      <c r="CA401"/>
+      <c r="CB401"/>
+      <c r="CC401"/>
+      <c r="CD401"/>
+      <c r="CE401"/>
+      <c r="CF401"/>
+      <c r="CG401"/>
+      <c r="CH401"/>
+      <c r="CI401"/>
+      <c r="CJ401"/>
+      <c r="CK401"/>
+      <c r="CL401"/>
+      <c r="CM401"/>
+      <c r="CN401"/>
+      <c r="CO401"/>
+      <c r="CP401"/>
+      <c r="CQ401"/>
+      <c r="CR401"/>
+      <c r="CS401"/>
+    </row>
+    <row r="402" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A402" s="36"/>
+      <c r="C402" s="8"/>
+      <c r="D402" s="8"/>
+      <c r="E402" s="10"/>
+      <c r="F402" s="10"/>
       <c r="G402" s="6"/>
-      <c r="K402" s="9"/>
-[...7 lines deleted...]
-      <c r="E403" s="11"/>
+      <c r="I402" s="8"/>
+      <c r="J402" s="12"/>
+      <c r="K402" s="12"/>
+      <c r="L402" s="4"/>
+      <c r="O402" s="34"/>
+      <c r="P402"/>
+      <c r="Q402"/>
+      <c r="R402"/>
+      <c r="S402"/>
+      <c r="T402"/>
+      <c r="U402"/>
+      <c r="V402"/>
+      <c r="W402"/>
+      <c r="X402"/>
+      <c r="Y402"/>
+      <c r="Z402"/>
+      <c r="AA402"/>
+      <c r="AB402"/>
+      <c r="AC402"/>
+      <c r="AD402"/>
+      <c r="AE402"/>
+      <c r="AF402"/>
+      <c r="AG402"/>
+      <c r="AH402"/>
+      <c r="AI402"/>
+      <c r="AJ402"/>
+      <c r="AK402"/>
+      <c r="AL402"/>
+      <c r="AM402"/>
+      <c r="AN402"/>
+      <c r="AO402"/>
+      <c r="AP402"/>
+      <c r="AQ402"/>
+      <c r="AR402"/>
+      <c r="AS402"/>
+      <c r="AT402"/>
+      <c r="AU402"/>
+      <c r="AV402"/>
+      <c r="AW402"/>
+      <c r="AX402"/>
+      <c r="AY402"/>
+      <c r="AZ402"/>
+      <c r="BA402"/>
+      <c r="BB402"/>
+      <c r="BC402"/>
+      <c r="BD402"/>
+      <c r="BE402"/>
+      <c r="BF402"/>
+      <c r="BG402"/>
+      <c r="BH402"/>
+      <c r="BI402"/>
+      <c r="BJ402"/>
+      <c r="BK402"/>
+      <c r="BL402"/>
+      <c r="BM402"/>
+      <c r="BN402"/>
+      <c r="BO402"/>
+      <c r="BP402"/>
+      <c r="BQ402"/>
+      <c r="BR402"/>
+      <c r="BS402"/>
+      <c r="BT402"/>
+      <c r="BU402"/>
+      <c r="BV402"/>
+      <c r="BW402"/>
+      <c r="BX402"/>
+      <c r="BY402"/>
+      <c r="BZ402"/>
+      <c r="CA402"/>
+      <c r="CB402"/>
+      <c r="CC402"/>
+      <c r="CD402"/>
+      <c r="CE402"/>
+      <c r="CF402"/>
+      <c r="CG402"/>
+      <c r="CH402"/>
+      <c r="CI402"/>
+      <c r="CJ402"/>
+      <c r="CK402"/>
+      <c r="CL402"/>
+      <c r="CM402"/>
+      <c r="CN402"/>
+      <c r="CO402"/>
+      <c r="CP402"/>
+      <c r="CQ402"/>
+      <c r="CR402"/>
+      <c r="CS402"/>
+    </row>
+    <row r="403" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A403" s="36"/>
+      <c r="C403" s="8"/>
+      <c r="D403" s="8"/>
+      <c r="E403" s="10"/>
+      <c r="F403" s="10"/>
       <c r="G403" s="6"/>
-      <c r="K403" s="9"/>
-[...7 lines deleted...]
-      <c r="E404" s="11"/>
+      <c r="I403" s="8"/>
+      <c r="J403" s="12"/>
+      <c r="K403" s="12"/>
+      <c r="L403" s="4"/>
+      <c r="O403" s="34"/>
+      <c r="P403"/>
+      <c r="Q403"/>
+      <c r="R403"/>
+      <c r="S403"/>
+      <c r="T403"/>
+      <c r="U403"/>
+      <c r="V403"/>
+      <c r="W403"/>
+      <c r="X403"/>
+      <c r="Y403"/>
+      <c r="Z403"/>
+      <c r="AA403"/>
+      <c r="AB403"/>
+      <c r="AC403"/>
+      <c r="AD403"/>
+      <c r="AE403"/>
+      <c r="AF403"/>
+      <c r="AG403"/>
+      <c r="AH403"/>
+      <c r="AI403"/>
+      <c r="AJ403"/>
+      <c r="AK403"/>
+      <c r="AL403"/>
+      <c r="AM403"/>
+      <c r="AN403"/>
+      <c r="AO403"/>
+      <c r="AP403"/>
+      <c r="AQ403"/>
+      <c r="AR403"/>
+      <c r="AS403"/>
+      <c r="AT403"/>
+      <c r="AU403"/>
+      <c r="AV403"/>
+      <c r="AW403"/>
+      <c r="AX403"/>
+      <c r="AY403"/>
+      <c r="AZ403"/>
+      <c r="BA403"/>
+      <c r="BB403"/>
+      <c r="BC403"/>
+      <c r="BD403"/>
+      <c r="BE403"/>
+      <c r="BF403"/>
+      <c r="BG403"/>
+      <c r="BH403"/>
+      <c r="BI403"/>
+      <c r="BJ403"/>
+      <c r="BK403"/>
+      <c r="BL403"/>
+      <c r="BM403"/>
+      <c r="BN403"/>
+      <c r="BO403"/>
+      <c r="BP403"/>
+      <c r="BQ403"/>
+      <c r="BR403"/>
+      <c r="BS403"/>
+      <c r="BT403"/>
+      <c r="BU403"/>
+      <c r="BV403"/>
+      <c r="BW403"/>
+      <c r="BX403"/>
+      <c r="BY403"/>
+      <c r="BZ403"/>
+      <c r="CA403"/>
+      <c r="CB403"/>
+      <c r="CC403"/>
+      <c r="CD403"/>
+      <c r="CE403"/>
+      <c r="CF403"/>
+      <c r="CG403"/>
+      <c r="CH403"/>
+      <c r="CI403"/>
+      <c r="CJ403"/>
+      <c r="CK403"/>
+      <c r="CL403"/>
+      <c r="CM403"/>
+      <c r="CN403"/>
+      <c r="CO403"/>
+      <c r="CP403"/>
+      <c r="CQ403"/>
+      <c r="CR403"/>
+      <c r="CS403"/>
+    </row>
+    <row r="404" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A404" s="36"/>
+      <c r="C404" s="8"/>
+      <c r="D404" s="8"/>
+      <c r="E404" s="10"/>
+      <c r="F404" s="10"/>
       <c r="G404" s="6"/>
-      <c r="K404" s="9"/>
-[...7 lines deleted...]
-      <c r="E405" s="11"/>
+      <c r="I404" s="8"/>
+      <c r="J404" s="12"/>
+      <c r="K404" s="12"/>
+      <c r="L404" s="4"/>
+      <c r="O404" s="34"/>
+      <c r="P404"/>
+      <c r="Q404"/>
+      <c r="R404"/>
+      <c r="S404"/>
+      <c r="T404"/>
+      <c r="U404"/>
+      <c r="V404"/>
+      <c r="W404"/>
+      <c r="X404"/>
+      <c r="Y404"/>
+      <c r="Z404"/>
+      <c r="AA404"/>
+      <c r="AB404"/>
+      <c r="AC404"/>
+      <c r="AD404"/>
+      <c r="AE404"/>
+      <c r="AF404"/>
+      <c r="AG404"/>
+      <c r="AH404"/>
+      <c r="AI404"/>
+      <c r="AJ404"/>
+      <c r="AK404"/>
+      <c r="AL404"/>
+      <c r="AM404"/>
+      <c r="AN404"/>
+      <c r="AO404"/>
+      <c r="AP404"/>
+      <c r="AQ404"/>
+      <c r="AR404"/>
+      <c r="AS404"/>
+      <c r="AT404"/>
+      <c r="AU404"/>
+      <c r="AV404"/>
+      <c r="AW404"/>
+      <c r="AX404"/>
+      <c r="AY404"/>
+      <c r="AZ404"/>
+      <c r="BA404"/>
+      <c r="BB404"/>
+      <c r="BC404"/>
+      <c r="BD404"/>
+      <c r="BE404"/>
+      <c r="BF404"/>
+      <c r="BG404"/>
+      <c r="BH404"/>
+      <c r="BI404"/>
+      <c r="BJ404"/>
+      <c r="BK404"/>
+      <c r="BL404"/>
+      <c r="BM404"/>
+      <c r="BN404"/>
+      <c r="BO404"/>
+      <c r="BP404"/>
+      <c r="BQ404"/>
+      <c r="BR404"/>
+      <c r="BS404"/>
+      <c r="BT404"/>
+      <c r="BU404"/>
+      <c r="BV404"/>
+      <c r="BW404"/>
+      <c r="BX404"/>
+      <c r="BY404"/>
+      <c r="BZ404"/>
+      <c r="CA404"/>
+      <c r="CB404"/>
+      <c r="CC404"/>
+      <c r="CD404"/>
+      <c r="CE404"/>
+      <c r="CF404"/>
+      <c r="CG404"/>
+      <c r="CH404"/>
+      <c r="CI404"/>
+      <c r="CJ404"/>
+      <c r="CK404"/>
+      <c r="CL404"/>
+      <c r="CM404"/>
+      <c r="CN404"/>
+      <c r="CO404"/>
+      <c r="CP404"/>
+      <c r="CQ404"/>
+      <c r="CR404"/>
+      <c r="CS404"/>
+    </row>
+    <row r="405" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A405" s="36"/>
+      <c r="C405" s="8"/>
+      <c r="D405" s="8"/>
+      <c r="E405" s="10"/>
+      <c r="F405" s="10"/>
       <c r="G405" s="6"/>
-      <c r="K405" s="9"/>
-[...7 lines deleted...]
-      <c r="E406" s="11"/>
+      <c r="I405" s="8"/>
+      <c r="J405" s="12"/>
+      <c r="K405" s="12"/>
+      <c r="L405" s="4"/>
+      <c r="O405" s="34"/>
+      <c r="P405"/>
+      <c r="Q405"/>
+      <c r="R405"/>
+      <c r="S405"/>
+      <c r="T405"/>
+      <c r="U405"/>
+      <c r="V405"/>
+      <c r="W405"/>
+      <c r="X405"/>
+      <c r="Y405"/>
+      <c r="Z405"/>
+      <c r="AA405"/>
+      <c r="AB405"/>
+      <c r="AC405"/>
+      <c r="AD405"/>
+      <c r="AE405"/>
+      <c r="AF405"/>
+      <c r="AG405"/>
+      <c r="AH405"/>
+      <c r="AI405"/>
+      <c r="AJ405"/>
+      <c r="AK405"/>
+      <c r="AL405"/>
+      <c r="AM405"/>
+      <c r="AN405"/>
+      <c r="AO405"/>
+      <c r="AP405"/>
+      <c r="AQ405"/>
+      <c r="AR405"/>
+      <c r="AS405"/>
+      <c r="AT405"/>
+      <c r="AU405"/>
+      <c r="AV405"/>
+      <c r="AW405"/>
+      <c r="AX405"/>
+      <c r="AY405"/>
+      <c r="AZ405"/>
+      <c r="BA405"/>
+      <c r="BB405"/>
+      <c r="BC405"/>
+      <c r="BD405"/>
+      <c r="BE405"/>
+      <c r="BF405"/>
+      <c r="BG405"/>
+      <c r="BH405"/>
+      <c r="BI405"/>
+      <c r="BJ405"/>
+      <c r="BK405"/>
+      <c r="BL405"/>
+      <c r="BM405"/>
+      <c r="BN405"/>
+      <c r="BO405"/>
+      <c r="BP405"/>
+      <c r="BQ405"/>
+      <c r="BR405"/>
+      <c r="BS405"/>
+      <c r="BT405"/>
+      <c r="BU405"/>
+      <c r="BV405"/>
+      <c r="BW405"/>
+      <c r="BX405"/>
+      <c r="BY405"/>
+      <c r="BZ405"/>
+      <c r="CA405"/>
+      <c r="CB405"/>
+      <c r="CC405"/>
+      <c r="CD405"/>
+      <c r="CE405"/>
+      <c r="CF405"/>
+      <c r="CG405"/>
+      <c r="CH405"/>
+      <c r="CI405"/>
+      <c r="CJ405"/>
+      <c r="CK405"/>
+      <c r="CL405"/>
+      <c r="CM405"/>
+      <c r="CN405"/>
+      <c r="CO405"/>
+      <c r="CP405"/>
+      <c r="CQ405"/>
+      <c r="CR405"/>
+      <c r="CS405"/>
+    </row>
+    <row r="406" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A406" s="36"/>
+      <c r="C406" s="8"/>
+      <c r="D406" s="8"/>
+      <c r="E406" s="10"/>
+      <c r="F406" s="10"/>
       <c r="G406" s="6"/>
-      <c r="K406" s="9"/>
-[...7 lines deleted...]
-      <c r="E407" s="11"/>
+      <c r="I406" s="8"/>
+      <c r="J406" s="12"/>
+      <c r="K406" s="12"/>
+      <c r="L406" s="4"/>
+      <c r="O406" s="34"/>
+      <c r="P406"/>
+      <c r="Q406"/>
+      <c r="R406"/>
+      <c r="S406"/>
+      <c r="T406"/>
+      <c r="U406"/>
+      <c r="V406"/>
+      <c r="W406"/>
+      <c r="X406"/>
+      <c r="Y406"/>
+      <c r="Z406"/>
+      <c r="AA406"/>
+      <c r="AB406"/>
+      <c r="AC406"/>
+      <c r="AD406"/>
+      <c r="AE406"/>
+      <c r="AF406"/>
+      <c r="AG406"/>
+      <c r="AH406"/>
+      <c r="AI406"/>
+      <c r="AJ406"/>
+      <c r="AK406"/>
+      <c r="AL406"/>
+      <c r="AM406"/>
+      <c r="AN406"/>
+      <c r="AO406"/>
+      <c r="AP406"/>
+      <c r="AQ406"/>
+      <c r="AR406"/>
+      <c r="AS406"/>
+      <c r="AT406"/>
+      <c r="AU406"/>
+      <c r="AV406"/>
+      <c r="AW406"/>
+      <c r="AX406"/>
+      <c r="AY406"/>
+      <c r="AZ406"/>
+      <c r="BA406"/>
+      <c r="BB406"/>
+      <c r="BC406"/>
+      <c r="BD406"/>
+      <c r="BE406"/>
+      <c r="BF406"/>
+      <c r="BG406"/>
+      <c r="BH406"/>
+      <c r="BI406"/>
+      <c r="BJ406"/>
+      <c r="BK406"/>
+      <c r="BL406"/>
+      <c r="BM406"/>
+      <c r="BN406"/>
+      <c r="BO406"/>
+      <c r="BP406"/>
+      <c r="BQ406"/>
+      <c r="BR406"/>
+      <c r="BS406"/>
+      <c r="BT406"/>
+      <c r="BU406"/>
+      <c r="BV406"/>
+      <c r="BW406"/>
+      <c r="BX406"/>
+      <c r="BY406"/>
+      <c r="BZ406"/>
+      <c r="CA406"/>
+      <c r="CB406"/>
+      <c r="CC406"/>
+      <c r="CD406"/>
+      <c r="CE406"/>
+      <c r="CF406"/>
+      <c r="CG406"/>
+      <c r="CH406"/>
+      <c r="CI406"/>
+      <c r="CJ406"/>
+      <c r="CK406"/>
+      <c r="CL406"/>
+      <c r="CM406"/>
+      <c r="CN406"/>
+      <c r="CO406"/>
+      <c r="CP406"/>
+      <c r="CQ406"/>
+      <c r="CR406"/>
+      <c r="CS406"/>
+    </row>
+    <row r="407" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A407" s="36"/>
+      <c r="C407" s="8"/>
+      <c r="D407" s="8"/>
+      <c r="E407" s="10"/>
+      <c r="F407" s="10"/>
       <c r="G407" s="6"/>
-      <c r="K407" s="9"/>
-[...7 lines deleted...]
-      <c r="E408" s="11"/>
+      <c r="I407" s="8"/>
+      <c r="J407" s="12"/>
+      <c r="K407" s="12"/>
+      <c r="L407" s="4"/>
+      <c r="O407" s="34"/>
+      <c r="P407"/>
+      <c r="Q407"/>
+      <c r="R407"/>
+      <c r="S407"/>
+      <c r="T407"/>
+      <c r="U407"/>
+      <c r="V407"/>
+      <c r="W407"/>
+      <c r="X407"/>
+      <c r="Y407"/>
+      <c r="Z407"/>
+      <c r="AA407"/>
+      <c r="AB407"/>
+      <c r="AC407"/>
+      <c r="AD407"/>
+      <c r="AE407"/>
+      <c r="AF407"/>
+      <c r="AG407"/>
+      <c r="AH407"/>
+      <c r="AI407"/>
+      <c r="AJ407"/>
+      <c r="AK407"/>
+      <c r="AL407"/>
+      <c r="AM407"/>
+      <c r="AN407"/>
+      <c r="AO407"/>
+      <c r="AP407"/>
+      <c r="AQ407"/>
+      <c r="AR407"/>
+      <c r="AS407"/>
+      <c r="AT407"/>
+      <c r="AU407"/>
+      <c r="AV407"/>
+      <c r="AW407"/>
+      <c r="AX407"/>
+      <c r="AY407"/>
+      <c r="AZ407"/>
+      <c r="BA407"/>
+      <c r="BB407"/>
+      <c r="BC407"/>
+      <c r="BD407"/>
+      <c r="BE407"/>
+      <c r="BF407"/>
+      <c r="BG407"/>
+      <c r="BH407"/>
+      <c r="BI407"/>
+      <c r="BJ407"/>
+      <c r="BK407"/>
+      <c r="BL407"/>
+      <c r="BM407"/>
+      <c r="BN407"/>
+      <c r="BO407"/>
+      <c r="BP407"/>
+      <c r="BQ407"/>
+      <c r="BR407"/>
+      <c r="BS407"/>
+      <c r="BT407"/>
+      <c r="BU407"/>
+      <c r="BV407"/>
+      <c r="BW407"/>
+      <c r="BX407"/>
+      <c r="BY407"/>
+      <c r="BZ407"/>
+      <c r="CA407"/>
+      <c r="CB407"/>
+      <c r="CC407"/>
+      <c r="CD407"/>
+      <c r="CE407"/>
+      <c r="CF407"/>
+      <c r="CG407"/>
+      <c r="CH407"/>
+      <c r="CI407"/>
+      <c r="CJ407"/>
+      <c r="CK407"/>
+      <c r="CL407"/>
+      <c r="CM407"/>
+      <c r="CN407"/>
+      <c r="CO407"/>
+      <c r="CP407"/>
+      <c r="CQ407"/>
+      <c r="CR407"/>
+      <c r="CS407"/>
+    </row>
+    <row r="408" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A408" s="36"/>
+      <c r="C408" s="8"/>
+      <c r="D408" s="8"/>
+      <c r="E408" s="10"/>
+      <c r="F408" s="10"/>
       <c r="G408" s="6"/>
-      <c r="K408" s="9"/>
-[...7 lines deleted...]
-      <c r="E409" s="11"/>
+      <c r="I408" s="8"/>
+      <c r="J408" s="12"/>
+      <c r="K408" s="12"/>
+      <c r="L408" s="4"/>
+      <c r="O408" s="34"/>
+      <c r="P408"/>
+      <c r="Q408"/>
+      <c r="R408"/>
+      <c r="S408"/>
+      <c r="T408"/>
+      <c r="U408"/>
+      <c r="V408"/>
+      <c r="W408"/>
+      <c r="X408"/>
+      <c r="Y408"/>
+      <c r="Z408"/>
+      <c r="AA408"/>
+      <c r="AB408"/>
+      <c r="AC408"/>
+      <c r="AD408"/>
+      <c r="AE408"/>
+      <c r="AF408"/>
+      <c r="AG408"/>
+      <c r="AH408"/>
+      <c r="AI408"/>
+      <c r="AJ408"/>
+      <c r="AK408"/>
+      <c r="AL408"/>
+      <c r="AM408"/>
+      <c r="AN408"/>
+      <c r="AO408"/>
+      <c r="AP408"/>
+      <c r="AQ408"/>
+      <c r="AR408"/>
+      <c r="AS408"/>
+      <c r="AT408"/>
+      <c r="AU408"/>
+      <c r="AV408"/>
+      <c r="AW408"/>
+      <c r="AX408"/>
+      <c r="AY408"/>
+      <c r="AZ408"/>
+      <c r="BA408"/>
+      <c r="BB408"/>
+      <c r="BC408"/>
+      <c r="BD408"/>
+      <c r="BE408"/>
+      <c r="BF408"/>
+      <c r="BG408"/>
+      <c r="BH408"/>
+      <c r="BI408"/>
+      <c r="BJ408"/>
+      <c r="BK408"/>
+      <c r="BL408"/>
+      <c r="BM408"/>
+      <c r="BN408"/>
+      <c r="BO408"/>
+      <c r="BP408"/>
+      <c r="BQ408"/>
+      <c r="BR408"/>
+      <c r="BS408"/>
+      <c r="BT408"/>
+      <c r="BU408"/>
+      <c r="BV408"/>
+      <c r="BW408"/>
+      <c r="BX408"/>
+      <c r="BY408"/>
+      <c r="BZ408"/>
+      <c r="CA408"/>
+      <c r="CB408"/>
+      <c r="CC408"/>
+      <c r="CD408"/>
+      <c r="CE408"/>
+      <c r="CF408"/>
+      <c r="CG408"/>
+      <c r="CH408"/>
+      <c r="CI408"/>
+      <c r="CJ408"/>
+      <c r="CK408"/>
+      <c r="CL408"/>
+      <c r="CM408"/>
+      <c r="CN408"/>
+      <c r="CO408"/>
+      <c r="CP408"/>
+      <c r="CQ408"/>
+      <c r="CR408"/>
+      <c r="CS408"/>
+    </row>
+    <row r="409" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A409" s="36"/>
+      <c r="C409" s="8"/>
+      <c r="D409" s="8"/>
+      <c r="E409" s="10"/>
+      <c r="F409" s="10"/>
       <c r="G409" s="6"/>
-      <c r="K409" s="9"/>
-[...7 lines deleted...]
-      <c r="E410" s="11"/>
+      <c r="I409" s="8"/>
+      <c r="J409" s="12"/>
+      <c r="K409" s="12"/>
+      <c r="L409" s="4"/>
+      <c r="O409" s="34"/>
+      <c r="P409"/>
+      <c r="Q409"/>
+      <c r="R409"/>
+      <c r="S409"/>
+      <c r="T409"/>
+      <c r="U409"/>
+      <c r="V409"/>
+      <c r="W409"/>
+      <c r="X409"/>
+      <c r="Y409"/>
+      <c r="Z409"/>
+      <c r="AA409"/>
+      <c r="AB409"/>
+      <c r="AC409"/>
+      <c r="AD409"/>
+      <c r="AE409"/>
+      <c r="AF409"/>
+      <c r="AG409"/>
+      <c r="AH409"/>
+      <c r="AI409"/>
+      <c r="AJ409"/>
+      <c r="AK409"/>
+      <c r="AL409"/>
+      <c r="AM409"/>
+      <c r="AN409"/>
+      <c r="AO409"/>
+      <c r="AP409"/>
+      <c r="AQ409"/>
+      <c r="AR409"/>
+      <c r="AS409"/>
+      <c r="AT409"/>
+      <c r="AU409"/>
+      <c r="AV409"/>
+      <c r="AW409"/>
+      <c r="AX409"/>
+      <c r="AY409"/>
+      <c r="AZ409"/>
+      <c r="BA409"/>
+      <c r="BB409"/>
+      <c r="BC409"/>
+      <c r="BD409"/>
+      <c r="BE409"/>
+      <c r="BF409"/>
+      <c r="BG409"/>
+      <c r="BH409"/>
+      <c r="BI409"/>
+      <c r="BJ409"/>
+      <c r="BK409"/>
+      <c r="BL409"/>
+      <c r="BM409"/>
+      <c r="BN409"/>
+      <c r="BO409"/>
+      <c r="BP409"/>
+      <c r="BQ409"/>
+      <c r="BR409"/>
+      <c r="BS409"/>
+      <c r="BT409"/>
+      <c r="BU409"/>
+      <c r="BV409"/>
+      <c r="BW409"/>
+      <c r="BX409"/>
+      <c r="BY409"/>
+      <c r="BZ409"/>
+      <c r="CA409"/>
+      <c r="CB409"/>
+      <c r="CC409"/>
+      <c r="CD409"/>
+      <c r="CE409"/>
+      <c r="CF409"/>
+      <c r="CG409"/>
+      <c r="CH409"/>
+      <c r="CI409"/>
+      <c r="CJ409"/>
+      <c r="CK409"/>
+      <c r="CL409"/>
+      <c r="CM409"/>
+      <c r="CN409"/>
+      <c r="CO409"/>
+      <c r="CP409"/>
+      <c r="CQ409"/>
+      <c r="CR409"/>
+      <c r="CS409"/>
+    </row>
+    <row r="410" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A410" s="36"/>
+      <c r="C410" s="8"/>
+      <c r="D410" s="8"/>
+      <c r="E410" s="10"/>
+      <c r="F410" s="10"/>
       <c r="G410" s="6"/>
-      <c r="K410" s="9"/>
-[...7 lines deleted...]
-      <c r="E411" s="11"/>
+      <c r="I410" s="8"/>
+      <c r="J410" s="12"/>
+      <c r="K410" s="12"/>
+      <c r="L410" s="4"/>
+      <c r="O410" s="34"/>
+      <c r="P410"/>
+      <c r="Q410"/>
+      <c r="R410"/>
+      <c r="S410"/>
+      <c r="T410"/>
+      <c r="U410"/>
+      <c r="V410"/>
+      <c r="W410"/>
+      <c r="X410"/>
+      <c r="Y410"/>
+      <c r="Z410"/>
+      <c r="AA410"/>
+      <c r="AB410"/>
+      <c r="AC410"/>
+      <c r="AD410"/>
+      <c r="AE410"/>
+      <c r="AF410"/>
+      <c r="AG410"/>
+      <c r="AH410"/>
+      <c r="AI410"/>
+      <c r="AJ410"/>
+      <c r="AK410"/>
+      <c r="AL410"/>
+      <c r="AM410"/>
+      <c r="AN410"/>
+      <c r="AO410"/>
+      <c r="AP410"/>
+      <c r="AQ410"/>
+      <c r="AR410"/>
+      <c r="AS410"/>
+      <c r="AT410"/>
+      <c r="AU410"/>
+      <c r="AV410"/>
+      <c r="AW410"/>
+      <c r="AX410"/>
+      <c r="AY410"/>
+      <c r="AZ410"/>
+      <c r="BA410"/>
+      <c r="BB410"/>
+      <c r="BC410"/>
+      <c r="BD410"/>
+      <c r="BE410"/>
+      <c r="BF410"/>
+      <c r="BG410"/>
+      <c r="BH410"/>
+      <c r="BI410"/>
+      <c r="BJ410"/>
+      <c r="BK410"/>
+      <c r="BL410"/>
+      <c r="BM410"/>
+      <c r="BN410"/>
+      <c r="BO410"/>
+      <c r="BP410"/>
+      <c r="BQ410"/>
+      <c r="BR410"/>
+      <c r="BS410"/>
+      <c r="BT410"/>
+      <c r="BU410"/>
+      <c r="BV410"/>
+      <c r="BW410"/>
+      <c r="BX410"/>
+      <c r="BY410"/>
+      <c r="BZ410"/>
+      <c r="CA410"/>
+      <c r="CB410"/>
+      <c r="CC410"/>
+      <c r="CD410"/>
+      <c r="CE410"/>
+      <c r="CF410"/>
+      <c r="CG410"/>
+      <c r="CH410"/>
+      <c r="CI410"/>
+      <c r="CJ410"/>
+      <c r="CK410"/>
+      <c r="CL410"/>
+      <c r="CM410"/>
+      <c r="CN410"/>
+      <c r="CO410"/>
+      <c r="CP410"/>
+      <c r="CQ410"/>
+      <c r="CR410"/>
+      <c r="CS410"/>
+    </row>
+    <row r="411" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A411" s="36"/>
+      <c r="C411" s="8"/>
+      <c r="D411" s="8"/>
+      <c r="E411" s="10"/>
+      <c r="F411" s="10"/>
       <c r="G411" s="6"/>
-      <c r="K411" s="9"/>
-[...7 lines deleted...]
-      <c r="E412" s="11"/>
+      <c r="I411" s="8"/>
+      <c r="J411" s="12"/>
+      <c r="K411" s="12"/>
+      <c r="L411" s="4"/>
+      <c r="O411" s="34"/>
+      <c r="P411"/>
+      <c r="Q411"/>
+      <c r="R411"/>
+      <c r="S411"/>
+      <c r="T411"/>
+      <c r="U411"/>
+      <c r="V411"/>
+      <c r="W411"/>
+      <c r="X411"/>
+      <c r="Y411"/>
+      <c r="Z411"/>
+      <c r="AA411"/>
+      <c r="AB411"/>
+      <c r="AC411"/>
+      <c r="AD411"/>
+      <c r="AE411"/>
+      <c r="AF411"/>
+      <c r="AG411"/>
+      <c r="AH411"/>
+      <c r="AI411"/>
+      <c r="AJ411"/>
+      <c r="AK411"/>
+      <c r="AL411"/>
+      <c r="AM411"/>
+      <c r="AN411"/>
+      <c r="AO411"/>
+      <c r="AP411"/>
+      <c r="AQ411"/>
+      <c r="AR411"/>
+      <c r="AS411"/>
+      <c r="AT411"/>
+      <c r="AU411"/>
+      <c r="AV411"/>
+      <c r="AW411"/>
+      <c r="AX411"/>
+      <c r="AY411"/>
+      <c r="AZ411"/>
+      <c r="BA411"/>
+      <c r="BB411"/>
+      <c r="BC411"/>
+      <c r="BD411"/>
+      <c r="BE411"/>
+      <c r="BF411"/>
+      <c r="BG411"/>
+      <c r="BH411"/>
+      <c r="BI411"/>
+      <c r="BJ411"/>
+      <c r="BK411"/>
+      <c r="BL411"/>
+      <c r="BM411"/>
+      <c r="BN411"/>
+      <c r="BO411"/>
+      <c r="BP411"/>
+      <c r="BQ411"/>
+      <c r="BR411"/>
+      <c r="BS411"/>
+      <c r="BT411"/>
+      <c r="BU411"/>
+      <c r="BV411"/>
+      <c r="BW411"/>
+      <c r="BX411"/>
+      <c r="BY411"/>
+      <c r="BZ411"/>
+      <c r="CA411"/>
+      <c r="CB411"/>
+      <c r="CC411"/>
+      <c r="CD411"/>
+      <c r="CE411"/>
+      <c r="CF411"/>
+      <c r="CG411"/>
+      <c r="CH411"/>
+      <c r="CI411"/>
+      <c r="CJ411"/>
+      <c r="CK411"/>
+      <c r="CL411"/>
+      <c r="CM411"/>
+      <c r="CN411"/>
+      <c r="CO411"/>
+      <c r="CP411"/>
+      <c r="CQ411"/>
+      <c r="CR411"/>
+      <c r="CS411"/>
+    </row>
+    <row r="412" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A412" s="36"/>
+      <c r="C412" s="8"/>
+      <c r="D412" s="8"/>
+      <c r="E412" s="10"/>
+      <c r="F412" s="10"/>
       <c r="G412" s="6"/>
-      <c r="K412" s="9"/>
-[...7 lines deleted...]
-      <c r="E413" s="11"/>
+      <c r="I412" s="8"/>
+      <c r="J412" s="12"/>
+      <c r="K412" s="12"/>
+      <c r="L412" s="4"/>
+      <c r="O412" s="34"/>
+      <c r="P412"/>
+      <c r="Q412"/>
+      <c r="R412"/>
+      <c r="S412"/>
+      <c r="T412"/>
+      <c r="U412"/>
+      <c r="V412"/>
+      <c r="W412"/>
+      <c r="X412"/>
+      <c r="Y412"/>
+      <c r="Z412"/>
+      <c r="AA412"/>
+      <c r="AB412"/>
+      <c r="AC412"/>
+      <c r="AD412"/>
+      <c r="AE412"/>
+      <c r="AF412"/>
+      <c r="AG412"/>
+      <c r="AH412"/>
+      <c r="AI412"/>
+      <c r="AJ412"/>
+      <c r="AK412"/>
+      <c r="AL412"/>
+      <c r="AM412"/>
+      <c r="AN412"/>
+      <c r="AO412"/>
+      <c r="AP412"/>
+      <c r="AQ412"/>
+      <c r="AR412"/>
+      <c r="AS412"/>
+      <c r="AT412"/>
+      <c r="AU412"/>
+      <c r="AV412"/>
+      <c r="AW412"/>
+      <c r="AX412"/>
+      <c r="AY412"/>
+      <c r="AZ412"/>
+      <c r="BA412"/>
+      <c r="BB412"/>
+      <c r="BC412"/>
+      <c r="BD412"/>
+      <c r="BE412"/>
+      <c r="BF412"/>
+      <c r="BG412"/>
+      <c r="BH412"/>
+      <c r="BI412"/>
+      <c r="BJ412"/>
+      <c r="BK412"/>
+      <c r="BL412"/>
+      <c r="BM412"/>
+      <c r="BN412"/>
+      <c r="BO412"/>
+      <c r="BP412"/>
+      <c r="BQ412"/>
+      <c r="BR412"/>
+      <c r="BS412"/>
+      <c r="BT412"/>
+      <c r="BU412"/>
+      <c r="BV412"/>
+      <c r="BW412"/>
+      <c r="BX412"/>
+      <c r="BY412"/>
+      <c r="BZ412"/>
+      <c r="CA412"/>
+      <c r="CB412"/>
+      <c r="CC412"/>
+      <c r="CD412"/>
+      <c r="CE412"/>
+      <c r="CF412"/>
+      <c r="CG412"/>
+      <c r="CH412"/>
+      <c r="CI412"/>
+      <c r="CJ412"/>
+      <c r="CK412"/>
+      <c r="CL412"/>
+      <c r="CM412"/>
+      <c r="CN412"/>
+      <c r="CO412"/>
+      <c r="CP412"/>
+      <c r="CQ412"/>
+      <c r="CR412"/>
+      <c r="CS412"/>
+    </row>
+    <row r="413" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A413" s="36"/>
+      <c r="C413" s="8"/>
+      <c r="D413" s="8"/>
+      <c r="E413" s="10"/>
+      <c r="F413" s="10"/>
       <c r="G413" s="6"/>
-      <c r="K413" s="9"/>
-[...7 lines deleted...]
-      <c r="E414" s="11"/>
+      <c r="I413" s="8"/>
+      <c r="J413" s="12"/>
+      <c r="K413" s="12"/>
+      <c r="L413" s="4"/>
+      <c r="O413" s="34"/>
+      <c r="P413"/>
+      <c r="Q413"/>
+      <c r="R413"/>
+      <c r="S413"/>
+      <c r="T413"/>
+      <c r="U413"/>
+      <c r="V413"/>
+      <c r="W413"/>
+      <c r="X413"/>
+      <c r="Y413"/>
+      <c r="Z413"/>
+      <c r="AA413"/>
+      <c r="AB413"/>
+      <c r="AC413"/>
+      <c r="AD413"/>
+      <c r="AE413"/>
+      <c r="AF413"/>
+      <c r="AG413"/>
+      <c r="AH413"/>
+      <c r="AI413"/>
+      <c r="AJ413"/>
+      <c r="AK413"/>
+      <c r="AL413"/>
+      <c r="AM413"/>
+      <c r="AN413"/>
+      <c r="AO413"/>
+      <c r="AP413"/>
+      <c r="AQ413"/>
+      <c r="AR413"/>
+      <c r="AS413"/>
+      <c r="AT413"/>
+      <c r="AU413"/>
+      <c r="AV413"/>
+      <c r="AW413"/>
+      <c r="AX413"/>
+      <c r="AY413"/>
+      <c r="AZ413"/>
+      <c r="BA413"/>
+      <c r="BB413"/>
+      <c r="BC413"/>
+      <c r="BD413"/>
+      <c r="BE413"/>
+      <c r="BF413"/>
+      <c r="BG413"/>
+      <c r="BH413"/>
+      <c r="BI413"/>
+      <c r="BJ413"/>
+      <c r="BK413"/>
+      <c r="BL413"/>
+      <c r="BM413"/>
+      <c r="BN413"/>
+      <c r="BO413"/>
+      <c r="BP413"/>
+      <c r="BQ413"/>
+      <c r="BR413"/>
+      <c r="BS413"/>
+      <c r="BT413"/>
+      <c r="BU413"/>
+      <c r="BV413"/>
+      <c r="BW413"/>
+      <c r="BX413"/>
+      <c r="BY413"/>
+      <c r="BZ413"/>
+      <c r="CA413"/>
+      <c r="CB413"/>
+      <c r="CC413"/>
+      <c r="CD413"/>
+      <c r="CE413"/>
+      <c r="CF413"/>
+      <c r="CG413"/>
+      <c r="CH413"/>
+      <c r="CI413"/>
+      <c r="CJ413"/>
+      <c r="CK413"/>
+      <c r="CL413"/>
+      <c r="CM413"/>
+      <c r="CN413"/>
+      <c r="CO413"/>
+      <c r="CP413"/>
+      <c r="CQ413"/>
+      <c r="CR413"/>
+      <c r="CS413"/>
+    </row>
+    <row r="414" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A414" s="36"/>
+      <c r="C414" s="8"/>
+      <c r="D414" s="8"/>
+      <c r="E414" s="10"/>
+      <c r="F414" s="10"/>
       <c r="G414" s="6"/>
-      <c r="K414" s="9"/>
-[...7 lines deleted...]
-      <c r="E415" s="11"/>
+      <c r="I414" s="8"/>
+      <c r="J414" s="12"/>
+      <c r="K414" s="12"/>
+      <c r="L414" s="4"/>
+      <c r="O414" s="34"/>
+      <c r="P414"/>
+      <c r="Q414"/>
+      <c r="R414"/>
+      <c r="S414"/>
+      <c r="T414"/>
+      <c r="U414"/>
+      <c r="V414"/>
+      <c r="W414"/>
+      <c r="X414"/>
+      <c r="Y414"/>
+      <c r="Z414"/>
+      <c r="AA414"/>
+      <c r="AB414"/>
+      <c r="AC414"/>
+      <c r="AD414"/>
+      <c r="AE414"/>
+      <c r="AF414"/>
+      <c r="AG414"/>
+      <c r="AH414"/>
+      <c r="AI414"/>
+      <c r="AJ414"/>
+      <c r="AK414"/>
+      <c r="AL414"/>
+      <c r="AM414"/>
+      <c r="AN414"/>
+      <c r="AO414"/>
+      <c r="AP414"/>
+      <c r="AQ414"/>
+      <c r="AR414"/>
+      <c r="AS414"/>
+      <c r="AT414"/>
+      <c r="AU414"/>
+      <c r="AV414"/>
+      <c r="AW414"/>
+      <c r="AX414"/>
+      <c r="AY414"/>
+      <c r="AZ414"/>
+      <c r="BA414"/>
+      <c r="BB414"/>
+      <c r="BC414"/>
+      <c r="BD414"/>
+      <c r="BE414"/>
+      <c r="BF414"/>
+      <c r="BG414"/>
+      <c r="BH414"/>
+      <c r="BI414"/>
+      <c r="BJ414"/>
+      <c r="BK414"/>
+      <c r="BL414"/>
+      <c r="BM414"/>
+      <c r="BN414"/>
+      <c r="BO414"/>
+      <c r="BP414"/>
+      <c r="BQ414"/>
+      <c r="BR414"/>
+      <c r="BS414"/>
+      <c r="BT414"/>
+      <c r="BU414"/>
+      <c r="BV414"/>
+      <c r="BW414"/>
+      <c r="BX414"/>
+      <c r="BY414"/>
+      <c r="BZ414"/>
+      <c r="CA414"/>
+      <c r="CB414"/>
+      <c r="CC414"/>
+      <c r="CD414"/>
+      <c r="CE414"/>
+      <c r="CF414"/>
+      <c r="CG414"/>
+      <c r="CH414"/>
+      <c r="CI414"/>
+      <c r="CJ414"/>
+      <c r="CK414"/>
+      <c r="CL414"/>
+      <c r="CM414"/>
+      <c r="CN414"/>
+      <c r="CO414"/>
+      <c r="CP414"/>
+      <c r="CQ414"/>
+      <c r="CR414"/>
+      <c r="CS414"/>
+    </row>
+    <row r="415" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A415" s="36"/>
+      <c r="C415" s="8"/>
+      <c r="D415" s="8"/>
+      <c r="E415" s="10"/>
+      <c r="F415" s="10"/>
       <c r="G415" s="6"/>
-      <c r="K415" s="9"/>
-[...7 lines deleted...]
-      <c r="E416" s="11"/>
+      <c r="I415" s="8"/>
+      <c r="J415" s="12"/>
+      <c r="K415" s="12"/>
+      <c r="L415" s="4"/>
+      <c r="O415" s="34"/>
+      <c r="P415"/>
+      <c r="Q415"/>
+      <c r="R415"/>
+      <c r="S415"/>
+      <c r="T415"/>
+      <c r="U415"/>
+      <c r="V415"/>
+      <c r="W415"/>
+      <c r="X415"/>
+      <c r="Y415"/>
+      <c r="Z415"/>
+      <c r="AA415"/>
+      <c r="AB415"/>
+      <c r="AC415"/>
+      <c r="AD415"/>
+      <c r="AE415"/>
+      <c r="AF415"/>
+      <c r="AG415"/>
+      <c r="AH415"/>
+      <c r="AI415"/>
+      <c r="AJ415"/>
+      <c r="AK415"/>
+      <c r="AL415"/>
+      <c r="AM415"/>
+      <c r="AN415"/>
+      <c r="AO415"/>
+      <c r="AP415"/>
+      <c r="AQ415"/>
+      <c r="AR415"/>
+      <c r="AS415"/>
+      <c r="AT415"/>
+      <c r="AU415"/>
+      <c r="AV415"/>
+      <c r="AW415"/>
+      <c r="AX415"/>
+      <c r="AY415"/>
+      <c r="AZ415"/>
+      <c r="BA415"/>
+      <c r="BB415"/>
+      <c r="BC415"/>
+      <c r="BD415"/>
+      <c r="BE415"/>
+      <c r="BF415"/>
+      <c r="BG415"/>
+      <c r="BH415"/>
+      <c r="BI415"/>
+      <c r="BJ415"/>
+      <c r="BK415"/>
+      <c r="BL415"/>
+      <c r="BM415"/>
+      <c r="BN415"/>
+      <c r="BO415"/>
+      <c r="BP415"/>
+      <c r="BQ415"/>
+      <c r="BR415"/>
+      <c r="BS415"/>
+      <c r="BT415"/>
+      <c r="BU415"/>
+      <c r="BV415"/>
+      <c r="BW415"/>
+      <c r="BX415"/>
+      <c r="BY415"/>
+      <c r="BZ415"/>
+      <c r="CA415"/>
+      <c r="CB415"/>
+      <c r="CC415"/>
+      <c r="CD415"/>
+      <c r="CE415"/>
+      <c r="CF415"/>
+      <c r="CG415"/>
+      <c r="CH415"/>
+      <c r="CI415"/>
+      <c r="CJ415"/>
+      <c r="CK415"/>
+      <c r="CL415"/>
+      <c r="CM415"/>
+      <c r="CN415"/>
+      <c r="CO415"/>
+      <c r="CP415"/>
+      <c r="CQ415"/>
+      <c r="CR415"/>
+      <c r="CS415"/>
+    </row>
+    <row r="416" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A416" s="36"/>
+      <c r="C416" s="8"/>
+      <c r="D416" s="8"/>
+      <c r="E416" s="10"/>
+      <c r="F416" s="10"/>
       <c r="G416" s="6"/>
-      <c r="K416" s="9"/>
-[...7 lines deleted...]
-      <c r="E417" s="11"/>
+      <c r="I416" s="8"/>
+      <c r="J416" s="12"/>
+      <c r="K416" s="12"/>
+      <c r="L416" s="4"/>
+      <c r="O416" s="34"/>
+      <c r="P416"/>
+      <c r="Q416"/>
+      <c r="R416"/>
+      <c r="S416"/>
+      <c r="T416"/>
+      <c r="U416"/>
+      <c r="V416"/>
+      <c r="W416"/>
+      <c r="X416"/>
+      <c r="Y416"/>
+      <c r="Z416"/>
+      <c r="AA416"/>
+      <c r="AB416"/>
+      <c r="AC416"/>
+      <c r="AD416"/>
+      <c r="AE416"/>
+      <c r="AF416"/>
+      <c r="AG416"/>
+      <c r="AH416"/>
+      <c r="AI416"/>
+      <c r="AJ416"/>
+      <c r="AK416"/>
+      <c r="AL416"/>
+      <c r="AM416"/>
+      <c r="AN416"/>
+      <c r="AO416"/>
+      <c r="AP416"/>
+      <c r="AQ416"/>
+      <c r="AR416"/>
+      <c r="AS416"/>
+      <c r="AT416"/>
+      <c r="AU416"/>
+      <c r="AV416"/>
+      <c r="AW416"/>
+      <c r="AX416"/>
+      <c r="AY416"/>
+      <c r="AZ416"/>
+      <c r="BA416"/>
+      <c r="BB416"/>
+      <c r="BC416"/>
+      <c r="BD416"/>
+      <c r="BE416"/>
+      <c r="BF416"/>
+      <c r="BG416"/>
+      <c r="BH416"/>
+      <c r="BI416"/>
+      <c r="BJ416"/>
+      <c r="BK416"/>
+      <c r="BL416"/>
+      <c r="BM416"/>
+      <c r="BN416"/>
+      <c r="BO416"/>
+      <c r="BP416"/>
+      <c r="BQ416"/>
+      <c r="BR416"/>
+      <c r="BS416"/>
+      <c r="BT416"/>
+      <c r="BU416"/>
+      <c r="BV416"/>
+      <c r="BW416"/>
+      <c r="BX416"/>
+      <c r="BY416"/>
+      <c r="BZ416"/>
+      <c r="CA416"/>
+      <c r="CB416"/>
+      <c r="CC416"/>
+      <c r="CD416"/>
+      <c r="CE416"/>
+      <c r="CF416"/>
+      <c r="CG416"/>
+      <c r="CH416"/>
+      <c r="CI416"/>
+      <c r="CJ416"/>
+      <c r="CK416"/>
+      <c r="CL416"/>
+      <c r="CM416"/>
+      <c r="CN416"/>
+      <c r="CO416"/>
+      <c r="CP416"/>
+      <c r="CQ416"/>
+      <c r="CR416"/>
+      <c r="CS416"/>
+    </row>
+    <row r="417" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A417" s="36"/>
+      <c r="C417" s="8"/>
+      <c r="D417" s="8"/>
+      <c r="E417" s="10"/>
+      <c r="F417" s="10"/>
       <c r="G417" s="6"/>
-      <c r="K417" s="9"/>
-[...7 lines deleted...]
-      <c r="E418" s="11"/>
+      <c r="I417" s="8"/>
+      <c r="J417" s="12"/>
+      <c r="K417" s="12"/>
+      <c r="L417" s="4"/>
+      <c r="O417" s="34"/>
+      <c r="P417"/>
+      <c r="Q417"/>
+      <c r="R417"/>
+      <c r="S417"/>
+      <c r="T417"/>
+      <c r="U417"/>
+      <c r="V417"/>
+      <c r="W417"/>
+      <c r="X417"/>
+      <c r="Y417"/>
+      <c r="Z417"/>
+      <c r="AA417"/>
+      <c r="AB417"/>
+      <c r="AC417"/>
+      <c r="AD417"/>
+      <c r="AE417"/>
+      <c r="AF417"/>
+      <c r="AG417"/>
+      <c r="AH417"/>
+      <c r="AI417"/>
+      <c r="AJ417"/>
+      <c r="AK417"/>
+      <c r="AL417"/>
+      <c r="AM417"/>
+      <c r="AN417"/>
+      <c r="AO417"/>
+      <c r="AP417"/>
+      <c r="AQ417"/>
+      <c r="AR417"/>
+      <c r="AS417"/>
+      <c r="AT417"/>
+      <c r="AU417"/>
+      <c r="AV417"/>
+      <c r="AW417"/>
+      <c r="AX417"/>
+      <c r="AY417"/>
+      <c r="AZ417"/>
+      <c r="BA417"/>
+      <c r="BB417"/>
+      <c r="BC417"/>
+      <c r="BD417"/>
+      <c r="BE417"/>
+      <c r="BF417"/>
+      <c r="BG417"/>
+      <c r="BH417"/>
+      <c r="BI417"/>
+      <c r="BJ417"/>
+      <c r="BK417"/>
+      <c r="BL417"/>
+      <c r="BM417"/>
+      <c r="BN417"/>
+      <c r="BO417"/>
+      <c r="BP417"/>
+      <c r="BQ417"/>
+      <c r="BR417"/>
+      <c r="BS417"/>
+      <c r="BT417"/>
+      <c r="BU417"/>
+      <c r="BV417"/>
+      <c r="BW417"/>
+      <c r="BX417"/>
+      <c r="BY417"/>
+      <c r="BZ417"/>
+      <c r="CA417"/>
+      <c r="CB417"/>
+      <c r="CC417"/>
+      <c r="CD417"/>
+      <c r="CE417"/>
+      <c r="CF417"/>
+      <c r="CG417"/>
+      <c r="CH417"/>
+      <c r="CI417"/>
+      <c r="CJ417"/>
+      <c r="CK417"/>
+      <c r="CL417"/>
+      <c r="CM417"/>
+      <c r="CN417"/>
+      <c r="CO417"/>
+      <c r="CP417"/>
+      <c r="CQ417"/>
+      <c r="CR417"/>
+      <c r="CS417"/>
+    </row>
+    <row r="418" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A418" s="36"/>
+      <c r="C418" s="8"/>
+      <c r="D418" s="8"/>
+      <c r="E418" s="10"/>
+      <c r="F418" s="10"/>
       <c r="G418" s="6"/>
-      <c r="K418" s="9"/>
-[...7 lines deleted...]
-      <c r="E419" s="11"/>
+      <c r="I418" s="8"/>
+      <c r="J418" s="12"/>
+      <c r="K418" s="12"/>
+      <c r="L418" s="4"/>
+      <c r="O418" s="34"/>
+      <c r="P418"/>
+      <c r="Q418"/>
+      <c r="R418"/>
+      <c r="S418"/>
+      <c r="T418"/>
+      <c r="U418"/>
+      <c r="V418"/>
+      <c r="W418"/>
+      <c r="X418"/>
+      <c r="Y418"/>
+      <c r="Z418"/>
+      <c r="AA418"/>
+      <c r="AB418"/>
+      <c r="AC418"/>
+      <c r="AD418"/>
+      <c r="AE418"/>
+      <c r="AF418"/>
+      <c r="AG418"/>
+      <c r="AH418"/>
+      <c r="AI418"/>
+      <c r="AJ418"/>
+      <c r="AK418"/>
+      <c r="AL418"/>
+      <c r="AM418"/>
+      <c r="AN418"/>
+      <c r="AO418"/>
+      <c r="AP418"/>
+      <c r="AQ418"/>
+      <c r="AR418"/>
+      <c r="AS418"/>
+      <c r="AT418"/>
+      <c r="AU418"/>
+      <c r="AV418"/>
+      <c r="AW418"/>
+      <c r="AX418"/>
+      <c r="AY418"/>
+      <c r="AZ418"/>
+      <c r="BA418"/>
+      <c r="BB418"/>
+      <c r="BC418"/>
+      <c r="BD418"/>
+      <c r="BE418"/>
+      <c r="BF418"/>
+      <c r="BG418"/>
+      <c r="BH418"/>
+      <c r="BI418"/>
+      <c r="BJ418"/>
+      <c r="BK418"/>
+      <c r="BL418"/>
+      <c r="BM418"/>
+      <c r="BN418"/>
+      <c r="BO418"/>
+      <c r="BP418"/>
+      <c r="BQ418"/>
+      <c r="BR418"/>
+      <c r="BS418"/>
+      <c r="BT418"/>
+      <c r="BU418"/>
+      <c r="BV418"/>
+      <c r="BW418"/>
+      <c r="BX418"/>
+      <c r="BY418"/>
+      <c r="BZ418"/>
+      <c r="CA418"/>
+      <c r="CB418"/>
+      <c r="CC418"/>
+      <c r="CD418"/>
+      <c r="CE418"/>
+      <c r="CF418"/>
+      <c r="CG418"/>
+      <c r="CH418"/>
+      <c r="CI418"/>
+      <c r="CJ418"/>
+      <c r="CK418"/>
+      <c r="CL418"/>
+      <c r="CM418"/>
+      <c r="CN418"/>
+      <c r="CO418"/>
+      <c r="CP418"/>
+      <c r="CQ418"/>
+      <c r="CR418"/>
+      <c r="CS418"/>
+    </row>
+    <row r="419" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A419" s="36"/>
+      <c r="C419" s="8"/>
+      <c r="D419" s="8"/>
+      <c r="E419" s="10"/>
+      <c r="F419" s="10"/>
       <c r="G419" s="6"/>
-      <c r="K419" s="9"/>
-[...7 lines deleted...]
-      <c r="E420" s="11"/>
+      <c r="I419" s="8"/>
+      <c r="J419" s="12"/>
+      <c r="K419" s="12"/>
+      <c r="L419" s="4"/>
+      <c r="O419" s="34"/>
+      <c r="P419"/>
+      <c r="Q419"/>
+      <c r="R419"/>
+      <c r="S419"/>
+      <c r="T419"/>
+      <c r="U419"/>
+      <c r="V419"/>
+      <c r="W419"/>
+      <c r="X419"/>
+      <c r="Y419"/>
+      <c r="Z419"/>
+      <c r="AA419"/>
+      <c r="AB419"/>
+      <c r="AC419"/>
+      <c r="AD419"/>
+      <c r="AE419"/>
+      <c r="AF419"/>
+      <c r="AG419"/>
+      <c r="AH419"/>
+      <c r="AI419"/>
+      <c r="AJ419"/>
+      <c r="AK419"/>
+      <c r="AL419"/>
+      <c r="AM419"/>
+      <c r="AN419"/>
+      <c r="AO419"/>
+      <c r="AP419"/>
+      <c r="AQ419"/>
+      <c r="AR419"/>
+      <c r="AS419"/>
+      <c r="AT419"/>
+      <c r="AU419"/>
+      <c r="AV419"/>
+      <c r="AW419"/>
+      <c r="AX419"/>
+      <c r="AY419"/>
+      <c r="AZ419"/>
+      <c r="BA419"/>
+      <c r="BB419"/>
+      <c r="BC419"/>
+      <c r="BD419"/>
+      <c r="BE419"/>
+      <c r="BF419"/>
+      <c r="BG419"/>
+      <c r="BH419"/>
+      <c r="BI419"/>
+      <c r="BJ419"/>
+      <c r="BK419"/>
+      <c r="BL419"/>
+      <c r="BM419"/>
+      <c r="BN419"/>
+      <c r="BO419"/>
+      <c r="BP419"/>
+      <c r="BQ419"/>
+      <c r="BR419"/>
+      <c r="BS419"/>
+      <c r="BT419"/>
+      <c r="BU419"/>
+      <c r="BV419"/>
+      <c r="BW419"/>
+      <c r="BX419"/>
+      <c r="BY419"/>
+      <c r="BZ419"/>
+      <c r="CA419"/>
+      <c r="CB419"/>
+      <c r="CC419"/>
+      <c r="CD419"/>
+      <c r="CE419"/>
+      <c r="CF419"/>
+      <c r="CG419"/>
+      <c r="CH419"/>
+      <c r="CI419"/>
+      <c r="CJ419"/>
+      <c r="CK419"/>
+      <c r="CL419"/>
+      <c r="CM419"/>
+      <c r="CN419"/>
+      <c r="CO419"/>
+      <c r="CP419"/>
+      <c r="CQ419"/>
+      <c r="CR419"/>
+      <c r="CS419"/>
+    </row>
+    <row r="420" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A420" s="36"/>
+      <c r="C420" s="8"/>
+      <c r="D420" s="8"/>
+      <c r="E420" s="10"/>
+      <c r="F420" s="10"/>
       <c r="G420" s="6"/>
-      <c r="K420" s="9"/>
-[...7 lines deleted...]
-      <c r="E421" s="11"/>
+      <c r="I420" s="8"/>
+      <c r="J420" s="12"/>
+      <c r="K420" s="12"/>
+      <c r="L420" s="4"/>
+      <c r="O420" s="34"/>
+      <c r="P420"/>
+      <c r="Q420"/>
+      <c r="R420"/>
+      <c r="S420"/>
+      <c r="T420"/>
+      <c r="U420"/>
+      <c r="V420"/>
+      <c r="W420"/>
+      <c r="X420"/>
+      <c r="Y420"/>
+      <c r="Z420"/>
+      <c r="AA420"/>
+      <c r="AB420"/>
+      <c r="AC420"/>
+      <c r="AD420"/>
+      <c r="AE420"/>
+      <c r="AF420"/>
+      <c r="AG420"/>
+      <c r="AH420"/>
+      <c r="AI420"/>
+      <c r="AJ420"/>
+      <c r="AK420"/>
+      <c r="AL420"/>
+      <c r="AM420"/>
+      <c r="AN420"/>
+      <c r="AO420"/>
+      <c r="AP420"/>
+      <c r="AQ420"/>
+      <c r="AR420"/>
+      <c r="AS420"/>
+      <c r="AT420"/>
+      <c r="AU420"/>
+      <c r="AV420"/>
+      <c r="AW420"/>
+      <c r="AX420"/>
+      <c r="AY420"/>
+      <c r="AZ420"/>
+      <c r="BA420"/>
+      <c r="BB420"/>
+      <c r="BC420"/>
+      <c r="BD420"/>
+      <c r="BE420"/>
+      <c r="BF420"/>
+      <c r="BG420"/>
+      <c r="BH420"/>
+      <c r="BI420"/>
+      <c r="BJ420"/>
+      <c r="BK420"/>
+      <c r="BL420"/>
+      <c r="BM420"/>
+      <c r="BN420"/>
+      <c r="BO420"/>
+      <c r="BP420"/>
+      <c r="BQ420"/>
+      <c r="BR420"/>
+      <c r="BS420"/>
+      <c r="BT420"/>
+      <c r="BU420"/>
+      <c r="BV420"/>
+      <c r="BW420"/>
+      <c r="BX420"/>
+      <c r="BY420"/>
+      <c r="BZ420"/>
+      <c r="CA420"/>
+      <c r="CB420"/>
+      <c r="CC420"/>
+      <c r="CD420"/>
+      <c r="CE420"/>
+      <c r="CF420"/>
+      <c r="CG420"/>
+      <c r="CH420"/>
+      <c r="CI420"/>
+      <c r="CJ420"/>
+      <c r="CK420"/>
+      <c r="CL420"/>
+      <c r="CM420"/>
+      <c r="CN420"/>
+      <c r="CO420"/>
+      <c r="CP420"/>
+      <c r="CQ420"/>
+      <c r="CR420"/>
+      <c r="CS420"/>
+    </row>
+    <row r="421" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A421" s="36"/>
+      <c r="C421" s="8"/>
+      <c r="D421" s="8"/>
+      <c r="E421" s="10"/>
+      <c r="F421" s="10"/>
       <c r="G421" s="6"/>
-      <c r="K421" s="9"/>
-[...7 lines deleted...]
-      <c r="E422" s="11"/>
+      <c r="I421" s="8"/>
+      <c r="J421" s="12"/>
+      <c r="K421" s="12"/>
+      <c r="L421" s="4"/>
+      <c r="O421" s="34"/>
+      <c r="P421"/>
+      <c r="Q421"/>
+      <c r="R421"/>
+      <c r="S421"/>
+      <c r="T421"/>
+      <c r="U421"/>
+      <c r="V421"/>
+      <c r="W421"/>
+      <c r="X421"/>
+      <c r="Y421"/>
+      <c r="Z421"/>
+      <c r="AA421"/>
+      <c r="AB421"/>
+      <c r="AC421"/>
+      <c r="AD421"/>
+      <c r="AE421"/>
+      <c r="AF421"/>
+      <c r="AG421"/>
+      <c r="AH421"/>
+      <c r="AI421"/>
+      <c r="AJ421"/>
+      <c r="AK421"/>
+      <c r="AL421"/>
+      <c r="AM421"/>
+      <c r="AN421"/>
+      <c r="AO421"/>
+      <c r="AP421"/>
+      <c r="AQ421"/>
+      <c r="AR421"/>
+      <c r="AS421"/>
+      <c r="AT421"/>
+      <c r="AU421"/>
+      <c r="AV421"/>
+      <c r="AW421"/>
+      <c r="AX421"/>
+      <c r="AY421"/>
+      <c r="AZ421"/>
+      <c r="BA421"/>
+      <c r="BB421"/>
+      <c r="BC421"/>
+      <c r="BD421"/>
+      <c r="BE421"/>
+      <c r="BF421"/>
+      <c r="BG421"/>
+      <c r="BH421"/>
+      <c r="BI421"/>
+      <c r="BJ421"/>
+      <c r="BK421"/>
+      <c r="BL421"/>
+      <c r="BM421"/>
+      <c r="BN421"/>
+      <c r="BO421"/>
+      <c r="BP421"/>
+      <c r="BQ421"/>
+      <c r="BR421"/>
+      <c r="BS421"/>
+      <c r="BT421"/>
+      <c r="BU421"/>
+      <c r="BV421"/>
+      <c r="BW421"/>
+      <c r="BX421"/>
+      <c r="BY421"/>
+      <c r="BZ421"/>
+      <c r="CA421"/>
+      <c r="CB421"/>
+      <c r="CC421"/>
+      <c r="CD421"/>
+      <c r="CE421"/>
+      <c r="CF421"/>
+      <c r="CG421"/>
+      <c r="CH421"/>
+      <c r="CI421"/>
+      <c r="CJ421"/>
+      <c r="CK421"/>
+      <c r="CL421"/>
+      <c r="CM421"/>
+      <c r="CN421"/>
+      <c r="CO421"/>
+      <c r="CP421"/>
+      <c r="CQ421"/>
+      <c r="CR421"/>
+      <c r="CS421"/>
+    </row>
+    <row r="422" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A422" s="36"/>
+      <c r="C422" s="8"/>
+      <c r="D422" s="8"/>
+      <c r="E422" s="10"/>
+      <c r="F422" s="10"/>
       <c r="G422" s="6"/>
-      <c r="K422" s="9"/>
-[...7 lines deleted...]
-      <c r="E423" s="11"/>
+      <c r="I422" s="8"/>
+      <c r="J422" s="12"/>
+      <c r="K422" s="12"/>
+      <c r="L422" s="4"/>
+      <c r="O422" s="34"/>
+      <c r="P422"/>
+      <c r="Q422"/>
+      <c r="R422"/>
+      <c r="S422"/>
+      <c r="T422"/>
+      <c r="U422"/>
+      <c r="V422"/>
+      <c r="W422"/>
+      <c r="X422"/>
+      <c r="Y422"/>
+      <c r="Z422"/>
+      <c r="AA422"/>
+      <c r="AB422"/>
+      <c r="AC422"/>
+      <c r="AD422"/>
+      <c r="AE422"/>
+      <c r="AF422"/>
+      <c r="AG422"/>
+      <c r="AH422"/>
+      <c r="AI422"/>
+      <c r="AJ422"/>
+      <c r="AK422"/>
+      <c r="AL422"/>
+      <c r="AM422"/>
+      <c r="AN422"/>
+      <c r="AO422"/>
+      <c r="AP422"/>
+      <c r="AQ422"/>
+      <c r="AR422"/>
+      <c r="AS422"/>
+      <c r="AT422"/>
+      <c r="AU422"/>
+      <c r="AV422"/>
+      <c r="AW422"/>
+      <c r="AX422"/>
+      <c r="AY422"/>
+      <c r="AZ422"/>
+      <c r="BA422"/>
+      <c r="BB422"/>
+      <c r="BC422"/>
+      <c r="BD422"/>
+      <c r="BE422"/>
+      <c r="BF422"/>
+      <c r="BG422"/>
+      <c r="BH422"/>
+      <c r="BI422"/>
+      <c r="BJ422"/>
+      <c r="BK422"/>
+      <c r="BL422"/>
+      <c r="BM422"/>
+      <c r="BN422"/>
+      <c r="BO422"/>
+      <c r="BP422"/>
+      <c r="BQ422"/>
+      <c r="BR422"/>
+      <c r="BS422"/>
+      <c r="BT422"/>
+      <c r="BU422"/>
+      <c r="BV422"/>
+      <c r="BW422"/>
+      <c r="BX422"/>
+      <c r="BY422"/>
+      <c r="BZ422"/>
+      <c r="CA422"/>
+      <c r="CB422"/>
+      <c r="CC422"/>
+      <c r="CD422"/>
+      <c r="CE422"/>
+      <c r="CF422"/>
+      <c r="CG422"/>
+      <c r="CH422"/>
+      <c r="CI422"/>
+      <c r="CJ422"/>
+      <c r="CK422"/>
+      <c r="CL422"/>
+      <c r="CM422"/>
+      <c r="CN422"/>
+      <c r="CO422"/>
+      <c r="CP422"/>
+      <c r="CQ422"/>
+      <c r="CR422"/>
+      <c r="CS422"/>
+    </row>
+    <row r="423" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A423" s="36"/>
+      <c r="C423" s="8"/>
+      <c r="D423" s="8"/>
+      <c r="E423" s="10"/>
+      <c r="F423" s="10"/>
       <c r="G423" s="6"/>
-      <c r="K423" s="9"/>
-[...7 lines deleted...]
-      <c r="E424" s="11"/>
+      <c r="I423" s="8"/>
+      <c r="J423" s="12"/>
+      <c r="K423" s="12"/>
+      <c r="L423" s="4"/>
+      <c r="O423" s="34"/>
+      <c r="P423"/>
+      <c r="Q423"/>
+      <c r="R423"/>
+      <c r="S423"/>
+      <c r="T423"/>
+      <c r="U423"/>
+      <c r="V423"/>
+      <c r="W423"/>
+      <c r="X423"/>
+      <c r="Y423"/>
+      <c r="Z423"/>
+      <c r="AA423"/>
+      <c r="AB423"/>
+      <c r="AC423"/>
+      <c r="AD423"/>
+      <c r="AE423"/>
+      <c r="AF423"/>
+      <c r="AG423"/>
+      <c r="AH423"/>
+      <c r="AI423"/>
+      <c r="AJ423"/>
+      <c r="AK423"/>
+      <c r="AL423"/>
+      <c r="AM423"/>
+      <c r="AN423"/>
+      <c r="AO423"/>
+      <c r="AP423"/>
+      <c r="AQ423"/>
+      <c r="AR423"/>
+      <c r="AS423"/>
+      <c r="AT423"/>
+      <c r="AU423"/>
+      <c r="AV423"/>
+      <c r="AW423"/>
+      <c r="AX423"/>
+      <c r="AY423"/>
+      <c r="AZ423"/>
+      <c r="BA423"/>
+      <c r="BB423"/>
+      <c r="BC423"/>
+      <c r="BD423"/>
+      <c r="BE423"/>
+      <c r="BF423"/>
+      <c r="BG423"/>
+      <c r="BH423"/>
+      <c r="BI423"/>
+      <c r="BJ423"/>
+      <c r="BK423"/>
+      <c r="BL423"/>
+      <c r="BM423"/>
+      <c r="BN423"/>
+      <c r="BO423"/>
+      <c r="BP423"/>
+      <c r="BQ423"/>
+      <c r="BR423"/>
+      <c r="BS423"/>
+      <c r="BT423"/>
+      <c r="BU423"/>
+      <c r="BV423"/>
+      <c r="BW423"/>
+      <c r="BX423"/>
+      <c r="BY423"/>
+      <c r="BZ423"/>
+      <c r="CA423"/>
+      <c r="CB423"/>
+      <c r="CC423"/>
+      <c r="CD423"/>
+      <c r="CE423"/>
+      <c r="CF423"/>
+      <c r="CG423"/>
+      <c r="CH423"/>
+      <c r="CI423"/>
+      <c r="CJ423"/>
+      <c r="CK423"/>
+      <c r="CL423"/>
+      <c r="CM423"/>
+      <c r="CN423"/>
+      <c r="CO423"/>
+      <c r="CP423"/>
+      <c r="CQ423"/>
+      <c r="CR423"/>
+      <c r="CS423"/>
+    </row>
+    <row r="424" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A424" s="36"/>
+      <c r="C424" s="8"/>
+      <c r="D424" s="8"/>
+      <c r="E424" s="10"/>
+      <c r="F424" s="10"/>
       <c r="G424" s="6"/>
-      <c r="K424" s="9"/>
-[...7 lines deleted...]
-      <c r="E425" s="11"/>
+      <c r="I424" s="8"/>
+      <c r="J424" s="12"/>
+      <c r="K424" s="12"/>
+      <c r="L424" s="4"/>
+      <c r="O424" s="34"/>
+      <c r="P424"/>
+      <c r="Q424"/>
+      <c r="R424"/>
+      <c r="S424"/>
+      <c r="T424"/>
+      <c r="U424"/>
+      <c r="V424"/>
+      <c r="W424"/>
+      <c r="X424"/>
+      <c r="Y424"/>
+      <c r="Z424"/>
+      <c r="AA424"/>
+      <c r="AB424"/>
+      <c r="AC424"/>
+      <c r="AD424"/>
+      <c r="AE424"/>
+      <c r="AF424"/>
+      <c r="AG424"/>
+      <c r="AH424"/>
+      <c r="AI424"/>
+      <c r="AJ424"/>
+      <c r="AK424"/>
+      <c r="AL424"/>
+      <c r="AM424"/>
+      <c r="AN424"/>
+      <c r="AO424"/>
+      <c r="AP424"/>
+      <c r="AQ424"/>
+      <c r="AR424"/>
+      <c r="AS424"/>
+      <c r="AT424"/>
+      <c r="AU424"/>
+      <c r="AV424"/>
+      <c r="AW424"/>
+      <c r="AX424"/>
+      <c r="AY424"/>
+      <c r="AZ424"/>
+      <c r="BA424"/>
+      <c r="BB424"/>
+      <c r="BC424"/>
+      <c r="BD424"/>
+      <c r="BE424"/>
+      <c r="BF424"/>
+      <c r="BG424"/>
+      <c r="BH424"/>
+      <c r="BI424"/>
+      <c r="BJ424"/>
+      <c r="BK424"/>
+      <c r="BL424"/>
+      <c r="BM424"/>
+      <c r="BN424"/>
+      <c r="BO424"/>
+      <c r="BP424"/>
+      <c r="BQ424"/>
+      <c r="BR424"/>
+      <c r="BS424"/>
+      <c r="BT424"/>
+      <c r="BU424"/>
+      <c r="BV424"/>
+      <c r="BW424"/>
+      <c r="BX424"/>
+      <c r="BY424"/>
+      <c r="BZ424"/>
+      <c r="CA424"/>
+      <c r="CB424"/>
+      <c r="CC424"/>
+      <c r="CD424"/>
+      <c r="CE424"/>
+      <c r="CF424"/>
+      <c r="CG424"/>
+      <c r="CH424"/>
+      <c r="CI424"/>
+      <c r="CJ424"/>
+      <c r="CK424"/>
+      <c r="CL424"/>
+      <c r="CM424"/>
+      <c r="CN424"/>
+      <c r="CO424"/>
+      <c r="CP424"/>
+      <c r="CQ424"/>
+      <c r="CR424"/>
+      <c r="CS424"/>
+    </row>
+    <row r="425" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A425" s="36"/>
+      <c r="C425" s="8"/>
+      <c r="D425" s="8"/>
+      <c r="E425" s="10"/>
+      <c r="F425" s="10"/>
       <c r="G425" s="6"/>
-      <c r="K425" s="9"/>
-[...7 lines deleted...]
-      <c r="E426" s="11"/>
+      <c r="I425" s="8"/>
+      <c r="J425" s="12"/>
+      <c r="K425" s="12"/>
+      <c r="L425" s="4"/>
+      <c r="O425" s="34"/>
+      <c r="P425"/>
+      <c r="Q425"/>
+      <c r="R425"/>
+      <c r="S425"/>
+      <c r="T425"/>
+      <c r="U425"/>
+      <c r="V425"/>
+      <c r="W425"/>
+      <c r="X425"/>
+      <c r="Y425"/>
+      <c r="Z425"/>
+      <c r="AA425"/>
+      <c r="AB425"/>
+      <c r="AC425"/>
+      <c r="AD425"/>
+      <c r="AE425"/>
+      <c r="AF425"/>
+      <c r="AG425"/>
+      <c r="AH425"/>
+      <c r="AI425"/>
+      <c r="AJ425"/>
+      <c r="AK425"/>
+      <c r="AL425"/>
+      <c r="AM425"/>
+      <c r="AN425"/>
+      <c r="AO425"/>
+      <c r="AP425"/>
+      <c r="AQ425"/>
+      <c r="AR425"/>
+      <c r="AS425"/>
+      <c r="AT425"/>
+      <c r="AU425"/>
+      <c r="AV425"/>
+      <c r="AW425"/>
+      <c r="AX425"/>
+      <c r="AY425"/>
+      <c r="AZ425"/>
+      <c r="BA425"/>
+      <c r="BB425"/>
+      <c r="BC425"/>
+      <c r="BD425"/>
+      <c r="BE425"/>
+      <c r="BF425"/>
+      <c r="BG425"/>
+      <c r="BH425"/>
+      <c r="BI425"/>
+      <c r="BJ425"/>
+      <c r="BK425"/>
+      <c r="BL425"/>
+      <c r="BM425"/>
+      <c r="BN425"/>
+      <c r="BO425"/>
+      <c r="BP425"/>
+      <c r="BQ425"/>
+      <c r="BR425"/>
+      <c r="BS425"/>
+      <c r="BT425"/>
+      <c r="BU425"/>
+      <c r="BV425"/>
+      <c r="BW425"/>
+      <c r="BX425"/>
+      <c r="BY425"/>
+      <c r="BZ425"/>
+      <c r="CA425"/>
+      <c r="CB425"/>
+      <c r="CC425"/>
+      <c r="CD425"/>
+      <c r="CE425"/>
+      <c r="CF425"/>
+      <c r="CG425"/>
+      <c r="CH425"/>
+      <c r="CI425"/>
+      <c r="CJ425"/>
+      <c r="CK425"/>
+      <c r="CL425"/>
+      <c r="CM425"/>
+      <c r="CN425"/>
+      <c r="CO425"/>
+      <c r="CP425"/>
+      <c r="CQ425"/>
+      <c r="CR425"/>
+      <c r="CS425"/>
+    </row>
+    <row r="426" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A426" s="36"/>
+      <c r="C426" s="8"/>
+      <c r="D426" s="8"/>
+      <c r="E426" s="10"/>
+      <c r="F426" s="10"/>
       <c r="G426" s="6"/>
-      <c r="K426" s="9"/>
-[...7 lines deleted...]
-      <c r="E427" s="11"/>
+      <c r="I426" s="8"/>
+      <c r="J426" s="12"/>
+      <c r="K426" s="12"/>
+      <c r="L426" s="4"/>
+      <c r="O426" s="34"/>
+      <c r="P426"/>
+      <c r="Q426"/>
+      <c r="R426"/>
+      <c r="S426"/>
+      <c r="T426"/>
+      <c r="U426"/>
+      <c r="V426"/>
+      <c r="W426"/>
+      <c r="X426"/>
+      <c r="Y426"/>
+      <c r="Z426"/>
+      <c r="AA426"/>
+      <c r="AB426"/>
+      <c r="AC426"/>
+      <c r="AD426"/>
+      <c r="AE426"/>
+      <c r="AF426"/>
+      <c r="AG426"/>
+      <c r="AH426"/>
+      <c r="AI426"/>
+      <c r="AJ426"/>
+      <c r="AK426"/>
+      <c r="AL426"/>
+      <c r="AM426"/>
+      <c r="AN426"/>
+      <c r="AO426"/>
+      <c r="AP426"/>
+      <c r="AQ426"/>
+      <c r="AR426"/>
+      <c r="AS426"/>
+      <c r="AT426"/>
+      <c r="AU426"/>
+      <c r="AV426"/>
+      <c r="AW426"/>
+      <c r="AX426"/>
+      <c r="AY426"/>
+      <c r="AZ426"/>
+      <c r="BA426"/>
+      <c r="BB426"/>
+      <c r="BC426"/>
+      <c r="BD426"/>
+      <c r="BE426"/>
+      <c r="BF426"/>
+      <c r="BG426"/>
+      <c r="BH426"/>
+      <c r="BI426"/>
+      <c r="BJ426"/>
+      <c r="BK426"/>
+      <c r="BL426"/>
+      <c r="BM426"/>
+      <c r="BN426"/>
+      <c r="BO426"/>
+      <c r="BP426"/>
+      <c r="BQ426"/>
+      <c r="BR426"/>
+      <c r="BS426"/>
+      <c r="BT426"/>
+      <c r="BU426"/>
+      <c r="BV426"/>
+      <c r="BW426"/>
+      <c r="BX426"/>
+      <c r="BY426"/>
+      <c r="BZ426"/>
+      <c r="CA426"/>
+      <c r="CB426"/>
+      <c r="CC426"/>
+      <c r="CD426"/>
+      <c r="CE426"/>
+      <c r="CF426"/>
+      <c r="CG426"/>
+      <c r="CH426"/>
+      <c r="CI426"/>
+      <c r="CJ426"/>
+      <c r="CK426"/>
+      <c r="CL426"/>
+      <c r="CM426"/>
+      <c r="CN426"/>
+      <c r="CO426"/>
+      <c r="CP426"/>
+      <c r="CQ426"/>
+      <c r="CR426"/>
+      <c r="CS426"/>
+    </row>
+    <row r="427" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A427" s="36"/>
+      <c r="C427" s="8"/>
+      <c r="D427" s="8"/>
+      <c r="E427" s="10"/>
+      <c r="F427" s="10"/>
       <c r="G427" s="6"/>
-      <c r="K427" s="9"/>
-[...7 lines deleted...]
-      <c r="E428" s="11"/>
+      <c r="I427" s="8"/>
+      <c r="J427" s="12"/>
+      <c r="K427" s="12"/>
+      <c r="L427" s="4"/>
+      <c r="O427" s="34"/>
+      <c r="P427"/>
+      <c r="Q427"/>
+      <c r="R427"/>
+      <c r="S427"/>
+      <c r="T427"/>
+      <c r="U427"/>
+      <c r="V427"/>
+      <c r="W427"/>
+      <c r="X427"/>
+      <c r="Y427"/>
+      <c r="Z427"/>
+      <c r="AA427"/>
+      <c r="AB427"/>
+      <c r="AC427"/>
+      <c r="AD427"/>
+      <c r="AE427"/>
+      <c r="AF427"/>
+      <c r="AG427"/>
+      <c r="AH427"/>
+      <c r="AI427"/>
+      <c r="AJ427"/>
+      <c r="AK427"/>
+      <c r="AL427"/>
+      <c r="AM427"/>
+      <c r="AN427"/>
+      <c r="AO427"/>
+      <c r="AP427"/>
+      <c r="AQ427"/>
+      <c r="AR427"/>
+      <c r="AS427"/>
+      <c r="AT427"/>
+      <c r="AU427"/>
+      <c r="AV427"/>
+      <c r="AW427"/>
+      <c r="AX427"/>
+      <c r="AY427"/>
+      <c r="AZ427"/>
+      <c r="BA427"/>
+      <c r="BB427"/>
+      <c r="BC427"/>
+      <c r="BD427"/>
+      <c r="BE427"/>
+      <c r="BF427"/>
+      <c r="BG427"/>
+      <c r="BH427"/>
+      <c r="BI427"/>
+      <c r="BJ427"/>
+      <c r="BK427"/>
+      <c r="BL427"/>
+      <c r="BM427"/>
+      <c r="BN427"/>
+      <c r="BO427"/>
+      <c r="BP427"/>
+      <c r="BQ427"/>
+      <c r="BR427"/>
+      <c r="BS427"/>
+      <c r="BT427"/>
+      <c r="BU427"/>
+      <c r="BV427"/>
+      <c r="BW427"/>
+      <c r="BX427"/>
+      <c r="BY427"/>
+      <c r="BZ427"/>
+      <c r="CA427"/>
+      <c r="CB427"/>
+      <c r="CC427"/>
+      <c r="CD427"/>
+      <c r="CE427"/>
+      <c r="CF427"/>
+      <c r="CG427"/>
+      <c r="CH427"/>
+      <c r="CI427"/>
+      <c r="CJ427"/>
+      <c r="CK427"/>
+      <c r="CL427"/>
+      <c r="CM427"/>
+      <c r="CN427"/>
+      <c r="CO427"/>
+      <c r="CP427"/>
+      <c r="CQ427"/>
+      <c r="CR427"/>
+      <c r="CS427"/>
+    </row>
+    <row r="428" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A428" s="36"/>
+      <c r="C428" s="8"/>
+      <c r="D428" s="8"/>
+      <c r="E428" s="10"/>
+      <c r="F428" s="10"/>
       <c r="G428" s="6"/>
-      <c r="K428" s="9"/>
-[...7 lines deleted...]
-      <c r="E429" s="11"/>
+      <c r="I428" s="8"/>
+      <c r="J428" s="12"/>
+      <c r="K428" s="12"/>
+      <c r="L428" s="4"/>
+      <c r="O428" s="34"/>
+      <c r="P428"/>
+      <c r="Q428"/>
+      <c r="R428"/>
+      <c r="S428"/>
+      <c r="T428"/>
+      <c r="U428"/>
+      <c r="V428"/>
+      <c r="W428"/>
+      <c r="X428"/>
+      <c r="Y428"/>
+      <c r="Z428"/>
+      <c r="AA428"/>
+      <c r="AB428"/>
+      <c r="AC428"/>
+      <c r="AD428"/>
+      <c r="AE428"/>
+      <c r="AF428"/>
+      <c r="AG428"/>
+      <c r="AH428"/>
+      <c r="AI428"/>
+      <c r="AJ428"/>
+      <c r="AK428"/>
+      <c r="AL428"/>
+      <c r="AM428"/>
+      <c r="AN428"/>
+      <c r="AO428"/>
+      <c r="AP428"/>
+      <c r="AQ428"/>
+      <c r="AR428"/>
+      <c r="AS428"/>
+      <c r="AT428"/>
+      <c r="AU428"/>
+      <c r="AV428"/>
+      <c r="AW428"/>
+      <c r="AX428"/>
+      <c r="AY428"/>
+      <c r="AZ428"/>
+      <c r="BA428"/>
+      <c r="BB428"/>
+      <c r="BC428"/>
+      <c r="BD428"/>
+      <c r="BE428"/>
+      <c r="BF428"/>
+      <c r="BG428"/>
+      <c r="BH428"/>
+      <c r="BI428"/>
+      <c r="BJ428"/>
+      <c r="BK428"/>
+      <c r="BL428"/>
+      <c r="BM428"/>
+      <c r="BN428"/>
+      <c r="BO428"/>
+      <c r="BP428"/>
+      <c r="BQ428"/>
+      <c r="BR428"/>
+      <c r="BS428"/>
+      <c r="BT428"/>
+      <c r="BU428"/>
+      <c r="BV428"/>
+      <c r="BW428"/>
+      <c r="BX428"/>
+      <c r="BY428"/>
+      <c r="BZ428"/>
+      <c r="CA428"/>
+      <c r="CB428"/>
+      <c r="CC428"/>
+      <c r="CD428"/>
+      <c r="CE428"/>
+      <c r="CF428"/>
+      <c r="CG428"/>
+      <c r="CH428"/>
+      <c r="CI428"/>
+      <c r="CJ428"/>
+      <c r="CK428"/>
+      <c r="CL428"/>
+      <c r="CM428"/>
+      <c r="CN428"/>
+      <c r="CO428"/>
+      <c r="CP428"/>
+      <c r="CQ428"/>
+      <c r="CR428"/>
+      <c r="CS428"/>
+    </row>
+    <row r="429" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A429" s="36"/>
+      <c r="C429" s="8"/>
+      <c r="D429" s="8"/>
+      <c r="E429" s="10"/>
+      <c r="F429" s="10"/>
       <c r="G429" s="6"/>
-      <c r="K429" s="9"/>
-[...7 lines deleted...]
-      <c r="E430" s="11"/>
+      <c r="I429" s="8"/>
+      <c r="J429" s="12"/>
+      <c r="K429" s="12"/>
+      <c r="L429" s="4"/>
+      <c r="O429" s="34"/>
+      <c r="P429"/>
+      <c r="Q429"/>
+      <c r="R429"/>
+      <c r="S429"/>
+      <c r="T429"/>
+      <c r="U429"/>
+      <c r="V429"/>
+      <c r="W429"/>
+      <c r="X429"/>
+      <c r="Y429"/>
+      <c r="Z429"/>
+      <c r="AA429"/>
+      <c r="AB429"/>
+      <c r="AC429"/>
+      <c r="AD429"/>
+      <c r="AE429"/>
+      <c r="AF429"/>
+      <c r="AG429"/>
+      <c r="AH429"/>
+      <c r="AI429"/>
+      <c r="AJ429"/>
+      <c r="AK429"/>
+      <c r="AL429"/>
+      <c r="AM429"/>
+      <c r="AN429"/>
+      <c r="AO429"/>
+      <c r="AP429"/>
+      <c r="AQ429"/>
+      <c r="AR429"/>
+      <c r="AS429"/>
+      <c r="AT429"/>
+      <c r="AU429"/>
+      <c r="AV429"/>
+      <c r="AW429"/>
+      <c r="AX429"/>
+      <c r="AY429"/>
+      <c r="AZ429"/>
+      <c r="BA429"/>
+      <c r="BB429"/>
+      <c r="BC429"/>
+      <c r="BD429"/>
+      <c r="BE429"/>
+      <c r="BF429"/>
+      <c r="BG429"/>
+      <c r="BH429"/>
+      <c r="BI429"/>
+      <c r="BJ429"/>
+      <c r="BK429"/>
+      <c r="BL429"/>
+      <c r="BM429"/>
+      <c r="BN429"/>
+      <c r="BO429"/>
+      <c r="BP429"/>
+      <c r="BQ429"/>
+      <c r="BR429"/>
+      <c r="BS429"/>
+      <c r="BT429"/>
+      <c r="BU429"/>
+      <c r="BV429"/>
+      <c r="BW429"/>
+      <c r="BX429"/>
+      <c r="BY429"/>
+      <c r="BZ429"/>
+      <c r="CA429"/>
+      <c r="CB429"/>
+      <c r="CC429"/>
+      <c r="CD429"/>
+      <c r="CE429"/>
+      <c r="CF429"/>
+      <c r="CG429"/>
+      <c r="CH429"/>
+      <c r="CI429"/>
+      <c r="CJ429"/>
+      <c r="CK429"/>
+      <c r="CL429"/>
+      <c r="CM429"/>
+      <c r="CN429"/>
+      <c r="CO429"/>
+      <c r="CP429"/>
+      <c r="CQ429"/>
+      <c r="CR429"/>
+      <c r="CS429"/>
+    </row>
+    <row r="430" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A430" s="36"/>
+      <c r="C430" s="8"/>
+      <c r="D430" s="8"/>
+      <c r="E430" s="10"/>
+      <c r="F430" s="10"/>
       <c r="G430" s="6"/>
-      <c r="K430" s="9"/>
-[...7 lines deleted...]
-      <c r="E431" s="11"/>
+      <c r="I430" s="8"/>
+      <c r="J430" s="12"/>
+      <c r="K430" s="12"/>
+      <c r="L430" s="4"/>
+      <c r="O430" s="34"/>
+      <c r="P430"/>
+      <c r="Q430"/>
+      <c r="R430"/>
+      <c r="S430"/>
+      <c r="T430"/>
+      <c r="U430"/>
+      <c r="V430"/>
+      <c r="W430"/>
+      <c r="X430"/>
+      <c r="Y430"/>
+      <c r="Z430"/>
+      <c r="AA430"/>
+      <c r="AB430"/>
+      <c r="AC430"/>
+      <c r="AD430"/>
+      <c r="AE430"/>
+      <c r="AF430"/>
+      <c r="AG430"/>
+      <c r="AH430"/>
+      <c r="AI430"/>
+      <c r="AJ430"/>
+      <c r="AK430"/>
+      <c r="AL430"/>
+      <c r="AM430"/>
+      <c r="AN430"/>
+      <c r="AO430"/>
+      <c r="AP430"/>
+      <c r="AQ430"/>
+      <c r="AR430"/>
+      <c r="AS430"/>
+      <c r="AT430"/>
+      <c r="AU430"/>
+      <c r="AV430"/>
+      <c r="AW430"/>
+      <c r="AX430"/>
+      <c r="AY430"/>
+      <c r="AZ430"/>
+      <c r="BA430"/>
+      <c r="BB430"/>
+      <c r="BC430"/>
+      <c r="BD430"/>
+      <c r="BE430"/>
+      <c r="BF430"/>
+      <c r="BG430"/>
+      <c r="BH430"/>
+      <c r="BI430"/>
+      <c r="BJ430"/>
+      <c r="BK430"/>
+      <c r="BL430"/>
+      <c r="BM430"/>
+      <c r="BN430"/>
+      <c r="BO430"/>
+      <c r="BP430"/>
+      <c r="BQ430"/>
+      <c r="BR430"/>
+      <c r="BS430"/>
+      <c r="BT430"/>
+      <c r="BU430"/>
+      <c r="BV430"/>
+      <c r="BW430"/>
+      <c r="BX430"/>
+      <c r="BY430"/>
+      <c r="BZ430"/>
+      <c r="CA430"/>
+      <c r="CB430"/>
+      <c r="CC430"/>
+      <c r="CD430"/>
+      <c r="CE430"/>
+      <c r="CF430"/>
+      <c r="CG430"/>
+      <c r="CH430"/>
+      <c r="CI430"/>
+      <c r="CJ430"/>
+      <c r="CK430"/>
+      <c r="CL430"/>
+      <c r="CM430"/>
+      <c r="CN430"/>
+      <c r="CO430"/>
+      <c r="CP430"/>
+      <c r="CQ430"/>
+      <c r="CR430"/>
+      <c r="CS430"/>
+    </row>
+    <row r="431" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A431" s="36"/>
+      <c r="C431" s="8"/>
+      <c r="D431" s="8"/>
+      <c r="E431" s="10"/>
+      <c r="F431" s="10"/>
       <c r="G431" s="6"/>
-      <c r="K431" s="9"/>
-[...7 lines deleted...]
-      <c r="E432" s="11"/>
+      <c r="I431" s="8"/>
+      <c r="J431" s="12"/>
+      <c r="K431" s="12"/>
+      <c r="L431" s="4"/>
+      <c r="O431" s="34"/>
+      <c r="P431"/>
+      <c r="Q431"/>
+      <c r="R431"/>
+      <c r="S431"/>
+      <c r="T431"/>
+      <c r="U431"/>
+      <c r="V431"/>
+      <c r="W431"/>
+      <c r="X431"/>
+      <c r="Y431"/>
+      <c r="Z431"/>
+      <c r="AA431"/>
+      <c r="AB431"/>
+      <c r="AC431"/>
+      <c r="AD431"/>
+      <c r="AE431"/>
+      <c r="AF431"/>
+      <c r="AG431"/>
+      <c r="AH431"/>
+      <c r="AI431"/>
+      <c r="AJ431"/>
+      <c r="AK431"/>
+      <c r="AL431"/>
+      <c r="AM431"/>
+      <c r="AN431"/>
+      <c r="AO431"/>
+      <c r="AP431"/>
+      <c r="AQ431"/>
+      <c r="AR431"/>
+      <c r="AS431"/>
+      <c r="AT431"/>
+      <c r="AU431"/>
+      <c r="AV431"/>
+      <c r="AW431"/>
+      <c r="AX431"/>
+      <c r="AY431"/>
+      <c r="AZ431"/>
+      <c r="BA431"/>
+      <c r="BB431"/>
+      <c r="BC431"/>
+      <c r="BD431"/>
+      <c r="BE431"/>
+      <c r="BF431"/>
+      <c r="BG431"/>
+      <c r="BH431"/>
+      <c r="BI431"/>
+      <c r="BJ431"/>
+      <c r="BK431"/>
+      <c r="BL431"/>
+      <c r="BM431"/>
+      <c r="BN431"/>
+      <c r="BO431"/>
+      <c r="BP431"/>
+      <c r="BQ431"/>
+      <c r="BR431"/>
+      <c r="BS431"/>
+      <c r="BT431"/>
+      <c r="BU431"/>
+      <c r="BV431"/>
+      <c r="BW431"/>
+      <c r="BX431"/>
+      <c r="BY431"/>
+      <c r="BZ431"/>
+      <c r="CA431"/>
+      <c r="CB431"/>
+      <c r="CC431"/>
+      <c r="CD431"/>
+      <c r="CE431"/>
+      <c r="CF431"/>
+      <c r="CG431"/>
+      <c r="CH431"/>
+      <c r="CI431"/>
+      <c r="CJ431"/>
+      <c r="CK431"/>
+      <c r="CL431"/>
+      <c r="CM431"/>
+      <c r="CN431"/>
+      <c r="CO431"/>
+      <c r="CP431"/>
+      <c r="CQ431"/>
+      <c r="CR431"/>
+      <c r="CS431"/>
+    </row>
+    <row r="432" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A432" s="36"/>
+      <c r="C432" s="8"/>
+      <c r="D432" s="8"/>
+      <c r="E432" s="10"/>
+      <c r="F432" s="10"/>
       <c r="G432" s="6"/>
-      <c r="K432" s="9"/>
-[...7 lines deleted...]
-      <c r="E433" s="11"/>
+      <c r="I432" s="8"/>
+      <c r="J432" s="12"/>
+      <c r="K432" s="12"/>
+      <c r="L432" s="4"/>
+      <c r="O432" s="34"/>
+      <c r="P432"/>
+      <c r="Q432"/>
+      <c r="R432"/>
+      <c r="S432"/>
+      <c r="T432"/>
+      <c r="U432"/>
+      <c r="V432"/>
+      <c r="W432"/>
+      <c r="X432"/>
+      <c r="Y432"/>
+      <c r="Z432"/>
+      <c r="AA432"/>
+      <c r="AB432"/>
+      <c r="AC432"/>
+      <c r="AD432"/>
+      <c r="AE432"/>
+      <c r="AF432"/>
+      <c r="AG432"/>
+      <c r="AH432"/>
+      <c r="AI432"/>
+      <c r="AJ432"/>
+      <c r="AK432"/>
+      <c r="AL432"/>
+      <c r="AM432"/>
+      <c r="AN432"/>
+      <c r="AO432"/>
+      <c r="AP432"/>
+      <c r="AQ432"/>
+      <c r="AR432"/>
+      <c r="AS432"/>
+      <c r="AT432"/>
+      <c r="AU432"/>
+      <c r="AV432"/>
+      <c r="AW432"/>
+      <c r="AX432"/>
+      <c r="AY432"/>
+      <c r="AZ432"/>
+      <c r="BA432"/>
+      <c r="BB432"/>
+      <c r="BC432"/>
+      <c r="BD432"/>
+      <c r="BE432"/>
+      <c r="BF432"/>
+      <c r="BG432"/>
+      <c r="BH432"/>
+      <c r="BI432"/>
+      <c r="BJ432"/>
+      <c r="BK432"/>
+      <c r="BL432"/>
+      <c r="BM432"/>
+      <c r="BN432"/>
+      <c r="BO432"/>
+      <c r="BP432"/>
+      <c r="BQ432"/>
+      <c r="BR432"/>
+      <c r="BS432"/>
+      <c r="BT432"/>
+      <c r="BU432"/>
+      <c r="BV432"/>
+      <c r="BW432"/>
+      <c r="BX432"/>
+      <c r="BY432"/>
+      <c r="BZ432"/>
+      <c r="CA432"/>
+      <c r="CB432"/>
+      <c r="CC432"/>
+      <c r="CD432"/>
+      <c r="CE432"/>
+      <c r="CF432"/>
+      <c r="CG432"/>
+      <c r="CH432"/>
+      <c r="CI432"/>
+      <c r="CJ432"/>
+      <c r="CK432"/>
+      <c r="CL432"/>
+      <c r="CM432"/>
+      <c r="CN432"/>
+      <c r="CO432"/>
+      <c r="CP432"/>
+      <c r="CQ432"/>
+      <c r="CR432"/>
+      <c r="CS432"/>
+    </row>
+    <row r="433" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A433" s="36"/>
+      <c r="C433" s="8"/>
+      <c r="D433" s="8"/>
+      <c r="E433" s="10"/>
+      <c r="F433" s="10"/>
       <c r="G433" s="6"/>
-      <c r="K433" s="9"/>
-[...7 lines deleted...]
-      <c r="E434" s="11"/>
+      <c r="I433" s="8"/>
+      <c r="J433" s="12"/>
+      <c r="K433" s="12"/>
+      <c r="L433" s="4"/>
+      <c r="O433" s="34"/>
+      <c r="P433"/>
+      <c r="Q433"/>
+      <c r="R433"/>
+      <c r="S433"/>
+      <c r="T433"/>
+      <c r="U433"/>
+      <c r="V433"/>
+      <c r="W433"/>
+      <c r="X433"/>
+      <c r="Y433"/>
+      <c r="Z433"/>
+      <c r="AA433"/>
+      <c r="AB433"/>
+      <c r="AC433"/>
+      <c r="AD433"/>
+      <c r="AE433"/>
+      <c r="AF433"/>
+      <c r="AG433"/>
+      <c r="AH433"/>
+      <c r="AI433"/>
+      <c r="AJ433"/>
+      <c r="AK433"/>
+      <c r="AL433"/>
+      <c r="AM433"/>
+      <c r="AN433"/>
+      <c r="AO433"/>
+      <c r="AP433"/>
+      <c r="AQ433"/>
+      <c r="AR433"/>
+      <c r="AS433"/>
+      <c r="AT433"/>
+      <c r="AU433"/>
+      <c r="AV433"/>
+      <c r="AW433"/>
+      <c r="AX433"/>
+      <c r="AY433"/>
+      <c r="AZ433"/>
+      <c r="BA433"/>
+      <c r="BB433"/>
+      <c r="BC433"/>
+      <c r="BD433"/>
+      <c r="BE433"/>
+      <c r="BF433"/>
+      <c r="BG433"/>
+      <c r="BH433"/>
+      <c r="BI433"/>
+      <c r="BJ433"/>
+      <c r="BK433"/>
+      <c r="BL433"/>
+      <c r="BM433"/>
+      <c r="BN433"/>
+      <c r="BO433"/>
+      <c r="BP433"/>
+      <c r="BQ433"/>
+      <c r="BR433"/>
+      <c r="BS433"/>
+      <c r="BT433"/>
+      <c r="BU433"/>
+      <c r="BV433"/>
+      <c r="BW433"/>
+      <c r="BX433"/>
+      <c r="BY433"/>
+      <c r="BZ433"/>
+      <c r="CA433"/>
+      <c r="CB433"/>
+      <c r="CC433"/>
+      <c r="CD433"/>
+      <c r="CE433"/>
+      <c r="CF433"/>
+      <c r="CG433"/>
+      <c r="CH433"/>
+      <c r="CI433"/>
+      <c r="CJ433"/>
+      <c r="CK433"/>
+      <c r="CL433"/>
+      <c r="CM433"/>
+      <c r="CN433"/>
+      <c r="CO433"/>
+      <c r="CP433"/>
+      <c r="CQ433"/>
+      <c r="CR433"/>
+      <c r="CS433"/>
+    </row>
+    <row r="434" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A434" s="36"/>
+      <c r="C434" s="8"/>
+      <c r="D434" s="8"/>
+      <c r="E434" s="10"/>
+      <c r="F434" s="10"/>
       <c r="G434" s="6"/>
-      <c r="K434" s="9"/>
-[...7 lines deleted...]
-      <c r="E435" s="11"/>
+      <c r="I434" s="8"/>
+      <c r="J434" s="12"/>
+      <c r="K434" s="12"/>
+      <c r="L434" s="4"/>
+      <c r="O434" s="34"/>
+      <c r="P434"/>
+      <c r="Q434"/>
+      <c r="R434"/>
+      <c r="S434"/>
+      <c r="T434"/>
+      <c r="U434"/>
+      <c r="V434"/>
+      <c r="W434"/>
+      <c r="X434"/>
+      <c r="Y434"/>
+      <c r="Z434"/>
+      <c r="AA434"/>
+      <c r="AB434"/>
+      <c r="AC434"/>
+      <c r="AD434"/>
+      <c r="AE434"/>
+      <c r="AF434"/>
+      <c r="AG434"/>
+      <c r="AH434"/>
+      <c r="AI434"/>
+      <c r="AJ434"/>
+      <c r="AK434"/>
+      <c r="AL434"/>
+      <c r="AM434"/>
+      <c r="AN434"/>
+      <c r="AO434"/>
+      <c r="AP434"/>
+      <c r="AQ434"/>
+      <c r="AR434"/>
+      <c r="AS434"/>
+      <c r="AT434"/>
+      <c r="AU434"/>
+      <c r="AV434"/>
+      <c r="AW434"/>
+      <c r="AX434"/>
+      <c r="AY434"/>
+      <c r="AZ434"/>
+      <c r="BA434"/>
+      <c r="BB434"/>
+      <c r="BC434"/>
+      <c r="BD434"/>
+      <c r="BE434"/>
+      <c r="BF434"/>
+      <c r="BG434"/>
+      <c r="BH434"/>
+      <c r="BI434"/>
+      <c r="BJ434"/>
+      <c r="BK434"/>
+      <c r="BL434"/>
+      <c r="BM434"/>
+      <c r="BN434"/>
+      <c r="BO434"/>
+      <c r="BP434"/>
+      <c r="BQ434"/>
+      <c r="BR434"/>
+      <c r="BS434"/>
+      <c r="BT434"/>
+      <c r="BU434"/>
+      <c r="BV434"/>
+      <c r="BW434"/>
+      <c r="BX434"/>
+      <c r="BY434"/>
+      <c r="BZ434"/>
+      <c r="CA434"/>
+      <c r="CB434"/>
+      <c r="CC434"/>
+      <c r="CD434"/>
+      <c r="CE434"/>
+      <c r="CF434"/>
+      <c r="CG434"/>
+      <c r="CH434"/>
+      <c r="CI434"/>
+      <c r="CJ434"/>
+      <c r="CK434"/>
+      <c r="CL434"/>
+      <c r="CM434"/>
+      <c r="CN434"/>
+      <c r="CO434"/>
+      <c r="CP434"/>
+      <c r="CQ434"/>
+      <c r="CR434"/>
+      <c r="CS434"/>
+    </row>
+    <row r="435" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A435" s="36"/>
+      <c r="C435" s="8"/>
+      <c r="D435" s="8"/>
+      <c r="E435" s="10"/>
+      <c r="F435" s="10"/>
       <c r="G435" s="6"/>
-      <c r="K435" s="9"/>
-[...7 lines deleted...]
-      <c r="E436" s="11"/>
+      <c r="I435" s="8"/>
+      <c r="J435" s="12"/>
+      <c r="K435" s="12"/>
+      <c r="L435" s="4"/>
+      <c r="O435" s="34"/>
+      <c r="P435"/>
+      <c r="Q435"/>
+      <c r="R435"/>
+      <c r="S435"/>
+      <c r="T435"/>
+      <c r="U435"/>
+      <c r="V435"/>
+      <c r="W435"/>
+      <c r="X435"/>
+      <c r="Y435"/>
+      <c r="Z435"/>
+      <c r="AA435"/>
+      <c r="AB435"/>
+      <c r="AC435"/>
+      <c r="AD435"/>
+      <c r="AE435"/>
+      <c r="AF435"/>
+      <c r="AG435"/>
+      <c r="AH435"/>
+      <c r="AI435"/>
+      <c r="AJ435"/>
+      <c r="AK435"/>
+      <c r="AL435"/>
+      <c r="AM435"/>
+      <c r="AN435"/>
+      <c r="AO435"/>
+      <c r="AP435"/>
+      <c r="AQ435"/>
+      <c r="AR435"/>
+      <c r="AS435"/>
+      <c r="AT435"/>
+      <c r="AU435"/>
+      <c r="AV435"/>
+      <c r="AW435"/>
+      <c r="AX435"/>
+      <c r="AY435"/>
+      <c r="AZ435"/>
+      <c r="BA435"/>
+      <c r="BB435"/>
+      <c r="BC435"/>
+      <c r="BD435"/>
+      <c r="BE435"/>
+      <c r="BF435"/>
+      <c r="BG435"/>
+      <c r="BH435"/>
+      <c r="BI435"/>
+      <c r="BJ435"/>
+      <c r="BK435"/>
+      <c r="BL435"/>
+      <c r="BM435"/>
+      <c r="BN435"/>
+      <c r="BO435"/>
+      <c r="BP435"/>
+      <c r="BQ435"/>
+      <c r="BR435"/>
+      <c r="BS435"/>
+      <c r="BT435"/>
+      <c r="BU435"/>
+      <c r="BV435"/>
+      <c r="BW435"/>
+      <c r="BX435"/>
+      <c r="BY435"/>
+      <c r="BZ435"/>
+      <c r="CA435"/>
+      <c r="CB435"/>
+      <c r="CC435"/>
+      <c r="CD435"/>
+      <c r="CE435"/>
+      <c r="CF435"/>
+      <c r="CG435"/>
+      <c r="CH435"/>
+      <c r="CI435"/>
+      <c r="CJ435"/>
+      <c r="CK435"/>
+      <c r="CL435"/>
+      <c r="CM435"/>
+      <c r="CN435"/>
+      <c r="CO435"/>
+      <c r="CP435"/>
+      <c r="CQ435"/>
+      <c r="CR435"/>
+      <c r="CS435"/>
+    </row>
+    <row r="436" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A436" s="36"/>
+      <c r="C436" s="8"/>
+      <c r="D436" s="8"/>
+      <c r="E436" s="10"/>
+      <c r="F436" s="10"/>
       <c r="G436" s="6"/>
-      <c r="K436" s="9"/>
-[...7 lines deleted...]
-      <c r="E437" s="11"/>
+      <c r="I436" s="8"/>
+      <c r="J436" s="12"/>
+      <c r="K436" s="12"/>
+      <c r="L436" s="4"/>
+      <c r="O436" s="34"/>
+      <c r="P436"/>
+      <c r="Q436"/>
+      <c r="R436"/>
+      <c r="S436"/>
+      <c r="T436"/>
+      <c r="U436"/>
+      <c r="V436"/>
+      <c r="W436"/>
+      <c r="X436"/>
+      <c r="Y436"/>
+      <c r="Z436"/>
+      <c r="AA436"/>
+      <c r="AB436"/>
+      <c r="AC436"/>
+      <c r="AD436"/>
+      <c r="AE436"/>
+      <c r="AF436"/>
+      <c r="AG436"/>
+      <c r="AH436"/>
+      <c r="AI436"/>
+      <c r="AJ436"/>
+      <c r="AK436"/>
+      <c r="AL436"/>
+      <c r="AM436"/>
+      <c r="AN436"/>
+      <c r="AO436"/>
+      <c r="AP436"/>
+      <c r="AQ436"/>
+      <c r="AR436"/>
+      <c r="AS436"/>
+      <c r="AT436"/>
+      <c r="AU436"/>
+      <c r="AV436"/>
+      <c r="AW436"/>
+      <c r="AX436"/>
+      <c r="AY436"/>
+      <c r="AZ436"/>
+      <c r="BA436"/>
+      <c r="BB436"/>
+      <c r="BC436"/>
+      <c r="BD436"/>
+      <c r="BE436"/>
+      <c r="BF436"/>
+      <c r="BG436"/>
+      <c r="BH436"/>
+      <c r="BI436"/>
+      <c r="BJ436"/>
+      <c r="BK436"/>
+      <c r="BL436"/>
+      <c r="BM436"/>
+      <c r="BN436"/>
+      <c r="BO436"/>
+      <c r="BP436"/>
+      <c r="BQ436"/>
+      <c r="BR436"/>
+      <c r="BS436"/>
+      <c r="BT436"/>
+      <c r="BU436"/>
+      <c r="BV436"/>
+      <c r="BW436"/>
+      <c r="BX436"/>
+      <c r="BY436"/>
+      <c r="BZ436"/>
+      <c r="CA436"/>
+      <c r="CB436"/>
+      <c r="CC436"/>
+      <c r="CD436"/>
+      <c r="CE436"/>
+      <c r="CF436"/>
+      <c r="CG436"/>
+      <c r="CH436"/>
+      <c r="CI436"/>
+      <c r="CJ436"/>
+      <c r="CK436"/>
+      <c r="CL436"/>
+      <c r="CM436"/>
+      <c r="CN436"/>
+      <c r="CO436"/>
+      <c r="CP436"/>
+      <c r="CQ436"/>
+      <c r="CR436"/>
+      <c r="CS436"/>
+    </row>
+    <row r="437" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A437" s="36"/>
+      <c r="C437" s="8"/>
+      <c r="D437" s="8"/>
+      <c r="E437" s="10"/>
+      <c r="F437" s="10"/>
       <c r="G437" s="6"/>
-      <c r="K437" s="9"/>
-[...7 lines deleted...]
-      <c r="E438" s="11"/>
+      <c r="I437" s="8"/>
+      <c r="J437" s="12"/>
+      <c r="K437" s="12"/>
+      <c r="L437" s="4"/>
+      <c r="O437" s="34"/>
+      <c r="P437"/>
+      <c r="Q437"/>
+      <c r="R437"/>
+      <c r="S437"/>
+      <c r="T437"/>
+      <c r="U437"/>
+      <c r="V437"/>
+      <c r="W437"/>
+      <c r="X437"/>
+      <c r="Y437"/>
+      <c r="Z437"/>
+      <c r="AA437"/>
+      <c r="AB437"/>
+      <c r="AC437"/>
+      <c r="AD437"/>
+      <c r="AE437"/>
+      <c r="AF437"/>
+      <c r="AG437"/>
+      <c r="AH437"/>
+      <c r="AI437"/>
+      <c r="AJ437"/>
+      <c r="AK437"/>
+      <c r="AL437"/>
+      <c r="AM437"/>
+      <c r="AN437"/>
+      <c r="AO437"/>
+      <c r="AP437"/>
+      <c r="AQ437"/>
+      <c r="AR437"/>
+      <c r="AS437"/>
+      <c r="AT437"/>
+      <c r="AU437"/>
+      <c r="AV437"/>
+      <c r="AW437"/>
+      <c r="AX437"/>
+      <c r="AY437"/>
+      <c r="AZ437"/>
+      <c r="BA437"/>
+      <c r="BB437"/>
+      <c r="BC437"/>
+      <c r="BD437"/>
+      <c r="BE437"/>
+      <c r="BF437"/>
+      <c r="BG437"/>
+      <c r="BH437"/>
+      <c r="BI437"/>
+      <c r="BJ437"/>
+      <c r="BK437"/>
+      <c r="BL437"/>
+      <c r="BM437"/>
+      <c r="BN437"/>
+      <c r="BO437"/>
+      <c r="BP437"/>
+      <c r="BQ437"/>
+      <c r="BR437"/>
+      <c r="BS437"/>
+      <c r="BT437"/>
+      <c r="BU437"/>
+      <c r="BV437"/>
+      <c r="BW437"/>
+      <c r="BX437"/>
+      <c r="BY437"/>
+      <c r="BZ437"/>
+      <c r="CA437"/>
+      <c r="CB437"/>
+      <c r="CC437"/>
+      <c r="CD437"/>
+      <c r="CE437"/>
+      <c r="CF437"/>
+      <c r="CG437"/>
+      <c r="CH437"/>
+      <c r="CI437"/>
+      <c r="CJ437"/>
+      <c r="CK437"/>
+      <c r="CL437"/>
+      <c r="CM437"/>
+      <c r="CN437"/>
+      <c r="CO437"/>
+      <c r="CP437"/>
+      <c r="CQ437"/>
+      <c r="CR437"/>
+      <c r="CS437"/>
+    </row>
+    <row r="438" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A438" s="36"/>
+      <c r="C438" s="8"/>
+      <c r="D438" s="8"/>
+      <c r="E438" s="10"/>
+      <c r="F438" s="10"/>
       <c r="G438" s="6"/>
-      <c r="K438" s="9"/>
-[...7 lines deleted...]
-      <c r="E439" s="11"/>
+      <c r="I438" s="8"/>
+      <c r="J438" s="12"/>
+      <c r="K438" s="12"/>
+      <c r="L438" s="4"/>
+      <c r="O438" s="34"/>
+      <c r="P438"/>
+      <c r="Q438"/>
+      <c r="R438"/>
+      <c r="S438"/>
+      <c r="T438"/>
+      <c r="U438"/>
+      <c r="V438"/>
+      <c r="W438"/>
+      <c r="X438"/>
+      <c r="Y438"/>
+      <c r="Z438"/>
+      <c r="AA438"/>
+      <c r="AB438"/>
+      <c r="AC438"/>
+      <c r="AD438"/>
+      <c r="AE438"/>
+      <c r="AF438"/>
+      <c r="AG438"/>
+      <c r="AH438"/>
+      <c r="AI438"/>
+      <c r="AJ438"/>
+      <c r="AK438"/>
+      <c r="AL438"/>
+      <c r="AM438"/>
+      <c r="AN438"/>
+      <c r="AO438"/>
+      <c r="AP438"/>
+      <c r="AQ438"/>
+      <c r="AR438"/>
+      <c r="AS438"/>
+      <c r="AT438"/>
+      <c r="AU438"/>
+      <c r="AV438"/>
+      <c r="AW438"/>
+      <c r="AX438"/>
+      <c r="AY438"/>
+      <c r="AZ438"/>
+      <c r="BA438"/>
+      <c r="BB438"/>
+      <c r="BC438"/>
+      <c r="BD438"/>
+      <c r="BE438"/>
+      <c r="BF438"/>
+      <c r="BG438"/>
+      <c r="BH438"/>
+      <c r="BI438"/>
+      <c r="BJ438"/>
+      <c r="BK438"/>
+      <c r="BL438"/>
+      <c r="BM438"/>
+      <c r="BN438"/>
+      <c r="BO438"/>
+      <c r="BP438"/>
+      <c r="BQ438"/>
+      <c r="BR438"/>
+      <c r="BS438"/>
+      <c r="BT438"/>
+      <c r="BU438"/>
+      <c r="BV438"/>
+      <c r="BW438"/>
+      <c r="BX438"/>
+      <c r="BY438"/>
+      <c r="BZ438"/>
+      <c r="CA438"/>
+      <c r="CB438"/>
+      <c r="CC438"/>
+      <c r="CD438"/>
+      <c r="CE438"/>
+      <c r="CF438"/>
+      <c r="CG438"/>
+      <c r="CH438"/>
+      <c r="CI438"/>
+      <c r="CJ438"/>
+      <c r="CK438"/>
+      <c r="CL438"/>
+      <c r="CM438"/>
+      <c r="CN438"/>
+      <c r="CO438"/>
+      <c r="CP438"/>
+      <c r="CQ438"/>
+      <c r="CR438"/>
+      <c r="CS438"/>
+    </row>
+    <row r="439" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A439" s="36"/>
+      <c r="C439" s="8"/>
+      <c r="D439" s="8"/>
+      <c r="E439" s="10"/>
+      <c r="F439" s="10"/>
       <c r="G439" s="6"/>
-      <c r="K439" s="9"/>
-[...7 lines deleted...]
-      <c r="E440" s="11"/>
+      <c r="I439" s="8"/>
+      <c r="J439" s="12"/>
+      <c r="K439" s="12"/>
+      <c r="L439" s="4"/>
+      <c r="O439" s="34"/>
+      <c r="P439"/>
+      <c r="Q439"/>
+      <c r="R439"/>
+      <c r="S439"/>
+      <c r="T439"/>
+      <c r="U439"/>
+      <c r="V439"/>
+      <c r="W439"/>
+      <c r="X439"/>
+      <c r="Y439"/>
+      <c r="Z439"/>
+      <c r="AA439"/>
+      <c r="AB439"/>
+      <c r="AC439"/>
+      <c r="AD439"/>
+      <c r="AE439"/>
+      <c r="AF439"/>
+      <c r="AG439"/>
+      <c r="AH439"/>
+      <c r="AI439"/>
+      <c r="AJ439"/>
+      <c r="AK439"/>
+      <c r="AL439"/>
+      <c r="AM439"/>
+      <c r="AN439"/>
+      <c r="AO439"/>
+      <c r="AP439"/>
+      <c r="AQ439"/>
+      <c r="AR439"/>
+      <c r="AS439"/>
+      <c r="AT439"/>
+      <c r="AU439"/>
+      <c r="AV439"/>
+      <c r="AW439"/>
+      <c r="AX439"/>
+      <c r="AY439"/>
+      <c r="AZ439"/>
+      <c r="BA439"/>
+      <c r="BB439"/>
+      <c r="BC439"/>
+      <c r="BD439"/>
+      <c r="BE439"/>
+      <c r="BF439"/>
+      <c r="BG439"/>
+      <c r="BH439"/>
+      <c r="BI439"/>
+      <c r="BJ439"/>
+      <c r="BK439"/>
+      <c r="BL439"/>
+      <c r="BM439"/>
+      <c r="BN439"/>
+      <c r="BO439"/>
+      <c r="BP439"/>
+      <c r="BQ439"/>
+      <c r="BR439"/>
+      <c r="BS439"/>
+      <c r="BT439"/>
+      <c r="BU439"/>
+      <c r="BV439"/>
+      <c r="BW439"/>
+      <c r="BX439"/>
+      <c r="BY439"/>
+      <c r="BZ439"/>
+      <c r="CA439"/>
+      <c r="CB439"/>
+      <c r="CC439"/>
+      <c r="CD439"/>
+      <c r="CE439"/>
+      <c r="CF439"/>
+      <c r="CG439"/>
+      <c r="CH439"/>
+      <c r="CI439"/>
+      <c r="CJ439"/>
+      <c r="CK439"/>
+      <c r="CL439"/>
+      <c r="CM439"/>
+      <c r="CN439"/>
+      <c r="CO439"/>
+      <c r="CP439"/>
+      <c r="CQ439"/>
+      <c r="CR439"/>
+      <c r="CS439"/>
+    </row>
+    <row r="440" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A440" s="36"/>
+      <c r="C440" s="8"/>
+      <c r="D440" s="8"/>
+      <c r="E440" s="10"/>
+      <c r="F440" s="10"/>
       <c r="G440" s="6"/>
-      <c r="K440" s="9"/>
-[...7 lines deleted...]
-      <c r="E441" s="11"/>
+      <c r="I440" s="8"/>
+      <c r="J440" s="12"/>
+      <c r="K440" s="12"/>
+      <c r="L440" s="4"/>
+      <c r="O440" s="34"/>
+      <c r="P440"/>
+      <c r="Q440"/>
+      <c r="R440"/>
+      <c r="S440"/>
+      <c r="T440"/>
+      <c r="U440"/>
+      <c r="V440"/>
+      <c r="W440"/>
+      <c r="X440"/>
+      <c r="Y440"/>
+      <c r="Z440"/>
+      <c r="AA440"/>
+      <c r="AB440"/>
+      <c r="AC440"/>
+      <c r="AD440"/>
+      <c r="AE440"/>
+      <c r="AF440"/>
+      <c r="AG440"/>
+      <c r="AH440"/>
+      <c r="AI440"/>
+      <c r="AJ440"/>
+      <c r="AK440"/>
+      <c r="AL440"/>
+      <c r="AM440"/>
+      <c r="AN440"/>
+      <c r="AO440"/>
+      <c r="AP440"/>
+      <c r="AQ440"/>
+      <c r="AR440"/>
+      <c r="AS440"/>
+      <c r="AT440"/>
+      <c r="AU440"/>
+      <c r="AV440"/>
+      <c r="AW440"/>
+      <c r="AX440"/>
+      <c r="AY440"/>
+      <c r="AZ440"/>
+      <c r="BA440"/>
+      <c r="BB440"/>
+      <c r="BC440"/>
+      <c r="BD440"/>
+      <c r="BE440"/>
+      <c r="BF440"/>
+      <c r="BG440"/>
+      <c r="BH440"/>
+      <c r="BI440"/>
+      <c r="BJ440"/>
+      <c r="BK440"/>
+      <c r="BL440"/>
+      <c r="BM440"/>
+      <c r="BN440"/>
+      <c r="BO440"/>
+      <c r="BP440"/>
+      <c r="BQ440"/>
+      <c r="BR440"/>
+      <c r="BS440"/>
+      <c r="BT440"/>
+      <c r="BU440"/>
+      <c r="BV440"/>
+      <c r="BW440"/>
+      <c r="BX440"/>
+      <c r="BY440"/>
+      <c r="BZ440"/>
+      <c r="CA440"/>
+      <c r="CB440"/>
+      <c r="CC440"/>
+      <c r="CD440"/>
+      <c r="CE440"/>
+      <c r="CF440"/>
+      <c r="CG440"/>
+      <c r="CH440"/>
+      <c r="CI440"/>
+      <c r="CJ440"/>
+      <c r="CK440"/>
+      <c r="CL440"/>
+      <c r="CM440"/>
+      <c r="CN440"/>
+      <c r="CO440"/>
+      <c r="CP440"/>
+      <c r="CQ440"/>
+      <c r="CR440"/>
+      <c r="CS440"/>
+    </row>
+    <row r="441" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A441" s="36"/>
+      <c r="C441" s="8"/>
+      <c r="D441" s="8"/>
+      <c r="E441" s="10"/>
+      <c r="F441" s="10"/>
       <c r="G441" s="6"/>
-      <c r="K441" s="9"/>
-[...7 lines deleted...]
-      <c r="E442" s="11"/>
+      <c r="I441" s="8"/>
+      <c r="J441" s="12"/>
+      <c r="K441" s="12"/>
+      <c r="L441" s="4"/>
+      <c r="O441" s="34"/>
+      <c r="P441"/>
+      <c r="Q441"/>
+      <c r="R441"/>
+      <c r="S441"/>
+      <c r="T441"/>
+      <c r="U441"/>
+      <c r="V441"/>
+      <c r="W441"/>
+      <c r="X441"/>
+      <c r="Y441"/>
+      <c r="Z441"/>
+      <c r="AA441"/>
+      <c r="AB441"/>
+      <c r="AC441"/>
+      <c r="AD441"/>
+      <c r="AE441"/>
+      <c r="AF441"/>
+      <c r="AG441"/>
+      <c r="AH441"/>
+      <c r="AI441"/>
+      <c r="AJ441"/>
+      <c r="AK441"/>
+      <c r="AL441"/>
+      <c r="AM441"/>
+      <c r="AN441"/>
+      <c r="AO441"/>
+      <c r="AP441"/>
+      <c r="AQ441"/>
+      <c r="AR441"/>
+      <c r="AS441"/>
+      <c r="AT441"/>
+      <c r="AU441"/>
+      <c r="AV441"/>
+      <c r="AW441"/>
+      <c r="AX441"/>
+      <c r="AY441"/>
+      <c r="AZ441"/>
+      <c r="BA441"/>
+      <c r="BB441"/>
+      <c r="BC441"/>
+      <c r="BD441"/>
+      <c r="BE441"/>
+      <c r="BF441"/>
+      <c r="BG441"/>
+      <c r="BH441"/>
+      <c r="BI441"/>
+      <c r="BJ441"/>
+      <c r="BK441"/>
+      <c r="BL441"/>
+      <c r="BM441"/>
+      <c r="BN441"/>
+      <c r="BO441"/>
+      <c r="BP441"/>
+      <c r="BQ441"/>
+      <c r="BR441"/>
+      <c r="BS441"/>
+      <c r="BT441"/>
+      <c r="BU441"/>
+      <c r="BV441"/>
+      <c r="BW441"/>
+      <c r="BX441"/>
+      <c r="BY441"/>
+      <c r="BZ441"/>
+      <c r="CA441"/>
+      <c r="CB441"/>
+      <c r="CC441"/>
+      <c r="CD441"/>
+      <c r="CE441"/>
+      <c r="CF441"/>
+      <c r="CG441"/>
+      <c r="CH441"/>
+      <c r="CI441"/>
+      <c r="CJ441"/>
+      <c r="CK441"/>
+      <c r="CL441"/>
+      <c r="CM441"/>
+      <c r="CN441"/>
+      <c r="CO441"/>
+      <c r="CP441"/>
+      <c r="CQ441"/>
+      <c r="CR441"/>
+      <c r="CS441"/>
+    </row>
+    <row r="442" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A442" s="36"/>
+      <c r="C442" s="8"/>
+      <c r="D442" s="8"/>
+      <c r="E442" s="10"/>
+      <c r="F442" s="10"/>
       <c r="G442" s="6"/>
-      <c r="K442" s="9"/>
-[...7 lines deleted...]
-      <c r="E443" s="11"/>
+      <c r="I442" s="8"/>
+      <c r="J442" s="12"/>
+      <c r="K442" s="12"/>
+      <c r="L442" s="4"/>
+      <c r="O442" s="34"/>
+      <c r="P442"/>
+      <c r="Q442"/>
+      <c r="R442"/>
+      <c r="S442"/>
+      <c r="T442"/>
+      <c r="U442"/>
+      <c r="V442"/>
+      <c r="W442"/>
+      <c r="X442"/>
+      <c r="Y442"/>
+      <c r="Z442"/>
+      <c r="AA442"/>
+      <c r="AB442"/>
+      <c r="AC442"/>
+      <c r="AD442"/>
+      <c r="AE442"/>
+      <c r="AF442"/>
+      <c r="AG442"/>
+      <c r="AH442"/>
+      <c r="AI442"/>
+      <c r="AJ442"/>
+      <c r="AK442"/>
+      <c r="AL442"/>
+      <c r="AM442"/>
+      <c r="AN442"/>
+      <c r="AO442"/>
+      <c r="AP442"/>
+      <c r="AQ442"/>
+      <c r="AR442"/>
+      <c r="AS442"/>
+      <c r="AT442"/>
+      <c r="AU442"/>
+      <c r="AV442"/>
+      <c r="AW442"/>
+      <c r="AX442"/>
+      <c r="AY442"/>
+      <c r="AZ442"/>
+      <c r="BA442"/>
+      <c r="BB442"/>
+      <c r="BC442"/>
+      <c r="BD442"/>
+      <c r="BE442"/>
+      <c r="BF442"/>
+      <c r="BG442"/>
+      <c r="BH442"/>
+      <c r="BI442"/>
+      <c r="BJ442"/>
+      <c r="BK442"/>
+      <c r="BL442"/>
+      <c r="BM442"/>
+      <c r="BN442"/>
+      <c r="BO442"/>
+      <c r="BP442"/>
+      <c r="BQ442"/>
+      <c r="BR442"/>
+      <c r="BS442"/>
+      <c r="BT442"/>
+      <c r="BU442"/>
+      <c r="BV442"/>
+      <c r="BW442"/>
+      <c r="BX442"/>
+      <c r="BY442"/>
+      <c r="BZ442"/>
+      <c r="CA442"/>
+      <c r="CB442"/>
+      <c r="CC442"/>
+      <c r="CD442"/>
+      <c r="CE442"/>
+      <c r="CF442"/>
+      <c r="CG442"/>
+      <c r="CH442"/>
+      <c r="CI442"/>
+      <c r="CJ442"/>
+      <c r="CK442"/>
+      <c r="CL442"/>
+      <c r="CM442"/>
+      <c r="CN442"/>
+      <c r="CO442"/>
+      <c r="CP442"/>
+      <c r="CQ442"/>
+      <c r="CR442"/>
+      <c r="CS442"/>
+    </row>
+    <row r="443" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A443" s="36"/>
+      <c r="C443" s="8"/>
+      <c r="D443" s="8"/>
+      <c r="E443" s="10"/>
+      <c r="F443" s="10"/>
       <c r="G443" s="6"/>
-      <c r="K443" s="9"/>
-[...7 lines deleted...]
-      <c r="E444" s="11"/>
+      <c r="I443" s="8"/>
+      <c r="J443" s="12"/>
+      <c r="K443" s="12"/>
+      <c r="L443" s="4"/>
+      <c r="O443" s="34"/>
+      <c r="P443"/>
+      <c r="Q443"/>
+      <c r="R443"/>
+      <c r="S443"/>
+      <c r="T443"/>
+      <c r="U443"/>
+      <c r="V443"/>
+      <c r="W443"/>
+      <c r="X443"/>
+      <c r="Y443"/>
+      <c r="Z443"/>
+      <c r="AA443"/>
+      <c r="AB443"/>
+      <c r="AC443"/>
+      <c r="AD443"/>
+      <c r="AE443"/>
+      <c r="AF443"/>
+      <c r="AG443"/>
+      <c r="AH443"/>
+      <c r="AI443"/>
+      <c r="AJ443"/>
+      <c r="AK443"/>
+      <c r="AL443"/>
+      <c r="AM443"/>
+      <c r="AN443"/>
+      <c r="AO443"/>
+      <c r="AP443"/>
+      <c r="AQ443"/>
+      <c r="AR443"/>
+      <c r="AS443"/>
+      <c r="AT443"/>
+      <c r="AU443"/>
+      <c r="AV443"/>
+      <c r="AW443"/>
+      <c r="AX443"/>
+      <c r="AY443"/>
+      <c r="AZ443"/>
+      <c r="BA443"/>
+      <c r="BB443"/>
+      <c r="BC443"/>
+      <c r="BD443"/>
+      <c r="BE443"/>
+      <c r="BF443"/>
+      <c r="BG443"/>
+      <c r="BH443"/>
+      <c r="BI443"/>
+      <c r="BJ443"/>
+      <c r="BK443"/>
+      <c r="BL443"/>
+      <c r="BM443"/>
+      <c r="BN443"/>
+      <c r="BO443"/>
+      <c r="BP443"/>
+      <c r="BQ443"/>
+      <c r="BR443"/>
+      <c r="BS443"/>
+      <c r="BT443"/>
+      <c r="BU443"/>
+      <c r="BV443"/>
+      <c r="BW443"/>
+      <c r="BX443"/>
+      <c r="BY443"/>
+      <c r="BZ443"/>
+      <c r="CA443"/>
+      <c r="CB443"/>
+      <c r="CC443"/>
+      <c r="CD443"/>
+      <c r="CE443"/>
+      <c r="CF443"/>
+      <c r="CG443"/>
+      <c r="CH443"/>
+      <c r="CI443"/>
+      <c r="CJ443"/>
+      <c r="CK443"/>
+      <c r="CL443"/>
+      <c r="CM443"/>
+      <c r="CN443"/>
+      <c r="CO443"/>
+      <c r="CP443"/>
+      <c r="CQ443"/>
+      <c r="CR443"/>
+      <c r="CS443"/>
+    </row>
+    <row r="444" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A444" s="36"/>
+      <c r="C444" s="8"/>
+      <c r="D444" s="8"/>
+      <c r="E444" s="10"/>
+      <c r="F444" s="10"/>
       <c r="G444" s="6"/>
-      <c r="K444" s="9"/>
-[...7 lines deleted...]
-      <c r="E445" s="11"/>
+      <c r="I444" s="8"/>
+      <c r="J444" s="12"/>
+      <c r="K444" s="12"/>
+      <c r="L444" s="4"/>
+      <c r="O444" s="34"/>
+      <c r="P444"/>
+      <c r="Q444"/>
+      <c r="R444"/>
+      <c r="S444"/>
+      <c r="T444"/>
+      <c r="U444"/>
+      <c r="V444"/>
+      <c r="W444"/>
+      <c r="X444"/>
+      <c r="Y444"/>
+      <c r="Z444"/>
+      <c r="AA444"/>
+      <c r="AB444"/>
+      <c r="AC444"/>
+      <c r="AD444"/>
+      <c r="AE444"/>
+      <c r="AF444"/>
+      <c r="AG444"/>
+      <c r="AH444"/>
+      <c r="AI444"/>
+      <c r="AJ444"/>
+      <c r="AK444"/>
+      <c r="AL444"/>
+      <c r="AM444"/>
+      <c r="AN444"/>
+      <c r="AO444"/>
+      <c r="AP444"/>
+      <c r="AQ444"/>
+      <c r="AR444"/>
+      <c r="AS444"/>
+      <c r="AT444"/>
+      <c r="AU444"/>
+      <c r="AV444"/>
+      <c r="AW444"/>
+      <c r="AX444"/>
+      <c r="AY444"/>
+      <c r="AZ444"/>
+      <c r="BA444"/>
+      <c r="BB444"/>
+      <c r="BC444"/>
+      <c r="BD444"/>
+      <c r="BE444"/>
+      <c r="BF444"/>
+      <c r="BG444"/>
+      <c r="BH444"/>
+      <c r="BI444"/>
+      <c r="BJ444"/>
+      <c r="BK444"/>
+      <c r="BL444"/>
+      <c r="BM444"/>
+      <c r="BN444"/>
+      <c r="BO444"/>
+      <c r="BP444"/>
+      <c r="BQ444"/>
+      <c r="BR444"/>
+      <c r="BS444"/>
+      <c r="BT444"/>
+      <c r="BU444"/>
+      <c r="BV444"/>
+      <c r="BW444"/>
+      <c r="BX444"/>
+      <c r="BY444"/>
+      <c r="BZ444"/>
+      <c r="CA444"/>
+      <c r="CB444"/>
+      <c r="CC444"/>
+      <c r="CD444"/>
+      <c r="CE444"/>
+      <c r="CF444"/>
+      <c r="CG444"/>
+      <c r="CH444"/>
+      <c r="CI444"/>
+      <c r="CJ444"/>
+      <c r="CK444"/>
+      <c r="CL444"/>
+      <c r="CM444"/>
+      <c r="CN444"/>
+      <c r="CO444"/>
+      <c r="CP444"/>
+      <c r="CQ444"/>
+      <c r="CR444"/>
+      <c r="CS444"/>
+    </row>
+    <row r="445" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A445" s="36"/>
+      <c r="C445" s="8"/>
+      <c r="D445" s="8"/>
+      <c r="E445" s="10"/>
+      <c r="F445" s="10"/>
       <c r="G445" s="6"/>
-      <c r="K445" s="9"/>
-[...7 lines deleted...]
-      <c r="E446" s="11"/>
+      <c r="I445" s="8"/>
+      <c r="J445" s="12"/>
+      <c r="K445" s="12"/>
+      <c r="L445" s="4"/>
+      <c r="O445" s="34"/>
+      <c r="P445"/>
+      <c r="Q445"/>
+      <c r="R445"/>
+      <c r="S445"/>
+      <c r="T445"/>
+      <c r="U445"/>
+      <c r="V445"/>
+      <c r="W445"/>
+      <c r="X445"/>
+      <c r="Y445"/>
+      <c r="Z445"/>
+      <c r="AA445"/>
+      <c r="AB445"/>
+      <c r="AC445"/>
+      <c r="AD445"/>
+      <c r="AE445"/>
+      <c r="AF445"/>
+      <c r="AG445"/>
+      <c r="AH445"/>
+      <c r="AI445"/>
+      <c r="AJ445"/>
+      <c r="AK445"/>
+      <c r="AL445"/>
+      <c r="AM445"/>
+      <c r="AN445"/>
+      <c r="AO445"/>
+      <c r="AP445"/>
+      <c r="AQ445"/>
+      <c r="AR445"/>
+      <c r="AS445"/>
+      <c r="AT445"/>
+      <c r="AU445"/>
+      <c r="AV445"/>
+      <c r="AW445"/>
+      <c r="AX445"/>
+      <c r="AY445"/>
+      <c r="AZ445"/>
+      <c r="BA445"/>
+      <c r="BB445"/>
+      <c r="BC445"/>
+      <c r="BD445"/>
+      <c r="BE445"/>
+      <c r="BF445"/>
+      <c r="BG445"/>
+      <c r="BH445"/>
+      <c r="BI445"/>
+      <c r="BJ445"/>
+      <c r="BK445"/>
+      <c r="BL445"/>
+      <c r="BM445"/>
+      <c r="BN445"/>
+      <c r="BO445"/>
+      <c r="BP445"/>
+      <c r="BQ445"/>
+      <c r="BR445"/>
+      <c r="BS445"/>
+      <c r="BT445"/>
+      <c r="BU445"/>
+      <c r="BV445"/>
+      <c r="BW445"/>
+      <c r="BX445"/>
+      <c r="BY445"/>
+      <c r="BZ445"/>
+      <c r="CA445"/>
+      <c r="CB445"/>
+      <c r="CC445"/>
+      <c r="CD445"/>
+      <c r="CE445"/>
+      <c r="CF445"/>
+      <c r="CG445"/>
+      <c r="CH445"/>
+      <c r="CI445"/>
+      <c r="CJ445"/>
+      <c r="CK445"/>
+      <c r="CL445"/>
+      <c r="CM445"/>
+      <c r="CN445"/>
+      <c r="CO445"/>
+      <c r="CP445"/>
+      <c r="CQ445"/>
+      <c r="CR445"/>
+      <c r="CS445"/>
+    </row>
+    <row r="446" spans="1:97" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A446" s="36"/>
+      <c r="C446" s="8"/>
+      <c r="D446" s="8"/>
+      <c r="E446" s="10"/>
+      <c r="F446" s="10"/>
       <c r="G446" s="6"/>
-      <c r="K446" s="9"/>
-[...5 lines deleted...]
-      <c r="A447" s="1"/>
+      <c r="I446" s="8"/>
+      <c r="J446" s="12"/>
+      <c r="K446" s="12"/>
+      <c r="L446" s="4"/>
+      <c r="O446" s="34"/>
+      <c r="P446"/>
+      <c r="Q446"/>
+      <c r="R446"/>
+      <c r="S446"/>
+      <c r="T446"/>
+      <c r="U446"/>
+      <c r="V446"/>
+      <c r="W446"/>
+      <c r="X446"/>
+      <c r="Y446"/>
+      <c r="Z446"/>
+      <c r="AA446"/>
+      <c r="AB446"/>
+      <c r="AC446"/>
+      <c r="AD446"/>
+      <c r="AE446"/>
+      <c r="AF446"/>
+      <c r="AG446"/>
+      <c r="AH446"/>
+      <c r="AI446"/>
+      <c r="AJ446"/>
+      <c r="AK446"/>
+      <c r="AL446"/>
+      <c r="AM446"/>
+      <c r="AN446"/>
+      <c r="AO446"/>
+      <c r="AP446"/>
+      <c r="AQ446"/>
+      <c r="AR446"/>
+      <c r="AS446"/>
+      <c r="AT446"/>
+      <c r="AU446"/>
+      <c r="AV446"/>
+      <c r="AW446"/>
+      <c r="AX446"/>
+      <c r="AY446"/>
+      <c r="AZ446"/>
+      <c r="BA446"/>
+      <c r="BB446"/>
+      <c r="BC446"/>
+      <c r="BD446"/>
+      <c r="BE446"/>
+      <c r="BF446"/>
+      <c r="BG446"/>
+      <c r="BH446"/>
+      <c r="BI446"/>
+      <c r="BJ446"/>
+      <c r="BK446"/>
+      <c r="BL446"/>
+      <c r="BM446"/>
+      <c r="BN446"/>
+      <c r="BO446"/>
+      <c r="BP446"/>
+      <c r="BQ446"/>
+      <c r="BR446"/>
+      <c r="BS446"/>
+      <c r="BT446"/>
+      <c r="BU446"/>
+      <c r="BV446"/>
+      <c r="BW446"/>
+      <c r="BX446"/>
+      <c r="BY446"/>
+      <c r="BZ446"/>
+      <c r="CA446"/>
+      <c r="CB446"/>
+      <c r="CC446"/>
+      <c r="CD446"/>
+      <c r="CE446"/>
+      <c r="CF446"/>
+      <c r="CG446"/>
+      <c r="CH446"/>
+      <c r="CI446"/>
+      <c r="CJ446"/>
+      <c r="CK446"/>
+      <c r="CL446"/>
+      <c r="CM446"/>
+      <c r="CN446"/>
+      <c r="CO446"/>
+      <c r="CP446"/>
+      <c r="CQ446"/>
+      <c r="CR446"/>
+      <c r="CS446"/>
+    </row>
+    <row r="447" spans="1:97" x14ac:dyDescent="0.3">
+      <c r="A447" s="37"/>
       <c r="B447" s="1"/>
-      <c r="C447" s="10"/>
-[...13 lines deleted...]
-      <c r="S447" s="1"/>
+      <c r="C447" s="9"/>
+      <c r="D447" s="9"/>
+      <c r="E447" s="11"/>
+      <c r="F447" s="11"/>
+      <c r="G447" s="24"/>
+      <c r="H447" s="1"/>
+      <c r="I447" s="9"/>
+      <c r="J447" s="21"/>
+      <c r="K447" s="21"/>
+      <c r="L447" s="25"/>
+      <c r="M447" s="1"/>
+      <c r="N447" s="2"/>
+      <c r="O447" s="32"/>
     </row>
   </sheetData>
-  <mergeCells count="15">
-[...2 lines deleted...]
-    <mergeCell ref="Q1:Q2"/>
+  <mergeCells count="13">
+    <mergeCell ref="F1:F2"/>
+    <mergeCell ref="K1:K2"/>
+    <mergeCell ref="O1:O2"/>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
-    <mergeCell ref="D1:D2"/>
     <mergeCell ref="E1:E2"/>
-    <mergeCell ref="F1:F2"/>
     <mergeCell ref="C1:C2"/>
     <mergeCell ref="G1:G2"/>
-    <mergeCell ref="I1:M1"/>
+    <mergeCell ref="H1:J1"/>
+    <mergeCell ref="L1:L2"/>
+    <mergeCell ref="M1:M2"/>
     <mergeCell ref="N1:N2"/>
-    <mergeCell ref="O1:O2"/>
-[...1 lines deleted...]
-    <mergeCell ref="H1:H2"/>
+    <mergeCell ref="D1:D2"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
-  <dataValidations count="6">
-[...20 lines deleted...]
-  </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"-,Bold"&amp;12TPL029 Sample Log Template</oddHeader>
-    <oddFooter>&amp;LTPL029 Sample Log Template v2.0  Review date : September 2027&amp;RPage &amp;P</oddFooter>
+    <oddFooter>&amp;L&amp;K000000TPL029 Sample Log Template v3.0  Review date : December 2028&amp;RPage &amp;P</oddFooter>
   </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1A529186-EE41-4A15-9EB6-5FCBA1015410}">
+  <dimension ref="B1:C19"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C27" sqref="C27"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="3" max="3" width="100.109375" style="7" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:3" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="2:3" ht="28.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B2" s="64" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="65"/>
+    </row>
+    <row r="3" spans="2:3" x14ac:dyDescent="0.3">
+      <c r="B3" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="C3" s="39" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="2:3" x14ac:dyDescent="0.3">
+      <c r="B4" s="40" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" s="41" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="5" spans="2:3" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="B5" s="40" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" s="41" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="6" spans="2:3" x14ac:dyDescent="0.3">
+      <c r="B6" s="40" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" s="41" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="7" spans="2:3" x14ac:dyDescent="0.3">
+      <c r="B7" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" s="41" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="8" spans="2:3" x14ac:dyDescent="0.3">
+      <c r="B8" s="36" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" s="41" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="9" spans="2:3" x14ac:dyDescent="0.3">
+      <c r="B9" s="36" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9" s="41" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="10" spans="2:3" x14ac:dyDescent="0.3">
+      <c r="B10" s="36" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" s="41" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="2:3" x14ac:dyDescent="0.3">
+      <c r="B11" s="36" t="s">
+        <v>30</v>
+      </c>
+      <c r="C11" s="41" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="12" spans="2:3" x14ac:dyDescent="0.3">
+      <c r="B12" s="36" t="s">
+        <v>30</v>
+      </c>
+      <c r="C12" s="41" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="13" spans="2:3" x14ac:dyDescent="0.3">
+      <c r="B13" s="36" t="s">
+        <v>34</v>
+      </c>
+      <c r="C13" s="41" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="14" spans="2:3" x14ac:dyDescent="0.3">
+      <c r="B14" s="36" t="s">
+        <v>36</v>
+      </c>
+      <c r="C14" s="41" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="15" spans="2:3" x14ac:dyDescent="0.3">
+      <c r="B15" s="46" t="s">
+        <v>39</v>
+      </c>
+      <c r="C15" s="41" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="16" spans="2:3" x14ac:dyDescent="0.3">
+      <c r="B16" s="46" t="s">
+        <v>42</v>
+      </c>
+      <c r="C16" s="41" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="17" spans="2:3" x14ac:dyDescent="0.3">
+      <c r="B17" s="36" t="s">
+        <v>44</v>
+      </c>
+      <c r="C17" s="41" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="18" spans="2:3" x14ac:dyDescent="0.3">
+      <c r="B18" s="36" t="s">
+        <v>46</v>
+      </c>
+      <c r="C18" s="41" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="19" spans="2:3" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B19" s="42"/>
+      <c r="C19" s="43"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="B2:C2"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>xxxxx</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>P0xxxx - study name xxx</vt:lpstr>
+      <vt:lpstr>Summary of changes</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Papworth Hospital NHS Foundation Trust</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Stoneman Victoria</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>