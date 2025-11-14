--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -114,61 +114,80 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="4480560" algn="l" defTabSz="1280160" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="2500" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="5120640" algn="l" defTabSz="1280160" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="2500" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
+  <p:extLst>
+    <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="3024">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="4032">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
+    </p:ext>
+    <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Medium Style 2 - Accent 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
@@ -320,56 +339,56 @@
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr snapVertSplitter="1" vertBarState="minimized" horzBarState="maximized">
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="100" d="100"/>
-          <a:sy n="100" d="100"/>
+          <a:sx n="68" d="100"/>
+          <a:sy n="68" d="100"/>
         </p:scale>
-        <p:origin x="-942" y="1056"/>
+        <p:origin x="1603" y="82"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="3024"/>
         <p:guide pos="4032"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -432,51 +451,51 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="960120" y="2982596"/>
             <a:ext cx="10881360" cy="2058035"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1920240" y="5440680"/>
             <a:ext cx="8961120" cy="2453640"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -551,75 +570,75 @@
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="4480560" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="5120640" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1CD43C93-2848-47D2-A952-AC7EF62DA9B6}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>24/10/2019</a:t>
+              <a:t>24/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -669,127 +688,127 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1CD43C93-2848-47D2-A952-AC7EF62DA9B6}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>24/10/2019</a:t>
+              <a:t>24/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -844,132 +863,132 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Vertical Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9281160" y="384494"/>
             <a:ext cx="2880360" cy="8192135"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="640080" y="384494"/>
             <a:ext cx="8427720" cy="8192135"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1CD43C93-2848-47D2-A952-AC7EF62DA9B6}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>24/10/2019</a:t>
+              <a:t>24/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1019,127 +1038,127 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1CD43C93-2848-47D2-A952-AC7EF62DA9B6}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>24/10/2019</a:t>
+              <a:t>24/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1198,51 +1217,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1011238" y="6169661"/>
             <a:ext cx="10881360" cy="1906905"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="5600" b="1" cap="all"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1011238" y="4069399"/>
             <a:ext cx="10881360" cy="2100262"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
@@ -1318,74 +1337,74 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="4480560" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="5120640" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1CD43C93-2848-47D2-A952-AC7EF62DA9B6}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>24/10/2019</a:t>
+              <a:t>24/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1435,51 +1454,51 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="640080" y="2240281"/>
             <a:ext cx="5654040" cy="6336348"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -1492,79 +1511,79 @@
             <a:lvl3pPr>
               <a:defRPr sz="2800"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="2500"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="2500"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="2500"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="2500"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="2500"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="2500"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6507480" y="2240281"/>
             <a:ext cx="5654040" cy="6336348"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -1577,103 +1596,103 @@
             <a:lvl3pPr>
               <a:defRPr sz="2800"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="2500"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="2500"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="2500"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="2500"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="2500"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="2500"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1CD43C93-2848-47D2-A952-AC7EF62DA9B6}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>24/10/2019</a:t>
+              <a:t>24/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1727,51 +1746,51 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="640080" y="2149158"/>
             <a:ext cx="5656263" cy="895667"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
@@ -1793,51 +1812,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="2560320" indent="0">
               <a:buNone/>
               <a:defRPr sz="2200" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="2200" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="3840480" indent="0">
               <a:buNone/>
               <a:defRPr sz="2200" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="4480560" indent="0">
               <a:buNone/>
               <a:defRPr sz="2200" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="5120640" indent="0">
               <a:buNone/>
               <a:defRPr sz="2200" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="640080" y="3044825"/>
             <a:ext cx="5656263" cy="5531803"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -1849,79 +1868,79 @@
             <a:lvl3pPr>
               <a:defRPr sz="2500"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="2200"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="2200"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="2200"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="2200"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="2200"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="2200"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6503036" y="2149158"/>
             <a:ext cx="5658485" cy="895667"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
@@ -1943,51 +1962,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="2560320" indent="0">
               <a:buNone/>
               <a:defRPr sz="2200" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="2200" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="3840480" indent="0">
               <a:buNone/>
               <a:defRPr sz="2200" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="4480560" indent="0">
               <a:buNone/>
               <a:defRPr sz="2200" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="5120640" indent="0">
               <a:buNone/>
               <a:defRPr sz="2200" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Content Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6503036" y="3044825"/>
             <a:ext cx="5658485" cy="5531803"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -1999,103 +2018,103 @@
             <a:lvl3pPr>
               <a:defRPr sz="2500"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="2200"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="2200"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="2200"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="2200"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="2200"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="2200"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1CD43C93-2848-47D2-A952-AC7EF62DA9B6}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>24/10/2019</a:t>
+              <a:t>24/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2145,75 +2164,75 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1CD43C93-2848-47D2-A952-AC7EF62DA9B6}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>24/10/2019</a:t>
+              <a:t>24/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2264,51 +2283,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1CD43C93-2848-47D2-A952-AC7EF62DA9B6}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>24/10/2019</a:t>
+              <a:t>24/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2367,51 +2386,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="640081" y="382270"/>
             <a:ext cx="4211638" cy="1626870"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2800" b="1"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5005070" y="382271"/>
             <a:ext cx="7156450" cy="8194358"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -2424,79 +2443,79 @@
             <a:lvl3pPr>
               <a:defRPr sz="3400"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="2800"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="2800"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="2800"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="2800"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="2800"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="2800"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="640081" y="2009141"/>
             <a:ext cx="4211638" cy="6567488"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -2518,74 +2537,74 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="2560320" indent="0">
               <a:buNone/>
               <a:defRPr sz="1300"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1300"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="3840480" indent="0">
               <a:buNone/>
               <a:defRPr sz="1300"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="4480560" indent="0">
               <a:buNone/>
               <a:defRPr sz="1300"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="5120640" indent="0">
               <a:buNone/>
               <a:defRPr sz="1300"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1CD43C93-2848-47D2-A952-AC7EF62DA9B6}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>24/10/2019</a:t>
+              <a:t>24/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2644,51 +2663,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2509203" y="6720840"/>
             <a:ext cx="7680960" cy="793433"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2800" b="1"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Picture Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2509203" y="857885"/>
             <a:ext cx="7680960" cy="5760720"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -2771,74 +2790,74 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="2560320" indent="0">
               <a:buNone/>
               <a:defRPr sz="1300"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1300"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="3840480" indent="0">
               <a:buNone/>
               <a:defRPr sz="1300"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="4480560" indent="0">
               <a:buNone/>
               <a:defRPr sz="1300"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="5120640" indent="0">
               <a:buNone/>
               <a:defRPr sz="1300"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1CD43C93-2848-47D2-A952-AC7EF62DA9B6}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>24/10/2019</a:t>
+              <a:t>24/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2907,155 +2926,155 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="640080" y="384493"/>
             <a:ext cx="11521440" cy="1600200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="128016" tIns="64008" rIns="128016" bIns="64008" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="640080" y="2240281"/>
             <a:ext cx="11521440" cy="6336348"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="128016" tIns="64008" rIns="128016" bIns="64008" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US" smtClean="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="640080" y="8898891"/>
             <a:ext cx="2987040" cy="511175"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="128016" tIns="64008" rIns="128016" bIns="64008" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1700">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1CD43C93-2848-47D2-A952-AC7EF62DA9B6}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>24/10/2019</a:t>
+              <a:t>24/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4373880" y="8898891"/>
             <a:ext cx="4053840" cy="511175"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3370,51 +3389,51 @@
         <a:defRPr sz="2500" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="5120640" algn="l" defTabSz="1280160" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="2500" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP%20060\SOP060%20Version%20Control%20of%20Study%20Documentation%20Version%203.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP%20031\SOP031%20Patient%20Recruitment%20Version%204.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP%20063\SOP063%20Research%20and%20Development%20Internal%20Good%20Clinical%20Practice%20GCP%20Audit%20Version%203.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP%20023\SOP023%20Financial%20Procedures%20for%20Research%20Studies%20Version%204.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP%20034\SOP034%20Trust%20Confirmation%20of%20Capacity%20and%20Capability%20to%20Conduct%20Research%20Studies%20version%208.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP075\SOP075%20Quarantine%20of%20CTIMPS%20v2.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP%20050\SOP050%20Handling%20of%20Non-Compliance%20Version%204.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP%20019\SOP019%20Research%20Protocol%20Design%20Version%204.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP%20012\SOP012%20Adverse%20Event%20Reporting%20-%20v7.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP077\SOP077%20Data%20Management%20Overview%20version%202.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.papworthhospital.nhs.uk/research/data/uploads/sops/electronic-correspondence-study-related-sop-063.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP%20013\SOP013%20Trial%20Master%20File%20Creation%20and%20Maintenance%20v6.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP%20005\SOP005%20Ethical%20Approval%20of%20Research%20Studies%20Version%206.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP%20062\SOP062%20Preparation%20of%20Regulatory%20Progress%20Reports%20version%204.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP074\SOP074%20Handing%20of%20Drug%20Alerts%20and%20Recall%20of%20IMPS%20V2%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP%20048\SOP048%20Applying%20for%20Papworth%20Sponsorship%20version%204.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP%20018\SOP018%20Randomisation%20of%20Research%20Studies%20version%204.0.%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP%20002\SOP002%20Training%20Records%20for%20Research%20Active%20Staff%20version%207.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP%20014\SOP014%20Gaining%20Regulatory%20Approval%20from%20the%20MHRA%20Version%204.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP%20011\SOP011%20Archiving%20of%20Research%20Studies%20v8.0%20FINAL.%201.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP%20021\SOP021%20Trial%20Closure%20End%20of%20Trial%20Reporting%20v4.0.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP%20024\SOP024%20Contract%20Negotiation%20and%20Review%20Version%204.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP%20015\SOP015%20Site%20Recruitment%20and%20Initiation%20version%205.0%20FINAL%20.1.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.papworthhospital.nhs.uk/research/data/uploads/sops/roles-and-responsibilities-for-the-conduct-of-research-studies-and-clinical-trials-sop-055-v1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP%20003\SOP003%20Informed%20Consent%20for%20Research%20Studies%20Version%208.0%20for%20ratification.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP%20016\SOP016%20Monitoring%20Research%20Studies%20Version%206.0%20Final.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP073\SOP073%20Sourcing%20of%20Clinical%20Trial%20IMP's%20for%20Papworth%20Sponsored%20Studies%20Vs%202.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP%20065\SOP065%20Risk-adapted%20Approach%20to%20the%20Management%20of%20Clinical%20Trials%20of%20investigational%20medicinal%20products%20V4.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP%20009\SOP009%20Project%20Management%20of%20Research%20Studies%206.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP%20009\SOP009%20Project%20Management%20of%20Research%20Studies%20version%204.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP079\SOP079%20-%20Reference%20Safety%20Information%20v3.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.papworthhospital.nhs.uk/research/data/uploads/sops/gcp-training-sop049-gcp-training-for-research-staff-version-2_0-final.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP%20030\SOP030%20Roles%20&amp;%20Responsibilities-Delegation%20Log%20version%205.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP%20020\SOP020%20PIS%20and%20Consent%20Forms%20Version%204.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP%20071\SOP071%20Urgent%20Safety%20Measures%20version%202.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP081\SOP081%20Destruction%20of%20Waste%20IMP%20v1%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP%20024\SOP024%20Contract%20Negotiation%20and%20Review%20Version%204.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP080\SOP080%20Study%20Data%20-%20Collection%20and%20Entry%20v2.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP%20003\SOP003%20Informed%20Consent%20for%20Research%20Studies%20Version%2011.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP%20037\SOP037%20Amendments%20to%20Research%20Studies%20Version%207.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP072\SOP072%20Supply%20of%20Clinical%20Trials%20Investigational%20Material%20Dispensing,%20Returns%20and%20Accountability%20version%202.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP%20052\SOP052%20Misconduct%20and%20Fraud_Good%20Research%20Practice%20version%203.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.papworthhospital.nhs.uk/research/data/uploads/sops/unblinding-code-breaking-in-clinical-trials-sop-069-v1.1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.papworthhospital.nhs.uk/research/data/uploads/sops/file-notes-sop-041-v3.1.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP%20013\SOP013%20Trial%20Master%20File%20Creation%20and%20Maintenance%20v6.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP%20041\SOP041%20File%20Notes%20v4.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP%20025\SOP025%20Assessment%20and%20Registration%20of%20Trust%20Risk%20Rating%20for%20Research%20Studies%20v%206.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP%20038\SOP038%20Change%20of%20Investigator%20version%204.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP%20017\SOP017%20Statistical%20Input%20into%20Clinical%20Trials%20V3.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP076\Previous%20versions%20and%20correspondence\SOP076%20Transport%20Storage%20and%20Environmental%20Monitoring%20of%20IMP's%20(Investigational%20Medicinal%20Products)%20V%203.0.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP%20051\SOP051%20Serious%20Breach%20of%20Protocol%20or%20GCP%20in%20CTIMPs%20and%20Non-CE%20Marked%20Devices%20v4.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP%20066\SOP066%20Subcontracting%20of%20Research%20Activities%20Version%203.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP078\SOP078%20Data%20Management%20Plan%20v%201.0%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.papworthhospital.nhs.uk/research/data/uploads/sops/trust-approval-expedited-trust-approval-of-urgent-public-health-research-studies-sop-070v1.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\Resource\papworth\shared\R&amp;D\SOPs\SOPs\SOP%20069\SOP069%20Code%20breaking%20in%20Clinical%20Trials%20vs%202.0%20-%20FINAL.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.papworthhospital.nhs.uk/research/data/uploads/sops/research-passport-procedure-sop-040-v3.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.papworthhospital.nhs.uk/research/data/uploads/sops/unblinding-code-breaking-in-clinical-trials-sop-069-v1.1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\RESOURCE\PAPWORTH\shared\R&amp;D\SOPs\SOPs\SOP%20003\SOP003%20Informed%20Consent%20for%20Research%20Studies%20Version%208.0%20for%20ratification.docx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="10" name="Straight Connector 9"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
@@ -3431,170 +3450,165 @@
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="232" name="TextBox 231"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="11197495" y="135645"/>
-            <a:ext cx="1600567" cy="366254"/>
+            <a:off x="11009313" y="172891"/>
+            <a:ext cx="1788750" cy="366254"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="none" lIns="128016" tIns="64008" rIns="128016" bIns="64008" rtlCol="0">
+          <a:bodyPr wrap="square" lIns="128016" tIns="64008" rIns="128016" bIns="64008" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1500"/>
+              <a:rPr lang="en-GB" sz="1500" dirty="0"/>
               <a:t>Overarching</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="1300"/>
+              <a:rPr lang="en-GB" sz="1300" dirty="0"/>
               <a:t> SOPs</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="271" name="TextBox 270"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10865296" y="430513"/>
             <a:ext cx="1999529" cy="2031325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId2" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>Training </a:t>
-            </a:r>
+              <a:t>Training Records</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1400" dirty="0">
-                <a:hlinkClick r:id="rId2" action="ppaction://hlinkfile"/>
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>Records </a:t>
-[...21 lines deleted...]
-                <a:hlinkClick r:id="rId4"/>
+              <a:t>Management of External Staff</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>File Notes</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" dirty="0"/>
-[...4 lines deleted...]
-                <a:hlinkClick r:id="rId5"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>GCP Training</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-                <a:hlinkClick r:id="rId6"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>Conduct of Research Studies and trials</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" dirty="0"/>
-[...4 lines deleted...]
-                <a:hlinkClick r:id="rId7"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>Study related emails</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-                <a:hlinkClick r:id="rId8"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>Expedited trust approval</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="54" name="Straight Connector 53"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1773197" y="2014129"/>
             <a:ext cx="3140751" cy="21523"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
@@ -3900,586 +3914,529 @@
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" smtClean="0">
+              <a:rPr lang="en-GB">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>A</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="176" name="TextBox 175"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="3154208"/>
             <a:ext cx="840924" cy="954107"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Trial Planning &amp; Design</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="178" name="TextBox 177"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="2283033"/>
+            <a:off x="10722" y="2193643"/>
             <a:ext cx="1204955" cy="738664"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1400" dirty="0"/>
               <a:t>Within scope of CT regulations?</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="195" name="TextBox 194"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4917530" y="4228762"/>
             <a:ext cx="1332720" cy="738664"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1400" b="1"/>
               <a:t>CI Checklist before seeking approval</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="434" name="TextBox 433"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11657831" y="3521688"/>
             <a:ext cx="1326538" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Dissemination of Results</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="441" name="TextBox 440"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4038574" y="6022134"/>
+            <a:off x="4388956" y="5942038"/>
             <a:ext cx="1704441" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Trial Documentation</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="446" name="TextBox 445"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4930225" y="2735389"/>
             <a:ext cx="884943" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Final Protocol</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="453" name="TextBox 452"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8820791" y="4143276"/>
             <a:ext cx="883187" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Informed Consent</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="455" name="TextBox 454"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11938837" y="4203301"/>
             <a:ext cx="882614" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Archiving</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="457" name="TextBox 456"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8583446" y="7504937"/>
             <a:ext cx="1568566" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Temp halt or early termination</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="459" name="TextBox 458"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8583062" y="4791155"/>
+            <a:off x="8569197" y="4825221"/>
             <a:ext cx="1214712" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Substantial amendments</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="8" name="Group 7"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="4161222" y="265213"/>
             <a:ext cx="1415387" cy="518744"/>
             <a:chOff x="5279217" y="1059460"/>
             <a:chExt cx="1415387" cy="518744"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="194" name="TextBox 193"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="5279217" y="1059460"/>
               <a:ext cx="1415387" cy="307777"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="none" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400" b="1" dirty="0" smtClean="0"/>
+                <a:rPr lang="en-GB" sz="1400" b="1" dirty="0"/>
                 <a:t>Funding Secured</a:t>
               </a:r>
-              <a:endParaRPr lang="en-GB" sz="1400" b="1" dirty="0"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="472" name="Oval 471"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="5476012" y="1198086"/>
               <a:ext cx="951410" cy="380118"/>
             </a:xfrm>
             <a:prstGeom prst="ellipse">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent3">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent3"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent3"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
+                <a:rPr lang="en-GB" sz="1200" dirty="0">
                   <a:solidFill>
-                    <a:srgbClr val="0070C0"/>
+                    <a:srgbClr val="00B0F0"/>
                   </a:solidFill>
-                  <a:hlinkClick r:id="rId9" action="ppaction://hlinkfile"/>
                 </a:rPr>
                 <a:t>SOP013</a:t>
               </a:r>
-              <a:endParaRPr lang="en-GB" sz="1200" dirty="0">
-[...3 lines deleted...]
-              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="487" name="Oval 486"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8804978" y="4512893"/>
+            <a:off x="8761975" y="4514002"/>
             <a:ext cx="986667" cy="359081"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent3">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId10" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>SOP003</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="94" name="Straight Connector 93"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7378771" y="2519746"/>
             <a:ext cx="26937" cy="2755536"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
@@ -5112,794 +5069,767 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="210" name="TextBox 209"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5743015" y="3738200"/>
             <a:ext cx="527709" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>IRAS</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="211" name="TextBox 210"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7763282" y="2822188"/>
             <a:ext cx="1409745" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Trial Abandoned</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="213" name="TextBox 212"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8468154" y="3353689"/>
+            <a:off x="8554907" y="3288435"/>
             <a:ext cx="700402" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0"/>
               <a:t>Trial Begins</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="447" name="TextBox 446"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6299557" y="5275282"/>
             <a:ext cx="1415772" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>R&amp;D Submission</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="448" name="TextBox 447"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6430271" y="4074122"/>
+            <a:off x="6442016" y="4164128"/>
             <a:ext cx="1107815" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Ethics Submission</a:t>
-[...5 lines deleted...]
-            </a:endParaRPr>
+              <a:t>  Ethics Submission</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="449" name="TextBox 448"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6325118" y="1947791"/>
-[...38 lines deleted...]
-            <a:ext cx="1220519" cy="738664"/>
+            <a:off x="6250250" y="1757323"/>
+            <a:ext cx="1566907" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Permissions &amp; Approvals Obtained</a:t>
-[...13 lines deleted...]
-          </p:cNvPr>
+              <a:t>MHRA Regulatory</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>     Approval</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="451" name="TextBox 450"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7650265" y="4149323"/>
-            <a:ext cx="1544603" cy="738664"/>
+            <a:off x="7355103" y="3254704"/>
+            <a:ext cx="1220519" cy="738664"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Permissions &amp; Approvals Obtained</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="452" name="TextBox 451">
+            <a:hlinkClick r:id="rId2" action="ppaction://hlinkfile"/>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7650265" y="4149323"/>
+            <a:ext cx="1544603" cy="738664"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="1">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Final Trial management documentation</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="470" name="Oval 469"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7547444" y="4722017"/>
+            <a:off x="7545340" y="4844640"/>
             <a:ext cx="1295109" cy="925552"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent3">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId12" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>SOP013</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" dirty="0" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId13" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>SOP060</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" dirty="0" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId14" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>SOP041</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" dirty="0" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId15" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>SOP030</a:t>
-            </a:r>
+              <a:t>SOP055</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-GB" sz="1400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="473" name="Oval 472"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6497059" y="2101680"/>
-            <a:ext cx="988805" cy="395331"/>
+            <a:off x="6320959" y="2101680"/>
+            <a:ext cx="1164905" cy="395331"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent3">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId16" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>SOP014</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="474" name="Oval 473"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6369826" y="4463489"/>
+            <a:off x="6379379" y="4634028"/>
             <a:ext cx="985277" cy="315997"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent3">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId17" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>SOP005</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="488" name="Oval 487"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8303011" y="3681111"/>
-            <a:ext cx="976264" cy="391596"/>
+            <a:off x="8378277" y="3681640"/>
+            <a:ext cx="1052588" cy="391596"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent3">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId18" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>SOP031</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="546" name="Oval 545"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8645540" y="5178034"/>
+            <a:off x="8645473" y="5211891"/>
             <a:ext cx="1028708" cy="305862"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent3">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId19" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>SOP037</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="559" name="Oval 558"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="11938837" y="4385402"/>
+            <a:off x="11905463" y="4371712"/>
             <a:ext cx="1008805" cy="339160"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent3">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId20" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>SOP011</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="560" name="Oval 559"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6464135" y="5364822"/>
-            <a:ext cx="1022291" cy="997528"/>
+            <a:off x="6424925" y="5178034"/>
+            <a:ext cx="1061502" cy="1184316"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent3">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId21" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>SOP034</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId22" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>SOP025</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Oval 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4785204" y="6249815"/>
             <a:ext cx="997858" cy="390055"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-[...3 lines deleted...]
-                <a:hlinkClick r:id="rId23" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>SOP020</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-[...3 lines deleted...]
-                <a:hlinkClick r:id="rId13" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>SOP060</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="141" name="Straight Connector 140"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9681431" y="1967658"/>
             <a:ext cx="1065493" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
@@ -6877,815 +6807,785 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="220" name="TextBox 219"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9808634" y="1440564"/>
             <a:ext cx="1010425" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Progress Reporting</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="429" name="TextBox 428"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11449614" y="4361287"/>
             <a:ext cx="932709" cy="738664"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Clinical Trial Summary</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="435" name="TextBox 434"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10774289" y="4164738"/>
             <a:ext cx="978636" cy="738664"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Statistical Data Analysis</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="436" name="TextBox 435"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10685958" y="3375420"/>
             <a:ext cx="1035330" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>End of Trial Declaration</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="450" name="TextBox 449"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9522564" y="501899"/>
+            <a:off x="9416457" y="276624"/>
             <a:ext cx="1419043" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Safety Reporting</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="454" name="TextBox 453"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9634345" y="3514829"/>
             <a:ext cx="967271" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>MHRA Inspection</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="456" name="TextBox 455"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10109662" y="7587223"/>
             <a:ext cx="1418794" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Trial does not recommence</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="458" name="TextBox 457"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9616138" y="5779640"/>
+            <a:off x="9688771" y="5429982"/>
             <a:ext cx="1231896" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Urgent safety measures</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="460" name="TextBox 459"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10751640" y="5148798"/>
-            <a:ext cx="1735235" cy="523220"/>
+            <a:off x="10921484" y="5148798"/>
+            <a:ext cx="1771835" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Addition of new sites &amp; investigators</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="461" name="TextBox 460"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10102872" y="4222716"/>
+            <a:off x="9969415" y="4223138"/>
             <a:ext cx="593432" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Audit</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="462" name="TextBox 461"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9638513" y="2100985"/>
-            <a:ext cx="1187146" cy="738664"/>
+            <a:off x="9764478" y="2115941"/>
+            <a:ext cx="1187146" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Ongoing management &amp; monitoring</a:t>
-[...5 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Monitoring</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="483" name="Oval 482"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9726204" y="2699443"/>
-            <a:ext cx="1005404" cy="289828"/>
+            <a:off x="9741520" y="2367234"/>
+            <a:ext cx="1005404" cy="454505"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent3">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId24" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>SOP016</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>SOP083</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>SOP085</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="484" name="Oval 483"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9749565" y="642505"/>
-            <a:ext cx="1003155" cy="435068"/>
+            <a:off x="9650434" y="416546"/>
+            <a:ext cx="1003155" cy="629734"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent3">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId25" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>SOP062</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>SOP087</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="485" name="Oval 484"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9900067" y="4352360"/>
-            <a:ext cx="972182" cy="363419"/>
+            <a:off x="9719791" y="4352360"/>
+            <a:ext cx="1152458" cy="363419"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent3">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId26" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>SOP063</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="486" name="Oval 485"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10740750" y="5585201"/>
+            <a:off x="11197495" y="5635096"/>
             <a:ext cx="955016" cy="308512"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent3">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId27" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>SOP038</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="550" name="Oval 549"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9791645" y="6403644"/>
+            <a:off x="9711787" y="5861323"/>
             <a:ext cx="982644" cy="359617"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent3">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-[...3 lines deleted...]
-                <a:hlinkClick r:id="rId28" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>SOP071</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="551" name="Oval 550"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10586716" y="3738343"/>
             <a:ext cx="954199" cy="340145"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent3">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId29" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>SOP021</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="552" name="Oval 551"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10621037" y="4700202"/>
-            <a:ext cx="998220" cy="406399"/>
+            <a:off x="10665507" y="4734480"/>
+            <a:ext cx="998220" cy="419625"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent3">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId30" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>SOP017</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="216" name="Straight Connector 215"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="9681431" y="1108497"/>
             <a:ext cx="11428" cy="3240360"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
@@ -9036,62 +8936,57 @@
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" smtClean="0">
+              <a:rPr lang="en-GB" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>S</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="428" name="Flowchart: Connector 427"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2407679" y="4823621"/>
             <a:ext cx="216024" cy="216024"/>
           </a:xfrm>
           <a:prstGeom prst="flowChartConnector">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:ln>
@@ -9122,1326 +9017,1230 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="180" name="TextBox 179"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="837697" y="3100147"/>
             <a:ext cx="1175190" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" sz="1400" b="1" smtClean="0">
+              <a:rPr lang="en-GB" sz="1400" b="1">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Risk Assessment</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1400" b="1">
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="182" name="TextBox 181"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1860351" y="2910145"/>
+            <a:ext cx="1097801" cy="307777"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sponsorship</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="184" name="TextBox 183"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1899063" y="1051696"/>
+            <a:ext cx="1472904" cy="307777"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0"/>
+              <a:t>Funding Proposal</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="186" name="TextBox 185"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="976514" y="1501671"/>
+            <a:ext cx="1449765" cy="523220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>R&amp;D Consultation</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="187" name="TextBox 186"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2398975" y="2087624"/>
+            <a:ext cx="1100686" cy="307777"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Peer Review</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="189" name="TextBox 188"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3414028" y="2104049"/>
+            <a:ext cx="1191042" cy="523220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Unique Trial No.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="191" name="TextBox 190"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3457374" y="3900727"/>
+            <a:ext cx="1117339" cy="738664"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Site selection &amp; Initiation</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="193" name="TextBox 192"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3442941" y="4994912"/>
+            <a:ext cx="1133216" cy="523220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Contracts &amp; Agreements</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="437" name="TextBox 436"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1574552" y="5048159"/>
+            <a:ext cx="1886585" cy="307777"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Protocol Development</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="438" name="TextBox 437"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2622395" y="7226021"/>
+            <a:ext cx="923651" cy="307777"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Pharmacy</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="439" name="TextBox 438"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3653793" y="7250916"/>
+            <a:ext cx="1589089" cy="307777"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Pharmacovigilence</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="440" name="TextBox 439"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2315010" y="6429109"/>
+            <a:ext cx="1800296" cy="307777"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Project Management</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="442" name="TextBox 441"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="900987" y="5778786"/>
+            <a:ext cx="1515066" cy="523220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>GCP &amp; Serious breach reporting</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="443" name="TextBox 442"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3448472" y="629006"/>
+            <a:ext cx="1072620" cy="523220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Trial Master     File</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="445" name="TextBox 444"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3605580" y="3012061"/>
+            <a:ext cx="807938" cy="523220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Confirm Sponsor</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="475" name="Oval 474"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="792939" y="3362432"/>
+            <a:ext cx="950283" cy="561182"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>SOP065</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="471" name="Oval 470"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2224336" y="7687893"/>
+            <a:ext cx="1641954" cy="1483008"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent3">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent3"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent3"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-GB" sz="1200" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>SOP072</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>SOP073</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>SOP074</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>SOP075</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>SOP076</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>SOP081</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>SOP082</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>SOP091</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-GB" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
-        </p:txBody>
-[...585 lines deleted...]
-          <p:cNvPr id="471" name="Oval 470"/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" dirty="0"/>
+              <a:t>SO</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="476" name="Oval 475"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2332062" y="7404805"/>
-            <a:ext cx="1641954" cy="1483008"/>
+            <a:off x="1910139" y="3069862"/>
+            <a:ext cx="983588" cy="402812"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent3">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId31" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>SOP072</a:t>
-[...2 lines deleted...]
-          </a:p>
+              <a:t>SOP048</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="477" name="Oval 476"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2051954" y="1313719"/>
+            <a:ext cx="1052862" cy="561182"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId32" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>SOP073</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0" smtClean="0"/>
+              <a:t>SOP023</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId33" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>SOP074</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0" smtClean="0"/>
+              <a:t>SOP009</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId34" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>SOP075</a:t>
-[...59 lines deleted...]
-          <p:cNvPr id="475" name="Oval 474"/>
+              <a:t>SOP024</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="478" name="Oval 477"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="792939" y="3362432"/>
-            <a:ext cx="950283" cy="561182"/>
+            <a:off x="994011" y="6220121"/>
+            <a:ext cx="1066521" cy="561182"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent3">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId37" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>SOP065</a:t>
-[...7 lines deleted...]
-          <p:cNvPr id="476" name="Oval 475"/>
+              <a:t>SOP050</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>SOP051</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>SOP052</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="479" name="Oval 478"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1910139" y="3069862"/>
-            <a:ext cx="983588" cy="402812"/>
+            <a:off x="2673210" y="6580427"/>
+            <a:ext cx="1024613" cy="374819"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent3">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId38" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>SOP048</a:t>
-[...7 lines deleted...]
-          <p:cNvPr id="477" name="Oval 476"/>
+              <a:t>SOP009</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="480" name="Oval 479"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2041470" y="1372137"/>
-            <a:ext cx="1052862" cy="561182"/>
+            <a:off x="1973537" y="5238375"/>
+            <a:ext cx="1047649" cy="422987"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent3">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId39" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>SOP023</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0" smtClean="0"/>
+              <a:t>SOP018</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId40" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>SOP009</a:t>
-[...17 lines deleted...]
-          <p:cNvPr id="478" name="Oval 477"/>
+              <a:t>SOP019</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="481" name="Oval 480"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="994011" y="6220121"/>
-            <a:ext cx="1066521" cy="561182"/>
+            <a:off x="3467682" y="5395596"/>
+            <a:ext cx="1030225" cy="512233"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent3">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId42" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>SOP050</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0" smtClean="0"/>
+              <a:t>SOP066</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId43" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>SOP051</a:t>
-[...17 lines deleted...]
-          <p:cNvPr id="479" name="Oval 478"/>
+              <a:t>SOP024</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="482" name="Oval 481"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2506037" y="6750664"/>
-            <a:ext cx="1024613" cy="374819"/>
+            <a:off x="3957370" y="7504937"/>
+            <a:ext cx="954433" cy="624170"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent3">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-                <a:hlinkClick r:id="rId45" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>SOP009</a:t>
-[...7 lines deleted...]
-          <p:cNvPr id="480" name="Oval 479"/>
+              <a:t>SOP012</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>SOP069</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="00B0F0"/>
+              </a:solidFill>
+              <a:hlinkClick r:id="rId3">
+                <a:extLst>
+                  <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                    <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                  </a:ext>
+                </a:extLst>
+              </a:hlinkClick>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>SOP079</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="203" name="Oval 202"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1991866" y="5184102"/>
-            <a:ext cx="1047649" cy="422987"/>
+            <a:off x="3422311" y="4541292"/>
+            <a:ext cx="1030225" cy="316568"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent3">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent3"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent3"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-GB" sz="1200" dirty="0" smtClean="0">
-[...202 lines deleted...]
-                <a:hlinkClick r:id="rId54" action="ppaction://hlinkfile"/>
+              <a:rPr lang="en-GB" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
               </a:rPr>
               <a:t>SOP015</a:t>
             </a:r>
-            <a:endParaRPr lang="en-GB" sz="1200" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="12" name="Group 11"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="268240" y="7848833"/>
             <a:ext cx="1792292" cy="1372425"/>
             <a:chOff x="97865" y="7507971"/>
             <a:chExt cx="1792292" cy="1696822"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="174" name="Rectangle 173"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
@@ -10456,127 +10255,108 @@
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400" dirty="0" smtClean="0">
+                <a:rPr lang="en-GB" sz="1200" dirty="0">
                   <a:solidFill>
-                    <a:schemeClr val="tx1"/>
+                    <a:srgbClr val="00B0F0"/>
                   </a:solidFill>
-                  <a:hlinkClick r:id="rId55" action="ppaction://hlinkfile"/>
                 </a:rPr>
                 <a:t>SOP077</a:t>
               </a:r>
-              <a:endParaRPr lang="en-GB" sz="1400" dirty="0" smtClean="0">
-[...3 lines deleted...]
-              </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400" u="sng" dirty="0" smtClean="0">
+                <a:rPr lang="en-GB" sz="1200" dirty="0">
                   <a:solidFill>
-                    <a:schemeClr val="tx1"/>
+                    <a:srgbClr val="00B0F0"/>
                   </a:solidFill>
-                  <a:hlinkClick r:id="rId56" action="ppaction://hlinkfile"/>
                 </a:rPr>
                 <a:t>SOP078</a:t>
               </a:r>
-              <a:endParaRPr lang="en-GB" sz="1400" u="sng" dirty="0" smtClean="0">
-[...3 lines deleted...]
-              </a:endParaRPr>
             </a:p>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400" dirty="0" smtClean="0">
+                <a:rPr lang="en-GB" sz="1200" dirty="0">
                   <a:solidFill>
-                    <a:schemeClr val="tx1"/>
+                    <a:srgbClr val="00B0F0"/>
                   </a:solidFill>
-                  <a:hlinkClick r:id="rId57" action="ppaction://hlinkfile"/>
                 </a:rPr>
                 <a:t>SOP080</a:t>
               </a:r>
-              <a:endParaRPr lang="en-GB" sz="1400" dirty="0">
-[...3 lines deleted...]
-              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="175" name="TextBox 174"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="417645" y="7664231"/>
-              <a:ext cx="1458348" cy="380526"/>
+              <a:off x="265834" y="7603521"/>
+              <a:ext cx="1569084" cy="380526"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="none" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
-                <a:rPr lang="en-GB" sz="1400" smtClean="0"/>
-                <a:t>Data Managment</a:t>
+                <a:rPr lang="en-GB" sz="1400" b="1" dirty="0"/>
+                <a:t>Data Management</a:t>
               </a:r>
-              <a:endParaRPr lang="en-GB" sz="1400"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="11" name="Rectangle 10"/>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="229600" y="7507971"/>
               <a:ext cx="1630751" cy="1696822"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="50000"/>
               </a:schemeClr>
             </a:lnRef>
@@ -10634,51 +10414,51 @@
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Rectangle 15"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10956563" y="56630"/>
+            <a:off x="10917976" y="82075"/>
             <a:ext cx="1841499" cy="2503129"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
@@ -10718,101 +10498,100 @@
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="5" name="TextBox 4"/>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="5605951" y="7338041"/>
                 <a:ext cx="2290930" cy="1323439"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square" rtlCol="0">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:r>
-                  <a:rPr lang="en-GB" sz="1200" u="sng" smtClean="0"/>
+                  <a:rPr lang="en-GB" sz="1200" u="sng" dirty="0"/>
                   <a:t>Key to Symbols</a:t>
                 </a:r>
               </a:p>
               <a:p>
                 <a:r>
-                  <a:rPr lang="en-GB" sz="1100" smtClean="0"/>
+                  <a:rPr lang="en-GB" sz="1100" dirty="0"/>
                   <a:t>Demonstrates processes that can be done in parallel</a:t>
                 </a:r>
               </a:p>
               <a:p>
                 <a:r>
-                  <a:rPr lang="en-GB" sz="1100" smtClean="0"/>
+                  <a:rPr lang="en-GB" sz="1100" dirty="0"/>
                   <a:t>Demonstrates that not all processes will apply to all trials</a:t>
                 </a:r>
               </a:p>
               <a:p>
-                <a:endParaRPr lang="en-GB" sz="1200"/>
+                <a:endParaRPr lang="en-GB" sz="1200" dirty="0"/>
               </a:p>
               <a:p>
-                <a:endParaRPr lang="en-GB" sz="1200"/>
+                <a:endParaRPr lang="en-GB" sz="1200" dirty="0"/>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="20" name="TextBox 19"/>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="5483740" y="9071618"/>
                 <a:ext cx="837697" cy="415498"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square" rtlCol="0">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:r>
-                  <a:rPr lang="en-GB" sz="1050" u="sng" smtClean="0"/>
+                  <a:rPr lang="en-GB" sz="1050" u="sng"/>
                   <a:t>Relevant to all trials</a:t>
                 </a:r>
-                <a:endParaRPr lang="en-GB" sz="1050" u="sng"/>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:cxnSp>
             <p:nvCxnSpPr>
               <p:cNvPr id="7" name="Straight Arrow Connector 6"/>
               <p:cNvCxnSpPr/>
               <p:nvPr/>
             </p:nvCxnSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="6781109" y="7835765"/>
                 <a:ext cx="439461" cy="0"/>
               </a:xfrm>
               <a:prstGeom prst="straightConnector1">
                 <a:avLst/>
               </a:prstGeom>
               <a:ln w="19050">
                 <a:tailEnd type="arrow"/>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:lnRef>
@@ -10861,54 +10640,53 @@
             </p:style>
           </p:cxnSp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="225" name="TextBox 224"/>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="5504258" y="8247002"/>
                 <a:ext cx="817179" cy="900246"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square" rtlCol="0">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:r>
-                  <a:rPr lang="en-GB" sz="1050" u="sng" smtClean="0"/>
+                  <a:rPr lang="en-GB" sz="1050" u="sng"/>
                   <a:t>Specific for trials within Directive’s scope</a:t>
                 </a:r>
-                <a:endParaRPr lang="en-GB" sz="1050" u="sng"/>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="221" name="Flowchart: Connector 220"/>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="7033004" y="9194592"/>
                 <a:ext cx="214783" cy="204538"/>
               </a:xfrm>
               <a:prstGeom prst="flowChartConnector">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:ln>
@@ -11078,114 +10856,111 @@
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="226" name="TextBox 225"/>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="6213640" y="8207981"/>
                 <a:ext cx="711352" cy="415498"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square" rtlCol="0">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:r>
-                  <a:rPr lang="en-GB" sz="1050" u="sng" smtClean="0"/>
+                  <a:rPr lang="en-GB" sz="1050" u="sng"/>
                   <a:t>Standard Process</a:t>
                 </a:r>
-                <a:endParaRPr lang="en-GB" sz="1050" u="sng"/>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="227" name="TextBox 226"/>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="6722111" y="8233939"/>
                 <a:ext cx="974296" cy="415498"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square" rtlCol="0">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:r>
-                  <a:rPr lang="en-GB" sz="1050" u="sng" smtClean="0"/>
+                  <a:rPr lang="en-GB" sz="1050" u="sng"/>
                   <a:t>Legal Requirement</a:t>
                 </a:r>
-                <a:endParaRPr lang="en-GB" sz="1050" u="sng"/>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="228" name="TextBox 227"/>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="7485864" y="8234760"/>
                 <a:ext cx="680297" cy="415498"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square" rtlCol="0">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:r>
-                  <a:rPr lang="en-GB" sz="1050" u="sng" smtClean="0"/>
+                  <a:rPr lang="en-GB" sz="1050" u="sng"/>
                   <a:t>Good Practice</a:t>
                 </a:r>
-                <a:endParaRPr lang="en-GB" sz="1050" u="sng"/>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="15" name="Rectangle 14"/>
               <p:cNvSpPr/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="5554819" y="7374028"/>
                 <a:ext cx="2524321" cy="2113088"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:ln>
             </p:spPr>
             <p:style>
@@ -11283,67 +11058,168 @@
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5714045" y="9152667"/>
             <a:ext cx="2524321" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:fillRef>
           <a:effectRef idx="1">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="19" name="Group 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14594412-0FBD-AF44-B2FD-13D8CC2DD0FF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="5610888" y="342821"/>
+            <a:ext cx="1792292" cy="1293803"/>
+            <a:chOff x="97865" y="7603682"/>
+            <a:chExt cx="1792292" cy="1599616"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="21" name="Rectangle 20">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7140D84-9DAE-F08B-B870-9B87C81EB87B}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="97865" y="7731127"/>
+              <a:ext cx="1792292" cy="1472171"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="50000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="en-GB" sz="1200" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="22" name="TextBox 21">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59B42E4B-718C-AFE9-6A70-AE835E2B0B46}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="894702" y="7603682"/>
+              <a:ext cx="184730" cy="380526"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="none" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="en-GB" sz="1400" b="1" dirty="0"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="155168068"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -11591,75 +11467,83 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>243</Words>
+  <Words>246</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>A3 Paper (297x420 mm)</PresentationFormat>
-  <Paragraphs>115</Paragraphs>
+  <Paragraphs>121</Paragraphs>
   <Slides>1</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Fonts Used</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Papworth Hospital</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator>Kalinowski Alfie</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>