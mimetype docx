--- v0 (2025-11-04)
+++ v1 (2025-12-28)
@@ -1,3365 +1,5834 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00BB450D" w:rsidRDefault="008A5CFA">
+    <w:p w14:paraId="447BC9FD" w14:textId="77777777" w:rsidR="00BB450D" w:rsidRDefault="008A5CFA">
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00794745">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="437E5A56" wp14:editId="615C6EB4">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3CADCEB8" wp14:editId="1B1FBCD6">
             <wp:extent cx="2080260" cy="620193"/>
             <wp:effectExtent l="0" t="0" r="0" b="8890"/>
             <wp:docPr id="1" name="Picture 1" descr="C:\Users\KWAT\Documents\Royal Papworth logo.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3077" name="Picture 8" descr="C:\Users\KWAT\Documents\Royal Papworth logo.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print">
+                    <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2080260" cy="620193"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
-                    <a:extLst/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877"/>
+    <w:p w14:paraId="5C00D26A" w14:textId="77777777" w:rsidR="001C3877" w:rsidRDefault="001C3877"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9242"/>
+        <w:gridCol w:w="9016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
+      <w:tr w:rsidR="001C3877" w:rsidRPr="00276CAE" w14:paraId="46D0DAC7" w14:textId="77777777" w:rsidTr="003848A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w:rsidR="003848A8" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+          <w:p w14:paraId="26951A34" w14:textId="77777777" w:rsidR="003848A8" w:rsidRPr="00844649" w:rsidRDefault="001C3877" w:rsidP="003848A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PREGNANCY ON</w:t>
             </w:r>
-            <w:r w:rsidR="00CC56F2">
-              <w:rPr>
+            <w:r w:rsidR="00CC56F2" w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> A CLINICAL TRIAL </w:t>
             </w:r>
-            <w:r w:rsidR="003848A8">
-              <w:rPr>
+            <w:r w:rsidR="003848A8" w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">OF AN INVESTIGATIONAL MEDICINAL PRODUCT </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001C3877" w:rsidRPr="002E200F" w:rsidRDefault="00CC56F2" w:rsidP="003848A8">
+          <w:p w14:paraId="411B13BC" w14:textId="50059FD1" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="00CC56F2" w:rsidP="003848A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>– FOLLOW UP</w:t>
             </w:r>
-            <w:r w:rsidR="001C3877" w:rsidRPr="002E200F">
-              <w:rPr>
+            <w:r w:rsidR="001C3877" w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> FORM</w:t>
             </w:r>
+            <w:r w:rsidR="005137A6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (FRM080)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
+      <w:tr w:rsidR="001C3877" w:rsidRPr="00276CAE" w14:paraId="21D92A55" w14:textId="77777777" w:rsidTr="003848A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="002E200F" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...29 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="72F185C6" w14:textId="02D0EDCB" w:rsidR="00C400E0" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="00C400E0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pregnancy on a clinical trial must be recorded and reported to the Sponsor</w:t>
+            </w:r>
+            <w:r w:rsidR="005137A6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="584DD035" w14:textId="0EDF1AED" w:rsidR="00C400E0" w:rsidRPr="00276CAE" w:rsidRDefault="00C400E0" w:rsidP="00C400E0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In Papworth Sponsored CTIMPS – </w:t>
+            </w:r>
+            <w:r w:rsidR="005137A6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>he Pregnancy should be reported to R&amp;D</w:t>
+            </w:r>
+            <w:r w:rsidR="003116D3" w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> safety reporting inbox: </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_Hlk211518154"/>
+            <w:r w:rsidR="005137A6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="005137A6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "mailto:</w:instrText>
+            </w:r>
+            <w:r w:rsidR="005137A6" w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText>papworth.safety-reporting@nhs.net</w:instrText>
+            </w:r>
+            <w:r w:rsidR="005137A6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText>"</w:instrText>
+            </w:r>
+            <w:r w:rsidR="005137A6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="005137A6" w:rsidRPr="004E3D25">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>papworth.safety-reporting@nhs.net</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="005137A6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="005137A6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5565E912" w14:textId="3B0D78C6" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="00C400E0" w:rsidP="00844649">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In Non-Papworth Sponsored CTIMPS – </w:t>
+            </w:r>
+            <w:r w:rsidR="005137A6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>lease use the study specific forms. If none are available, please use this form. Report to the study sponsor and send a copy to Papworth R&amp;D</w:t>
+            </w:r>
+            <w:r w:rsidR="003116D3" w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> safety inbox:</w:t>
+            </w:r>
+            <w:r w:rsidR="003116D3" w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidR="005137A6" w:rsidRPr="004E3D25">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>papworth.safety-reporting@nhs.net</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41AB3D24" w14:textId="4E0CDE0A" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="001C3877" w:rsidP="00844649">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>It is desirable to follow up the pregnancy</w:t>
+            </w:r>
+            <w:r w:rsidR="00C400E0" w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003848A8" w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">but </w:t>
             </w:r>
-            <w:r w:rsidRPr="002E200F">
-              <w:rPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">consent must be obtained. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6155739B" w14:textId="2018A528" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="001C3877" w:rsidP="00844649">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>The forms are complementary to reduce dupl</w:t>
             </w:r>
-            <w:r w:rsidR="005D6882">
-              <w:rPr>
+            <w:r w:rsidR="005D6882" w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ication. This should follow the </w:t>
             </w:r>
-            <w:r w:rsidR="005D6882" w:rsidRPr="005D6882">
-              <w:rPr>
+            <w:r w:rsidR="005D6882" w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Notification</w:t>
             </w:r>
-            <w:r w:rsidR="005D6882">
-              <w:rPr>
+            <w:r w:rsidR="005D6882" w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> form</w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00C400E0" w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (FRM079)</w:t>
+            </w:r>
+            <w:r w:rsidR="005137A6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2640DFDF" w14:textId="6C84A5B4" w:rsidR="003848A8" w:rsidRPr="00844649" w:rsidRDefault="003848A8" w:rsidP="00844649">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Follow-ups to be completed at the end of the pregnancy and 6 months post birth (if applicable)</w:t>
+            </w:r>
+            <w:r w:rsidR="005137A6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877" w:rsidP="001C3877"/>
+    <w:p w14:paraId="2339BAD3" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="001C3877" w:rsidP="001C3877">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3369"/>
-        <w:gridCol w:w="5873"/>
+        <w:gridCol w:w="4521"/>
+        <w:gridCol w:w="4495"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
+      <w:tr w:rsidR="00E658A8" w:rsidRPr="00276CAE" w14:paraId="5332899B" w14:textId="77777777" w:rsidTr="00654512">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E2E42CB" w14:textId="77777777" w:rsidR="00E658A8" w:rsidRPr="00844649" w:rsidRDefault="00E658A8" w:rsidP="00654512">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_Hlk211518323"/>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Date form completed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FC567F8" w14:textId="77777777" w:rsidR="00E658A8" w:rsidRPr="00844649" w:rsidRDefault="00E658A8" w:rsidP="00654512">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E658A8" w:rsidRPr="00276CAE" w14:paraId="04371059" w14:textId="77777777" w:rsidTr="00654512">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54D5EA88" w14:textId="77777777" w:rsidR="00E658A8" w:rsidRPr="00844649" w:rsidRDefault="00E658A8" w:rsidP="00654512">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Name of person completing the form</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D933A79" w14:textId="77777777" w:rsidR="00E658A8" w:rsidRPr="00844649" w:rsidRDefault="00E658A8" w:rsidP="00654512">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="1"/>
+    </w:tbl>
+    <w:p w14:paraId="4BA49466" w14:textId="77777777" w:rsidR="00E658A8" w:rsidRPr="00844649" w:rsidRDefault="00E658A8" w:rsidP="001C3877">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3322"/>
+        <w:gridCol w:w="5694"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001C3877" w:rsidRPr="00276CAE" w14:paraId="1CC882F8" w14:textId="77777777" w:rsidTr="003848A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="78C0F01D" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1 – Trial Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
+      <w:tr w:rsidR="00C400E0" w:rsidRPr="00276CAE" w14:paraId="00A638EC" w14:textId="77777777" w:rsidTr="003848A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="002E200F" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...11 lines deleted...]
-              <w:t>1a) Sponsor</w:t>
+          <w:p w14:paraId="6518D75A" w14:textId="4EB963BD" w:rsidR="00C400E0" w:rsidRPr="00844649" w:rsidRDefault="00C400E0" w:rsidP="00844649">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Study Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5873" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877" w:rsidP="003848A8"/>
+          <w:p w14:paraId="050A8BEA" w14:textId="77777777" w:rsidR="00C400E0" w:rsidRPr="00844649" w:rsidRDefault="00C400E0" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
+      <w:tr w:rsidR="00C400E0" w:rsidRPr="00276CAE" w14:paraId="2288220C" w14:textId="77777777" w:rsidTr="003848A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="002E200F" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...11 lines deleted...]
-              <w:t>1b) Chief Investigator</w:t>
+          <w:p w14:paraId="46FAA68D" w14:textId="225BE59D" w:rsidR="00C400E0" w:rsidRPr="00844649" w:rsidRDefault="00C400E0" w:rsidP="00844649">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>R&amp;D PO number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5873" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877" w:rsidP="003848A8"/>
+          <w:p w14:paraId="18D445D8" w14:textId="77777777" w:rsidR="00C400E0" w:rsidRPr="00844649" w:rsidRDefault="00C400E0" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
+      <w:tr w:rsidR="00C400E0" w:rsidRPr="00276CAE" w14:paraId="1D5ABE3C" w14:textId="77777777" w:rsidTr="003848A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="002E200F" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...11 lines deleted...]
-              <w:t>1c) Investigator name (If other site)</w:t>
+          <w:p w14:paraId="1D463FDC" w14:textId="6A88EC4F" w:rsidR="00C400E0" w:rsidRPr="00844649" w:rsidRDefault="00C400E0" w:rsidP="00844649">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IRAS number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5873" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877" w:rsidP="003848A8"/>
+          <w:p w14:paraId="2B0C991D" w14:textId="77777777" w:rsidR="00C400E0" w:rsidRPr="00844649" w:rsidRDefault="00C400E0" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
+      <w:tr w:rsidR="001C3877" w:rsidRPr="00276CAE" w14:paraId="7F4B4375" w14:textId="77777777" w:rsidTr="003848A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="002E200F" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...11 lines deleted...]
-              <w:t>1d) Study site name</w:t>
+          <w:p w14:paraId="53553670" w14:textId="797364C7" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="001C3877" w:rsidP="00844649">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sponsor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5873" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877" w:rsidP="003848A8"/>
+          <w:p w14:paraId="0716586F" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
+      <w:tr w:rsidR="001C3877" w:rsidRPr="00276CAE" w14:paraId="1C41ACA0" w14:textId="77777777" w:rsidTr="003848A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="002E200F" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...11 lines deleted...]
-              <w:t>1e) EudraCT number</w:t>
+          <w:p w14:paraId="0567D4FF" w14:textId="33709779" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="001C3877" w:rsidP="00844649">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Chief Investigator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5873" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877" w:rsidP="003848A8"/>
+          <w:p w14:paraId="7B62E6EB" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
+      <w:tr w:rsidR="001C3877" w:rsidRPr="00276CAE" w14:paraId="14426FBC" w14:textId="77777777" w:rsidTr="003848A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="002E200F" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...11 lines deleted...]
-              <w:t>1f) R&amp;D number</w:t>
+          <w:p w14:paraId="1E88354B" w14:textId="528C7EFB" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="00C400E0" w:rsidP="00844649">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Princip</w:t>
+            </w:r>
+            <w:r w:rsidR="0016785A" w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>al</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001C3877" w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Investigator name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5873" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877" w:rsidP="003848A8"/>
+          <w:p w14:paraId="6A713671" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
+      <w:tr w:rsidR="001C3877" w:rsidRPr="00276CAE" w14:paraId="1EF455FB" w14:textId="77777777" w:rsidTr="003848A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...20 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="53C53B3D" w14:textId="0DEB5BA8" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="001C3877" w:rsidP="00844649">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Study site name</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5873" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877" w:rsidP="003848A8"/>
+          <w:p w14:paraId="507E78FD" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877" w:rsidP="001C3877"/>
+    <w:p w14:paraId="28E700DA" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="001C3877" w:rsidP="001C3877">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9242" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7479"/>
         <w:gridCol w:w="881"/>
         <w:gridCol w:w="882"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C3877" w:rsidTr="00796BCF">
+      <w:tr w:rsidR="001C3877" w:rsidRPr="00276CAE" w14:paraId="634A633D" w14:textId="77777777" w:rsidTr="00796BCF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00800323" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="41187B99" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2 – Participant Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00796BCF" w:rsidTr="00796BCF">
+      <w:tr w:rsidR="00796BCF" w:rsidRPr="00276CAE" w14:paraId="286D1269" w14:textId="77777777" w:rsidTr="00796BCF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00796BCF" w:rsidRPr="009962CC" w:rsidRDefault="00796BCF" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="37CE0004" w14:textId="77777777" w:rsidR="00796BCF" w:rsidRPr="00276CAE" w:rsidRDefault="00796BCF" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">The participant is </w:t>
             </w:r>
-            <w:r w:rsidRPr="005D6882">
-              <w:rPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>female</w:t>
             </w:r>
-            <w:r w:rsidRPr="009962CC">
-              <w:rPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and has become pregnant while taking part in a clinical trial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00796BCF" w:rsidRPr="009962CC" w:rsidRDefault="00796BCF" w:rsidP="003848A8">
+          <w:p w14:paraId="74E35FA8" w14:textId="77777777" w:rsidR="00796BCF" w:rsidRPr="00276CAE" w:rsidRDefault="00796BCF" w:rsidP="003848A8">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009962CC">
-              <w:rPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00796BCF" w:rsidRPr="009962CC" w:rsidRDefault="00796BCF" w:rsidP="003848A8">
+          <w:p w14:paraId="51D9B7CD" w14:textId="77777777" w:rsidR="00796BCF" w:rsidRPr="00276CAE" w:rsidRDefault="00796BCF" w:rsidP="003848A8">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00796BCF" w:rsidTr="00796BCF">
+      <w:tr w:rsidR="00796BCF" w:rsidRPr="00276CAE" w14:paraId="167371FA" w14:textId="77777777" w:rsidTr="00796BCF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00796BCF" w:rsidRPr="009962CC" w:rsidRDefault="00796BCF" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7B67FEF0" w14:textId="77777777" w:rsidR="00796BCF" w:rsidRPr="00276CAE" w:rsidRDefault="00796BCF" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">The participant is </w:t>
             </w:r>
-            <w:r w:rsidRPr="005D6882">
-              <w:rPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>male</w:t>
             </w:r>
-            <w:r w:rsidRPr="009962CC">
-              <w:rPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> whose female partner has become pregnant while </w:t>
             </w:r>
-            <w:r w:rsidRPr="005D6882">
-              <w:rPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>he</w:t>
             </w:r>
-            <w:r w:rsidRPr="009962CC">
-              <w:rPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> is on a trial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00796BCF" w:rsidRPr="009962CC" w:rsidRDefault="00796BCF" w:rsidP="003848A8">
+          <w:p w14:paraId="5FAC3140" w14:textId="77777777" w:rsidR="00796BCF" w:rsidRPr="00276CAE" w:rsidRDefault="00796BCF" w:rsidP="003848A8">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009962CC">
-              <w:rPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00796BCF" w:rsidRPr="009962CC" w:rsidRDefault="00796BCF" w:rsidP="003848A8">
+          <w:p w14:paraId="6BEA4C06" w14:textId="77777777" w:rsidR="00796BCF" w:rsidRPr="00276CAE" w:rsidRDefault="00796BCF" w:rsidP="003848A8">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003848A8" w:rsidTr="00796BCF">
+      <w:tr w:rsidR="003848A8" w:rsidRPr="00276CAE" w14:paraId="6FBEF0E5" w14:textId="77777777" w:rsidTr="00796BCF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003848A8" w:rsidRPr="009962CC" w:rsidRDefault="003848A8" w:rsidP="003848A8">
-[...25 lines deleted...]
-              <w:t>to follow up the pregnancy?</w:t>
+          <w:p w14:paraId="65E83798" w14:textId="4E162CF9" w:rsidR="003848A8" w:rsidRPr="00276CAE" w:rsidRDefault="003848A8" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Has consent been given</w:t>
+            </w:r>
+            <w:r w:rsidR="003116D3" w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by the female</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to follow up the pregnancy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="881" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003848A8" w:rsidRPr="009962CC" w:rsidRDefault="003848A8" w:rsidP="003848A8">
+          <w:p w14:paraId="18A9AFC4" w14:textId="77777777" w:rsidR="003848A8" w:rsidRPr="00276CAE" w:rsidRDefault="003848A8" w:rsidP="003848A8">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009962CC">
-              <w:rPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="882" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003848A8" w:rsidRPr="009962CC" w:rsidRDefault="003848A8" w:rsidP="003848A8">
+          <w:p w14:paraId="40C8BB1C" w14:textId="77777777" w:rsidR="003848A8" w:rsidRPr="00276CAE" w:rsidRDefault="003848A8" w:rsidP="003848A8">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009962CC">
-              <w:rPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877" w:rsidP="001C3877"/>
+    <w:p w14:paraId="0B2C6539" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="001C3877" w:rsidP="001C3877">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1432"/>
+        <w:gridCol w:w="1416"/>
         <w:gridCol w:w="804"/>
-        <w:gridCol w:w="1133"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1236"/>
+        <w:gridCol w:w="1092"/>
+        <w:gridCol w:w="1245"/>
+        <w:gridCol w:w="2063"/>
+        <w:gridCol w:w="1208"/>
+        <w:gridCol w:w="1188"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
+      <w:tr w:rsidR="001C3877" w:rsidRPr="00276CAE" w14:paraId="03400F29" w14:textId="77777777" w:rsidTr="003848A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00800323" w:rsidRDefault="003848A8" w:rsidP="003848A8">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="41340211" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="003848A8" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3 – Matern</w:t>
             </w:r>
-            <w:r w:rsidR="001C3877" w:rsidRPr="00800323">
-              <w:rPr>
+            <w:r w:rsidR="001C3877" w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>al Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
+      <w:tr w:rsidR="001C3877" w:rsidRPr="00276CAE" w14:paraId="3074B422" w14:textId="77777777" w:rsidTr="003848A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00800323" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4B924839" w14:textId="4BB08EE7" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="00C400E0" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pt. </w:t>
+            </w:r>
+            <w:r w:rsidR="001C3877" w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Initials</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1937" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00800323" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...11 lines deleted...]
-              <w:t>ID No (if applicable)</w:t>
+          <w:p w14:paraId="45E9929E" w14:textId="37D5D0BE" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="00C400E0" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Study </w:t>
+            </w:r>
+            <w:r w:rsidR="001C3877" w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ID (if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00800323" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="2CAA950F" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DOB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00800323" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="27253C3D" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Last menses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2471" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00800323" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5A84B731" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Expected Delivery date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
+      <w:tr w:rsidR="001C3877" w:rsidRPr="00276CAE" w14:paraId="28CC33DC" w14:textId="77777777" w:rsidTr="003848A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00800323" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1C829BF6" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="082F5452" w14:textId="77777777" w:rsidR="00C400E0" w:rsidRPr="00276CAE" w:rsidRDefault="00C400E0" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1937" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00800323" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1AC28AB5" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00800323" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="34500F15" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00800323" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7E5F5D7C" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2471" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00800323" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="2B925B7A" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
+      <w:tr w:rsidR="001C3877" w:rsidRPr="00276CAE" w14:paraId="7E6E6ECE" w14:textId="77777777" w:rsidTr="003848A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00800323" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3CEE3EE9" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If participant is male</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00800323" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1AF04F22" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00800323" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="101880B4" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Initials</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1133" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00800323" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="170E3975" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00800323" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...11 lines deleted...]
-              <w:t>ID No</w:t>
+          <w:p w14:paraId="17BEFC99" w14:textId="1EB8C5DA" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="003116D3" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Study </w:t>
+            </w:r>
+            <w:r w:rsidR="001C3877" w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ID </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00800323" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="14ED2AD0" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00800323" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="69902E00" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DOB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00800323" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5B4197EE" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877" w:rsidP="001C3877"/>
+    <w:p w14:paraId="6D9DE3DF" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="001C3877" w:rsidP="001C3877">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="597C922D" w14:textId="77777777" w:rsidR="00C400E0" w:rsidRPr="00844649" w:rsidRDefault="00C400E0" w:rsidP="001C3877">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D7E729B" w14:textId="77777777" w:rsidR="00C400E0" w:rsidRPr="00844649" w:rsidRDefault="00C400E0" w:rsidP="001C3877">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1951"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3605"/>
+        <w:gridCol w:w="1929"/>
+        <w:gridCol w:w="1105"/>
+        <w:gridCol w:w="1499"/>
+        <w:gridCol w:w="1006"/>
+        <w:gridCol w:w="3477"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
+      <w:tr w:rsidR="001C3877" w:rsidRPr="00276CAE" w14:paraId="5BF7FA05" w14:textId="77777777" w:rsidTr="003848A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00800323" w:rsidRDefault="001C3877" w:rsidP="005D6882">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5D3BD8C6" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="001C3877" w:rsidP="005D6882">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-              </w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">4 </w:t>
             </w:r>
-            <w:r w:rsidR="005D6882">
-              <w:rPr>
+            <w:r w:rsidR="005D6882" w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
-            <w:r w:rsidRPr="00800323">
-              <w:rPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="005D6882">
-              <w:rPr>
+            <w:r w:rsidR="005D6882" w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pre-Natal Information (Any tests performed and Results)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA5E02" w:rsidTr="00AA5E02">
+      <w:tr w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w14:paraId="3308037D" w14:textId="77777777" w:rsidTr="00AA5E02">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5E02" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="533F86B4" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Amniocentesis</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AA5E02" w:rsidRPr="00800323" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="471F8F04" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5E02" w:rsidRPr="00800323" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="20BE6E50" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5E02" w:rsidRPr="00800323" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="449AAF15" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1017" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5E02" w:rsidRPr="00AA5E02" w:rsidRDefault="00AA5E02" w:rsidP="00AA5E02">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7D3B7F0F" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Result</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5E02" w:rsidRPr="00AA5E02" w:rsidRDefault="00AA5E02" w:rsidP="00AA5E02">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6E8658C2" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA5E02" w:rsidTr="00AA5E02">
+      <w:tr w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w14:paraId="0F18A738" w14:textId="77777777" w:rsidTr="00AA5E02">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5E02" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
-[...16 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="557A935F" w14:textId="20B5E7A9" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ultrasound</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A748FDB" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5E02" w:rsidRPr="00800323" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="44BFB76C" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5E02" w:rsidRPr="00800323" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="09EC9589" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1017" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5E02" w:rsidRPr="00AA5E02" w:rsidRDefault="00AA5E02" w:rsidP="00AA5E02">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="54316071" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Result</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5E02" w:rsidRPr="00AA5E02" w:rsidRDefault="00AA5E02" w:rsidP="00AA5E02">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="054DA752" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA5E02" w:rsidTr="00AA5E02">
+      <w:tr w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w14:paraId="1E078210" w14:textId="77777777" w:rsidTr="00AA5E02">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5E02" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3FD3CC30" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Maternal serum AFP</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AA5E02" w:rsidRPr="00800323" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3B4D13CC" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5E02" w:rsidRPr="00800323" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="16FD4218" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5E02" w:rsidRPr="00800323" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0CDD430D" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1017" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5E02" w:rsidRPr="00AA5E02" w:rsidRDefault="00AA5E02" w:rsidP="00AA5E02">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1F620345" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Result</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5E02" w:rsidRPr="00AA5E02" w:rsidRDefault="00AA5E02" w:rsidP="00AA5E02">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="0E2434BA" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA5E02" w:rsidTr="003848A8">
+      <w:tr w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w14:paraId="73794F9F" w14:textId="77777777" w:rsidTr="003848A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5E02" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="21156606" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AA5E02" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
-[...41 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4CF7AF39" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5509FCA4" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B2DFEBC" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E92665D" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="416DBF33" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A4CD0F5" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7291" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA5E02" w:rsidRPr="00800323" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+          <w:p w14:paraId="5FF92124" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00276CAE" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AA5E02" w:rsidRDefault="00AA5E02" w:rsidP="001C3877"/>
+    <w:p w14:paraId="0FF07609" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00844649" w:rsidRDefault="00AA5E02" w:rsidP="001C3877">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9180" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2310"/>
+        <w:gridCol w:w="2310"/>
+        <w:gridCol w:w="2280"/>
+        <w:gridCol w:w="2280"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002C213F" w:rsidRPr="00276CAE" w14:paraId="3E1CE040" w14:textId="77777777" w:rsidTr="00844649">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9180" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="61275CB8" w14:textId="40568015" w:rsidR="002C213F" w:rsidRPr="00844649" w:rsidRDefault="002C213F" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5 – Pregnancy outcome</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E27142" w:rsidRPr="00276CAE" w14:paraId="5DCC20AA" w14:textId="77777777" w:rsidTr="009B5144">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9180" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="717D75F9" w14:textId="77777777" w:rsidR="00E27142" w:rsidRPr="00844649" w:rsidRDefault="00E27142" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Date of follow up call:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="091AA22C" w14:textId="5796D1DE" w:rsidR="00E27142" w:rsidRPr="00844649" w:rsidRDefault="00E27142" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B5144" w:rsidRPr="00276CAE" w14:paraId="3D86A9D7" w14:textId="77777777" w:rsidTr="00844649">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D3D85CC" w14:textId="77777777" w:rsidR="009B5144" w:rsidRPr="00844649" w:rsidRDefault="009B5144" w:rsidP="009B5144">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Uneventful (normal/healthy baby)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B87E8A2" w14:textId="77777777" w:rsidR="009B5144" w:rsidRPr="00844649" w:rsidRDefault="009B5144" w:rsidP="009B5144">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07F47881" w14:textId="6A969188" w:rsidR="009B5144" w:rsidRPr="00844649" w:rsidRDefault="009B5144" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Induced abortion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="48BFA4AF" w14:textId="1CC23C72" w:rsidR="009B5144" w:rsidRPr="00844649" w:rsidRDefault="009B5144" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Spontaneous abortion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B5144" w:rsidRPr="00276CAE" w14:paraId="7360E61A" w14:textId="77777777" w:rsidTr="00844649">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="722E8122" w14:textId="515703ED" w:rsidR="009B5144" w:rsidRPr="00844649" w:rsidRDefault="009B5144" w:rsidP="009B5144">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Still birth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D1CE1FF" w14:textId="2C4E816A" w:rsidR="009B5144" w:rsidRPr="00844649" w:rsidRDefault="009B5144" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Neonatal Death</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CDD14D1" w14:textId="1626E254" w:rsidR="009B5144" w:rsidRPr="00844649" w:rsidRDefault="009B5144" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Birth Defects </w:t>
+            </w:r>
+            <w:r w:rsidR="00E27142" w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>please provide details in other pregnancy information section below</w:t>
+            </w:r>
+            <w:r w:rsidR="00E27142" w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="221F715B" w14:textId="77777777" w:rsidR="00E27142" w:rsidRPr="00844649" w:rsidRDefault="00E27142" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5816DC29" w14:textId="1798E23E" w:rsidR="00E27142" w:rsidRPr="00844649" w:rsidRDefault="00E27142" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B5144" w:rsidRPr="00276CAE" w14:paraId="32DA289B" w14:textId="77777777" w:rsidTr="00CF1E91">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9180" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="4343E051" w14:textId="0C563C35" w:rsidR="009B5144" w:rsidRPr="00844649" w:rsidRDefault="009B5144" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Delivery</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B5144" w:rsidRPr="00276CAE" w14:paraId="0E4B94EA" w14:textId="77777777" w:rsidTr="00844649">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="636FECC9" w14:textId="77777777" w:rsidR="009B5144" w:rsidRPr="00844649" w:rsidRDefault="009B5144" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Date of delivery:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76547FF9" w14:textId="4711267D" w:rsidR="009B5144" w:rsidRPr="00844649" w:rsidRDefault="009B5144" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22BE601B" w14:textId="5A12C966" w:rsidR="009B5144" w:rsidRPr="00844649" w:rsidRDefault="009B5144" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Gestation (Weeks)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA3AB60" w14:textId="26AED864" w:rsidR="009B5144" w:rsidRPr="00844649" w:rsidRDefault="009B5144" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mode of delivery: (normal, C-section, Forceps etc.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="451993A2" w14:textId="77777777" w:rsidR="009B5144" w:rsidRPr="00844649" w:rsidRDefault="009B5144" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C79ADF8" w14:textId="38CB2CCC" w:rsidR="009B5144" w:rsidRPr="00844649" w:rsidRDefault="009B5144" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B5144" w:rsidRPr="00276CAE" w14:paraId="765EB022" w14:textId="77777777" w:rsidTr="001610B6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71DF7F78" w14:textId="77777777" w:rsidR="009B5144" w:rsidRPr="00844649" w:rsidRDefault="009B5144" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Gender:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DD3F472" w14:textId="77777777" w:rsidR="009B5144" w:rsidRPr="00844649" w:rsidRDefault="009B5144" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F883C87" w14:textId="77777777" w:rsidR="009B5144" w:rsidRPr="00844649" w:rsidRDefault="009B5144" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>M                F</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="049C8783" w14:textId="3E781B89" w:rsidR="00E27142" w:rsidRPr="00844649" w:rsidRDefault="00E27142" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04077067" w14:textId="015EC620" w:rsidR="009B5144" w:rsidRPr="00844649" w:rsidRDefault="009B5144" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>W</w:t>
+            </w:r>
+            <w:r w:rsidR="00E27142" w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ight (Kg)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2280" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43E1A339" w14:textId="77777777" w:rsidR="009B5144" w:rsidRPr="00844649" w:rsidRDefault="009B5144" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Antenatal problems:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2280" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C6FE1A8" w14:textId="31CF03A0" w:rsidR="009B5144" w:rsidRPr="00844649" w:rsidRDefault="009B5144" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Postnatal Problems</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="52D8FD35" w14:textId="77777777" w:rsidR="002C213F" w:rsidRPr="00844649" w:rsidRDefault="002C213F" w:rsidP="001C3877">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2093"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="1192"/>
+        <w:gridCol w:w="9016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
+      <w:tr w:rsidR="00E27142" w:rsidRPr="00276CAE" w14:paraId="14256CA2" w14:textId="77777777" w:rsidTr="00E27142">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
-[...18 lines deleted...]
-              <w:t>Pregnancy outcome</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="69E1BD3B" w14:textId="66281C51" w:rsidR="00E27142" w:rsidRPr="00844649" w:rsidRDefault="00E27142" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Other pregnancy Information: (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>complications during birth, birth defects etc</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA5E02" w:rsidTr="00AA5E02">
-[...82 lines deleted...]
-          <w:p w:rsidR="00AA5E02" w:rsidRDefault="00AA5E02" w:rsidP="003848A8"/>
+      <w:tr w:rsidR="00E27142" w:rsidRPr="00276CAE" w14:paraId="7C6B730B" w14:textId="77777777" w:rsidTr="00E27142">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9242" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AC5416A" w14:textId="77777777" w:rsidR="00E27142" w:rsidRPr="00844649" w:rsidRDefault="00E27142" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA5E02" w:rsidTr="003848A8">
-[...63 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00E27142" w:rsidRPr="00276CAE" w14:paraId="6DD90910" w14:textId="77777777" w:rsidTr="00E27142">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9242" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="412970CC" w14:textId="77777777" w:rsidR="00E27142" w:rsidRPr="00844649" w:rsidRDefault="00E27142" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA5E02" w:rsidTr="003848A8">
-[...77 lines deleted...]
-          <w:p w:rsidR="00AA5E02" w:rsidRDefault="00AA5E02" w:rsidP="003848A8"/>
+      <w:tr w:rsidR="00E27142" w:rsidRPr="00276CAE" w14:paraId="6AEAA95E" w14:textId="77777777" w:rsidTr="00E27142">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9242" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A3DAB8A" w14:textId="77777777" w:rsidR="00E27142" w:rsidRPr="00844649" w:rsidRDefault="00E27142" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C53B11" w:rsidTr="00C53B11">
-[...158 lines deleted...]
-      <w:tr w:rsidR="00C53B11" w:rsidTr="0040100C">
+      <w:tr w:rsidR="00E27142" w:rsidRPr="00276CAE" w14:paraId="3EEBB807" w14:textId="77777777" w:rsidTr="00E27142">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
-[...35 lines deleted...]
-                <w:i/>
+          </w:tcPr>
+          <w:p w14:paraId="47706BFE" w14:textId="77777777" w:rsidR="00E27142" w:rsidRPr="00844649" w:rsidRDefault="00E27142" w:rsidP="001C3877">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877" w:rsidP="001C3877"/>
+    <w:p w14:paraId="4FB9759B" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="001C3877" w:rsidP="001C3877">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7054"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1054"/>
+        <w:gridCol w:w="9016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
+      <w:tr w:rsidR="00D13321" w:rsidRPr="00276CAE" w14:paraId="3C8D22D7" w14:textId="77777777" w:rsidTr="00654512">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00800323" w:rsidRDefault="001C3877" w:rsidP="00AA5E02">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="66649AA2" w14:textId="1818F0A4" w:rsidR="00D13321" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="00654512">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-              </w:rPr>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> at 6 months</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6 – Additional Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00796BCF" w:rsidTr="00796BCF">
-[...76 lines deleted...]
-      <w:tr w:rsidR="00796BCF" w:rsidTr="00796BCF">
+      <w:tr w:rsidR="00D13321" w:rsidRPr="00276CAE" w14:paraId="7DD82E4E" w14:textId="77777777" w:rsidTr="00654512">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
-[...115 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="0D7E5625" w14:textId="77777777" w:rsidR="00D13321" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="00654512">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42BB7A38" w14:textId="77777777" w:rsidR="00D13321" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="00654512">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D4C99B3" w14:textId="77777777" w:rsidR="00D13321" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="00654512">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6EB13C52" w14:textId="77777777" w:rsidR="00D13321" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="00654512">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2063FCE5" w14:textId="77777777" w:rsidR="00D13321" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="00654512">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36E98E45" w14:textId="77777777" w:rsidR="00D13321" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="00654512">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3903C5EF" w14:textId="77777777" w:rsidR="00D13321" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="00654512">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60CD25A2" w14:textId="77777777" w:rsidR="00D13321" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="00654512">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="586C1400" w14:textId="77777777" w:rsidR="00D13321" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="00654512">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E7FB5CE" w14:textId="77777777" w:rsidR="00D13321" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="00654512">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74FF3B0A" w14:textId="77777777" w:rsidR="00D13321" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="00654512">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="454832F8" w14:textId="77777777" w:rsidR="00D13321" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="00654512">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877" w:rsidP="001C3877"/>
+    <w:p w14:paraId="0600AC03" w14:textId="77777777" w:rsidR="00E658A8" w:rsidRPr="00844649" w:rsidRDefault="00E658A8" w:rsidP="001C3877">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844649">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>SEND THE COMPLETED FORM AT THIS POINT TO THE STUDY SPONSOR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77287FDF" w14:textId="6E508B35" w:rsidR="000424DE" w:rsidRPr="00276CAE" w:rsidRDefault="00D13321" w:rsidP="00D13321">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844649">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If a Papworth Sponsored study, please send to: </w:t>
+      </w:r>
+      <w:r w:rsidR="00741B60" w:rsidRPr="00844649">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00276CAE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>papworth.safety-reporting@nhs.net</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005137A6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E08EB9F" w14:textId="77777777" w:rsidR="00D13321" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="00844649">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75332D2B" w14:textId="22F959AE" w:rsidR="00D13321" w:rsidRPr="00276CAE" w:rsidRDefault="00D13321" w:rsidP="00D13321">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844649">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If a non-Papworth sponsored study, please send to study sponsor and Papworth R&amp;D: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="005137A6" w:rsidRPr="004E3D25">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>papworth.safety-reporting@nhs.net</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005137A6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="087BD179" w14:textId="77777777" w:rsidR="00D13321" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="00844649">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17EC78D5" w14:textId="08743CE3" w:rsidR="00741B60" w:rsidRPr="00844649" w:rsidRDefault="00741B60" w:rsidP="001C3877">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844649">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Inform the study participant that they will be followed up at 6 months</w:t>
+      </w:r>
+      <w:r w:rsidR="00D13321" w:rsidRPr="00844649">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00D13321" w:rsidRPr="00844649">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tell them the estimated date</w:t>
+      </w:r>
+      <w:r w:rsidR="00D13321" w:rsidRPr="00844649">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="005137A6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39549A0A" w14:textId="77777777" w:rsidR="00D13321" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="00844649">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AE75FD8" w14:textId="77777777" w:rsidR="00D13321" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="00D13321">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FDA088A" w14:textId="72772D92" w:rsidR="00D13321" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="00D13321">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844649">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>FOLLOW UP AT 6 MONTHS</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9242"/>
+        <w:gridCol w:w="4521"/>
+        <w:gridCol w:w="4495"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
-[...28 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00D13321" w:rsidRPr="00276CAE" w14:paraId="130415C5" w14:textId="77777777" w:rsidTr="00654512">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B35F1EE" w14:textId="77777777" w:rsidR="00D13321" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="00654512">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Date form completed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F8F2ED2" w14:textId="77777777" w:rsidR="00D13321" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="00654512">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
-[...104 lines deleted...]
-                <w:szCs w:val="18"/>
+      <w:tr w:rsidR="00D13321" w:rsidRPr="00276CAE" w14:paraId="730F3125" w14:textId="77777777" w:rsidTr="00654512">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EC3D420" w14:textId="77777777" w:rsidR="00D13321" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="00654512">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Name of person completing the form</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59AD93E2" w14:textId="77777777" w:rsidR="00D13321" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="00654512">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00C53B11" w:rsidRDefault="00C53B11"/>
+    <w:p w14:paraId="12418ADC" w14:textId="77777777" w:rsidR="00D13321" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="001C3877">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2310"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2311"/>
+        <w:gridCol w:w="6867"/>
+        <w:gridCol w:w="1114"/>
+        <w:gridCol w:w="1035"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
+      <w:tr w:rsidR="001C3877" w:rsidRPr="00276CAE" w14:paraId="241A8256" w14:textId="77777777" w:rsidTr="003848A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9242" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+          </w:tcPr>
+          <w:p w14:paraId="18E1A8EE" w14:textId="0ABD0DA9" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="001C3877" w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA5E02" w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Child outcome</w:t>
+            </w:r>
+            <w:r w:rsidR="00C53B11" w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at 6 months</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00276CAE" w:rsidRPr="00276CAE" w14:paraId="041FACD0" w14:textId="77777777" w:rsidTr="00796BCF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7054" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="758603A2" w14:textId="3E5F8EEE" w:rsidR="00276CAE" w:rsidRPr="00276CAE" w:rsidRDefault="00276CAE" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Is the Child Alive</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="314648DA" w14:textId="10F89E1B" w:rsidR="00276CAE" w:rsidRPr="00276CAE" w:rsidRDefault="00276CAE" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7065955B" w14:textId="69DB16DA" w:rsidR="00276CAE" w:rsidRPr="00276CAE" w:rsidRDefault="00276CAE" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00276CAE" w:rsidRPr="00276CAE" w14:paraId="4E8CB577" w14:textId="77777777" w:rsidTr="00783331">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9242" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="25498709" w14:textId="29C5FD23" w:rsidR="00276CAE" w:rsidRPr="00276CAE" w:rsidRDefault="00276CAE" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>If no, please add cause of death</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10CE37F8" w14:textId="77777777" w:rsidR="00276CAE" w:rsidRPr="00276CAE" w:rsidRDefault="00276CAE" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5245D473" w14:textId="77777777" w:rsidR="00276CAE" w:rsidRPr="00276CAE" w:rsidRDefault="00276CAE" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7089AF79" w14:textId="77777777" w:rsidR="00276CAE" w:rsidRPr="00276CAE" w:rsidRDefault="00276CAE" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45C4A0B4" w14:textId="77777777" w:rsidR="00276CAE" w:rsidRPr="00276CAE" w:rsidRDefault="00276CAE" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F32E985" w14:textId="77777777" w:rsidR="00276CAE" w:rsidRPr="00276CAE" w:rsidRDefault="00276CAE" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BF411D3" w14:textId="77777777" w:rsidR="00276CAE" w:rsidRPr="00276CAE" w:rsidRDefault="00276CAE" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="605240CC" w14:textId="77777777" w:rsidR="00276CAE" w:rsidRPr="00276CAE" w:rsidRDefault="00276CAE" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00796BCF" w:rsidRPr="00276CAE" w14:paraId="152DA1BC" w14:textId="77777777" w:rsidTr="00796BCF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7054" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2806E8D9" w14:textId="77777777" w:rsidR="00796BCF" w:rsidRPr="00276CAE" w:rsidRDefault="00796BCF" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Has a Birth Defect been recorded</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C1F8AE0" w14:textId="77777777" w:rsidR="00796BCF" w:rsidRPr="00276CAE" w:rsidRDefault="00796BCF" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="511F7623" w14:textId="77777777" w:rsidR="00796BCF" w:rsidRPr="00276CAE" w:rsidRDefault="00796BCF" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F03F07C" w14:textId="77777777" w:rsidR="00796BCF" w:rsidRPr="00276CAE" w:rsidRDefault="00796BCF" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00796BCF" w:rsidRPr="00276CAE" w14:paraId="0703677C" w14:textId="77777777" w:rsidTr="00796BCF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9242" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="12A2773A" w14:textId="77777777" w:rsidR="00796BCF" w:rsidRPr="00276CAE" w:rsidRDefault="00796BCF" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If yes, </w:t>
+            </w:r>
+            <w:r w:rsidR="00C53B11" w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>lease record the details</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DC49BF2" w14:textId="77777777" w:rsidR="00796BCF" w:rsidRPr="00276CAE" w:rsidRDefault="00796BCF" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A9F95BC" w14:textId="77777777" w:rsidR="00796BCF" w:rsidRPr="00276CAE" w:rsidRDefault="00796BCF" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57405331" w14:textId="77777777" w:rsidR="00796BCF" w:rsidRPr="00276CAE" w:rsidRDefault="00796BCF" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0ECA68C4" w14:textId="77777777" w:rsidR="00796BCF" w:rsidRPr="00276CAE" w:rsidRDefault="00796BCF" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0621E865" w14:textId="77777777" w:rsidR="00796BCF" w:rsidRPr="00276CAE" w:rsidRDefault="00796BCF" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5DDD1F37" w14:textId="77777777" w:rsidR="00796BCF" w:rsidRPr="00276CAE" w:rsidRDefault="00796BCF" w:rsidP="00AA5E02">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="242B6B02" w14:textId="77777777" w:rsidR="000424DE" w:rsidRPr="00844649" w:rsidRDefault="000424DE" w:rsidP="001C3877">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9016"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001C3877" w:rsidRPr="00276CAE" w14:paraId="78A903F7" w14:textId="77777777" w:rsidTr="003848A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9242" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AADCD47" w14:textId="4862AB75" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="00D13321" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="001C3877" w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> –</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA5E02" w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Additional</w:t>
+            </w:r>
+            <w:r w:rsidR="001C3877" w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C3877" w:rsidRPr="00276CAE" w14:paraId="3AEE343A" w14:textId="77777777" w:rsidTr="003848A8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9242" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="070A1F95" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A6A4C8E" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00844649" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B07AA9E" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00844649" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="002950BC" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00844649" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C0AEDE6" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00844649" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A5573D6" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00844649" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B49B475" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00844649" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="648B1189" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00844649" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="462CACCE" w14:textId="77777777" w:rsidR="00AA5E02" w:rsidRPr="00844649" w:rsidRDefault="00AA5E02" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="42404CEB" w14:textId="77777777" w:rsidR="00D13321" w:rsidRDefault="00D13321">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D1D1B49" w14:textId="77777777" w:rsidR="005137A6" w:rsidRDefault="005137A6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7525D6E3" w14:textId="77777777" w:rsidR="005137A6" w:rsidRPr="00844649" w:rsidRDefault="005137A6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2271"/>
+        <w:gridCol w:w="2679"/>
+        <w:gridCol w:w="1822"/>
+        <w:gridCol w:w="2244"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001C3877" w:rsidRPr="00276CAE" w14:paraId="7ADDD50E" w14:textId="77777777" w:rsidTr="003848A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+          <w:p w14:paraId="1059DEBA" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="001C3877" w:rsidP="003848A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00B70344" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+          <w:p w14:paraId="62C233B9" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="001C3877" w:rsidP="003848A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B70344">
-              <w:rPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>THIS REPORT MUST BE SIGNED AND DATED BY THE INVESTIGATOR</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877" w:rsidP="003848A8"/>
+          <w:p w14:paraId="4F473C36" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
+      <w:tr w:rsidR="001C3877" w:rsidRPr="00276CAE" w14:paraId="77C7DCAF" w14:textId="77777777" w:rsidTr="003848A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00132047" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="05743507" w14:textId="3043D027" w:rsidR="00741B60" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="00741B60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:sym w:font="Symbol" w:char="F0B7"/>
             </w:r>
-            <w:r w:rsidRPr="00132047">
-[...24 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00741B60" w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fill in the form, request PI and CI signature and date</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0650D5DB" w14:textId="77777777" w:rsidR="00276CAE" w:rsidRPr="00276CAE" w:rsidRDefault="00276CAE" w:rsidP="00741B60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CBD7FD0" w14:textId="77777777" w:rsidR="00276CAE" w:rsidRPr="00276CAE" w:rsidRDefault="00276CAE" w:rsidP="00276CAE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If a Papworth Sponsored study, please send to:  </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r w:rsidRPr="00276CAE">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>papworth.safety-reporting@nhs.net</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="6CDD3E6E" w14:textId="77777777" w:rsidR="00276CAE" w:rsidRPr="00276CAE" w:rsidRDefault="00276CAE" w:rsidP="00276CAE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7EB0E311" w14:textId="77777777" w:rsidR="00276CAE" w:rsidRPr="00844649" w:rsidRDefault="00276CAE" w:rsidP="00276CAE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>If a non-Papworth sponsored study, please send to study sponsor and Papworth R&amp;D: papworth.safety-reporting@nhs.net</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F5EFCB8" w14:textId="77777777" w:rsidR="00741B60" w:rsidRPr="00276CAE" w:rsidRDefault="00741B60" w:rsidP="00741B60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2ADDE6A1" w14:textId="24A0E416" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="00741B60">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DE57958" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:sym w:font="Symbol" w:char="F0B7"/>
             </w:r>
-            <w:r w:rsidRPr="00132047">
-[...15 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Put one signed copy in your Trial Master File in the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844649">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pharmacovigilance section</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78410491" w14:textId="77777777" w:rsidR="00741B60" w:rsidRPr="00276CAE" w:rsidRDefault="00741B60" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="076CEA0E" w14:textId="66CFE5A8" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:sym w:font="Symbol" w:char="F0B7"/>
             </w:r>
-            <w:r w:rsidRPr="00132047">
-[...61 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Receipt </w:t>
+            </w:r>
+            <w:r w:rsidR="00741B60" w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of notification </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">will be acknowledged by email </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="785BE0B1" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
+      <w:tr w:rsidR="001C3877" w:rsidRPr="00276CAE" w14:paraId="0ADD9992" w14:textId="77777777" w:rsidTr="003848A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...16 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="496A257A" w14:textId="680D9879" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name of </w:t>
+            </w:r>
+            <w:r w:rsidR="00741B60" w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Principle </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Investigator (if reporting from a participating site)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="082C9590" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4172" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00132047" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3172596E" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
+      <w:tr w:rsidR="001C3877" w:rsidRPr="00276CAE" w14:paraId="5D67F2F1" w14:textId="77777777" w:rsidTr="003848A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="725929E3" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="61A8DDFA" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2760" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00132047" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="2658AB0B" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1861" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00132047" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="32A69C10" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2311" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00132047" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3CBDEE33" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
+      <w:tr w:rsidR="001C3877" w:rsidRPr="00276CAE" w14:paraId="425A652C" w14:textId="77777777" w:rsidTr="003848A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...23 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="77DFEE46" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name of Chief Investigator </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64C4F4C1" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4172" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00132047" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="72EE7DBB" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C3877" w:rsidTr="003848A8">
+      <w:tr w:rsidR="001C3877" w:rsidRPr="00276CAE" w14:paraId="649A7C3B" w14:textId="77777777" w:rsidTr="003848A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="20E814BD" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00132047" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="027062A4" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2760" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00132047" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="2C84E819" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1861" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00132047" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="01C8DB9C" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00276CAE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2311" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001C3877" w:rsidRPr="00132047" w:rsidRDefault="001C3877" w:rsidP="003848A8">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="119D8F98" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00276CAE" w:rsidRDefault="001C3877" w:rsidP="003848A8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C3877" w:rsidRDefault="001C3877"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:p w14:paraId="159CD541" w14:textId="77777777" w:rsidR="001C3877" w:rsidRPr="00844649" w:rsidRDefault="001C3877">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="001C3877" w:rsidRPr="00844649">
+      <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="003848A8" w:rsidRDefault="003848A8" w:rsidP="00F141CA">
+    <w:p w14:paraId="7D61A847" w14:textId="77777777" w:rsidR="00C32D2C" w:rsidRDefault="00C32D2C" w:rsidP="00F141CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="003848A8" w:rsidRDefault="003848A8" w:rsidP="00F141CA">
+    <w:p w14:paraId="5557627D" w14:textId="77777777" w:rsidR="00C32D2C" w:rsidRDefault="00C32D2C" w:rsidP="00F141CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-122696569"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="003848A8" w:rsidRDefault="003848A8">
+      <w:p w14:paraId="2F456ADC" w14:textId="77777777" w:rsidR="003848A8" w:rsidRDefault="003848A8">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="003178ED">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="003848A8" w:rsidRDefault="003848A8" w:rsidP="00AB2E06">
-[...12 lines deleted...]
-  <w:p w:rsidR="003848A8" w:rsidRDefault="003848A8">
+  <w:p w14:paraId="1521386A" w14:textId="30650074" w:rsidR="003848A8" w:rsidRDefault="003848A8" w:rsidP="00AB2E06">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">Version Number V0.1   Review Date: July 2021   </w:t>
+      <w:t>FRM080 Pregnancy on a Clinical Trial – Follow Up Form</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="367E00B7" w14:textId="4A4076A9" w:rsidR="003848A8" w:rsidRDefault="003848A8">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve">Version Number </w:t>
+    </w:r>
+    <w:r w:rsidR="00844649">
+      <w:t>V2.0</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> Review Date: </w:t>
+    </w:r>
+    <w:r w:rsidR="00844649">
+      <w:t>October 2028</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve">   </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="003848A8" w:rsidRDefault="003848A8" w:rsidP="00F141CA">
+    <w:p w14:paraId="32675BFC" w14:textId="77777777" w:rsidR="00C32D2C" w:rsidRDefault="00C32D2C" w:rsidP="00F141CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="003848A8" w:rsidRDefault="003848A8" w:rsidP="00F141CA">
+    <w:p w14:paraId="4285FD37" w14:textId="77777777" w:rsidR="00C32D2C" w:rsidRDefault="00C32D2C" w:rsidP="00F141CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0B9C0CDE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3EAA4FB0"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BD92BE6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E058525E"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="375B6F72"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7E420CDA"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5ED27876"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BAF6FE78"/>
+    <w:lvl w:ilvl="0" w:tplc="08090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1558395787">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1610968477">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1460875655">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="662510363">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C3877"/>
+    <w:rsid w:val="000424DE"/>
+    <w:rsid w:val="0005506E"/>
+    <w:rsid w:val="001323B1"/>
+    <w:rsid w:val="0016785A"/>
     <w:rsid w:val="001C3877"/>
+    <w:rsid w:val="00276CAE"/>
+    <w:rsid w:val="002A3DD3"/>
+    <w:rsid w:val="002C213F"/>
+    <w:rsid w:val="002C285D"/>
+    <w:rsid w:val="00310205"/>
+    <w:rsid w:val="003116D3"/>
     <w:rsid w:val="003178ED"/>
     <w:rsid w:val="003848A8"/>
     <w:rsid w:val="003A2BE3"/>
+    <w:rsid w:val="003B0EAC"/>
+    <w:rsid w:val="0045582D"/>
+    <w:rsid w:val="004840B0"/>
+    <w:rsid w:val="005137A6"/>
     <w:rsid w:val="005D6882"/>
     <w:rsid w:val="0069285F"/>
+    <w:rsid w:val="00741B60"/>
+    <w:rsid w:val="00751F6B"/>
     <w:rsid w:val="00796BCF"/>
+    <w:rsid w:val="007F125C"/>
+    <w:rsid w:val="00840014"/>
+    <w:rsid w:val="00844649"/>
     <w:rsid w:val="00884F63"/>
     <w:rsid w:val="008A5CFA"/>
+    <w:rsid w:val="009B5144"/>
+    <w:rsid w:val="009B689B"/>
     <w:rsid w:val="00AA5E02"/>
     <w:rsid w:val="00AB2E06"/>
+    <w:rsid w:val="00B125D1"/>
     <w:rsid w:val="00BB450D"/>
     <w:rsid w:val="00C20251"/>
+    <w:rsid w:val="00C32D2C"/>
+    <w:rsid w:val="00C400E0"/>
     <w:rsid w:val="00C53B11"/>
     <w:rsid w:val="00CC56F2"/>
     <w:rsid w:val="00CF54B5"/>
+    <w:rsid w:val="00D13321"/>
+    <w:rsid w:val="00DA5232"/>
+    <w:rsid w:val="00E27142"/>
+    <w:rsid w:val="00E658A8"/>
     <w:rsid w:val="00E934BD"/>
+    <w:rsid w:val="00EA0C94"/>
     <w:rsid w:val="00F141CA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="1E764FAF"/>
+  <w15:docId w15:val="{F8951B39-CE32-4F67-9111-D8DF6749E527}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00D13321"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -3454,464 +5923,155 @@
     <w:semiHidden/>
     <w:rsid w:val="008A5CFA"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0069285F"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0069285F"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="0069285F"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0069285F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0069285F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...169 lines deleted...]
-    <w:name w:val="Normal Table"/>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...20 lines deleted...]
-    <w:rsid w:val="001C3877"/>
+    <w:rsid w:val="00C400E0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:tblPr>
-[...8 lines deleted...]
-    </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-    <w:name w:val="header"/>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C400E0"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F141CA"/>
-[...47 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00D13321"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...13 lines deleted...]
-    <w:name w:val="annotation reference"/>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0069285F"/>
+    <w:rsid w:val="00D13321"/>
     <w:rPr>
-      <w:sz w:val="16"/>
-[...56 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:papworth.safety-reporting@nhs.net" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:papworth.safety-reporting@nhs.net" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:papworth.safety-reporting@nhs.net" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:papworth.safety-reporting@nhs.net" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4159,82 +6319,410 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100401F9CA0106FC644986E337D559E2231" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="17469ac1b2b2a193a0902ffd2ac57b97">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="605480e5-eaa0-4039-adc3-e4a2043de46a" xmlns:ns4="3f499761-45b5-4d53-bf5f-d69e6658660c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6ae8d1c42ca6dd91a042e7b07131ecec" ns3:_="" ns4:_="">
+    <xsd:import namespace="605480e5-eaa0-4039-adc3-e4a2043de46a"/>
+    <xsd:import namespace="3f499761-45b5-4d53-bf5f-d69e6658660c"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:_activity" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="605480e5-eaa0-4039-adc3-e4a2043de46a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="16" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_activity" ma:index="17" nillable="true" ma:displayName="_activity" ma:hidden="true" ma:internalName="_activity">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="18" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="19" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="20" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="21" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSystemTags" ma:index="22" nillable="true" ma:displayName="MediaServiceSystemTags" ma:hidden="true" ma:internalName="MediaServiceSystemTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="24" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3f499761-45b5-4d53-bf5f-d69e6658660c" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="SharingHintHash" ma:index="14" nillable="true" ma:displayName="Sharing Hint Hash" ma:hidden="true" ma:internalName="SharingHintHash" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="605480e5-eaa0-4039-adc3-e4a2043de46a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6ECA5ED1-A111-4426-A780-093EBA7B5063}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2BB224B6-4719-400E-ABD1-79EA98564E2C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="605480e5-eaa0-4039-adc3-e4a2043de46a"/>
+    <ds:schemaRef ds:uri="3f499761-45b5-4d53-bf5f-d69e6658660c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB2D56B2-027F-4439-B634-696CBCED9681}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B9E2B00-8AFB-463F-95B5-E52BC9A9F3B1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="605480e5-eaa0-4039-adc3-e4a2043de46a"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="3f499761-45b5-4d53-bf5f-d69e6658660c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>1893</Characters>
+  <Pages>4</Pages>
+  <Words>560</Words>
+  <Characters>3196</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Papworth Hospital NHS Foundation Trust</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2221</CharactersWithSpaces>
+  <CharactersWithSpaces>3749</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Bottrill Fiona</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100401F9CA0106FC644986E337D559E2231</vt:lpwstr>
+  </property>
+</Properties>
+</file>