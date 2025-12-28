--- v0 (2025-11-05)
+++ v1 (2025-12-28)
@@ -1,3587 +1,4791 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="002E200F" w:rsidRDefault="002C1865">
+    <w:p w14:paraId="427E54E8" w14:textId="77777777" w:rsidR="002E200F" w:rsidRDefault="002C1865">
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00794745">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="437E5A56" wp14:editId="615C6EB4">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49338824" wp14:editId="66F1EFBF">
             <wp:extent cx="2080260" cy="620193"/>
             <wp:effectExtent l="0" t="0" r="0" b="8890"/>
             <wp:docPr id="1" name="Picture 1" descr="C:\Users\KWAT\Documents\Royal Papworth logo.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3077" name="Picture 8" descr="C:\Users\KWAT\Documents\Royal Papworth logo.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2080260" cy="620193"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
-                    <a:extLst/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9242"/>
+        <w:gridCol w:w="9016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E200F" w:rsidTr="002E200F">
+      <w:tr w:rsidR="002E200F" w14:paraId="2F345165" w14:textId="77777777" w:rsidTr="002E200F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w:rsidR="002E200F" w:rsidRPr="002E200F" w:rsidRDefault="002E200F" w:rsidP="003F45D5">
+          <w:p w14:paraId="038C0F51" w14:textId="77777777" w:rsidR="002E200F" w:rsidRPr="002E200F" w:rsidRDefault="002E200F" w:rsidP="003F45D5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E200F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>PREGNANCY ON A CLINICAL TRIAL</w:t>
             </w:r>
             <w:r w:rsidR="003F45D5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> OF AN INVESTIGATIONAL MEDICINAL PRODUCT</w:t>
             </w:r>
             <w:r w:rsidRPr="002E200F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> – NOTIFICATION FORM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E200F" w:rsidTr="002E200F">
+      <w:tr w:rsidR="002E200F" w14:paraId="22F4B630" w14:textId="77777777" w:rsidTr="002E200F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E200F" w:rsidRPr="002E200F" w:rsidRDefault="002E200F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002E200F">
+          <w:p w14:paraId="052367A9" w14:textId="77777777" w:rsidR="002E200F" w:rsidRPr="00FE082B" w:rsidRDefault="002E200F" w:rsidP="00FE082B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE082B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pregnancy on a clinical trial must be recorded and reported to the Sponsor.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E200F" w:rsidRPr="002E200F" w:rsidRDefault="002E200F">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="002E200F">
+          <w:p w14:paraId="0E312A10" w14:textId="75FAFD14" w:rsidR="00776A6B" w:rsidRPr="00FE082B" w:rsidRDefault="00776A6B" w:rsidP="00FE082B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE082B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>In Papworth Sponsored CTIMPS – the pregnancy should be reported to</w:t>
+            </w:r>
+            <w:r w:rsidR="00037FF2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE082B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> R&amp;D</w:t>
+            </w:r>
+            <w:r w:rsidR="00037FF2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> safety reporting inbox: </w:t>
+            </w:r>
+            <w:r w:rsidR="00037FF2" w:rsidRPr="00037FF2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>papworth.safety-reporting@nhs.net</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59B71C7F" w14:textId="0DC559FD" w:rsidR="00776A6B" w:rsidRPr="00FE082B" w:rsidRDefault="00776A6B" w:rsidP="00FE082B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE082B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In non-Papworth sponsored CTIMPS – please use the study specific forms. If none are </w:t>
+            </w:r>
+            <w:r w:rsidR="006D2F7D" w:rsidRPr="006D2F7D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>available,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE082B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> please use this form. </w:t>
+            </w:r>
+            <w:r w:rsidR="006D2F7D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Report to the study sponsor, also send a copy to Papworth R&amp;D</w:t>
+            </w:r>
+            <w:r w:rsidR="00037FF2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> safety inbox: </w:t>
+            </w:r>
+            <w:r w:rsidR="00037FF2" w:rsidRPr="00037FF2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>papworth.safety-reporting@nhs.net</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A4C7B50" w14:textId="35B3596E" w:rsidR="002E200F" w:rsidRPr="00FE082B" w:rsidRDefault="002E200F" w:rsidP="00FE082B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE082B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>It is desirable to follow up the pregnancy</w:t>
+            </w:r>
+            <w:r w:rsidR="00023ED8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE082B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> but consent must be obtained. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23237964" w14:textId="1F323DF8" w:rsidR="00534D7A" w:rsidRPr="00FE082B" w:rsidRDefault="002E200F" w:rsidP="00FE082B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE082B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>The forms are complementary to reduce duplication. The Follow Up form should be used to complete the event</w:t>
+            </w:r>
+            <w:r w:rsidR="00216285" w:rsidRPr="00FE082B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (FRM080)</w:t>
+            </w:r>
+            <w:r w:rsidR="00C251C8">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002E200F" w:rsidRDefault="002E200F"/>
+    <w:p w14:paraId="20FE2682" w14:textId="77777777" w:rsidR="002E200F" w:rsidRDefault="002E200F"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3369"/>
-        <w:gridCol w:w="5873"/>
+        <w:gridCol w:w="4522"/>
+        <w:gridCol w:w="4494"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E200F" w:rsidTr="003A14E4">
+      <w:tr w:rsidR="00A848BE" w14:paraId="4F472FCD" w14:textId="77777777" w:rsidTr="00A848BE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF2EE4F" w14:textId="5B7A00FE" w:rsidR="00A848BE" w:rsidRDefault="00A848BE">
+            <w:bookmarkStart w:id="0" w:name="_Hlk211517538"/>
+            <w:r>
+              <w:t>Date form completed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BAD37EC" w14:textId="77777777" w:rsidR="00A848BE" w:rsidRDefault="00A848BE"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A848BE" w14:paraId="1B3578F9" w14:textId="77777777" w:rsidTr="00A848BE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7901A7DB" w14:textId="2E26FECB" w:rsidR="00A848BE" w:rsidRDefault="00A848BE">
+            <w:r>
+              <w:t>Name of person completing the form</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F917B56" w14:textId="77777777" w:rsidR="00A848BE" w:rsidRDefault="00A848BE"/>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
+    </w:tbl>
+    <w:p w14:paraId="31790B6E" w14:textId="77777777" w:rsidR="00A848BE" w:rsidRDefault="00A848BE"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3322"/>
+        <w:gridCol w:w="5694"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002E200F" w14:paraId="20A812AB" w14:textId="77777777" w:rsidTr="003A14E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w:rsidR="002E200F" w:rsidRDefault="002E200F">
+          <w:p w14:paraId="5117FF40" w14:textId="77777777" w:rsidR="002E200F" w:rsidRDefault="002E200F">
             <w:r w:rsidRPr="002E200F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1 – Trial Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E200F" w:rsidTr="002E200F">
+      <w:tr w:rsidR="00216285" w14:paraId="2B962CA3" w14:textId="77777777" w:rsidTr="002E200F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E200F" w:rsidRPr="002E200F" w:rsidRDefault="002E200F">
-[...11 lines deleted...]
-              <w:t>1a) Sponsor</w:t>
+          <w:p w14:paraId="5A40CDD0" w14:textId="03993465" w:rsidR="00216285" w:rsidRPr="00FE082B" w:rsidDel="00216285" w:rsidRDefault="00216285" w:rsidP="00FE082B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Study Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5873" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E200F" w:rsidRDefault="002E200F"/>
+          <w:p w14:paraId="03248886" w14:textId="77777777" w:rsidR="00216285" w:rsidRDefault="00216285"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E200F" w:rsidTr="002E200F">
+      <w:tr w:rsidR="00216285" w14:paraId="46B6AB1F" w14:textId="77777777" w:rsidTr="002E200F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E200F" w:rsidRPr="002E200F" w:rsidRDefault="002E200F">
-[...11 lines deleted...]
-              <w:t>1b) Chief Investigator</w:t>
+          <w:p w14:paraId="2FEF51A4" w14:textId="122CF354" w:rsidR="00216285" w:rsidRPr="00FE082B" w:rsidDel="00216285" w:rsidRDefault="00216285" w:rsidP="00FE082B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>R&amp;D P0 Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5873" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E200F" w:rsidRDefault="002E200F"/>
+          <w:p w14:paraId="0B1BDB3F" w14:textId="77777777" w:rsidR="00216285" w:rsidRDefault="00216285"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E200F" w:rsidTr="002E200F">
+      <w:tr w:rsidR="00216285" w14:paraId="351374F2" w14:textId="77777777" w:rsidTr="002E200F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E200F" w:rsidRPr="002E200F" w:rsidRDefault="002E200F">
-[...11 lines deleted...]
-              <w:t>1c) Investigator name (If other site)</w:t>
+          <w:p w14:paraId="392A2A70" w14:textId="474E56DA" w:rsidR="00216285" w:rsidRPr="00FE082B" w:rsidDel="00216285" w:rsidRDefault="00216285" w:rsidP="00FE082B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE082B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IRAS number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5873" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E200F" w:rsidRDefault="002E200F"/>
+          <w:p w14:paraId="21AAEB59" w14:textId="77777777" w:rsidR="00216285" w:rsidRDefault="00216285"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E200F" w:rsidTr="002E200F">
+      <w:tr w:rsidR="002E200F" w14:paraId="2D72A459" w14:textId="77777777" w:rsidTr="002E200F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E200F" w:rsidRPr="002E200F" w:rsidRDefault="002E200F">
-[...11 lines deleted...]
-              <w:t>1d) Study site name</w:t>
+          <w:p w14:paraId="6AE0EA7B" w14:textId="7A5D2C95" w:rsidR="002E200F" w:rsidRPr="00FE082B" w:rsidRDefault="002E200F" w:rsidP="00FE082B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE082B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sponsor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5873" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E200F" w:rsidRDefault="002E200F"/>
+          <w:p w14:paraId="51907202" w14:textId="77777777" w:rsidR="002E200F" w:rsidRDefault="002E200F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E200F" w:rsidTr="002E200F">
+      <w:tr w:rsidR="002E200F" w14:paraId="14910BF7" w14:textId="77777777" w:rsidTr="002E200F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E200F" w:rsidRPr="002E200F" w:rsidRDefault="002E200F">
-[...11 lines deleted...]
-              <w:t>1e) EudraCT number</w:t>
+          <w:p w14:paraId="2217BA35" w14:textId="39638750" w:rsidR="002E200F" w:rsidRPr="00FE082B" w:rsidRDefault="002E200F" w:rsidP="00FE082B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE082B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Chief Investigator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5873" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E200F" w:rsidRDefault="002E200F"/>
+          <w:p w14:paraId="034F4EDC" w14:textId="77777777" w:rsidR="002E200F" w:rsidRDefault="002E200F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E200F" w:rsidTr="002E200F">
+      <w:tr w:rsidR="002E200F" w14:paraId="49A6977B" w14:textId="77777777" w:rsidTr="002E200F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E200F" w:rsidRPr="002E200F" w:rsidRDefault="002E200F">
-[...11 lines deleted...]
-              <w:t>1f) R&amp;D number</w:t>
+          <w:p w14:paraId="1B84C57F" w14:textId="3DCB6430" w:rsidR="002E200F" w:rsidRPr="00FE082B" w:rsidRDefault="00216285" w:rsidP="00FE082B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE082B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Principal</w:t>
+            </w:r>
+            <w:r w:rsidR="002E200F" w:rsidRPr="00FE082B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Investigator </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5873" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E200F" w:rsidRDefault="002E200F"/>
+          <w:p w14:paraId="4F995D8C" w14:textId="77777777" w:rsidR="002E200F" w:rsidRDefault="002E200F"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E200F" w:rsidTr="002E200F">
+      <w:tr w:rsidR="002E200F" w14:paraId="3E6D2744" w14:textId="77777777" w:rsidTr="002E200F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E200F" w:rsidRPr="002E200F" w:rsidRDefault="002E200F">
-[...11 lines deleted...]
-              <w:t>1g) Study Title</w:t>
+          <w:p w14:paraId="170E1870" w14:textId="07D39A78" w:rsidR="002E200F" w:rsidRPr="00FE082B" w:rsidRDefault="002E200F" w:rsidP="00FE082B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE082B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Study site name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5873" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E200F" w:rsidRDefault="002E200F"/>
+          <w:p w14:paraId="12CC307F" w14:textId="77777777" w:rsidR="002E200F" w:rsidRDefault="002E200F"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002E200F" w:rsidRDefault="002E200F"/>
+    <w:p w14:paraId="28168F2B" w14:textId="77777777" w:rsidR="002E200F" w:rsidRDefault="002E200F"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9180" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7466"/>
         <w:gridCol w:w="840"/>
         <w:gridCol w:w="874"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007C1E11" w:rsidTr="007C1E11">
+      <w:tr w:rsidR="007C1E11" w14:paraId="1F07F800" w14:textId="77777777" w:rsidTr="007C1E11">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w:rsidR="007C1E11" w:rsidRPr="00800323" w:rsidRDefault="007C1E11">
+          <w:p w14:paraId="047F3459" w14:textId="77777777" w:rsidR="007C1E11" w:rsidRPr="00800323" w:rsidRDefault="007C1E11">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00800323">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>2 – Participant Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1E11" w:rsidTr="007C1E11">
+      <w:tr w:rsidR="007C1E11" w14:paraId="354E27E1" w14:textId="77777777" w:rsidTr="007C1E11">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7466" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007C1E11" w:rsidRPr="009962CC" w:rsidRDefault="007C1E11">
+          <w:p w14:paraId="0FC1DE49" w14:textId="77777777" w:rsidR="007C1E11" w:rsidRPr="009962CC" w:rsidRDefault="007C1E11">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009962CC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>The participant is female and has become pregnant while taking part in a clinical trial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007C1E11" w:rsidRPr="009962CC" w:rsidRDefault="007C1E11" w:rsidP="007C1E11">
+          <w:p w14:paraId="1B795889" w14:textId="77777777" w:rsidR="007C1E11" w:rsidRPr="009962CC" w:rsidRDefault="007C1E11" w:rsidP="007C1E11">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="874" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007C1E11" w:rsidRPr="009962CC" w:rsidRDefault="007C1E11" w:rsidP="00F47132">
+          <w:p w14:paraId="19463439" w14:textId="77777777" w:rsidR="007C1E11" w:rsidRPr="009962CC" w:rsidRDefault="007C1E11" w:rsidP="00F47132">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1E11" w:rsidTr="007C1E11">
+      <w:tr w:rsidR="007C1E11" w14:paraId="51FF101D" w14:textId="77777777" w:rsidTr="007C1E11">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7466" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007C1E11" w:rsidRPr="009962CC" w:rsidRDefault="007C1E11">
+          <w:p w14:paraId="125CACEC" w14:textId="77777777" w:rsidR="007C1E11" w:rsidRPr="009962CC" w:rsidRDefault="007C1E11">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009962CC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>The participant is male whose female partner has become pregnant while he is on a trial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007C1E11" w:rsidRPr="009962CC" w:rsidRDefault="007C1E11" w:rsidP="007C1E11">
+          <w:p w14:paraId="08628678" w14:textId="77777777" w:rsidR="007C1E11" w:rsidRPr="009962CC" w:rsidRDefault="007C1E11" w:rsidP="007C1E11">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="874" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007C1E11" w:rsidRPr="009962CC" w:rsidRDefault="007C1E11" w:rsidP="00F47132">
+          <w:p w14:paraId="46CD6DEE" w14:textId="77777777" w:rsidR="007C1E11" w:rsidRPr="009962CC" w:rsidRDefault="007C1E11" w:rsidP="00F47132">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C1E11" w:rsidTr="007C1E11">
+      <w:tr w:rsidR="007C1E11" w14:paraId="2FF1249F" w14:textId="77777777" w:rsidTr="007C1E11">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7466" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007C1E11" w:rsidRPr="009962CC" w:rsidRDefault="007C1E11" w:rsidP="00D66ECB">
+          <w:p w14:paraId="4119FB68" w14:textId="406D213C" w:rsidR="007C1E11" w:rsidRPr="009962CC" w:rsidRDefault="007C1E11" w:rsidP="00D66ECB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009962CC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Has consent </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">been given </w:t>
+              <w:t>been given</w:t>
+            </w:r>
+            <w:r w:rsidR="00D52B94">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by the female</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009962CC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>to follow up the pregnancy?</w:t>
+              <w:t>to follow up the pregnancy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007C1E11" w:rsidRPr="009962CC" w:rsidRDefault="007C1E11" w:rsidP="002E200F">
+          <w:p w14:paraId="1CCE9A94" w14:textId="77777777" w:rsidR="007C1E11" w:rsidRPr="009962CC" w:rsidRDefault="007C1E11" w:rsidP="002E200F">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009962CC">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="874" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007C1E11" w:rsidRPr="009962CC" w:rsidRDefault="007C1E11" w:rsidP="002E200F">
+          <w:p w14:paraId="3D0CD26B" w14:textId="77777777" w:rsidR="007C1E11" w:rsidRPr="009962CC" w:rsidRDefault="007C1E11" w:rsidP="002E200F">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009962CC">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002E200F" w:rsidRPr="007C1E11" w:rsidRDefault="002E200F" w:rsidP="007C1E11"/>
+    <w:p w14:paraId="5116A1C1" w14:textId="77777777" w:rsidR="002E200F" w:rsidRPr="007C1E11" w:rsidRDefault="002E200F" w:rsidP="007C1E11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1432"/>
+        <w:gridCol w:w="1416"/>
         <w:gridCol w:w="804"/>
-        <w:gridCol w:w="1133"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1236"/>
+        <w:gridCol w:w="1092"/>
+        <w:gridCol w:w="1245"/>
+        <w:gridCol w:w="2063"/>
+        <w:gridCol w:w="1208"/>
+        <w:gridCol w:w="1188"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009962CC" w:rsidTr="00BE0FF5">
+      <w:tr w:rsidR="009962CC" w14:paraId="2EA17542" w14:textId="77777777" w:rsidTr="00BE0FF5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w:rsidR="009962CC" w:rsidRPr="00800323" w:rsidRDefault="009962CC">
+          <w:p w14:paraId="6C485994" w14:textId="4BECADC2" w:rsidR="009962CC" w:rsidRPr="00800323" w:rsidRDefault="009962CC">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00800323">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>3 – Material Information</w:t>
+              <w:t>3 – Mater</w:t>
+            </w:r>
+            <w:r w:rsidR="00D52B94">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>nal</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00800323">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009962CC" w:rsidTr="00800323">
+      <w:tr w:rsidR="009962CC" w14:paraId="6175F2A1" w14:textId="77777777" w:rsidTr="00800323">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009962CC" w:rsidRPr="00800323" w:rsidRDefault="009962CC">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00800323">
+          <w:p w14:paraId="031C2D70" w14:textId="0E759B48" w:rsidR="009962CC" w:rsidRPr="00800323" w:rsidRDefault="00216285">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pt. </w:t>
+            </w:r>
+            <w:r w:rsidR="009962CC" w:rsidRPr="00800323">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Initials</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1937" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="009962CC" w:rsidRPr="00800323" w:rsidRDefault="009962CC">
+          <w:p w14:paraId="6B07C799" w14:textId="2366D5D8" w:rsidR="009962CC" w:rsidRPr="00800323" w:rsidRDefault="00216285">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Study </w:t>
+            </w:r>
+            <w:r w:rsidR="009962CC" w:rsidRPr="00800323">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ID (if applicable)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24813558" w14:textId="77777777" w:rsidR="009962CC" w:rsidRPr="00800323" w:rsidRDefault="009962CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00800323">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ID No (if applicable)</w:t>
-[...18 lines deleted...]
-              </w:rPr>
               <w:t>DOB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009962CC" w:rsidRPr="00800323" w:rsidRDefault="009962CC">
+          <w:p w14:paraId="0BE825A6" w14:textId="0B6B56F3" w:rsidR="009962CC" w:rsidRPr="00800323" w:rsidRDefault="009962CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00800323">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Last menses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2471" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="009962CC" w:rsidRPr="00800323" w:rsidRDefault="00800323">
+          <w:p w14:paraId="63F8F904" w14:textId="77777777" w:rsidR="009962CC" w:rsidRPr="00800323" w:rsidRDefault="00800323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Expected Delivery date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009962CC" w:rsidTr="00800323">
+      <w:tr w:rsidR="009962CC" w14:paraId="493A3CE2" w14:textId="77777777" w:rsidTr="00800323">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009962CC" w:rsidRPr="00800323" w:rsidRDefault="009962CC">
+          <w:p w14:paraId="6D91E88E" w14:textId="77777777" w:rsidR="009962CC" w:rsidRDefault="009962CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04EA0513" w14:textId="77777777" w:rsidR="00E66BF6" w:rsidRPr="00800323" w:rsidRDefault="00E66BF6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1937" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="009962CC" w:rsidRPr="00800323" w:rsidRDefault="009962CC">
+          <w:p w14:paraId="20D163AD" w14:textId="77777777" w:rsidR="009962CC" w:rsidRPr="00800323" w:rsidRDefault="009962CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009962CC" w:rsidRPr="00800323" w:rsidRDefault="009962CC">
+          <w:p w14:paraId="1BE9990D" w14:textId="77777777" w:rsidR="009962CC" w:rsidRPr="00800323" w:rsidRDefault="009962CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009962CC" w:rsidRPr="00800323" w:rsidRDefault="009962CC">
+          <w:p w14:paraId="6BA139D9" w14:textId="77777777" w:rsidR="009962CC" w:rsidRPr="00800323" w:rsidRDefault="009962CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2471" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="009962CC" w:rsidRPr="00800323" w:rsidRDefault="009962CC">
+          <w:p w14:paraId="23352787" w14:textId="77777777" w:rsidR="009962CC" w:rsidRPr="00800323" w:rsidRDefault="009962CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00800323" w:rsidTr="000861C7">
+      <w:tr w:rsidR="00800323" w14:paraId="4F8A6C21" w14:textId="77777777" w:rsidTr="000861C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
+          <w:p w14:paraId="5A3E97F2" w14:textId="77777777" w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00800323">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If participant is male</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
+          <w:p w14:paraId="2E5803B2" w14:textId="77777777" w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
+          <w:p w14:paraId="019282E8" w14:textId="77777777" w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00800323">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Initials</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1133" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
+          <w:p w14:paraId="6CB4BD72" w14:textId="77777777" w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
-[...11 lines deleted...]
-              <w:t>ID No</w:t>
+          <w:p w14:paraId="6CD49CF9" w14:textId="7DA48E5E" w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00037FF2">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Study </w:t>
+            </w:r>
+            <w:r w:rsidR="00800323" w:rsidRPr="00800323">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ID </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
+          <w:p w14:paraId="3396EAAD" w14:textId="77777777" w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
+          <w:p w14:paraId="3FB5D02E" w14:textId="77777777" w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DOB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
+          <w:p w14:paraId="3D004CAD" w14:textId="77777777" w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009962CC" w:rsidRDefault="009962CC"/>
+    <w:p w14:paraId="0C62FB51" w14:textId="77777777" w:rsidR="009962CC" w:rsidRDefault="009962CC"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1540"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1541"/>
+        <w:gridCol w:w="1520"/>
+        <w:gridCol w:w="1479"/>
+        <w:gridCol w:w="1517"/>
+        <w:gridCol w:w="1492"/>
+        <w:gridCol w:w="1491"/>
+        <w:gridCol w:w="1517"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00800323" w:rsidTr="00800323">
+      <w:tr w:rsidR="00800323" w14:paraId="379A2296" w14:textId="77777777" w:rsidTr="00800323">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
+          <w:p w14:paraId="4C501749" w14:textId="77777777" w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00800323">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">4 - Contraception </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00800323" w:rsidTr="00800323">
+      <w:tr w:rsidR="00800323" w14:paraId="68657794" w14:textId="77777777" w:rsidTr="00800323">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
+          <w:p w14:paraId="2F2DB0E1" w14:textId="3B26817B" w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00800323">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Method (or None)</w:t>
+              <w:t xml:space="preserve">Method </w:t>
+            </w:r>
+            <w:r w:rsidR="00E66BF6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">used </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00800323">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00E66BF6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>document if n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00800323">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>one</w:t>
+            </w:r>
+            <w:r w:rsidR="00E66BF6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> used</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00800323">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
+          <w:p w14:paraId="06E78028" w14:textId="77777777" w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
+          <w:p w14:paraId="7A2C3EE4" w14:textId="77777777" w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00800323">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Used as instructed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323" w:rsidP="00800323">
+          <w:p w14:paraId="0E75B228" w14:textId="77777777" w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323" w:rsidP="00800323">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00800323">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323" w:rsidP="00800323">
+          <w:p w14:paraId="54406FCA" w14:textId="77777777" w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323" w:rsidP="00800323">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00800323">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">No </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323" w:rsidP="00800323">
+          <w:p w14:paraId="470D6842" w14:textId="77777777" w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323" w:rsidP="00800323">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00800323">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Uncertain</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002E200F" w:rsidRDefault="002E200F"/>
+    <w:p w14:paraId="17A94D2C" w14:textId="77777777" w:rsidR="002E200F" w:rsidRDefault="002E200F"/>
+    <w:p w14:paraId="14DF217B" w14:textId="77777777" w:rsidR="00E66BF6" w:rsidRDefault="00E66BF6"/>
+    <w:p w14:paraId="4A02A50F" w14:textId="77777777" w:rsidR="00E66BF6" w:rsidRDefault="00E66BF6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="534"/>
-        <w:gridCol w:w="8708"/>
+        <w:gridCol w:w="530"/>
+        <w:gridCol w:w="8486"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00800323" w:rsidTr="00800323">
+      <w:tr w:rsidR="00800323" w14:paraId="55539A28" w14:textId="77777777" w:rsidTr="00800323">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
+          <w:p w14:paraId="550253BF" w14:textId="77777777" w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00800323">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>5 – Previous Obstetric History (continue in section 8 if required)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00800323" w:rsidTr="00800323">
+      <w:tr w:rsidR="00800323" w14:paraId="12A54C50" w14:textId="77777777" w:rsidTr="00800323">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
+          <w:p w14:paraId="034DCD39" w14:textId="77777777" w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00800323">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRDefault="00800323"/>
+          <w:p w14:paraId="5AC6AB45" w14:textId="77777777" w:rsidR="00800323" w:rsidRDefault="00800323"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00800323" w:rsidTr="00800323">
+      <w:tr w:rsidR="00800323" w14:paraId="362EFDD5" w14:textId="77777777" w:rsidTr="00800323">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
+          <w:p w14:paraId="6A6D6629" w14:textId="77777777" w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00800323">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRDefault="00800323"/>
+          <w:p w14:paraId="01F52F94" w14:textId="77777777" w:rsidR="00800323" w:rsidRDefault="00800323"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00800323" w:rsidTr="00800323">
+      <w:tr w:rsidR="00800323" w14:paraId="749D030F" w14:textId="77777777" w:rsidTr="00800323">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
+          <w:p w14:paraId="43CCAFA5" w14:textId="77777777" w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00800323">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRDefault="00800323"/>
+          <w:p w14:paraId="1E7B2090" w14:textId="77777777" w:rsidR="00800323" w:rsidRDefault="00800323"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00800323" w:rsidTr="00800323">
+      <w:tr w:rsidR="00800323" w14:paraId="66595C17" w14:textId="77777777" w:rsidTr="00800323">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
+          <w:p w14:paraId="468B52FB" w14:textId="77777777" w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00800323">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRDefault="00800323"/>
+          <w:p w14:paraId="69FB3CD3" w14:textId="77777777" w:rsidR="00800323" w:rsidRDefault="00800323"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00800323" w:rsidTr="00800323">
+      <w:tr w:rsidR="00800323" w14:paraId="7E2EB1EE" w14:textId="77777777" w:rsidTr="00800323">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
+          <w:p w14:paraId="0D2EDEB6" w14:textId="77777777" w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00800323">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRDefault="00800323"/>
+          <w:p w14:paraId="5A22A55C" w14:textId="77777777" w:rsidR="00800323" w:rsidRDefault="00800323"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00800323" w:rsidRDefault="00800323"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00B70344" w:rsidRDefault="00B70344"/>
+    <w:p w14:paraId="223548F3" w14:textId="77777777" w:rsidR="00B70344" w:rsidRDefault="00B70344"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9242"/>
+        <w:gridCol w:w="9016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00800323" w:rsidTr="00800323">
+      <w:tr w:rsidR="00800323" w14:paraId="30AE8A64" w14:textId="77777777" w:rsidTr="00800323">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
+          <w:p w14:paraId="713C484C" w14:textId="77777777" w:rsidR="00800323" w:rsidRPr="00800323" w:rsidRDefault="00800323">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00800323">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>6 – Previous Medical History</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00800323" w:rsidTr="00800323">
+      <w:tr w:rsidR="00800323" w14:paraId="1E4DFC27" w14:textId="77777777" w:rsidTr="00800323">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00800323" w:rsidRDefault="00800323"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00800323" w:rsidRDefault="00800323"/>
+          <w:p w14:paraId="32FFDEB1" w14:textId="77777777" w:rsidR="00800323" w:rsidRDefault="00800323"/>
+          <w:p w14:paraId="1D0F0744" w14:textId="77777777" w:rsidR="00800323" w:rsidRDefault="00800323"/>
+          <w:p w14:paraId="649682CF" w14:textId="77777777" w:rsidR="00800323" w:rsidRDefault="00800323"/>
+          <w:p w14:paraId="7D25277F" w14:textId="77777777" w:rsidR="00800323" w:rsidRDefault="00800323"/>
+          <w:p w14:paraId="15692D59" w14:textId="77777777" w:rsidR="00800323" w:rsidRDefault="00800323"/>
+          <w:p w14:paraId="7EFD6CB2" w14:textId="77777777" w:rsidR="00800323" w:rsidRDefault="00800323"/>
+          <w:p w14:paraId="5B3FDFCC" w14:textId="77777777" w:rsidR="00800323" w:rsidRDefault="00800323"/>
+          <w:p w14:paraId="3C798E1E" w14:textId="77777777" w:rsidR="00800323" w:rsidRDefault="00800323"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00800323" w:rsidRDefault="00800323"/>
+    <w:p w14:paraId="30CF232F" w14:textId="77777777" w:rsidR="00800323" w:rsidRDefault="00800323"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1540"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1321"/>
+        <w:gridCol w:w="1493"/>
+        <w:gridCol w:w="977"/>
+        <w:gridCol w:w="975"/>
+        <w:gridCol w:w="1245"/>
+        <w:gridCol w:w="1645"/>
+        <w:gridCol w:w="1391"/>
+        <w:gridCol w:w="1290"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B70344" w:rsidTr="00B70344">
+      <w:tr w:rsidR="00B70344" w14:paraId="4059A196" w14:textId="77777777" w:rsidTr="00B70344">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="158592B3" w14:textId="569E61E0" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B70344">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>7 – Medical Information</w:t>
+              <w:t xml:space="preserve">7 – </w:t>
+            </w:r>
+            <w:r w:rsidR="00E66BF6">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Study IMP and Concomitant Medication </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B70344" w:rsidTr="00B70344">
+      <w:tr w:rsidR="00B70344" w14:paraId="07CB8E3C" w14:textId="77777777" w:rsidTr="00B70344">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="4998D90C" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B70344">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7a) Information about the IMP</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B70344" w:rsidTr="00B70344">
+      <w:tr w:rsidR="00B70344" w14:paraId="4524947E" w14:textId="77777777" w:rsidTr="00B70344">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="271C445A" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B70344">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Drug</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="0276FF26" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B70344">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dose</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="2A270F1A" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B70344">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Route</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="377B1810" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B70344">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Start Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="0856F076" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B70344">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Stop date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2755" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="0A539FC2" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Week of pregnancy when medication stopped</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B70344" w:rsidTr="00B70344">
+      <w:tr w:rsidR="00B70344" w14:paraId="01A0BB95" w14:textId="77777777" w:rsidTr="00B70344">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="27617666" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="6107EB9D" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="07E6C798" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="3B83D8BA" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="4C1E2E7D" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2755" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="3CEA3FDC" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B70344" w:rsidTr="00B70344">
+      <w:tr w:rsidR="00B70344" w14:paraId="2147949A" w14:textId="77777777" w:rsidTr="00B70344">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="0E4902BF" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="21FB1508" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="3862A95D" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="3C0821A0" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="1EFEC833" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2755" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="2F531489" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B70344" w:rsidTr="00B70344">
+      <w:tr w:rsidR="00B70344" w14:paraId="6C0591A8" w14:textId="77777777" w:rsidTr="00B70344">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="521CA0B3" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="2F4DDB2E" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="58DE399E" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="60554E4B" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="43A982AA" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2755" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="5906916B" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B70344" w:rsidTr="00B70344">
+      <w:tr w:rsidR="00B70344" w14:paraId="0E55B157" w14:textId="77777777" w:rsidTr="00B70344">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="2CB1C76E" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="3B3C81EE" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="1B515F6E" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="1BC6BBE1" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="32227411" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2755" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="6ECB7508" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B70344" w:rsidTr="00B70344">
+      <w:tr w:rsidR="00B70344" w14:paraId="59D414A5" w14:textId="77777777" w:rsidTr="00B70344">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="08810CC8" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7b) Concomitant Medication at the time of conception</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B70344" w:rsidTr="00132047">
+      <w:tr w:rsidR="00B70344" w14:paraId="29AC7A0C" w14:textId="77777777" w:rsidTr="00132047">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="3828DC6D" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Drug</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="129D1D50" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Indication</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="307A4621" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dose</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="5DE11F14" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Route</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="207219DC" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Start date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1434" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="5456CD5C" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Stop Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1321" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="2111245B" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Action taken</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B70344" w:rsidTr="00132047">
+      <w:tr w:rsidR="00B70344" w14:paraId="711C2CBB" w14:textId="77777777" w:rsidTr="00132047">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="58D2E0AB" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="2D01F6CF" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="3F663240" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="4EA28CED" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="4D054B78" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1434" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="5F2D1F98" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1321" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="612204BA" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B70344" w:rsidTr="00132047">
+      <w:tr w:rsidR="00B70344" w14:paraId="70A1BE5D" w14:textId="77777777" w:rsidTr="00132047">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="60ED07FB" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="00580061" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="4B1334B2" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="3AD977FE" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="43DD1FA5" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1434" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="1513C4A7" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1321" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="326BE7A0" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B70344" w:rsidTr="00132047">
+      <w:tr w:rsidR="00B70344" w14:paraId="3D0597B1" w14:textId="77777777" w:rsidTr="00132047">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="0810DC71" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="09E588D6" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="45BF2C8B" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="521CB02E" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="319FACD4" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1434" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="55B60BDE" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1321" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="43F22F18" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B70344" w:rsidTr="00132047">
+      <w:tr w:rsidR="00B70344" w14:paraId="3346946D" w14:textId="77777777" w:rsidTr="00132047">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="1A993154" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="020616B2" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="3EA16077" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="4FFE78BE" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="706AF4C0" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1434" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="523C60E3" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1321" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="715DB71C" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B70344" w:rsidTr="00132047">
+      <w:tr w:rsidR="00B70344" w14:paraId="1B6F3CF9" w14:textId="77777777" w:rsidTr="00132047">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="35B8D8C3" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="0F608F67" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="066A1EBD" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="3029F49B" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="54999DC6" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1434" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="24468900" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1321" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="41029732" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B70344" w:rsidTr="00132047">
+      <w:tr w:rsidR="00B70344" w14:paraId="04A4D2FC" w14:textId="77777777" w:rsidTr="00132047">
         <w:trPr>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="1582CDD6" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="561F591E" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="0BAAAD97" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="2DD23D98" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="7591AB7C" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1434" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="706CA7E2" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1321" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="1371826A" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B70344" w:rsidRDefault="00B70344"/>
+    <w:p w14:paraId="423EC30C" w14:textId="77777777" w:rsidR="00B70344" w:rsidRDefault="00B70344"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9242"/>
+        <w:gridCol w:w="9016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B70344" w:rsidTr="00B70344">
+      <w:tr w:rsidR="00B70344" w14:paraId="7082B3A1" w14:textId="77777777" w:rsidTr="00B70344">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
+          <w:p w14:paraId="7CCD715B" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B70344">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>8 – Additional Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B70344" w:rsidTr="00B70344">
+      <w:tr w:rsidR="00B70344" w14:paraId="3C8378AB" w14:textId="77777777" w:rsidTr="00B70344">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRDefault="00B70344"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00B70344" w:rsidRDefault="00B70344"/>
+          <w:p w14:paraId="61322631" w14:textId="77777777" w:rsidR="00B70344" w:rsidRDefault="00B70344"/>
+          <w:p w14:paraId="5BF005A2" w14:textId="77777777" w:rsidR="00B70344" w:rsidRDefault="00B70344"/>
+          <w:p w14:paraId="2214FDE8" w14:textId="77777777" w:rsidR="00B70344" w:rsidRDefault="00B70344"/>
+          <w:p w14:paraId="1A5D6FE5" w14:textId="77777777" w:rsidR="00B70344" w:rsidRDefault="00B70344"/>
+          <w:p w14:paraId="0D9A6A07" w14:textId="77777777" w:rsidR="00B70344" w:rsidRDefault="00B70344"/>
+          <w:p w14:paraId="77E24D1B" w14:textId="77777777" w:rsidR="00B70344" w:rsidRDefault="00B70344"/>
+          <w:p w14:paraId="3FB4F859" w14:textId="77777777" w:rsidR="00B70344" w:rsidRDefault="00B70344"/>
+          <w:p w14:paraId="1CA84BC5" w14:textId="77777777" w:rsidR="00B70344" w:rsidRDefault="00B70344"/>
+          <w:p w14:paraId="7F6F8B72" w14:textId="77777777" w:rsidR="00B70344" w:rsidRDefault="00B70344"/>
+          <w:p w14:paraId="75458E2B" w14:textId="77777777" w:rsidR="00B70344" w:rsidRDefault="00B70344"/>
+          <w:p w14:paraId="60E140E5" w14:textId="77777777" w:rsidR="00B70344" w:rsidRDefault="00B70344"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B70344" w:rsidRDefault="00B70344"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="007C1E11" w:rsidRDefault="007C1E11"/>
+    <w:p w14:paraId="43080563" w14:textId="77777777" w:rsidR="007C1E11" w:rsidRDefault="007C1E11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2310"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2311"/>
+        <w:gridCol w:w="2270"/>
+        <w:gridCol w:w="2680"/>
+        <w:gridCol w:w="1821"/>
+        <w:gridCol w:w="2245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B70344" w:rsidTr="00B70344">
+      <w:tr w:rsidR="00B70344" w14:paraId="5ED333A9" w14:textId="77777777" w:rsidTr="00B70344">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRDefault="00B70344" w:rsidP="00B70344">
+          <w:p w14:paraId="25C37C63" w14:textId="77777777" w:rsidR="00B70344" w:rsidRDefault="00B70344" w:rsidP="00B70344">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344" w:rsidP="00B70344">
+          <w:p w14:paraId="57879823" w14:textId="77777777" w:rsidR="00B70344" w:rsidRPr="00B70344" w:rsidRDefault="00B70344" w:rsidP="00B70344">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B70344">
               <w:rPr>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>THIS REPORT MUST BE SIGNED AND DATED BY THE INVESTIGATOR</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B70344" w:rsidRDefault="00B70344"/>
+          <w:p w14:paraId="07E45D12" w14:textId="77777777" w:rsidR="00B70344" w:rsidRDefault="00B70344"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B70344" w:rsidTr="00B70344">
+      <w:tr w:rsidR="00B70344" w14:paraId="209125F8" w14:textId="77777777" w:rsidTr="00B70344">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00B70344" w:rsidRPr="00132047" w:rsidRDefault="00B70344" w:rsidP="00132047">
+          <w:p w14:paraId="6EA421BB" w14:textId="6A281941" w:rsidR="00B00ECC" w:rsidRDefault="00B70344" w:rsidP="00132047">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00132047">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:sym w:font="Symbol" w:char="F0B7"/>
             </w:r>
             <w:r w:rsidRPr="00132047">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Fill in the form and email an electronic copy to: </w:t>
-[...9 lines deleted...]
-          <w:p w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047" w:rsidP="00132047">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B00ECC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fill in the form, request PI and CI signature and date</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CB2BE24" w14:textId="77777777" w:rsidR="00037FF2" w:rsidRDefault="00037FF2" w:rsidP="00132047">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A2D98C9" w14:textId="2994D665" w:rsidR="00037FF2" w:rsidRPr="00FE082B" w:rsidRDefault="00037FF2" w:rsidP="00FE082B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="170" w:hanging="170"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Send the completed form to: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00037FF2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>papworth.safety-reporting@nhs.net</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69CFB33F" w14:textId="00E2538E" w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047" w:rsidP="00132047">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00132047">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="601C75D7" w14:textId="77777777" w:rsidR="00132047" w:rsidRDefault="00132047" w:rsidP="00132047">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00132047">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:sym w:font="Symbol" w:char="F0B7"/>
             </w:r>
             <w:r w:rsidRPr="00132047">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Print two copies of the completed form, sign and date</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047" w:rsidP="00132047">
+              <w:t xml:space="preserve"> Put one signed copy in your Trial Master File in the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE082B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pharmacovigilance section</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07C985D1" w14:textId="77777777" w:rsidR="00534D7A" w:rsidRPr="00132047" w:rsidRDefault="00534D7A" w:rsidP="00132047">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EE19FE8" w14:textId="0A6E377D" w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047" w:rsidP="00132047">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00132047">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:sym w:font="Symbol" w:char="F0B7"/>
             </w:r>
             <w:r w:rsidRPr="00132047">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Send one signed copy to research &amp; Development </w:t>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> Receipt</w:t>
+            </w:r>
+            <w:r w:rsidR="00534D7A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of notification</w:t>
+            </w:r>
             <w:r w:rsidRPr="00132047">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:sym w:font="Symbol" w:char="F0B7"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047" w:rsidP="00132047">
+              <w:t xml:space="preserve"> will be acknowledged by email </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70C06936" w14:textId="77777777" w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047" w:rsidP="00132047">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00132047" w:rsidTr="00132047">
+      <w:tr w:rsidR="00132047" w14:paraId="7A9D3CBE" w14:textId="77777777" w:rsidTr="00132047">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00132047" w:rsidRDefault="00132047">
+          <w:p w14:paraId="7B6A5D8D" w14:textId="1EF8B429" w:rsidR="00132047" w:rsidRDefault="00132047">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00132047">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Name of Investigator (if reporting from a participating site)</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00132047" w:rsidRDefault="00132047">
+              <w:t xml:space="preserve">Name of </w:t>
+            </w:r>
+            <w:r w:rsidR="00E66BF6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Princip</w:t>
+            </w:r>
+            <w:r w:rsidR="00D52B94">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>al</w:t>
+            </w:r>
+            <w:r w:rsidR="00E66BF6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132047">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Investigator (if reporting from </w:t>
+            </w:r>
+            <w:r w:rsidR="006D2F7D" w:rsidRPr="00132047">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a participating</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00132047">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> site)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A93EED9" w14:textId="77777777" w:rsidR="00132047" w:rsidRDefault="00132047">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4172" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047">
+          <w:p w14:paraId="583EC1CA" w14:textId="77777777" w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00132047" w:rsidTr="00132047">
+      <w:tr w:rsidR="00132047" w14:paraId="0337A278" w14:textId="77777777" w:rsidTr="00132047">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00132047" w:rsidRDefault="00132047">
+          <w:p w14:paraId="7D304778" w14:textId="77777777" w:rsidR="00132047" w:rsidRDefault="00132047">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00132047" w:rsidRDefault="00132047">
+          <w:p w14:paraId="4032CFF0" w14:textId="77777777" w:rsidR="00132047" w:rsidRDefault="00132047">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2760" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047">
+          <w:p w14:paraId="78600213" w14:textId="77777777" w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1861" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047">
+          <w:p w14:paraId="163C9595" w14:textId="77777777" w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2311" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047">
+          <w:p w14:paraId="2D432037" w14:textId="77777777" w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00132047" w:rsidTr="00132047">
+      <w:tr w:rsidR="00132047" w14:paraId="6169376A" w14:textId="77777777" w:rsidTr="00132047">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00132047" w:rsidRDefault="00132047">
+          <w:p w14:paraId="086089D3" w14:textId="77777777" w:rsidR="00132047" w:rsidRDefault="00132047">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00132047">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name of Chief Investigator</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00132047" w:rsidRDefault="00132047">
+          <w:p w14:paraId="7A9407EB" w14:textId="77777777" w:rsidR="00132047" w:rsidRDefault="00132047">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4172" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047">
+          <w:p w14:paraId="1C00AFE9" w14:textId="77777777" w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00132047" w:rsidTr="00132047">
+      <w:tr w:rsidR="00132047" w14:paraId="42EEF11E" w14:textId="77777777" w:rsidTr="00132047">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00132047" w:rsidRDefault="00132047">
+          <w:p w14:paraId="1C7FB913" w14:textId="77777777" w:rsidR="00132047" w:rsidRDefault="00132047">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047">
+          <w:p w14:paraId="6AEBC007" w14:textId="77777777" w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2760" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047">
+          <w:p w14:paraId="7132BA3C" w14:textId="77777777" w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1861" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047">
+          <w:p w14:paraId="421F8D01" w14:textId="77777777" w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2311" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047">
+          <w:p w14:paraId="4F7126EB" w14:textId="77777777" w:rsidR="00132047" w:rsidRPr="00132047" w:rsidRDefault="00132047">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B70344" w:rsidRDefault="00B70344"/>
+    <w:p w14:paraId="63A4ED61" w14:textId="77777777" w:rsidR="00B70344" w:rsidRDefault="00B70344"/>
     <w:sectPr w:rsidR="00B70344" w:rsidSect="00800323">
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00800323" w:rsidRDefault="00800323" w:rsidP="00800323">
+    <w:p w14:paraId="314F47AB" w14:textId="77777777" w:rsidR="00800323" w:rsidRDefault="00800323" w:rsidP="00800323">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00800323" w:rsidRDefault="00800323" w:rsidP="00800323">
+    <w:p w14:paraId="630842DA" w14:textId="77777777" w:rsidR="00800323" w:rsidRDefault="00800323" w:rsidP="00800323">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="44C1A25B" w14:textId="77777777" w:rsidR="00FE082B" w:rsidRDefault="00FE082B">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1884293600"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="00800323" w:rsidRDefault="00800323">
+      <w:p w14:paraId="56ECB286" w14:textId="77777777" w:rsidR="00800323" w:rsidRDefault="00800323">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="007C1E11">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00800323" w:rsidRDefault="00800323">
+  <w:p w14:paraId="5189A0C3" w14:textId="5800C919" w:rsidR="00800323" w:rsidRDefault="00800323">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
-    <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:t>FRM</w:t>
     </w:r>
     <w:r w:rsidR="000E0832">
-      <w:t>079  Review</w:t>
+      <w:t>079</w:t>
     </w:r>
-    <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-      <w:t xml:space="preserve"> Date July 2024</w:t>
+    <w:r w:rsidR="00FE082B">
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
-      <w:t xml:space="preserve">  Notification of Pregnancy of a CTIMP</w:t>
+      <w:t xml:space="preserve">Notification of Pregnancy </w:t>
+    </w:r>
+    <w:r w:rsidR="00FE082B">
+      <w:t>in</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> a CTIMP</w:t>
+    </w:r>
+    <w:r w:rsidR="00FE082B">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00FE082B">
+      <w:t xml:space="preserve">Review Date </w:t>
+    </w:r>
+    <w:r w:rsidR="00FE082B">
+      <w:t>October 2028</w:t>
+    </w:r>
+    <w:r w:rsidR="00FE082B">
+      <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="49EB81B9" w14:textId="77777777" w:rsidR="00FE082B" w:rsidRDefault="00FE082B">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00800323" w:rsidRDefault="00800323" w:rsidP="00800323">
+    <w:p w14:paraId="4498B8A3" w14:textId="77777777" w:rsidR="00800323" w:rsidRDefault="00800323" w:rsidP="00800323">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00800323" w:rsidRDefault="00800323" w:rsidP="00800323">
+    <w:p w14:paraId="630C9775" w14:textId="77777777" w:rsidR="00800323" w:rsidRDefault="00800323" w:rsidP="00800323">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="45BFB70D" w14:textId="77777777" w:rsidR="00FE082B" w:rsidRDefault="00FE082B">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="77949AAE" w14:textId="77777777" w:rsidR="00FE082B" w:rsidRDefault="00FE082B">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="30292F1E" w14:textId="77777777" w:rsidR="00FE082B" w:rsidRDefault="00FE082B">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09BF2309"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="738E6884"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2CED2B3D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E7B48B26"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4CF46E28"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A51CCA54"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61122D89"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F0BE5E78"/>
+    <w:lvl w:ilvl="0" w:tplc="08090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="750934865">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1146361405">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="757989429">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1155494482">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002E200F"/>
+    <w:rsid w:val="00023ED8"/>
+    <w:rsid w:val="00037FF2"/>
+    <w:rsid w:val="00053FBF"/>
+    <w:rsid w:val="000709F0"/>
+    <w:rsid w:val="000D4CF8"/>
     <w:rsid w:val="000E0832"/>
     <w:rsid w:val="00132047"/>
+    <w:rsid w:val="00216285"/>
+    <w:rsid w:val="002A3DD3"/>
     <w:rsid w:val="002C1865"/>
     <w:rsid w:val="002E200F"/>
+    <w:rsid w:val="00301005"/>
+    <w:rsid w:val="00310205"/>
     <w:rsid w:val="003F45D5"/>
+    <w:rsid w:val="00534D7A"/>
+    <w:rsid w:val="006D2F7D"/>
+    <w:rsid w:val="00776A6B"/>
     <w:rsid w:val="007C1E11"/>
+    <w:rsid w:val="007F125C"/>
     <w:rsid w:val="00800323"/>
+    <w:rsid w:val="00964F72"/>
     <w:rsid w:val="009962CC"/>
+    <w:rsid w:val="00A848BE"/>
+    <w:rsid w:val="00AA77B8"/>
+    <w:rsid w:val="00B00ECC"/>
     <w:rsid w:val="00B70344"/>
     <w:rsid w:val="00BB450D"/>
+    <w:rsid w:val="00C251C8"/>
+    <w:rsid w:val="00D52B94"/>
     <w:rsid w:val="00D66ECB"/>
+    <w:rsid w:val="00E27C04"/>
+    <w:rsid w:val="00E66BF6"/>
+    <w:rsid w:val="00EA0C94"/>
+    <w:rsid w:val="00FE082B"/>
+    <w:rsid w:val="00FF0A6B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="3243E0DF"/>
+  <w15:docId w15:val="{F8951B39-CE32-4F67-9111-D8DF6749E527}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -3663,345 +4867,149 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002C1865"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002C1865"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...159 lines deleted...]
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00216285"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
+    <w:rsid w:val="00216285"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
-[...6 lines deleted...]
-    <w:name w:val="Normal Table"/>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...88 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="006D2F7D"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-    <w:name w:val="Balloon Text Char"/>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006D2F7D"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="BalloonText"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D2F7D"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002C1865"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006D2F7D"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006D2F7D"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4263,68 +5271,68 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8B12699-2F64-44DF-BB26-5FBB7B9EBA52}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>304</Words>
-  <Characters>1735</Characters>
+  <Words>369</Words>
+  <Characters>2104</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
+  <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Papworth Hospital NHS Foundation Trust</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2035</CharactersWithSpaces>
+  <CharactersWithSpaces>2469</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Bottrill Fiona</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>